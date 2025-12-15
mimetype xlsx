--- v0 (2025-12-13)
+++ v1 (2025-12-15)
@@ -4026,51 +4026,51 @@
   <si>
     <t>SP219106.001</t>
   </si>
   <si>
     <t>School Beverage Container Recycling</t>
   </si>
   <si>
     <t>1202 W Edinger Ave</t>
   </si>
   <si>
     <t>Mater Dei High School</t>
   </si>
   <si>
     <t>(714) 754-7711</t>
   </si>
   <si>
     <t>SP220242.001</t>
   </si>
   <si>
     <t>Northrop Grumman Recreation Club Recycle</t>
   </si>
   <si>
     <t>3520 E Avenue M 9G54/4B</t>
   </si>
   <si>
-    <t>(661) 400-0475</t>
+    <t>(661) 272-8641</t>
   </si>
   <si>
     <t>SP220400.002</t>
   </si>
   <si>
     <t>Padre Pio Academy Beverage Container Recycling</t>
   </si>
   <si>
     <t>9621 Bixby Ave</t>
   </si>
   <si>
     <t>Garden Grove</t>
   </si>
   <si>
     <t>Padre Pio Academy</t>
   </si>
   <si>
     <t>(714) 530-6840</t>
   </si>
   <si>
     <t>padrepioacademy@sbcglobal.net</t>
   </si>
   <si>
     <t>SP220567.001</t>
   </si>