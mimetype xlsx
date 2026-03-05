--- v0 (2025-12-24)
+++ v1 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2190">
   <si>
     <t>BusinessID</t>
   </si>
   <si>
     <t>BusinessName</t>
   </si>
   <si>
     <t>BusinessWebsite</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>BusinessURL</t>
   </si>
   <si>
     <t>PhoneNumber</t>
   </si>
   <si>
     <t>ZoneID</t>
   </si>
   <si>
     <t>ZoneName</t>
   </si>
   <si>
@@ -772,65 +772,50 @@
     <t>(415) 589-4020</t>
   </si>
   <si>
     <t>San Francisco</t>
   </si>
   <si>
     <t>500 East Jamie Court&lt;br/&gt;South San Francisco, CA&lt;br/&gt;(415) 589-4020</t>
   </si>
   <si>
     <t>BPE-USA</t>
   </si>
   <si>
     <t>http://bpe-usa.com/</t>
   </si>
   <si>
     <t>&lt;a href='/BuyRecycled/Manufacturers/Directory/Details/1636'&gt;Bijan's Protective Equipment, Inc.&lt;/a&gt;</t>
   </si>
   <si>
     <t>(707) 521-9858</t>
   </si>
   <si>
     <t>Sonoma/Mendocino/Lake Counties</t>
   </si>
   <si>
     <t>3253 Santa Rosa Ave &lt;br/&gt;Santa Rosa, CA&lt;br/&gt;(707) 521-9858</t>
-  </si>
-[...13 lines deleted...]
-    <t>4730 Tapo Canyon Rd &lt;br/&gt;Simi Valley, CA&lt;br/&gt;(818) 482-0367</t>
   </si>
   <si>
     <t>C&amp;M Topsoil, Inc. (Sylmar)</t>
   </si>
   <si>
     <t>https://www.cmtopsoils.com/landscape-materials</t>
   </si>
   <si>
     <t>&lt;a href='/BuyRecycled/Manufacturers/Directory/Details/2423'&gt;C&amp;M Topsoil, Inc. (Sylmar)&lt;/a&gt;</t>
   </si>
   <si>
     <t>(818) 899-5485</t>
   </si>
   <si>
     <t>4730 Tapo Canyon Rd &lt;br/&gt;Simi Valley, CA&lt;br/&gt;(818) 899-5485</t>
   </si>
   <si>
     <t>C&amp;S Waste Solutions</t>
   </si>
   <si>
     <t>https://candswaste.com/locations/california/mendocino-county/ukiah-resource-recovery-facilities/#green</t>
   </si>
   <si>
     <t>&lt;a href='/BuyRecycled/Manufacturers/Directory/Details/2022'&gt;Pacific Recycling Solutions&lt;/a&gt;</t>
   </si>
@@ -6694,51 +6679,51 @@
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyAlignment="0" applyBorder="0" applyFont="0" applyFill="0" applyProtection="0"/>
     <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyAlignment="0" applyBorder="0" applyFont="0" applyFill="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyAlignment="0" applyBorder="0" applyFont="0" applyFill="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="15" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
     <cellStyle name="Currency" xfId="17" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
     <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="" defaultPivotStyle=""/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr/>
-  <dimension ref="A1:R436"/>
+  <dimension ref="A1:R435"/>
   <sheetViews>
     <sheetView view="normal" workbookViewId="0">
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultRowHeight="15" baseColWidth="0"/>
   <sheetData>
     <row r="1" spans="1:18" ht="15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -8121,13496 +8106,13461 @@
       </c>
       <c r="D41" t="s">
         <v>3</v>
       </c>
       <c r="E41" t="s">
         <v>250</v>
       </c>
       <c r="F41" t="s">
         <v>251</v>
       </c>
       <c r="G41">
         <v>37</v>
       </c>
       <c r="H41" t="s">
         <v>252</v>
       </c>
       <c r="L41">
         <v>95407</v>
       </c>
       <c r="N41" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="42" spans="1:14" ht="15">
       <c r="A42">
-        <v>2498</v>
+        <v>2423</v>
       </c>
       <c r="B42" t="s">
         <v>254</v>
       </c>
       <c r="C42" t="s">
         <v>255</v>
       </c>
       <c r="D42" t="s">
         <v>3</v>
       </c>
       <c r="E42" t="s">
         <v>256</v>
       </c>
       <c r="F42" t="s">
         <v>257</v>
       </c>
       <c r="G42">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="H42" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="L42">
         <v>93063</v>
       </c>
       <c r="M42" t="s">
         <v>49</v>
       </c>
       <c r="N42" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="43" spans="1:14" ht="15">
       <c r="A43">
-        <v>2423</v>
+        <v>2022</v>
       </c>
       <c r="B43" t="s">
         <v>259</v>
       </c>
       <c r="C43" t="s">
         <v>260</v>
       </c>
       <c r="D43" t="s">
         <v>3</v>
       </c>
       <c r="E43" t="s">
         <v>261</v>
       </c>
       <c r="F43" t="s">
         <v>262</v>
       </c>
       <c r="G43">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="H43" t="s">
-        <v>62</v>
+        <v>252</v>
       </c>
       <c r="L43">
-        <v>93063</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>95482</v>
       </c>
       <c r="N43" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="44" spans="1:14" ht="15">
       <c r="A44">
-        <v>2022</v>
+        <v>1268</v>
       </c>
       <c r="B44" t="s">
         <v>264</v>
       </c>
       <c r="C44" t="s">
         <v>265</v>
       </c>
       <c r="D44" t="s">
         <v>3</v>
       </c>
       <c r="E44" t="s">
         <v>266</v>
       </c>
       <c r="F44" t="s">
         <v>267</v>
       </c>
       <c r="G44">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="H44" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="L44">
-        <v>95482</v>
+        <v>95652</v>
+      </c>
+      <c r="M44" t="s">
+        <v>268</v>
       </c>
       <c r="N44" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="45" spans="1:14" ht="15">
       <c r="A45">
-        <v>1268</v>
+        <v>2018</v>
       </c>
       <c r="B45" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C45" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D45" t="s">
         <v>3</v>
       </c>
       <c r="E45" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F45" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G45">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H45" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="L45">
-        <v>95652</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>95366</v>
       </c>
       <c r="N45" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:14" ht="15">
       <c r="A46">
-        <v>2018</v>
+        <v>77</v>
       </c>
       <c r="B46" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C46" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D46" t="s">
         <v>3</v>
       </c>
       <c r="E46" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F46" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="G46">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="H46" t="s">
-        <v>279</v>
+        <v>35</v>
       </c>
       <c r="L46">
-        <v>95366</v>
+        <v>94307</v>
+      </c>
+      <c r="M46" t="s">
+        <v>280</v>
       </c>
       <c r="N46" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="47" spans="1:14" ht="15">
       <c r="A47">
-        <v>77</v>
+        <v>2220</v>
       </c>
       <c r="B47" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C47" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D47" t="s">
         <v>3</v>
       </c>
       <c r="E47" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F47" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G47">
-        <v>3</v>
+        <v>51</v>
       </c>
       <c r="H47" t="s">
-        <v>35</v>
+        <v>286</v>
       </c>
       <c r="L47">
-        <v>94307</v>
+        <v>95224</v>
       </c>
       <c r="M47" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="N47" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="48" spans="1:14" ht="15">
       <c r="A48">
-        <v>2220</v>
+        <v>2044</v>
       </c>
       <c r="B48" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C48" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D48" t="s">
         <v>3</v>
       </c>
       <c r="E48" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="F48" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="G48">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="H48" t="s">
-        <v>291</v>
+        <v>224</v>
       </c>
       <c r="L48">
-        <v>95224</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>95351</v>
       </c>
       <c r="N48" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="49" spans="1:14" ht="15">
       <c r="A49">
-        <v>2044</v>
+        <v>681</v>
       </c>
       <c r="B49" t="s">
         <v>294</v>
       </c>
       <c r="C49" t="s">
         <v>295</v>
       </c>
       <c r="D49" t="s">
         <v>3</v>
       </c>
       <c r="E49" t="s">
         <v>296</v>
       </c>
       <c r="F49" t="s">
         <v>297</v>
       </c>
       <c r="G49">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H49" t="s">
-        <v>224</v>
+        <v>180</v>
       </c>
       <c r="L49">
-        <v>95351</v>
+        <v>95603</v>
+      </c>
+      <c r="M49" t="s">
+        <v>181</v>
       </c>
       <c r="N49" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="50" spans="1:14" ht="15">
       <c r="A50">
-        <v>681</v>
+        <v>41</v>
       </c>
       <c r="B50" t="s">
         <v>299</v>
       </c>
       <c r="C50" t="s">
         <v>300</v>
       </c>
       <c r="D50" t="s">
         <v>3</v>
       </c>
       <c r="E50" t="s">
         <v>301</v>
       </c>
       <c r="F50" t="s">
         <v>302</v>
       </c>
       <c r="G50">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="H50" t="s">
-        <v>180</v>
+        <v>35</v>
       </c>
       <c r="L50">
-        <v>95603</v>
+        <v>95065</v>
       </c>
       <c r="M50" t="s">
-        <v>181</v>
+        <v>303</v>
       </c>
       <c r="N50" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="51" spans="1:14" ht="15">
       <c r="A51">
-        <v>41</v>
+        <v>1370</v>
       </c>
       <c r="B51" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C51" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D51" t="s">
         <v>3</v>
       </c>
       <c r="E51" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F51" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G51">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="H51" t="s">
-        <v>35</v>
+        <v>180</v>
       </c>
       <c r="L51">
-        <v>95065</v>
+        <v>95603</v>
       </c>
       <c r="M51" t="s">
-        <v>308</v>
+        <v>181</v>
       </c>
       <c r="N51" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="52" spans="1:14" ht="15">
       <c r="A52">
-        <v>1370</v>
+        <v>254</v>
       </c>
       <c r="B52" t="s">
         <v>310</v>
       </c>
-      <c r="C52" t="s">
+      <c r="E52" t="s">
         <v>311</v>
       </c>
-      <c r="D52" t="s">
-[...2 lines deleted...]
-      <c r="E52" t="s">
+      <c r="F52" t="s">
         <v>312</v>
       </c>
-      <c r="F52" t="s">
+      <c r="G52">
+        <v>40</v>
+      </c>
+      <c r="H52" t="s">
+        <v>22</v>
+      </c>
+      <c r="L52">
+        <v>93003</v>
+      </c>
+      <c r="M52" t="s">
+        <v>49</v>
+      </c>
+      <c r="N52" t="s">
         <v>313</v>
-      </c>
-[...13 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="53" spans="1:14" ht="15">
       <c r="A53">
-        <v>254</v>
+        <v>981</v>
       </c>
       <c r="B53" t="s">
+        <v>314</v>
+      </c>
+      <c r="C53" t="s">
         <v>315</v>
+      </c>
+      <c r="D53" t="s">
+        <v>3</v>
       </c>
       <c r="E53" t="s">
         <v>316</v>
       </c>
       <c r="F53" t="s">
         <v>317</v>
       </c>
       <c r="G53">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="L53">
-        <v>93003</v>
+        <v>93263</v>
       </c>
       <c r="M53" t="s">
-        <v>49</v>
+        <v>319</v>
       </c>
       <c r="N53" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:14" ht="15">
       <c r="A54">
-        <v>981</v>
+        <v>1372</v>
       </c>
       <c r="B54" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C54" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D54" t="s">
         <v>3</v>
       </c>
       <c r="E54" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F54" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="G54">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="H54" t="s">
-        <v>323</v>
+        <v>268</v>
       </c>
       <c r="L54">
-        <v>93263</v>
+        <v>95630</v>
       </c>
       <c r="M54" t="s">
-        <v>324</v>
+        <v>268</v>
       </c>
       <c r="N54" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="55" spans="1:14" ht="15">
       <c r="A55">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B55" t="s">
         <v>326</v>
       </c>
       <c r="C55" t="s">
         <v>327</v>
       </c>
       <c r="D55" t="s">
         <v>3</v>
       </c>
       <c r="E55" t="s">
         <v>328</v>
       </c>
       <c r="F55" t="s">
         <v>329</v>
       </c>
       <c r="G55">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H55" t="s">
-        <v>273</v>
+        <v>42</v>
       </c>
       <c r="L55">
-        <v>95630</v>
+        <v>92007</v>
       </c>
       <c r="M55" t="s">
-        <v>273</v>
+        <v>43</v>
       </c>
       <c r="N55" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="56" spans="1:14" ht="15">
       <c r="A56">
-        <v>1373</v>
+        <v>234</v>
       </c>
       <c r="B56" t="s">
         <v>331</v>
       </c>
       <c r="C56" t="s">
         <v>332</v>
       </c>
       <c r="D56" t="s">
         <v>3</v>
       </c>
       <c r="E56" t="s">
         <v>333</v>
       </c>
       <c r="F56" t="s">
         <v>334</v>
       </c>
       <c r="G56">
+        <v>40</v>
+      </c>
+      <c r="H56" t="s">
         <v>22</v>
       </c>
-      <c r="H56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L56">
-        <v>92007</v>
+        <v>93030</v>
       </c>
       <c r="M56" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="N56" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="57" spans="1:14" ht="15">
       <c r="A57">
-        <v>234</v>
+        <v>333</v>
       </c>
       <c r="B57" t="s">
         <v>336</v>
       </c>
       <c r="C57" t="s">
         <v>337</v>
       </c>
       <c r="D57" t="s">
         <v>3</v>
       </c>
       <c r="E57" t="s">
         <v>338</v>
       </c>
       <c r="F57" t="s">
         <v>339</v>
       </c>
       <c r="G57">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="H57" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="L57">
-        <v>93030</v>
+        <v>93454</v>
       </c>
       <c r="M57" t="s">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="N57" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="58" spans="1:14" ht="15">
       <c r="A58">
-        <v>333</v>
+        <v>44</v>
       </c>
       <c r="B58" t="s">
         <v>341</v>
       </c>
       <c r="C58" t="s">
         <v>342</v>
       </c>
       <c r="D58" t="s">
         <v>3</v>
       </c>
       <c r="E58" t="s">
         <v>343</v>
       </c>
       <c r="F58" t="s">
         <v>344</v>
       </c>
       <c r="G58">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="H58" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="L58">
-        <v>93454</v>
+        <v>91355</v>
       </c>
       <c r="M58" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="N58" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="59" spans="1:14" ht="15">
       <c r="A59">
-        <v>44</v>
+        <v>1282</v>
       </c>
       <c r="B59" t="s">
         <v>346</v>
       </c>
       <c r="C59" t="s">
         <v>347</v>
       </c>
       <c r="D59" t="s">
         <v>3</v>
       </c>
       <c r="E59" t="s">
         <v>348</v>
       </c>
       <c r="F59" t="s">
         <v>349</v>
       </c>
       <c r="G59">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H59" t="s">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="L59">
-        <v>91355</v>
+        <v>95678</v>
       </c>
       <c r="M59" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="N59" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:14" ht="15">
       <c r="A60">
-        <v>1282</v>
+        <v>1326</v>
       </c>
       <c r="B60" t="s">
         <v>351</v>
       </c>
       <c r="C60" t="s">
         <v>352</v>
       </c>
       <c r="D60" t="s">
         <v>3</v>
       </c>
       <c r="E60" t="s">
         <v>353</v>
       </c>
       <c r="F60" t="s">
         <v>354</v>
       </c>
       <c r="G60">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H60" t="s">
-        <v>180</v>
+        <v>274</v>
       </c>
       <c r="L60">
-        <v>95678</v>
+        <v>95203</v>
       </c>
       <c r="M60" t="s">
-        <v>181</v>
+        <v>355</v>
       </c>
       <c r="N60" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="61" spans="1:14" ht="15">
       <c r="A61">
-        <v>1326</v>
+        <v>1627</v>
       </c>
       <c r="B61" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C61" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D61" t="s">
         <v>3</v>
       </c>
       <c r="E61" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F61" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="G61">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="L61">
-        <v>95203</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>95050</v>
       </c>
       <c r="N61" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="62" spans="1:14" ht="15">
       <c r="A62">
-        <v>1627</v>
+        <v>1620</v>
       </c>
       <c r="B62" t="s">
         <v>362</v>
       </c>
       <c r="C62" t="s">
         <v>363</v>
       </c>
       <c r="D62" t="s">
         <v>3</v>
       </c>
       <c r="E62" t="s">
         <v>364</v>
       </c>
       <c r="F62" t="s">
         <v>365</v>
       </c>
       <c r="G62">
-        <v>0</v>
+        <v>19</v>
+      </c>
+      <c r="H62" t="s">
+        <v>110</v>
       </c>
       <c r="L62">
-        <v>95050</v>
+        <v>92307</v>
       </c>
       <c r="N62" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="63" spans="1:14" ht="15">
       <c r="A63">
-        <v>1620</v>
+        <v>610</v>
       </c>
       <c r="B63" t="s">
         <v>367</v>
       </c>
       <c r="C63" t="s">
         <v>368</v>
       </c>
       <c r="D63" t="s">
         <v>3</v>
       </c>
       <c r="E63" t="s">
         <v>369</v>
       </c>
       <c r="F63" t="s">
         <v>370</v>
       </c>
       <c r="G63">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="H63" t="s">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="L63">
-        <v>92307</v>
+        <v>93021</v>
+      </c>
+      <c r="M63" t="s">
+        <v>49</v>
       </c>
       <c r="N63" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="64" spans="1:14" ht="15">
       <c r="A64">
-        <v>610</v>
+        <v>352</v>
       </c>
       <c r="B64" t="s">
         <v>372</v>
       </c>
       <c r="C64" t="s">
         <v>373</v>
       </c>
       <c r="D64" t="s">
         <v>3</v>
       </c>
       <c r="E64" t="s">
         <v>374</v>
       </c>
       <c r="F64" t="s">
         <v>375</v>
       </c>
       <c r="G64">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H64" t="s">
-        <v>22</v>
+        <v>224</v>
       </c>
       <c r="L64">
-        <v>93021</v>
+        <v>95361</v>
       </c>
       <c r="M64" t="s">
-        <v>49</v>
+        <v>376</v>
       </c>
       <c r="N64" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="65" spans="1:14" ht="15">
       <c r="A65">
-        <v>352</v>
+        <v>1512</v>
       </c>
       <c r="B65" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C65" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D65" t="s">
         <v>3</v>
       </c>
       <c r="E65" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F65" t="s">
-        <v>380</v>
+        <v>354</v>
       </c>
       <c r="G65">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="H65" t="s">
-        <v>224</v>
+        <v>274</v>
       </c>
       <c r="L65">
-        <v>95361</v>
-[...1 lines deleted...]
-      <c r="M65" t="s">
+        <v>95203</v>
+      </c>
+      <c r="N65" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="66" spans="1:14" ht="15">
       <c r="A66">
-        <v>1512</v>
+        <v>186</v>
       </c>
       <c r="B66" t="s">
+        <v>382</v>
+      </c>
+      <c r="C66" t="s">
         <v>383</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>3</v>
+      </c>
+      <c r="E66" t="s">
         <v>384</v>
       </c>
-      <c r="D66" t="s">
-[...2 lines deleted...]
-      <c r="E66" t="s">
+      <c r="F66" t="s">
         <v>385</v>
       </c>
-      <c r="F66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G66">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="H66" t="s">
-        <v>279</v>
+        <v>229</v>
       </c>
       <c r="L66">
-        <v>95203</v>
+        <v>95348</v>
+      </c>
+      <c r="M66" t="s">
+        <v>230</v>
       </c>
       <c r="N66" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="67" spans="1:14" ht="15">
       <c r="A67">
-        <v>186</v>
+        <v>1976</v>
       </c>
       <c r="B67" t="s">
+        <v>382</v>
+      </c>
+      <c r="C67" t="s">
+        <v>383</v>
+      </c>
+      <c r="D67" t="s">
+        <v>3</v>
+      </c>
+      <c r="E67" t="s">
         <v>387</v>
       </c>
-      <c r="C67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="G67">
         <v>18</v>
       </c>
       <c r="H67" t="s">
         <v>229</v>
       </c>
       <c r="L67">
         <v>95348</v>
       </c>
-      <c r="M67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N67" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
     </row>
     <row r="68" spans="1:14" ht="15">
       <c r="A68">
-        <v>1976</v>
+        <v>1979</v>
       </c>
       <c r="B68" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C68" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D68" t="s">
         <v>3</v>
       </c>
       <c r="E68" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="F68" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="G68">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="H68" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="L68">
-        <v>95348</v>
+        <v>95316</v>
       </c>
       <c r="N68" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
     </row>
     <row r="69" spans="1:14" ht="15">
       <c r="A69">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="B69" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C69" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D69" t="s">
         <v>3</v>
       </c>
       <c r="E69" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="F69" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="G69">
         <v>39</v>
       </c>
       <c r="H69" t="s">
         <v>224</v>
       </c>
       <c r="L69">
-        <v>95316</v>
+        <v>95380</v>
       </c>
       <c r="N69" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="70" spans="1:14" ht="15">
       <c r="A70">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="B70" t="s">
+        <v>389</v>
+      </c>
+      <c r="C70" t="s">
+        <v>383</v>
+      </c>
+      <c r="D70" t="s">
+        <v>3</v>
+      </c>
+      <c r="E70" t="s">
         <v>394</v>
       </c>
-      <c r="C70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F70" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="G70">
         <v>39</v>
       </c>
       <c r="H70" t="s">
         <v>224</v>
       </c>
       <c r="L70">
-        <v>95380</v>
+        <v>95360</v>
       </c>
       <c r="N70" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
     </row>
     <row r="71" spans="1:14" ht="15">
       <c r="A71">
-        <v>1981</v>
+        <v>259</v>
       </c>
       <c r="B71" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C71" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="D71" t="s">
         <v>3</v>
       </c>
       <c r="E71" t="s">
+        <v>398</v>
+      </c>
+      <c r="F71" t="s">
         <v>399</v>
       </c>
-      <c r="F71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H71" t="s">
-        <v>224</v>
+        <v>22</v>
       </c>
       <c r="L71">
-        <v>95360</v>
+        <v>93030</v>
+      </c>
+      <c r="M71" t="s">
+        <v>49</v>
       </c>
       <c r="N71" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:14" ht="15">
       <c r="A72">
-        <v>259</v>
+        <v>174</v>
       </c>
       <c r="B72" t="s">
         <v>401</v>
       </c>
       <c r="C72" t="s">
         <v>402</v>
       </c>
       <c r="D72" t="s">
         <v>3</v>
       </c>
       <c r="E72" t="s">
         <v>403</v>
       </c>
       <c r="F72" t="s">
         <v>404</v>
       </c>
       <c r="G72">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="H72" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="L72">
-        <v>93030</v>
+        <v>93610</v>
       </c>
       <c r="M72" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="N72" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="73" spans="1:14" ht="15">
       <c r="A73">
-        <v>174</v>
+        <v>505</v>
       </c>
       <c r="B73" t="s">
         <v>406</v>
       </c>
       <c r="C73" t="s">
         <v>407</v>
       </c>
       <c r="D73" t="s">
         <v>3</v>
       </c>
       <c r="E73" t="s">
         <v>408</v>
       </c>
       <c r="F73" t="s">
         <v>409</v>
       </c>
       <c r="G73">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H73" t="s">
-        <v>73</v>
+        <v>274</v>
       </c>
       <c r="L73">
-        <v>93610</v>
+        <v>95240</v>
       </c>
       <c r="M73" t="s">
-        <v>79</v>
+        <v>355</v>
       </c>
       <c r="N73" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="74" spans="1:14" ht="15">
       <c r="A74">
-        <v>505</v>
+        <v>1002</v>
       </c>
       <c r="B74" t="s">
         <v>411</v>
       </c>
       <c r="C74" t="s">
         <v>412</v>
       </c>
       <c r="D74" t="s">
         <v>3</v>
       </c>
       <c r="E74" t="s">
         <v>413</v>
       </c>
       <c r="F74" t="s">
         <v>414</v>
       </c>
       <c r="G74">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="H74" t="s">
-        <v>279</v>
+        <v>28</v>
       </c>
       <c r="L74">
-        <v>95240</v>
+        <v>90040</v>
       </c>
       <c r="M74" t="s">
-        <v>360</v>
+        <v>29</v>
       </c>
       <c r="N74" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="75" spans="1:14" ht="15">
       <c r="A75">
-        <v>1002</v>
+        <v>1571</v>
       </c>
       <c r="B75" t="s">
         <v>416</v>
       </c>
       <c r="C75" t="s">
         <v>417</v>
       </c>
       <c r="D75" t="s">
         <v>3</v>
       </c>
       <c r="E75" t="s">
         <v>418</v>
       </c>
       <c r="F75" t="s">
         <v>419</v>
       </c>
       <c r="G75">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H75" t="s">
-        <v>28</v>
+        <v>224</v>
       </c>
       <c r="L75">
-        <v>90040</v>
+        <v>95353</v>
       </c>
       <c r="M75" t="s">
-        <v>29</v>
+        <v>376</v>
       </c>
       <c r="N75" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="76" spans="1:14" ht="15">
       <c r="A76">
-        <v>1571</v>
+        <v>1883</v>
       </c>
       <c r="B76" t="s">
         <v>421</v>
       </c>
       <c r="C76" t="s">
         <v>422</v>
       </c>
       <c r="D76" t="s">
         <v>3</v>
       </c>
       <c r="E76" t="s">
         <v>423</v>
       </c>
       <c r="F76" t="s">
         <v>424</v>
       </c>
       <c r="G76">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>224</v>
+        <v>99</v>
       </c>
       <c r="L76">
-        <v>95353</v>
+        <v>90813</v>
       </c>
       <c r="M76" t="s">
-        <v>381</v>
+        <v>29</v>
       </c>
       <c r="N76" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="77" spans="1:14" ht="15">
       <c r="A77">
-        <v>1883</v>
+        <v>60</v>
       </c>
       <c r="B77" t="s">
         <v>426</v>
       </c>
       <c r="C77" t="s">
         <v>427</v>
       </c>
       <c r="D77" t="s">
         <v>3</v>
       </c>
       <c r="E77" t="s">
         <v>428</v>
       </c>
       <c r="F77" t="s">
         <v>429</v>
       </c>
       <c r="G77">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="H77" t="s">
-        <v>99</v>
+        <v>252</v>
       </c>
       <c r="L77">
-        <v>90813</v>
+        <v>95469</v>
       </c>
       <c r="M77" t="s">
-        <v>29</v>
+        <v>430</v>
       </c>
       <c r="N77" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="78" spans="1:14" ht="15">
       <c r="A78">
-        <v>60</v>
+        <v>1037</v>
       </c>
       <c r="B78" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C78" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D78" t="s">
         <v>3</v>
       </c>
       <c r="E78" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F78" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="G78">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="H78" t="s">
-        <v>252</v>
+        <v>28</v>
       </c>
       <c r="L78">
-        <v>95469</v>
+        <v>90058</v>
       </c>
       <c r="M78" t="s">
-        <v>435</v>
+        <v>29</v>
       </c>
       <c r="N78" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="79" spans="1:14" ht="15">
       <c r="A79">
-        <v>1037</v>
+        <v>1014</v>
       </c>
       <c r="B79" t="s">
         <v>437</v>
       </c>
       <c r="C79" t="s">
         <v>438</v>
       </c>
       <c r="D79" t="s">
         <v>3</v>
       </c>
       <c r="E79" t="s">
         <v>439</v>
       </c>
       <c r="F79" t="s">
         <v>440</v>
       </c>
       <c r="G79">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="H79" t="s">
-        <v>28</v>
+        <v>274</v>
       </c>
       <c r="L79">
-        <v>90058</v>
+        <v>95203</v>
       </c>
       <c r="M79" t="s">
-        <v>29</v>
+        <v>355</v>
       </c>
       <c r="N79" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="80" spans="1:14" ht="15">
       <c r="A80">
-        <v>1014</v>
+        <v>908</v>
       </c>
       <c r="B80" t="s">
         <v>442</v>
       </c>
       <c r="C80" t="s">
         <v>443</v>
       </c>
       <c r="D80" t="s">
         <v>3</v>
       </c>
       <c r="E80" t="s">
         <v>444</v>
       </c>
       <c r="F80" t="s">
         <v>445</v>
       </c>
       <c r="G80">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="H80" t="s">
-        <v>279</v>
+        <v>446</v>
       </c>
       <c r="L80">
-        <v>95203</v>
+        <v>95963</v>
       </c>
       <c r="M80" t="s">
-        <v>360</v>
+        <v>447</v>
       </c>
       <c r="N80" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="81" spans="1:14" ht="15">
       <c r="A81">
-        <v>908</v>
+        <v>306</v>
       </c>
       <c r="B81" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C81" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D81" t="s">
         <v>3</v>
       </c>
       <c r="E81" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F81" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="G81">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H81" t="s">
-        <v>451</v>
+        <v>166</v>
       </c>
       <c r="L81">
-        <v>95963</v>
+        <v>94710</v>
       </c>
       <c r="M81" t="s">
-        <v>452</v>
+        <v>167</v>
       </c>
       <c r="N81" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="82" spans="1:14" ht="15">
       <c r="A82">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="B82" t="s">
         <v>454</v>
       </c>
       <c r="C82" t="s">
         <v>455</v>
       </c>
       <c r="D82" t="s">
         <v>3</v>
       </c>
       <c r="E82" t="s">
         <v>456</v>
       </c>
       <c r="F82" t="s">
         <v>457</v>
       </c>
       <c r="G82">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="L82">
-        <v>94710</v>
+        <v>94501</v>
       </c>
       <c r="M82" t="s">
         <v>167</v>
       </c>
       <c r="N82" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="83" spans="1:14" ht="15">
       <c r="A83">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B83" t="s">
         <v>459</v>
       </c>
       <c r="C83" t="s">
         <v>460</v>
       </c>
       <c r="D83" t="s">
         <v>3</v>
       </c>
       <c r="E83" t="s">
         <v>461</v>
       </c>
       <c r="F83" t="s">
         <v>462</v>
       </c>
       <c r="G83">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="H83" t="s">
+        <v>166</v>
       </c>
       <c r="L83">
-        <v>94501</v>
+        <v>94603</v>
       </c>
       <c r="M83" t="s">
         <v>167</v>
       </c>
       <c r="N83" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="84" spans="1:14" ht="15">
       <c r="A84">
-        <v>315</v>
+        <v>78</v>
       </c>
       <c r="B84" t="s">
         <v>464</v>
       </c>
       <c r="C84" t="s">
         <v>465</v>
       </c>
       <c r="D84" t="s">
         <v>3</v>
       </c>
       <c r="E84" t="s">
         <v>466</v>
       </c>
       <c r="F84" t="s">
         <v>467</v>
       </c>
       <c r="G84">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="H84" t="s">
-        <v>166</v>
+        <v>35</v>
       </c>
       <c r="L84">
-        <v>94603</v>
+        <v>93926</v>
       </c>
       <c r="M84" t="s">
-        <v>167</v>
+        <v>36</v>
       </c>
       <c r="N84" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="85" spans="1:14" ht="15">
       <c r="A85">
-        <v>78</v>
+        <v>292</v>
       </c>
       <c r="B85" t="s">
         <v>469</v>
       </c>
       <c r="C85" t="s">
         <v>470</v>
       </c>
       <c r="D85" t="s">
         <v>3</v>
       </c>
       <c r="E85" t="s">
         <v>471</v>
       </c>
       <c r="F85" t="s">
         <v>472</v>
       </c>
       <c r="G85">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="H85" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="L85">
-        <v>93926</v>
+        <v>94553</v>
       </c>
       <c r="M85" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="N85" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="86" spans="1:14" ht="15">
       <c r="A86">
-        <v>292</v>
+        <v>1547</v>
       </c>
       <c r="B86" t="s">
         <v>474</v>
       </c>
       <c r="C86" t="s">
         <v>475</v>
       </c>
       <c r="D86" t="s">
         <v>3</v>
       </c>
       <c r="E86" t="s">
         <v>476</v>
       </c>
       <c r="F86" t="s">
         <v>477</v>
       </c>
       <c r="G86">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="H86" t="s">
-        <v>122</v>
+        <v>55</v>
       </c>
       <c r="L86">
-        <v>94553</v>
+        <v>92570</v>
       </c>
       <c r="M86" t="s">
-        <v>122</v>
+        <v>56</v>
       </c>
       <c r="N86" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="87" spans="1:14" ht="15">
       <c r="A87">
-        <v>1547</v>
+        <v>1377</v>
       </c>
       <c r="B87" t="s">
         <v>479</v>
       </c>
       <c r="C87" t="s">
         <v>480</v>
       </c>
       <c r="D87" t="s">
         <v>3</v>
       </c>
       <c r="E87" t="s">
         <v>481</v>
       </c>
       <c r="F87" t="s">
         <v>482</v>
       </c>
       <c r="G87">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H87" t="s">
-        <v>55</v>
+        <v>268</v>
       </c>
       <c r="L87">
-        <v>92570</v>
+        <v>95742</v>
       </c>
       <c r="M87" t="s">
-        <v>56</v>
+        <v>268</v>
       </c>
       <c r="N87" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="88" spans="1:14" ht="15">
       <c r="A88">
-        <v>1377</v>
+        <v>1697</v>
       </c>
       <c r="B88" t="s">
         <v>484</v>
       </c>
       <c r="C88" t="s">
         <v>485</v>
       </c>
       <c r="D88" t="s">
         <v>3</v>
       </c>
       <c r="E88" t="s">
         <v>486</v>
       </c>
       <c r="F88" t="s">
         <v>487</v>
       </c>
       <c r="G88">
+        <v>16</v>
+      </c>
+      <c r="H88" t="s">
         <v>28</v>
       </c>
-      <c r="H88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L88">
-        <v>95742</v>
+        <v>90220</v>
       </c>
       <c r="M88" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="N88" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="89" spans="1:14" ht="15">
       <c r="A89">
-        <v>1697</v>
+        <v>176</v>
       </c>
       <c r="B89" t="s">
         <v>489</v>
       </c>
       <c r="C89" t="s">
         <v>490</v>
       </c>
       <c r="D89" t="s">
         <v>3</v>
       </c>
       <c r="E89" t="s">
         <v>491</v>
       </c>
       <c r="F89" t="s">
         <v>492</v>
       </c>
       <c r="G89">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H89" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="L89">
-        <v>90220</v>
+        <v>93643</v>
       </c>
       <c r="M89" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="N89" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="90" spans="1:14" ht="15">
       <c r="A90">
-        <v>176</v>
+        <v>104</v>
       </c>
       <c r="B90" t="s">
         <v>494</v>
       </c>
       <c r="C90" t="s">
         <v>495</v>
       </c>
       <c r="D90" t="s">
         <v>3</v>
       </c>
       <c r="E90" t="s">
         <v>496</v>
       </c>
       <c r="F90" t="s">
         <v>497</v>
       </c>
       <c r="G90">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="H90" t="s">
-        <v>73</v>
+        <v>498</v>
       </c>
       <c r="L90">
-        <v>93643</v>
+        <v>91710</v>
       </c>
       <c r="M90" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="N90" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="91" spans="1:14" ht="15">
       <c r="A91">
-        <v>104</v>
+        <v>704</v>
       </c>
       <c r="B91" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C91" t="s">
-        <v>500</v>
+        <v>485</v>
       </c>
       <c r="D91" t="s">
         <v>3</v>
       </c>
       <c r="E91" t="s">
         <v>501</v>
       </c>
       <c r="F91" t="s">
-        <v>502</v>
+        <v>487</v>
       </c>
       <c r="G91">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="H91" t="s">
-        <v>503</v>
+        <v>28</v>
       </c>
       <c r="L91">
-        <v>91710</v>
+        <v>90220</v>
       </c>
       <c r="M91" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
       <c r="N91" t="s">
-        <v>504</v>
+        <v>488</v>
       </c>
     </row>
     <row r="92" spans="1:14" ht="15">
       <c r="A92">
-        <v>704</v>
+        <v>1378</v>
       </c>
       <c r="B92" t="s">
+        <v>502</v>
+      </c>
+      <c r="C92" t="s">
+        <v>503</v>
+      </c>
+      <c r="D92" t="s">
+        <v>3</v>
+      </c>
+      <c r="E92" t="s">
+        <v>504</v>
+      </c>
+      <c r="F92" t="s">
         <v>505</v>
-      </c>
-[...10 lines deleted...]
-        <v>492</v>
       </c>
       <c r="G92">
         <v>16</v>
       </c>
       <c r="H92" t="s">
         <v>28</v>
       </c>
       <c r="L92">
-        <v>90220</v>
+        <v>90040</v>
       </c>
       <c r="M92" t="s">
         <v>29</v>
       </c>
       <c r="N92" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
     </row>
     <row r="93" spans="1:14" ht="15">
       <c r="A93">
-        <v>1378</v>
+        <v>1922</v>
       </c>
       <c r="B93" t="s">
         <v>507</v>
       </c>
       <c r="C93" t="s">
         <v>508</v>
       </c>
       <c r="D93" t="s">
         <v>3</v>
       </c>
       <c r="E93" t="s">
         <v>509</v>
       </c>
       <c r="F93" t="s">
         <v>510</v>
       </c>
       <c r="G93">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="H93" t="s">
-        <v>28</v>
+        <v>511</v>
       </c>
       <c r="L93">
-        <v>90040</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>95094</v>
       </c>
       <c r="N93" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="94" spans="1:14" ht="15">
       <c r="A94">
-        <v>1922</v>
+        <v>2533</v>
       </c>
       <c r="B94" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C94" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D94" t="s">
         <v>3</v>
       </c>
       <c r="E94" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F94" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="G94">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="H94" t="s">
-        <v>516</v>
+        <v>55</v>
       </c>
       <c r="L94">
-        <v>95094</v>
+        <v>92501</v>
+      </c>
+      <c r="M94" t="s">
+        <v>56</v>
       </c>
       <c r="N94" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="95" spans="1:14" ht="15">
       <c r="A95">
-        <v>2533</v>
+        <v>1630</v>
       </c>
       <c r="B95" t="s">
         <v>518</v>
       </c>
       <c r="C95" t="s">
         <v>519</v>
       </c>
       <c r="D95" t="s">
         <v>3</v>
       </c>
       <c r="E95" t="s">
         <v>520</v>
       </c>
       <c r="F95" t="s">
         <v>521</v>
       </c>
       <c r="G95">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="H95" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="L95">
-        <v>92501</v>
+        <v>90061</v>
       </c>
       <c r="M95" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="N95" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="96" spans="1:14" ht="15">
       <c r="A96">
-        <v>1630</v>
+        <v>1003</v>
       </c>
       <c r="B96" t="s">
         <v>523</v>
       </c>
       <c r="C96" t="s">
         <v>524</v>
       </c>
       <c r="D96" t="s">
         <v>3</v>
       </c>
       <c r="E96" t="s">
         <v>525</v>
       </c>
       <c r="F96" t="s">
         <v>526</v>
       </c>
       <c r="G96">
         <v>6</v>
       </c>
       <c r="H96" t="s">
         <v>62</v>
       </c>
       <c r="L96">
-        <v>90061</v>
+        <v>90247</v>
       </c>
       <c r="M96" t="s">
         <v>29</v>
       </c>
       <c r="N96" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="97" spans="1:14" ht="15">
       <c r="A97">
-        <v>1003</v>
+        <v>1535</v>
       </c>
       <c r="B97" t="s">
         <v>528</v>
       </c>
       <c r="C97" t="s">
         <v>529</v>
       </c>
       <c r="D97" t="s">
         <v>3</v>
       </c>
       <c r="E97" t="s">
         <v>530</v>
       </c>
       <c r="F97" t="s">
         <v>531</v>
       </c>
       <c r="G97">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="H97" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="L97">
-        <v>90247</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>93012</v>
       </c>
       <c r="N97" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="98" spans="1:14" ht="15">
       <c r="A98">
-        <v>1535</v>
+        <v>2014</v>
       </c>
       <c r="B98" t="s">
         <v>533</v>
       </c>
       <c r="C98" t="s">
         <v>534</v>
       </c>
       <c r="D98" t="s">
         <v>3</v>
       </c>
       <c r="E98" t="s">
         <v>535</v>
       </c>
       <c r="F98" t="s">
         <v>536</v>
       </c>
       <c r="G98">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H98" t="s">
-        <v>22</v>
+        <v>252</v>
       </c>
       <c r="L98">
-        <v>93012</v>
+        <v>94931</v>
+      </c>
+      <c r="M98" t="s">
+        <v>537</v>
       </c>
       <c r="N98" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="99" spans="1:14" ht="15">
       <c r="A99">
-        <v>2014</v>
+        <v>1744</v>
       </c>
       <c r="B99" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C99" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D99" t="s">
         <v>3</v>
       </c>
       <c r="E99" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F99" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="G99">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="L99">
-        <v>94931</v>
+        <v>94577</v>
       </c>
       <c r="M99" t="s">
-        <v>542</v>
+        <v>167</v>
       </c>
       <c r="N99" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="100" spans="1:14" ht="15">
       <c r="A100">
-        <v>1744</v>
+        <v>1698</v>
       </c>
       <c r="B100" t="s">
         <v>544</v>
       </c>
       <c r="C100" t="s">
         <v>545</v>
       </c>
       <c r="D100" t="s">
         <v>3</v>
       </c>
       <c r="E100" t="s">
         <v>546</v>
       </c>
       <c r="F100" t="s">
         <v>547</v>
       </c>
       <c r="G100">
-        <v>0</v>
+        <v>16</v>
+      </c>
+      <c r="H100" t="s">
+        <v>28</v>
       </c>
       <c r="L100">
-        <v>94577</v>
+        <v>90640</v>
       </c>
       <c r="M100" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="N100" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="101" spans="1:14" ht="15">
       <c r="A101">
-        <v>1698</v>
+        <v>1379</v>
       </c>
       <c r="B101" t="s">
         <v>549</v>
       </c>
       <c r="C101" t="s">
         <v>550</v>
       </c>
       <c r="D101" t="s">
         <v>3</v>
       </c>
       <c r="E101" t="s">
         <v>551</v>
       </c>
       <c r="F101" t="s">
         <v>552</v>
       </c>
       <c r="G101">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="H101" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="L101">
-        <v>90640</v>
+        <v>91352</v>
       </c>
       <c r="M101" t="s">
         <v>29</v>
       </c>
       <c r="N101" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="102" spans="1:14" ht="15">
       <c r="A102">
-        <v>1379</v>
+        <v>1766</v>
       </c>
       <c r="B102" t="s">
         <v>554</v>
       </c>
       <c r="C102" t="s">
         <v>555</v>
       </c>
       <c r="D102" t="s">
         <v>3</v>
       </c>
       <c r="E102" t="s">
         <v>556</v>
       </c>
       <c r="F102" t="s">
         <v>557</v>
       </c>
       <c r="G102">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="H102" t="s">
-        <v>62</v>
+        <v>229</v>
       </c>
       <c r="L102">
-        <v>91352</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>95303</v>
       </c>
       <c r="N102" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="103" spans="1:14" ht="15">
       <c r="A103">
-        <v>1766</v>
+        <v>685</v>
       </c>
       <c r="B103" t="s">
         <v>559</v>
       </c>
       <c r="C103" t="s">
         <v>560</v>
       </c>
       <c r="D103" t="s">
         <v>3</v>
       </c>
       <c r="E103" t="s">
         <v>561</v>
       </c>
       <c r="F103" t="s">
         <v>562</v>
       </c>
       <c r="G103">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="H103" t="s">
-        <v>229</v>
+        <v>85</v>
       </c>
       <c r="L103">
-        <v>95303</v>
+        <v>93103</v>
+      </c>
+      <c r="M103" t="s">
+        <v>86</v>
       </c>
       <c r="N103" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="104" spans="1:14" ht="15">
       <c r="A104">
-        <v>685</v>
+        <v>1381</v>
       </c>
       <c r="B104" t="s">
         <v>564</v>
       </c>
       <c r="C104" t="s">
         <v>565</v>
       </c>
       <c r="D104" t="s">
         <v>3</v>
       </c>
       <c r="E104" t="s">
         <v>566</v>
       </c>
       <c r="F104" t="s">
         <v>567</v>
       </c>
       <c r="G104">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="H104" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="L104">
-        <v>93103</v>
+        <v>90640</v>
       </c>
       <c r="M104" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="N104" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="105" spans="1:14" ht="15">
       <c r="A105">
-        <v>1381</v>
+        <v>293</v>
       </c>
       <c r="B105" t="s">
         <v>569</v>
       </c>
       <c r="C105" t="s">
         <v>570</v>
       </c>
       <c r="D105" t="s">
         <v>3</v>
       </c>
       <c r="E105" t="s">
         <v>571</v>
       </c>
       <c r="F105" t="s">
         <v>572</v>
       </c>
       <c r="G105">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="H105" t="s">
-        <v>28</v>
+        <v>122</v>
       </c>
       <c r="L105">
-        <v>90640</v>
+        <v>94553</v>
       </c>
       <c r="M105" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="N105" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="106" spans="1:14" ht="15">
       <c r="A106">
-        <v>293</v>
+        <v>1549</v>
       </c>
       <c r="B106" t="s">
         <v>574</v>
       </c>
       <c r="C106" t="s">
         <v>575</v>
       </c>
       <c r="D106" t="s">
         <v>3</v>
       </c>
       <c r="E106" t="s">
         <v>576</v>
       </c>
       <c r="F106" t="s">
         <v>577</v>
       </c>
       <c r="G106">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="H106" t="s">
-        <v>122</v>
+        <v>62</v>
       </c>
       <c r="L106">
-        <v>94553</v>
+        <v>91352</v>
       </c>
       <c r="M106" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="N106" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="107" spans="1:14" ht="15">
       <c r="A107">
-        <v>1549</v>
+        <v>688</v>
       </c>
       <c r="B107" t="s">
         <v>579</v>
       </c>
       <c r="C107" t="s">
         <v>580</v>
       </c>
       <c r="D107" t="s">
         <v>3</v>
       </c>
       <c r="E107" t="s">
         <v>581</v>
       </c>
       <c r="F107" t="s">
         <v>582</v>
       </c>
       <c r="G107">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="H107" t="s">
-        <v>62</v>
+        <v>252</v>
       </c>
       <c r="L107">
-        <v>91352</v>
+        <v>95401</v>
       </c>
       <c r="M107" t="s">
-        <v>29</v>
+        <v>537</v>
       </c>
       <c r="N107" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="108" spans="1:14" ht="15">
       <c r="A108">
-        <v>688</v>
+        <v>1661</v>
       </c>
       <c r="B108" t="s">
         <v>584</v>
       </c>
       <c r="C108" t="s">
         <v>585</v>
       </c>
       <c r="D108" t="s">
         <v>3</v>
       </c>
       <c r="E108" t="s">
         <v>586</v>
       </c>
       <c r="F108" t="s">
         <v>587</v>
       </c>
       <c r="G108">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="H108" t="s">
-        <v>252</v>
+        <v>166</v>
       </c>
       <c r="L108">
-        <v>95401</v>
+        <v>94610</v>
       </c>
       <c r="M108" t="s">
-        <v>542</v>
+        <v>167</v>
       </c>
       <c r="N108" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="109" spans="1:14" ht="15">
       <c r="A109">
-        <v>1661</v>
+        <v>408</v>
       </c>
       <c r="B109" t="s">
         <v>589</v>
       </c>
       <c r="C109" t="s">
         <v>590</v>
       </c>
       <c r="D109" t="s">
         <v>3</v>
       </c>
       <c r="E109" t="s">
         <v>591</v>
       </c>
       <c r="F109" t="s">
         <v>592</v>
       </c>
       <c r="G109">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H109" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
       <c r="L109">
-        <v>94610</v>
+        <v>90040</v>
       </c>
       <c r="M109" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="N109" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="110" spans="1:14" ht="15">
       <c r="A110">
-        <v>408</v>
+        <v>1689</v>
       </c>
       <c r="B110" t="s">
         <v>594</v>
       </c>
       <c r="C110" t="s">
         <v>595</v>
       </c>
       <c r="D110" t="s">
         <v>3</v>
       </c>
       <c r="E110" t="s">
         <v>596</v>
       </c>
       <c r="F110" t="s">
         <v>597</v>
       </c>
       <c r="G110">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H110" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="L110">
-        <v>90040</v>
+        <v>93030</v>
       </c>
       <c r="M110" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="N110" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="111" spans="1:14" ht="15">
       <c r="A111">
-        <v>1689</v>
+        <v>80</v>
       </c>
       <c r="B111" t="s">
         <v>599</v>
       </c>
       <c r="C111" t="s">
         <v>600</v>
       </c>
       <c r="D111" t="s">
         <v>3</v>
       </c>
       <c r="E111" t="s">
         <v>601</v>
       </c>
       <c r="F111" t="s">
         <v>602</v>
       </c>
       <c r="G111">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="H111" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="L111">
-        <v>93030</v>
+        <v>93960</v>
       </c>
       <c r="M111" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="N111" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="112" spans="1:14" ht="15">
       <c r="A112">
-        <v>80</v>
+        <v>2375</v>
       </c>
       <c r="B112" t="s">
         <v>604</v>
       </c>
       <c r="C112" t="s">
         <v>605</v>
       </c>
       <c r="D112" t="s">
         <v>3</v>
       </c>
       <c r="E112" t="s">
         <v>606</v>
       </c>
       <c r="F112" t="s">
         <v>607</v>
       </c>
       <c r="G112">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="H112" t="s">
-        <v>35</v>
+        <v>318</v>
       </c>
       <c r="L112">
-        <v>93960</v>
+        <v>93307</v>
       </c>
       <c r="M112" t="s">
-        <v>36</v>
+        <v>319</v>
       </c>
       <c r="N112" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="113" spans="1:14" ht="15">
       <c r="A113">
-        <v>2375</v>
+        <v>52</v>
       </c>
       <c r="B113" t="s">
         <v>609</v>
       </c>
       <c r="C113" t="s">
         <v>610</v>
       </c>
       <c r="D113" t="s">
         <v>3</v>
       </c>
       <c r="E113" t="s">
         <v>611</v>
       </c>
       <c r="F113" t="s">
         <v>612</v>
       </c>
       <c r="G113">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="H113" t="s">
-        <v>323</v>
+        <v>35</v>
       </c>
       <c r="L113">
-        <v>93307</v>
+        <v>93907</v>
       </c>
       <c r="M113" t="s">
-        <v>324</v>
+        <v>36</v>
       </c>
       <c r="N113" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="114" spans="1:14" ht="15">
       <c r="A114">
-        <v>52</v>
+        <v>1950</v>
       </c>
       <c r="B114" t="s">
         <v>614</v>
       </c>
-      <c r="C114" t="s">
+      <c r="E114" t="s">
         <v>615</v>
       </c>
-      <c r="D114" t="s">
-[...2 lines deleted...]
-      <c r="E114" t="s">
+      <c r="F114" t="s">
         <v>616</v>
       </c>
-      <c r="F114" t="s">
+      <c r="G114">
+        <v>0</v>
+      </c>
+      <c r="L114">
+        <v>94551</v>
+      </c>
+      <c r="M114" t="s">
+        <v>167</v>
+      </c>
+      <c r="N114" t="s">
         <v>617</v>
-      </c>
-[...13 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="115" spans="1:14" ht="15">
       <c r="A115">
-        <v>1950</v>
+        <v>434</v>
       </c>
       <c r="B115" t="s">
+        <v>614</v>
+      </c>
+      <c r="C115" t="s">
+        <v>618</v>
+      </c>
+      <c r="D115" t="s">
+        <v>3</v>
+      </c>
+      <c r="E115" t="s">
         <v>619</v>
       </c>
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>620</v>
       </c>
-      <c r="F115" t="s">
+      <c r="G115">
+        <v>43</v>
+      </c>
+      <c r="H115" t="s">
         <v>621</v>
       </c>
-      <c r="G115">
-[...1 lines deleted...]
-      </c>
       <c r="L115">
-        <v>94551</v>
+        <v>95776</v>
       </c>
       <c r="M115" t="s">
-        <v>167</v>
+        <v>621</v>
       </c>
       <c r="N115" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="116" spans="1:14" ht="15">
       <c r="A116">
-        <v>434</v>
+        <v>1951</v>
       </c>
       <c r="B116" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="C116" t="s">
+        <v>618</v>
+      </c>
+      <c r="D116" t="s">
+        <v>3</v>
+      </c>
+      <c r="E116" t="s">
         <v>623</v>
       </c>
-      <c r="D116" t="s">
-[...2 lines deleted...]
-      <c r="E116" t="s">
+      <c r="F116" t="s">
         <v>624</v>
       </c>
-      <c r="F116" t="s">
+      <c r="G116">
+        <v>32</v>
+      </c>
+      <c r="H116" t="s">
+        <v>274</v>
+      </c>
+      <c r="L116">
+        <v>95206</v>
+      </c>
+      <c r="M116" t="s">
+        <v>355</v>
+      </c>
+      <c r="N116" t="s">
         <v>625</v>
-      </c>
-[...13 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="117" spans="1:14" ht="15">
       <c r="A117">
-        <v>1951</v>
+        <v>1867</v>
       </c>
       <c r="B117" t="s">
-        <v>619</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>626</v>
       </c>
       <c r="E117" t="s">
+        <v>627</v>
+      </c>
+      <c r="F117" t="s">
         <v>628</v>
       </c>
-      <c r="F117" t="s">
+      <c r="G117">
+        <v>9</v>
+      </c>
+      <c r="H117" t="s">
+        <v>122</v>
+      </c>
+      <c r="L117">
+        <v>94804</v>
+      </c>
+      <c r="M117" t="s">
+        <v>122</v>
+      </c>
+      <c r="N117" t="s">
         <v>629</v>
-      </c>
-[...13 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="118" spans="1:14" ht="15">
       <c r="A118">
-        <v>1867</v>
+        <v>1706</v>
       </c>
       <c r="B118" t="s">
+        <v>630</v>
+      </c>
+      <c r="C118" t="s">
         <v>631</v>
+      </c>
+      <c r="D118" t="s">
+        <v>3</v>
       </c>
       <c r="E118" t="s">
         <v>632</v>
       </c>
       <c r="F118" t="s">
         <v>633</v>
       </c>
       <c r="G118">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="H118" t="s">
-        <v>122</v>
+        <v>28</v>
       </c>
       <c r="L118">
-        <v>94804</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>90814</v>
       </c>
       <c r="N118" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="119" spans="1:14" ht="15">
       <c r="A119">
-        <v>1706</v>
+        <v>317</v>
       </c>
       <c r="B119" t="s">
         <v>635</v>
       </c>
       <c r="C119" t="s">
         <v>636</v>
       </c>
       <c r="D119" t="s">
         <v>3</v>
       </c>
       <c r="E119" t="s">
         <v>637</v>
       </c>
       <c r="F119" t="s">
         <v>638</v>
       </c>
       <c r="G119">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H119" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
       <c r="L119">
-        <v>90814</v>
+        <v>94609</v>
+      </c>
+      <c r="M119" t="s">
+        <v>167</v>
       </c>
       <c r="N119" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="120" spans="1:14" ht="15">
       <c r="A120">
-        <v>317</v>
+        <v>1628</v>
       </c>
       <c r="B120" t="s">
         <v>640</v>
       </c>
       <c r="C120" t="s">
         <v>641</v>
       </c>
       <c r="D120" t="s">
         <v>3</v>
       </c>
       <c r="E120" t="s">
         <v>642</v>
       </c>
       <c r="F120" t="s">
         <v>643</v>
       </c>
       <c r="G120">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="H120" t="s">
-        <v>166</v>
+        <v>202</v>
       </c>
       <c r="L120">
-        <v>94609</v>
+        <v>91406</v>
       </c>
       <c r="M120" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="N120" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="121" spans="1:14" ht="15">
       <c r="A121">
-        <v>1628</v>
+        <v>1716</v>
       </c>
       <c r="B121" t="s">
         <v>645</v>
       </c>
       <c r="C121" t="s">
         <v>646</v>
       </c>
       <c r="D121" t="s">
         <v>3</v>
       </c>
       <c r="E121" t="s">
         <v>647</v>
       </c>
       <c r="F121" t="s">
         <v>648</v>
       </c>
       <c r="G121">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="H121" t="s">
-        <v>202</v>
+        <v>92</v>
       </c>
       <c r="L121">
-        <v>91406</v>
+        <v>95521</v>
       </c>
       <c r="M121" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="N121" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="122" spans="1:14" ht="15">
       <c r="A122">
-        <v>1716</v>
+        <v>114</v>
       </c>
       <c r="B122" t="s">
         <v>650</v>
       </c>
       <c r="C122" t="s">
         <v>651</v>
       </c>
       <c r="D122" t="s">
         <v>3</v>
       </c>
       <c r="E122" t="s">
         <v>652</v>
       </c>
       <c r="F122" t="s">
         <v>653</v>
       </c>
       <c r="G122">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="H122" t="s">
-        <v>92</v>
+        <v>166</v>
       </c>
       <c r="L122">
-        <v>95521</v>
+        <v>94710</v>
       </c>
       <c r="M122" t="s">
-        <v>93</v>
+        <v>167</v>
       </c>
       <c r="N122" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="123" spans="1:14" ht="15">
       <c r="A123">
-        <v>114</v>
+        <v>309</v>
       </c>
       <c r="B123" t="s">
         <v>655</v>
       </c>
       <c r="C123" t="s">
         <v>656</v>
       </c>
       <c r="D123" t="s">
         <v>3</v>
       </c>
       <c r="E123" t="s">
         <v>657</v>
       </c>
       <c r="F123" t="s">
         <v>658</v>
       </c>
       <c r="G123">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="H123" t="s">
-        <v>166</v>
+        <v>122</v>
       </c>
       <c r="L123">
-        <v>94710</v>
+        <v>94553</v>
       </c>
       <c r="M123" t="s">
-        <v>167</v>
+        <v>122</v>
       </c>
       <c r="N123" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="124" spans="1:14" ht="15">
       <c r="A124">
-        <v>309</v>
+        <v>1896</v>
       </c>
       <c r="B124" t="s">
         <v>660</v>
       </c>
       <c r="C124" t="s">
         <v>661</v>
       </c>
       <c r="D124" t="s">
         <v>3</v>
       </c>
       <c r="E124" t="s">
         <v>662</v>
       </c>
       <c r="F124" t="s">
         <v>663</v>
       </c>
       <c r="G124">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="H124" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="L124">
-        <v>94553</v>
+        <v>92114</v>
       </c>
       <c r="M124" t="s">
-        <v>122</v>
+        <v>43</v>
       </c>
       <c r="N124" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="125" spans="1:14" ht="15">
       <c r="A125">
-        <v>1896</v>
+        <v>1454</v>
       </c>
       <c r="B125" t="s">
         <v>665</v>
       </c>
       <c r="C125" t="s">
         <v>666</v>
       </c>
       <c r="D125" t="s">
         <v>3</v>
       </c>
       <c r="E125" t="s">
         <v>667</v>
       </c>
       <c r="F125" t="s">
         <v>668</v>
       </c>
       <c r="G125">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H125" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="L125">
-        <v>92114</v>
+        <v>92879</v>
       </c>
       <c r="M125" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="N125" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="126" spans="1:14" ht="15">
       <c r="A126">
-        <v>1454</v>
+        <v>1637</v>
       </c>
       <c r="B126" t="s">
         <v>670</v>
       </c>
       <c r="C126" t="s">
         <v>671</v>
       </c>
       <c r="D126" t="s">
         <v>3</v>
       </c>
       <c r="E126" t="s">
         <v>672</v>
       </c>
       <c r="F126" t="s">
         <v>673</v>
       </c>
       <c r="G126">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="H126" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="L126">
-        <v>92879</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>90065</v>
       </c>
       <c r="N126" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="127" spans="1:14" ht="15">
       <c r="A127">
-        <v>1637</v>
+        <v>1955</v>
       </c>
       <c r="B127" t="s">
         <v>675</v>
       </c>
       <c r="C127" t="s">
         <v>676</v>
       </c>
       <c r="D127" t="s">
         <v>3</v>
       </c>
       <c r="E127" t="s">
         <v>677</v>
       </c>
       <c r="F127" t="s">
         <v>678</v>
       </c>
       <c r="G127">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="H127" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="L127">
-        <v>90065</v>
+        <v>90670</v>
       </c>
       <c r="N127" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="128" spans="1:14" ht="15">
       <c r="A128">
-        <v>1955</v>
+        <v>501</v>
       </c>
       <c r="B128" t="s">
         <v>680</v>
       </c>
       <c r="C128" t="s">
         <v>681</v>
       </c>
       <c r="D128" t="s">
         <v>3</v>
       </c>
       <c r="E128" t="s">
         <v>682</v>
       </c>
       <c r="F128" t="s">
         <v>683</v>
       </c>
       <c r="G128">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H128" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="L128">
-        <v>90670</v>
+        <v>92056</v>
+      </c>
+      <c r="M128" t="s">
+        <v>43</v>
       </c>
       <c r="N128" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="129" spans="1:14" ht="15">
       <c r="A129">
-        <v>501</v>
+        <v>1818</v>
       </c>
       <c r="B129" t="s">
         <v>685</v>
       </c>
       <c r="C129" t="s">
         <v>686</v>
       </c>
       <c r="D129" t="s">
         <v>3</v>
       </c>
       <c r="E129" t="s">
         <v>687</v>
       </c>
       <c r="F129" t="s">
         <v>688</v>
       </c>
       <c r="G129">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H129" t="s">
-        <v>42</v>
+        <v>252</v>
       </c>
       <c r="L129">
-        <v>92056</v>
+        <v>95470</v>
       </c>
       <c r="M129" t="s">
-        <v>43</v>
+        <v>430</v>
       </c>
       <c r="N129" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="130" spans="1:14" ht="15">
       <c r="A130">
-        <v>1818</v>
+        <v>1943</v>
       </c>
       <c r="B130" t="s">
         <v>690</v>
       </c>
       <c r="C130" t="s">
         <v>691</v>
       </c>
       <c r="D130" t="s">
         <v>3</v>
       </c>
       <c r="E130" t="s">
         <v>692</v>
       </c>
       <c r="F130" t="s">
         <v>693</v>
       </c>
       <c r="G130">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="H130" t="s">
-        <v>252</v>
+        <v>694</v>
       </c>
       <c r="L130">
-        <v>95470</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>94539</v>
       </c>
       <c r="N130" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
     <row r="131" spans="1:14" ht="15">
       <c r="A131">
-        <v>1943</v>
+        <v>1343</v>
       </c>
       <c r="B131" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C131" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D131" t="s">
         <v>3</v>
       </c>
       <c r="E131" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="F131" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="G131">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="H131" t="s">
-        <v>699</v>
+        <v>35</v>
       </c>
       <c r="L131">
-        <v>94539</v>
+        <v>93901</v>
+      </c>
+      <c r="M131" t="s">
+        <v>36</v>
       </c>
       <c r="N131" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="132" spans="1:14" ht="15">
       <c r="A132">
-        <v>1343</v>
+        <v>527</v>
       </c>
       <c r="B132" t="s">
         <v>701</v>
       </c>
       <c r="C132" t="s">
         <v>702</v>
       </c>
       <c r="D132" t="s">
         <v>3</v>
       </c>
       <c r="E132" t="s">
         <v>703</v>
       </c>
       <c r="F132" t="s">
         <v>704</v>
       </c>
       <c r="G132">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="H132" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="L132">
-        <v>93901</v>
+        <v>93455</v>
       </c>
       <c r="M132" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="N132" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="133" spans="1:14" ht="15">
       <c r="A133">
-        <v>527</v>
+        <v>1388</v>
       </c>
       <c r="B133" t="s">
         <v>706</v>
       </c>
       <c r="C133" t="s">
         <v>707</v>
       </c>
       <c r="D133" t="s">
         <v>3</v>
       </c>
       <c r="E133" t="s">
         <v>708</v>
       </c>
       <c r="F133" t="s">
         <v>709</v>
       </c>
       <c r="G133">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="H133" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="L133">
-        <v>93455</v>
+        <v>92553</v>
       </c>
       <c r="M133" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="N133" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="134" spans="1:14" ht="15">
       <c r="A134">
-        <v>1388</v>
+        <v>127</v>
       </c>
       <c r="B134" t="s">
         <v>711</v>
       </c>
       <c r="C134" t="s">
         <v>712</v>
       </c>
       <c r="D134" t="s">
         <v>3</v>
       </c>
       <c r="E134" t="s">
         <v>713</v>
       </c>
       <c r="F134" t="s">
         <v>714</v>
       </c>
       <c r="G134">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="H134" t="s">
-        <v>55</v>
+        <v>498</v>
       </c>
       <c r="L134">
-        <v>92553</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>91710</v>
       </c>
       <c r="N134" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="135" spans="1:14" ht="15">
       <c r="A135">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B135" t="s">
         <v>716</v>
       </c>
       <c r="C135" t="s">
         <v>717</v>
       </c>
       <c r="D135" t="s">
         <v>3</v>
       </c>
       <c r="E135" t="s">
         <v>718</v>
       </c>
       <c r="F135" t="s">
         <v>719</v>
       </c>
       <c r="G135">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="H135" t="s">
-        <v>503</v>
+        <v>274</v>
       </c>
       <c r="L135">
-        <v>91710</v>
+        <v>95240</v>
+      </c>
+      <c r="M135" t="s">
+        <v>355</v>
       </c>
       <c r="N135" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="136" spans="1:14" ht="15">
       <c r="A136">
-        <v>129</v>
+        <v>1281</v>
       </c>
       <c r="B136" t="s">
         <v>721</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" t="s">
         <v>722</v>
       </c>
-      <c r="D136" t="s">
-[...2 lines deleted...]
-      <c r="E136" t="s">
+      <c r="F136" t="s">
         <v>723</v>
       </c>
-      <c r="F136" t="s">
+      <c r="G136">
+        <v>10</v>
+      </c>
+      <c r="H136" t="s">
         <v>724</v>
       </c>
-      <c r="G136">
-[...4 lines deleted...]
-      </c>
       <c r="L136">
-        <v>95240</v>
+        <v>94577</v>
       </c>
       <c r="M136" t="s">
-        <v>360</v>
+        <v>167</v>
       </c>
       <c r="N136" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="137" spans="1:14" ht="15">
       <c r="A137">
-        <v>1281</v>
+        <v>1479</v>
       </c>
       <c r="B137" t="s">
         <v>726</v>
       </c>
+      <c r="C137" t="s">
+        <v>727</v>
+      </c>
+      <c r="D137" t="s">
+        <v>3</v>
+      </c>
       <c r="E137" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="F137" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="G137">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H137" t="s">
-        <v>729</v>
+        <v>92</v>
       </c>
       <c r="L137">
-        <v>94577</v>
+        <v>95521</v>
       </c>
       <c r="M137" t="s">
-        <v>167</v>
+        <v>93</v>
       </c>
       <c r="N137" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="138" spans="1:14" ht="15">
       <c r="A138">
-        <v>1479</v>
+        <v>276</v>
       </c>
       <c r="B138" t="s">
         <v>731</v>
       </c>
       <c r="C138" t="s">
         <v>732</v>
       </c>
       <c r="D138" t="s">
         <v>3</v>
       </c>
       <c r="E138" t="s">
         <v>733</v>
       </c>
       <c r="F138" t="s">
         <v>734</v>
       </c>
       <c r="G138">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H138" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="L138">
-        <v>95521</v>
+        <v>93637</v>
       </c>
       <c r="M138" t="s">
-        <v>93</v>
+        <v>79</v>
       </c>
       <c r="N138" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="139" spans="1:14" ht="15">
       <c r="A139">
-        <v>276</v>
+        <v>523</v>
       </c>
       <c r="B139" t="s">
         <v>736</v>
       </c>
       <c r="C139" t="s">
         <v>737</v>
       </c>
       <c r="D139" t="s">
         <v>3</v>
       </c>
       <c r="E139" t="s">
         <v>738</v>
       </c>
       <c r="F139" t="s">
         <v>739</v>
       </c>
       <c r="G139">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="H139" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="L139">
-        <v>93637</v>
+        <v>93101</v>
       </c>
       <c r="M139" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="N139" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="140" spans="1:14" ht="15">
       <c r="A140">
-        <v>523</v>
+        <v>1390</v>
       </c>
       <c r="B140" t="s">
         <v>741</v>
       </c>
       <c r="C140" t="s">
         <v>742</v>
       </c>
       <c r="D140" t="s">
         <v>3</v>
       </c>
       <c r="E140" t="s">
         <v>743</v>
       </c>
       <c r="F140" t="s">
         <v>744</v>
       </c>
       <c r="G140">
         <v>34</v>
       </c>
       <c r="H140" t="s">
         <v>85</v>
       </c>
       <c r="L140">
-        <v>93101</v>
+        <v>93436</v>
       </c>
       <c r="M140" t="s">
         <v>86</v>
       </c>
       <c r="N140" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="141" spans="1:14" ht="15">
       <c r="A141">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="B141" t="s">
         <v>746</v>
       </c>
       <c r="C141" t="s">
         <v>747</v>
       </c>
       <c r="D141" t="s">
         <v>3</v>
       </c>
       <c r="E141" t="s">
         <v>748</v>
       </c>
       <c r="F141" t="s">
         <v>749</v>
       </c>
       <c r="G141">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="H141" t="s">
-        <v>85</v>
+        <v>180</v>
       </c>
       <c r="L141">
-        <v>93436</v>
+        <v>95681</v>
       </c>
       <c r="M141" t="s">
-        <v>86</v>
+        <v>181</v>
       </c>
       <c r="N141" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="142" spans="1:14" ht="15">
       <c r="A142">
-        <v>1392</v>
+        <v>1103</v>
       </c>
       <c r="B142" t="s">
         <v>751</v>
       </c>
       <c r="C142" t="s">
         <v>752</v>
       </c>
       <c r="D142" t="s">
         <v>3</v>
       </c>
       <c r="E142" t="s">
         <v>753</v>
       </c>
       <c r="F142" t="s">
         <v>754</v>
       </c>
       <c r="G142">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H142" t="s">
-        <v>180</v>
+        <v>22</v>
       </c>
       <c r="L142">
-        <v>95681</v>
+        <v>91320</v>
       </c>
       <c r="M142" t="s">
-        <v>181</v>
+        <v>49</v>
       </c>
       <c r="N142" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="143" spans="1:14" ht="15">
       <c r="A143">
-        <v>1103</v>
+        <v>1319</v>
       </c>
       <c r="B143" t="s">
         <v>756</v>
       </c>
       <c r="C143" t="s">
         <v>757</v>
       </c>
       <c r="D143" t="s">
         <v>3</v>
       </c>
       <c r="E143" t="s">
         <v>758</v>
       </c>
       <c r="F143" t="s">
         <v>759</v>
       </c>
       <c r="G143">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="H143" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="L143">
-        <v>91320</v>
+        <v>95004</v>
       </c>
       <c r="M143" t="s">
-        <v>49</v>
+        <v>760</v>
       </c>
       <c r="N143" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="144" spans="1:14" ht="15">
       <c r="A144">
-        <v>1319</v>
+        <v>1394</v>
       </c>
       <c r="B144" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C144" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D144" t="s">
         <v>3</v>
       </c>
       <c r="E144" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="F144" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="G144">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="H144" t="s">
-        <v>35</v>
+        <v>252</v>
       </c>
       <c r="L144">
-        <v>95004</v>
+        <v>94954</v>
       </c>
       <c r="M144" t="s">
-        <v>765</v>
+        <v>537</v>
       </c>
       <c r="N144" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="145" spans="1:14" ht="15">
       <c r="A145">
-        <v>1394</v>
+        <v>1704</v>
       </c>
       <c r="B145" t="s">
         <v>767</v>
       </c>
       <c r="C145" t="s">
         <v>768</v>
       </c>
       <c r="D145" t="s">
         <v>3</v>
       </c>
       <c r="E145" t="s">
         <v>769</v>
       </c>
       <c r="F145" t="s">
         <v>770</v>
       </c>
       <c r="G145">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="H145" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="L145">
-        <v>94954</v>
+        <v>95206</v>
       </c>
       <c r="M145" t="s">
-        <v>542</v>
+        <v>355</v>
       </c>
       <c r="N145" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="146" spans="1:14" ht="15">
       <c r="A146">
-        <v>1704</v>
+        <v>1517</v>
       </c>
       <c r="B146" t="s">
         <v>772</v>
       </c>
       <c r="C146" t="s">
         <v>773</v>
       </c>
       <c r="D146" t="s">
         <v>3</v>
       </c>
       <c r="E146" t="s">
         <v>774</v>
       </c>
       <c r="F146" t="s">
         <v>775</v>
       </c>
       <c r="G146">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="H146" t="s">
-        <v>279</v>
+        <v>73</v>
       </c>
       <c r="L146">
-        <v>95206</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>93637</v>
       </c>
       <c r="N146" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="147" spans="1:14" ht="15">
       <c r="A147">
-        <v>1517</v>
+        <v>1713</v>
       </c>
       <c r="B147" t="s">
         <v>777</v>
       </c>
       <c r="C147" t="s">
         <v>778</v>
       </c>
       <c r="D147" t="s">
         <v>3</v>
       </c>
       <c r="E147" t="s">
         <v>779</v>
       </c>
       <c r="F147" t="s">
         <v>780</v>
       </c>
       <c r="G147">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="H147" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="L147">
-        <v>93637</v>
+        <v>91605</v>
       </c>
       <c r="N147" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="148" spans="1:14" ht="15">
       <c r="A148">
-        <v>1713</v>
+        <v>224</v>
       </c>
       <c r="B148" t="s">
         <v>782</v>
       </c>
       <c r="C148" t="s">
         <v>783</v>
       </c>
       <c r="D148" t="s">
         <v>3</v>
       </c>
       <c r="E148" t="s">
         <v>784</v>
       </c>
       <c r="F148" t="s">
         <v>785</v>
       </c>
       <c r="G148">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="H148" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="L148">
-        <v>91605</v>
+        <v>95564</v>
+      </c>
+      <c r="M148" t="s">
+        <v>93</v>
       </c>
       <c r="N148" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="149" spans="1:14" ht="15">
       <c r="A149">
-        <v>224</v>
+        <v>1921</v>
       </c>
       <c r="B149" t="s">
         <v>787</v>
       </c>
       <c r="C149" t="s">
         <v>788</v>
       </c>
       <c r="D149" t="s">
         <v>3</v>
       </c>
       <c r="E149" t="s">
         <v>789</v>
       </c>
       <c r="F149" t="s">
         <v>790</v>
       </c>
       <c r="G149">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="H149" t="s">
-        <v>92</v>
+        <v>791</v>
       </c>
       <c r="L149">
-        <v>95564</v>
+        <v>95969</v>
       </c>
       <c r="M149" t="s">
-        <v>93</v>
+        <v>792</v>
       </c>
       <c r="N149" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
     </row>
     <row r="150" spans="1:14" ht="15">
       <c r="A150">
-        <v>1921</v>
+        <v>646</v>
       </c>
       <c r="B150" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C150" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D150" t="s">
         <v>3</v>
       </c>
       <c r="E150" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="F150" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="G150">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="H150" t="s">
-        <v>796</v>
+        <v>122</v>
       </c>
       <c r="L150">
-        <v>95969</v>
+        <v>95242</v>
       </c>
       <c r="M150" t="s">
-        <v>797</v>
+        <v>355</v>
       </c>
       <c r="N150" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="151" spans="1:14" ht="15">
       <c r="A151">
-        <v>646</v>
+        <v>1397</v>
       </c>
       <c r="B151" t="s">
         <v>799</v>
       </c>
       <c r="C151" t="s">
         <v>800</v>
       </c>
       <c r="D151" t="s">
         <v>3</v>
       </c>
       <c r="E151" t="s">
         <v>801</v>
       </c>
       <c r="F151" t="s">
         <v>802</v>
       </c>
       <c r="G151">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="H151" t="s">
-        <v>122</v>
+        <v>224</v>
       </c>
       <c r="L151">
-        <v>95242</v>
+        <v>95354</v>
       </c>
       <c r="M151" t="s">
-        <v>360</v>
+        <v>376</v>
       </c>
       <c r="N151" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="152" spans="1:14" ht="15">
       <c r="A152">
-        <v>1397</v>
+        <v>705</v>
       </c>
       <c r="B152" t="s">
         <v>804</v>
       </c>
       <c r="C152" t="s">
         <v>805</v>
       </c>
       <c r="D152" t="s">
         <v>3</v>
       </c>
       <c r="E152" t="s">
         <v>806</v>
       </c>
       <c r="F152" t="s">
         <v>807</v>
       </c>
       <c r="G152">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="H152" t="s">
-        <v>224</v>
+        <v>28</v>
       </c>
       <c r="L152">
-        <v>95354</v>
+        <v>90058</v>
       </c>
       <c r="M152" t="s">
-        <v>381</v>
+        <v>29</v>
       </c>
       <c r="N152" t="s">
         <v>808</v>
       </c>
     </row>
     <row r="153" spans="1:14" ht="15">
       <c r="A153">
-        <v>705</v>
+        <v>353</v>
       </c>
       <c r="B153" t="s">
         <v>809</v>
       </c>
       <c r="C153" t="s">
         <v>810</v>
       </c>
       <c r="D153" t="s">
         <v>3</v>
       </c>
       <c r="E153" t="s">
         <v>811</v>
       </c>
       <c r="F153" t="s">
         <v>812</v>
       </c>
       <c r="G153">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H153" t="s">
-        <v>28</v>
+        <v>224</v>
       </c>
       <c r="L153">
-        <v>90058</v>
+        <v>95385</v>
       </c>
       <c r="M153" t="s">
-        <v>29</v>
+        <v>376</v>
       </c>
       <c r="N153" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="154" spans="1:14" ht="15">
       <c r="A154">
-        <v>353</v>
+        <v>1551</v>
       </c>
       <c r="B154" t="s">
         <v>814</v>
       </c>
       <c r="C154" t="s">
         <v>815</v>
       </c>
       <c r="D154" t="s">
         <v>3</v>
       </c>
       <c r="E154" t="s">
         <v>816</v>
       </c>
       <c r="F154" t="s">
         <v>817</v>
       </c>
       <c r="G154">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="H154" t="s">
-        <v>224</v>
+        <v>252</v>
       </c>
       <c r="L154">
-        <v>95385</v>
-[...2 lines deleted...]
-        <v>381</v>
+        <v>95437</v>
       </c>
       <c r="N154" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="155" spans="1:14" ht="15">
       <c r="A155">
-        <v>1551</v>
+        <v>1868</v>
       </c>
       <c r="B155" t="s">
         <v>819</v>
       </c>
       <c r="C155" t="s">
         <v>820</v>
       </c>
       <c r="D155" t="s">
         <v>3</v>
       </c>
       <c r="E155" t="s">
         <v>821</v>
       </c>
       <c r="F155" t="s">
         <v>822</v>
       </c>
       <c r="G155">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="H155" t="s">
-        <v>252</v>
+        <v>55</v>
       </c>
       <c r="L155">
-        <v>95437</v>
+        <v>92234</v>
+      </c>
+      <c r="M155" t="s">
+        <v>56</v>
       </c>
       <c r="N155" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="156" spans="1:14" ht="15">
       <c r="A156">
-        <v>1868</v>
+        <v>208</v>
       </c>
       <c r="B156" t="s">
         <v>824</v>
       </c>
-      <c r="C156" t="s">
+      <c r="E156" t="s">
         <v>825</v>
       </c>
-      <c r="D156" t="s">
-[...2 lines deleted...]
-      <c r="E156" t="s">
+      <c r="F156" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>827</v>
       </c>
       <c r="G156">
         <v>27</v>
       </c>
       <c r="H156" t="s">
         <v>55</v>
       </c>
       <c r="L156">
-        <v>92234</v>
+        <v>92570</v>
       </c>
       <c r="M156" t="s">
         <v>56</v>
       </c>
       <c r="N156" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
     </row>
     <row r="157" spans="1:14" ht="15">
       <c r="A157">
-        <v>208</v>
+        <v>161</v>
       </c>
       <c r="B157" t="s">
+        <v>828</v>
+      </c>
+      <c r="E157" t="s">
         <v>829</v>
       </c>
-      <c r="E157" t="s">
+      <c r="F157" t="s">
         <v>830</v>
       </c>
-      <c r="F157" t="s">
+      <c r="G157">
+        <v>14</v>
+      </c>
+      <c r="H157" t="s">
+        <v>318</v>
+      </c>
+      <c r="L157">
+        <v>93250</v>
+      </c>
+      <c r="M157" t="s">
+        <v>319</v>
+      </c>
+      <c r="N157" t="s">
         <v>831</v>
-      </c>
-[...13 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="158" spans="1:14" ht="15">
       <c r="A158">
-        <v>161</v>
+        <v>1400</v>
       </c>
       <c r="B158" t="s">
+        <v>832</v>
+      </c>
+      <c r="C158" t="s">
         <v>833</v>
+      </c>
+      <c r="D158" t="s">
+        <v>3</v>
       </c>
       <c r="E158" t="s">
         <v>834</v>
       </c>
       <c r="F158" t="s">
         <v>835</v>
       </c>
       <c r="G158">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="H158" t="s">
-        <v>323</v>
+        <v>268</v>
       </c>
       <c r="L158">
-        <v>93250</v>
+        <v>95828</v>
       </c>
       <c r="M158" t="s">
-        <v>324</v>
+        <v>268</v>
       </c>
       <c r="N158" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="159" spans="1:14" ht="15">
       <c r="A159">
-        <v>1400</v>
+        <v>1715</v>
       </c>
       <c r="B159" t="s">
         <v>837</v>
       </c>
       <c r="C159" t="s">
         <v>838</v>
       </c>
       <c r="D159" t="s">
         <v>3</v>
       </c>
       <c r="E159" t="s">
         <v>839</v>
       </c>
       <c r="F159" t="s">
         <v>840</v>
       </c>
       <c r="G159">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="H159" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="L159">
-        <v>95828</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>95407</v>
       </c>
       <c r="N159" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="160" spans="1:14" ht="15">
       <c r="A160">
-        <v>1715</v>
+        <v>1496</v>
       </c>
       <c r="B160" t="s">
         <v>842</v>
       </c>
       <c r="C160" t="s">
         <v>843</v>
       </c>
       <c r="D160" t="s">
         <v>3</v>
       </c>
       <c r="E160" t="s">
         <v>844</v>
       </c>
       <c r="F160" t="s">
         <v>845</v>
       </c>
       <c r="G160">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="H160" t="s">
-        <v>252</v>
+        <v>318</v>
       </c>
       <c r="L160">
-        <v>95407</v>
+        <v>93308</v>
+      </c>
+      <c r="M160" t="s">
+        <v>319</v>
       </c>
       <c r="N160" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="161" spans="1:14" ht="15">
       <c r="A161">
-        <v>1496</v>
+        <v>571</v>
       </c>
       <c r="B161" t="s">
         <v>847</v>
       </c>
       <c r="C161" t="s">
+        <v>843</v>
+      </c>
+      <c r="D161" t="s">
+        <v>3</v>
+      </c>
+      <c r="E161" t="s">
         <v>848</v>
       </c>
-      <c r="D161" t="s">
-[...2 lines deleted...]
-      <c r="E161" t="s">
+      <c r="F161" t="s">
         <v>849</v>
       </c>
-      <c r="F161" t="s">
+      <c r="G161">
+        <v>34</v>
+      </c>
+      <c r="H161" t="s">
+        <v>85</v>
+      </c>
+      <c r="L161">
+        <v>93427</v>
+      </c>
+      <c r="M161" t="s">
+        <v>86</v>
+      </c>
+      <c r="N161" t="s">
         <v>850</v>
-      </c>
-[...13 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="162" spans="1:14" ht="15">
       <c r="A162">
-        <v>571</v>
+        <v>529</v>
       </c>
       <c r="B162" t="s">
+        <v>851</v>
+      </c>
+      <c r="C162" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
       <c r="D162" t="s">
         <v>3</v>
       </c>
       <c r="E162" t="s">
         <v>853</v>
       </c>
       <c r="F162" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
       <c r="G162">
         <v>34</v>
       </c>
       <c r="H162" t="s">
         <v>85</v>
       </c>
       <c r="L162">
-        <v>93427</v>
+        <v>93111</v>
       </c>
       <c r="M162" t="s">
         <v>86</v>
       </c>
       <c r="N162" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
     </row>
     <row r="163" spans="1:14" ht="15">
       <c r="A163">
-        <v>529</v>
+        <v>35</v>
       </c>
       <c r="B163" t="s">
+        <v>855</v>
+      </c>
+      <c r="C163" t="s">
         <v>856</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163" t="s">
+        <v>3</v>
+      </c>
+      <c r="E163" t="s">
         <v>857</v>
       </c>
-      <c r="D163" t="s">
-[...2 lines deleted...]
-      <c r="E163" t="s">
+      <c r="F163" t="s">
         <v>858</v>
       </c>
-      <c r="F163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G163">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="H163" t="s">
-        <v>85</v>
+        <v>859</v>
       </c>
       <c r="L163">
-        <v>93111</v>
+        <v>95965</v>
       </c>
       <c r="M163" t="s">
-        <v>86</v>
+        <v>792</v>
       </c>
       <c r="N163" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="164" spans="1:14" ht="15">
       <c r="A164">
-        <v>35</v>
+        <v>1802</v>
       </c>
       <c r="B164" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C164" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D164" t="s">
         <v>3</v>
       </c>
       <c r="E164" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="F164" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="G164">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="H164" t="s">
-        <v>864</v>
+        <v>694</v>
       </c>
       <c r="L164">
-        <v>95965</v>
+        <v>95112</v>
       </c>
       <c r="M164" t="s">
-        <v>797</v>
+        <v>865</v>
       </c>
       <c r="N164" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="165" spans="1:14" ht="15">
       <c r="A165">
-        <v>1802</v>
+        <v>1402</v>
       </c>
       <c r="B165" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C165" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D165" t="s">
         <v>3</v>
       </c>
       <c r="E165" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="F165" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="G165">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H165" t="s">
-        <v>699</v>
+        <v>42</v>
       </c>
       <c r="L165">
-        <v>95112</v>
+        <v>92111</v>
       </c>
       <c r="M165" t="s">
-        <v>870</v>
+        <v>43</v>
       </c>
       <c r="N165" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="166" spans="1:14" ht="15">
       <c r="A166">
-        <v>1402</v>
+        <v>1881</v>
       </c>
       <c r="B166" t="s">
         <v>872</v>
       </c>
       <c r="C166" t="s">
         <v>873</v>
       </c>
       <c r="D166" t="s">
         <v>3</v>
       </c>
       <c r="E166" t="s">
         <v>874</v>
       </c>
       <c r="F166" t="s">
         <v>875</v>
       </c>
       <c r="G166">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H166" t="s">
-        <v>42</v>
+        <v>180</v>
       </c>
       <c r="L166">
-        <v>92111</v>
+        <v>95648</v>
       </c>
       <c r="M166" t="s">
-        <v>43</v>
+        <v>181</v>
       </c>
       <c r="N166" t="s">
         <v>876</v>
       </c>
     </row>
     <row r="167" spans="1:14" ht="15">
       <c r="A167">
-        <v>1881</v>
+        <v>1565</v>
       </c>
       <c r="B167" t="s">
         <v>877</v>
       </c>
       <c r="C167" t="s">
         <v>878</v>
       </c>
       <c r="D167" t="s">
         <v>3</v>
       </c>
       <c r="E167" t="s">
         <v>879</v>
       </c>
       <c r="F167" t="s">
         <v>880</v>
       </c>
       <c r="G167">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H167" t="s">
-        <v>180</v>
+        <v>28</v>
       </c>
       <c r="L167">
-        <v>95648</v>
+        <v>90280</v>
       </c>
       <c r="M167" t="s">
-        <v>181</v>
+        <v>29</v>
       </c>
       <c r="N167" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="168" spans="1:14" ht="15">
       <c r="A168">
-        <v>1565</v>
+        <v>1990</v>
       </c>
       <c r="B168" t="s">
         <v>882</v>
       </c>
       <c r="C168" t="s">
         <v>883</v>
       </c>
       <c r="D168" t="s">
         <v>3</v>
       </c>
       <c r="E168" t="s">
         <v>884</v>
       </c>
       <c r="F168" t="s">
         <v>885</v>
       </c>
       <c r="G168">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="H168" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="L168">
-        <v>90280</v>
+        <v>92254</v>
       </c>
       <c r="M168" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="N168" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="169" spans="1:14" ht="15">
       <c r="A169">
-        <v>1990</v>
+        <v>1612</v>
       </c>
       <c r="B169" t="s">
         <v>887</v>
       </c>
       <c r="C169" t="s">
         <v>888</v>
       </c>
       <c r="D169" t="s">
         <v>3</v>
       </c>
       <c r="E169" t="s">
         <v>889</v>
       </c>
       <c r="F169" t="s">
         <v>890</v>
       </c>
       <c r="G169">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="H169" t="s">
-        <v>55</v>
+        <v>252</v>
       </c>
       <c r="L169">
-        <v>92254</v>
+        <v>95407</v>
       </c>
       <c r="M169" t="s">
-        <v>56</v>
+        <v>537</v>
       </c>
       <c r="N169" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="170" spans="1:14" ht="15">
       <c r="A170">
-        <v>1612</v>
+        <v>1034</v>
       </c>
       <c r="B170" t="s">
         <v>892</v>
       </c>
       <c r="C170" t="s">
         <v>893</v>
       </c>
       <c r="D170" t="s">
         <v>3</v>
       </c>
       <c r="E170" t="s">
         <v>894</v>
       </c>
       <c r="F170" t="s">
         <v>895</v>
       </c>
       <c r="G170">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="H170" t="s">
-        <v>252</v>
+        <v>28</v>
       </c>
       <c r="L170">
-        <v>95407</v>
+        <v>90221</v>
       </c>
       <c r="M170" t="s">
-        <v>542</v>
+        <v>29</v>
       </c>
       <c r="N170" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="171" spans="1:14" ht="15">
       <c r="A171">
-        <v>1034</v>
+        <v>2402</v>
       </c>
       <c r="B171" t="s">
         <v>897</v>
       </c>
       <c r="C171" t="s">
         <v>898</v>
       </c>
       <c r="D171" t="s">
         <v>3</v>
       </c>
       <c r="E171" t="s">
         <v>899</v>
       </c>
       <c r="F171" t="s">
         <v>900</v>
       </c>
       <c r="G171">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="L171">
-        <v>90221</v>
+        <v>92821</v>
       </c>
       <c r="M171" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="N171" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="172" spans="1:14" ht="15">
       <c r="A172">
-        <v>2402</v>
+        <v>357</v>
       </c>
       <c r="B172" t="s">
         <v>902</v>
       </c>
       <c r="C172" t="s">
         <v>903</v>
       </c>
       <c r="D172" t="s">
         <v>3</v>
       </c>
       <c r="E172" t="s">
         <v>904</v>
       </c>
       <c r="F172" t="s">
         <v>905</v>
       </c>
       <c r="G172">
-        <v>0</v>
+        <v>40</v>
+      </c>
+      <c r="H172" t="s">
+        <v>22</v>
       </c>
       <c r="L172">
-        <v>92821</v>
+        <v>93015</v>
       </c>
       <c r="M172" t="s">
-        <v>174</v>
+        <v>49</v>
       </c>
       <c r="N172" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="173" spans="1:14" ht="15">
       <c r="A173">
-        <v>357</v>
+        <v>232</v>
       </c>
       <c r="B173" t="s">
         <v>907</v>
       </c>
       <c r="C173" t="s">
         <v>908</v>
       </c>
       <c r="D173" t="s">
         <v>3</v>
       </c>
       <c r="E173" t="s">
         <v>909</v>
       </c>
       <c r="F173" t="s">
         <v>910</v>
       </c>
       <c r="G173">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H173" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="L173">
-        <v>93015</v>
+        <v>90280</v>
       </c>
       <c r="M173" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="N173" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="174" spans="1:14" ht="15">
       <c r="A174">
-        <v>232</v>
+        <v>369</v>
       </c>
       <c r="B174" t="s">
         <v>912</v>
       </c>
       <c r="C174" t="s">
         <v>913</v>
       </c>
       <c r="D174" t="s">
         <v>3</v>
       </c>
       <c r="E174" t="s">
         <v>914</v>
       </c>
       <c r="F174" t="s">
         <v>915</v>
       </c>
       <c r="G174">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H174" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="L174">
-        <v>90280</v>
+        <v>93065</v>
       </c>
       <c r="M174" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="N174" t="s">
         <v>916</v>
       </c>
     </row>
     <row r="175" spans="1:14" ht="15">
       <c r="A175">
-        <v>369</v>
+        <v>1109</v>
       </c>
       <c r="B175" t="s">
         <v>917</v>
       </c>
       <c r="C175" t="s">
         <v>918</v>
       </c>
       <c r="D175" t="s">
         <v>3</v>
       </c>
       <c r="E175" t="s">
         <v>919</v>
       </c>
       <c r="F175" t="s">
         <v>920</v>
       </c>
       <c r="G175">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="H175" t="s">
-        <v>22</v>
+        <v>166</v>
       </c>
       <c r="L175">
-        <v>93065</v>
+        <v>94603</v>
       </c>
       <c r="M175" t="s">
-        <v>49</v>
+        <v>167</v>
       </c>
       <c r="N175" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="176" spans="1:14" ht="15">
       <c r="A176">
-        <v>1109</v>
+        <v>329</v>
       </c>
       <c r="B176" t="s">
         <v>922</v>
       </c>
       <c r="C176" t="s">
+        <v>918</v>
+      </c>
+      <c r="D176" t="s">
+        <v>3</v>
+      </c>
+      <c r="E176" t="s">
         <v>923</v>
       </c>
-      <c r="D176" t="s">
-[...2 lines deleted...]
-      <c r="E176" t="s">
+      <c r="F176" t="s">
         <v>924</v>
       </c>
-      <c r="F176" t="s">
+      <c r="G176">
+        <v>9</v>
+      </c>
+      <c r="H176" t="s">
+        <v>122</v>
+      </c>
+      <c r="L176">
+        <v>94520</v>
+      </c>
+      <c r="M176" t="s">
+        <v>122</v>
+      </c>
+      <c r="N176" t="s">
         <v>925</v>
-      </c>
-[...13 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="177" spans="1:14" ht="15">
       <c r="A177">
-        <v>329</v>
+        <v>2037</v>
       </c>
       <c r="B177" t="s">
+        <v>926</v>
+      </c>
+      <c r="C177" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
       <c r="D177" t="s">
         <v>3</v>
       </c>
       <c r="E177" t="s">
         <v>928</v>
       </c>
       <c r="F177" t="s">
+        <v>924</v>
+      </c>
+      <c r="G177">
+        <v>33</v>
+      </c>
+      <c r="H177" t="s">
+        <v>694</v>
+      </c>
+      <c r="L177">
+        <v>95133</v>
+      </c>
+      <c r="N177" t="s">
         <v>929</v>
-      </c>
-[...13 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="178" spans="1:14" ht="15">
       <c r="A178">
-        <v>2037</v>
+        <v>318</v>
       </c>
       <c r="B178" t="s">
+        <v>930</v>
+      </c>
+      <c r="C178" t="s">
         <v>931</v>
       </c>
-      <c r="C178" t="s">
+      <c r="D178" t="s">
+        <v>3</v>
+      </c>
+      <c r="E178" t="s">
         <v>932</v>
       </c>
-      <c r="D178" t="s">
-[...2 lines deleted...]
-      <c r="E178" t="s">
+      <c r="F178" t="s">
         <v>933</v>
       </c>
-      <c r="F178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G178">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H178" t="s">
-        <v>699</v>
+        <v>150</v>
       </c>
       <c r="L178">
-        <v>95133</v>
+        <v>93277</v>
+      </c>
+      <c r="M178" t="s">
+        <v>934</v>
       </c>
       <c r="N178" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
     </row>
     <row r="179" spans="1:14" ht="15">
       <c r="A179">
-        <v>318</v>
+        <v>1513</v>
       </c>
       <c r="B179" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C179" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D179" t="s">
         <v>3</v>
       </c>
       <c r="E179" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F179" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="G179">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H179" t="s">
-        <v>150</v>
+        <v>229</v>
       </c>
       <c r="L179">
-        <v>93277</v>
+        <v>93635</v>
       </c>
       <c r="M179" t="s">
-        <v>939</v>
+        <v>230</v>
       </c>
       <c r="N179" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="180" spans="1:14" ht="15">
       <c r="A180">
-        <v>1513</v>
+        <v>228</v>
       </c>
       <c r="B180" t="s">
         <v>941</v>
       </c>
       <c r="C180" t="s">
         <v>942</v>
       </c>
       <c r="D180" t="s">
         <v>3</v>
       </c>
       <c r="E180" t="s">
         <v>943</v>
       </c>
       <c r="F180" t="s">
         <v>944</v>
       </c>
       <c r="G180">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="H180" t="s">
-        <v>229</v>
+        <v>92</v>
       </c>
       <c r="L180">
-        <v>93635</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>95531</v>
       </c>
       <c r="N180" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="181" spans="1:14" ht="15">
       <c r="A181">
-        <v>228</v>
+        <v>1543</v>
       </c>
       <c r="B181" t="s">
         <v>946</v>
       </c>
       <c r="C181" t="s">
         <v>947</v>
       </c>
       <c r="D181" t="s">
         <v>3</v>
       </c>
       <c r="E181" t="s">
         <v>948</v>
       </c>
       <c r="F181" t="s">
         <v>949</v>
       </c>
       <c r="G181">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H181" t="s">
-        <v>92</v>
+        <v>150</v>
       </c>
       <c r="L181">
-        <v>95531</v>
+        <v>93274</v>
       </c>
       <c r="N181" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="182" spans="1:14" ht="15">
       <c r="A182">
-        <v>1543</v>
+        <v>1233</v>
       </c>
       <c r="B182" t="s">
         <v>951</v>
       </c>
-      <c r="C182" t="s">
+      <c r="E182" t="s">
         <v>952</v>
       </c>
-      <c r="D182" t="s">
-[...2 lines deleted...]
-      <c r="E182" t="s">
+      <c r="F182" t="s">
         <v>953</v>
       </c>
-      <c r="F182" t="s">
+      <c r="G182">
+        <v>32</v>
+      </c>
+      <c r="H182" t="s">
+        <v>274</v>
+      </c>
+      <c r="L182">
+        <v>95330</v>
+      </c>
+      <c r="M182" t="s">
+        <v>355</v>
+      </c>
+      <c r="N182" t="s">
         <v>954</v>
-      </c>
-[...10 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="183" spans="1:14" ht="15">
       <c r="A183">
-        <v>1233</v>
+        <v>787</v>
       </c>
       <c r="B183" t="s">
+        <v>955</v>
+      </c>
+      <c r="C183" t="s">
         <v>956</v>
+      </c>
+      <c r="D183" t="s">
+        <v>3</v>
       </c>
       <c r="E183" t="s">
         <v>957</v>
       </c>
       <c r="F183" t="s">
         <v>958</v>
       </c>
       <c r="G183">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="H183" t="s">
-        <v>279</v>
+        <v>35</v>
       </c>
       <c r="L183">
-        <v>95330</v>
+        <v>93926</v>
       </c>
       <c r="M183" t="s">
-        <v>360</v>
+        <v>36</v>
       </c>
       <c r="N183" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="184" spans="1:14" ht="15">
       <c r="A184">
-        <v>787</v>
+        <v>167</v>
       </c>
       <c r="B184" t="s">
         <v>960</v>
       </c>
       <c r="C184" t="s">
         <v>961</v>
       </c>
       <c r="D184" t="s">
         <v>3</v>
       </c>
       <c r="E184" t="s">
         <v>962</v>
       </c>
       <c r="F184" t="s">
         <v>963</v>
       </c>
       <c r="G184">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="H184" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="L184">
-        <v>93926</v>
+        <v>91706</v>
       </c>
       <c r="M184" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="N184" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="185" spans="1:14" ht="15">
       <c r="A185">
-        <v>167</v>
+        <v>85</v>
       </c>
       <c r="B185" t="s">
         <v>965</v>
       </c>
       <c r="C185" t="s">
         <v>966</v>
       </c>
       <c r="D185" t="s">
         <v>3</v>
       </c>
       <c r="E185" t="s">
         <v>967</v>
       </c>
       <c r="F185" t="s">
         <v>968</v>
       </c>
       <c r="G185">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="H185" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="L185">
-        <v>91706</v>
+        <v>95023</v>
       </c>
       <c r="M185" t="s">
-        <v>29</v>
+        <v>760</v>
       </c>
       <c r="N185" t="s">
         <v>969</v>
       </c>
     </row>
     <row r="186" spans="1:14" ht="15">
       <c r="A186">
-        <v>85</v>
+        <v>1403</v>
       </c>
       <c r="B186" t="s">
         <v>970</v>
       </c>
       <c r="C186" t="s">
         <v>971</v>
       </c>
       <c r="D186" t="s">
         <v>3</v>
       </c>
       <c r="E186" t="s">
         <v>972</v>
       </c>
       <c r="F186" t="s">
         <v>973</v>
       </c>
       <c r="G186">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="H186" t="s">
-        <v>35</v>
+        <v>252</v>
       </c>
       <c r="L186">
-        <v>95023</v>
+        <v>94952</v>
       </c>
       <c r="M186" t="s">
-        <v>765</v>
+        <v>537</v>
       </c>
       <c r="N186" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="187" spans="1:14" ht="15">
       <c r="A187">
-        <v>1403</v>
+        <v>187</v>
       </c>
       <c r="B187" t="s">
         <v>975</v>
       </c>
       <c r="C187" t="s">
         <v>976</v>
       </c>
       <c r="D187" t="s">
         <v>3</v>
       </c>
       <c r="E187" t="s">
         <v>977</v>
       </c>
       <c r="F187" t="s">
+        <v>228</v>
+      </c>
+      <c r="G187">
+        <v>18</v>
+      </c>
+      <c r="H187" t="s">
+        <v>229</v>
+      </c>
+      <c r="L187">
+        <v>95348</v>
+      </c>
+      <c r="M187" t="s">
+        <v>230</v>
+      </c>
+      <c r="N187" t="s">
         <v>978</v>
-      </c>
-[...13 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="188" spans="1:14" ht="15">
       <c r="A188">
-        <v>187</v>
+        <v>1649</v>
       </c>
       <c r="B188" t="s">
+        <v>979</v>
+      </c>
+      <c r="C188" t="s">
         <v>980</v>
       </c>
-      <c r="C188" t="s">
+      <c r="D188" t="s">
+        <v>3</v>
+      </c>
+      <c r="E188" t="s">
         <v>981</v>
       </c>
-      <c r="D188" t="s">
-[...2 lines deleted...]
-      <c r="E188" t="s">
+      <c r="F188" t="s">
         <v>982</v>
       </c>
-      <c r="F188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G188">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="H188" t="s">
-        <v>229</v>
+        <v>35</v>
       </c>
       <c r="L188">
-        <v>95348</v>
+        <v>93401</v>
       </c>
       <c r="M188" t="s">
-        <v>230</v>
+        <v>280</v>
       </c>
       <c r="N188" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="189" spans="1:14" ht="15">
       <c r="A189">
-        <v>1649</v>
+        <v>370</v>
       </c>
       <c r="B189" t="s">
         <v>984</v>
       </c>
       <c r="C189" t="s">
         <v>985</v>
       </c>
       <c r="D189" t="s">
         <v>3</v>
       </c>
       <c r="E189" t="s">
         <v>986</v>
       </c>
       <c r="F189" t="s">
         <v>987</v>
       </c>
       <c r="G189">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="H189" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="L189">
-        <v>93401</v>
+        <v>93015</v>
       </c>
       <c r="M189" t="s">
-        <v>285</v>
+        <v>49</v>
       </c>
       <c r="N189" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="190" spans="1:14" ht="15">
       <c r="A190">
-        <v>370</v>
+        <v>170</v>
       </c>
       <c r="B190" t="s">
         <v>989</v>
       </c>
       <c r="C190" t="s">
         <v>990</v>
       </c>
       <c r="D190" t="s">
         <v>3</v>
       </c>
       <c r="E190" t="s">
         <v>991</v>
       </c>
       <c r="F190" t="s">
         <v>992</v>
       </c>
       <c r="G190">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="H190" t="s">
-        <v>22</v>
+        <v>993</v>
       </c>
       <c r="L190">
-        <v>93015</v>
+        <v>91355</v>
       </c>
       <c r="M190" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="N190" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="191" spans="1:14" ht="15">
       <c r="A191">
-        <v>170</v>
+        <v>123</v>
       </c>
       <c r="B191" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C191" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D191" t="s">
         <v>3</v>
       </c>
       <c r="E191" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="F191" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="G191">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H191" t="s">
-        <v>998</v>
+        <v>498</v>
       </c>
       <c r="L191">
-        <v>91355</v>
+        <v>91710</v>
       </c>
       <c r="M191" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="N191" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="192" spans="1:14" ht="15">
       <c r="A192">
-        <v>123</v>
+        <v>168</v>
       </c>
       <c r="B192" t="s">
         <v>1000</v>
       </c>
       <c r="C192" t="s">
         <v>1001</v>
       </c>
       <c r="D192" t="s">
         <v>3</v>
       </c>
       <c r="E192" t="s">
         <v>1002</v>
       </c>
       <c r="F192" t="s">
         <v>1003</v>
       </c>
       <c r="G192">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="H192" t="s">
-        <v>503</v>
+        <v>99</v>
       </c>
       <c r="L192">
-        <v>91710</v>
+        <v>90813</v>
       </c>
       <c r="M192" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
       <c r="N192" t="s">
         <v>1004</v>
       </c>
     </row>
     <row r="193" spans="1:14" ht="15">
       <c r="A193">
-        <v>168</v>
+        <v>1406</v>
       </c>
       <c r="B193" t="s">
         <v>1005</v>
       </c>
-      <c r="C193" t="s">
+      <c r="E193" t="s">
         <v>1006</v>
       </c>
-      <c r="D193" t="s">
-[...2 lines deleted...]
-      <c r="E193" t="s">
+      <c r="F193" t="s">
         <v>1007</v>
       </c>
-      <c r="F193" t="s">
+      <c r="G193">
+        <v>24</v>
+      </c>
+      <c r="H193" t="s">
+        <v>166</v>
+      </c>
+      <c r="L193">
+        <v>94603</v>
+      </c>
+      <c r="M193" t="s">
+        <v>167</v>
+      </c>
+      <c r="N193" t="s">
         <v>1008</v>
-      </c>
-[...13 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="194" spans="1:14" ht="15">
       <c r="A194">
-        <v>1406</v>
+        <v>680</v>
       </c>
       <c r="B194" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C194" t="s">
         <v>1010</v>
+      </c>
+      <c r="D194" t="s">
+        <v>3</v>
       </c>
       <c r="E194" t="s">
         <v>1011</v>
       </c>
       <c r="F194" t="s">
         <v>1012</v>
       </c>
       <c r="G194">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H194" t="s">
-        <v>166</v>
+        <v>73</v>
       </c>
       <c r="L194">
-        <v>94603</v>
+        <v>93637</v>
       </c>
       <c r="M194" t="s">
-        <v>167</v>
+        <v>79</v>
       </c>
       <c r="N194" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="195" spans="1:14" ht="15">
       <c r="A195">
-        <v>680</v>
+        <v>242</v>
       </c>
       <c r="B195" t="s">
         <v>1014</v>
       </c>
       <c r="C195" t="s">
         <v>1015</v>
       </c>
       <c r="D195" t="s">
         <v>3</v>
       </c>
       <c r="E195" t="s">
         <v>1016</v>
       </c>
       <c r="F195" t="s">
         <v>1017</v>
       </c>
       <c r="G195">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="H195" t="s">
-        <v>73</v>
+        <v>498</v>
       </c>
       <c r="L195">
-        <v>93637</v>
+        <v>91710</v>
       </c>
       <c r="M195" t="s">
-        <v>79</v>
+        <v>111</v>
       </c>
       <c r="N195" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="196" spans="1:14" ht="15">
       <c r="A196">
-        <v>242</v>
+        <v>507</v>
       </c>
       <c r="B196" t="s">
         <v>1019</v>
       </c>
       <c r="C196" t="s">
         <v>1020</v>
       </c>
       <c r="D196" t="s">
         <v>3</v>
       </c>
       <c r="E196" t="s">
         <v>1021</v>
       </c>
       <c r="F196" t="s">
         <v>1022</v>
       </c>
       <c r="G196">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="H196" t="s">
-        <v>503</v>
+        <v>274</v>
       </c>
       <c r="L196">
-        <v>91710</v>
+        <v>95215</v>
       </c>
       <c r="M196" t="s">
-        <v>111</v>
+        <v>355</v>
       </c>
       <c r="N196" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="197" spans="1:14" ht="15">
       <c r="A197">
-        <v>507</v>
+        <v>1949</v>
       </c>
       <c r="B197" t="s">
         <v>1024</v>
       </c>
       <c r="C197" t="s">
         <v>1025</v>
       </c>
       <c r="D197" t="s">
         <v>3</v>
       </c>
       <c r="E197" t="s">
         <v>1026</v>
       </c>
       <c r="F197" t="s">
         <v>1027</v>
       </c>
       <c r="G197">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="H197" t="s">
-        <v>279</v>
+        <v>318</v>
       </c>
       <c r="L197">
-        <v>95215</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>93206</v>
       </c>
       <c r="N197" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="198" spans="1:14" ht="15">
       <c r="A198">
-        <v>1949</v>
+        <v>1599</v>
       </c>
       <c r="B198" t="s">
         <v>1029</v>
       </c>
       <c r="C198" t="s">
         <v>1030</v>
       </c>
       <c r="D198" t="s">
         <v>3</v>
       </c>
       <c r="E198" t="s">
         <v>1031</v>
       </c>
       <c r="F198" t="s">
         <v>1032</v>
       </c>
       <c r="G198">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="H198" t="s">
-        <v>323</v>
+        <v>173</v>
       </c>
       <c r="L198">
-        <v>93206</v>
+        <v>92705</v>
+      </c>
+      <c r="M198" t="s">
+        <v>174</v>
       </c>
       <c r="N198" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="199" spans="1:14" ht="15">
       <c r="A199">
-        <v>1599</v>
+        <v>297</v>
       </c>
       <c r="B199" t="s">
         <v>1034</v>
       </c>
-      <c r="C199" t="s">
+      <c r="E199" t="s">
         <v>1035</v>
       </c>
-      <c r="D199" t="s">
-[...2 lines deleted...]
-      <c r="E199" t="s">
+      <c r="F199" t="s">
         <v>1036</v>
       </c>
-      <c r="F199" t="s">
+      <c r="G199">
+        <v>9</v>
+      </c>
+      <c r="H199" t="s">
+        <v>122</v>
+      </c>
+      <c r="L199">
+        <v>94553</v>
+      </c>
+      <c r="M199" t="s">
+        <v>122</v>
+      </c>
+      <c r="N199" t="s">
         <v>1037</v>
-      </c>
-[...13 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="200" spans="1:14" ht="15">
       <c r="A200">
-        <v>297</v>
+        <v>243</v>
       </c>
       <c r="B200" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C200" t="s">
         <v>1039</v>
+      </c>
+      <c r="D200" t="s">
+        <v>3</v>
       </c>
       <c r="E200" t="s">
         <v>1040</v>
       </c>
       <c r="F200" t="s">
         <v>1041</v>
       </c>
       <c r="G200">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="H200" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
       <c r="L200">
-        <v>94553</v>
+        <v>95560</v>
       </c>
       <c r="M200" t="s">
-        <v>122</v>
+        <v>93</v>
       </c>
       <c r="N200" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="201" spans="1:14" ht="15">
       <c r="A201">
-        <v>243</v>
+        <v>1262</v>
       </c>
       <c r="B201" t="s">
         <v>1043</v>
       </c>
       <c r="C201" t="s">
         <v>1044</v>
       </c>
       <c r="D201" t="s">
         <v>3</v>
       </c>
       <c r="E201" t="s">
         <v>1045</v>
       </c>
       <c r="F201" t="s">
         <v>1046</v>
       </c>
       <c r="G201">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="H201" t="s">
-        <v>92</v>
+        <v>498</v>
       </c>
       <c r="L201">
-        <v>95560</v>
+        <v>91710</v>
       </c>
       <c r="M201" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="N201" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="202" spans="1:14" ht="15">
       <c r="A202">
-        <v>1262</v>
+        <v>1601</v>
       </c>
       <c r="B202" t="s">
         <v>1048</v>
       </c>
       <c r="C202" t="s">
         <v>1049</v>
       </c>
       <c r="D202" t="s">
         <v>3</v>
       </c>
       <c r="E202" t="s">
         <v>1050</v>
       </c>
       <c r="F202" t="s">
         <v>1051</v>
       </c>
       <c r="G202">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="H202" t="s">
-        <v>503</v>
+        <v>274</v>
       </c>
       <c r="L202">
-        <v>91710</v>
+        <v>95337</v>
       </c>
       <c r="M202" t="s">
-        <v>111</v>
+        <v>355</v>
       </c>
       <c r="N202" t="s">
         <v>1052</v>
       </c>
     </row>
     <row r="203" spans="1:14" ht="15">
       <c r="A203">
-        <v>1601</v>
+        <v>690</v>
       </c>
       <c r="B203" t="s">
         <v>1053</v>
       </c>
       <c r="C203" t="s">
         <v>1054</v>
       </c>
       <c r="D203" t="s">
         <v>3</v>
       </c>
       <c r="E203" t="s">
         <v>1055</v>
       </c>
       <c r="F203" t="s">
         <v>1056</v>
       </c>
       <c r="G203">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H203" t="s">
-        <v>279</v>
+        <v>85</v>
       </c>
       <c r="L203">
-        <v>95337</v>
+        <v>93458</v>
       </c>
       <c r="M203" t="s">
-        <v>360</v>
+        <v>86</v>
       </c>
       <c r="N203" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="204" spans="1:14" ht="15">
       <c r="A204">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="B204" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C204" t="s">
         <v>1058</v>
       </c>
-      <c r="C204" t="s">
+      <c r="D204" t="s">
+        <v>3</v>
+      </c>
+      <c r="E204" t="s">
         <v>1059</v>
       </c>
-      <c r="D204" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F204" t="s">
-        <v>1061</v>
+        <v>1056</v>
       </c>
       <c r="G204">
         <v>34</v>
       </c>
       <c r="H204" t="s">
         <v>85</v>
       </c>
       <c r="L204">
         <v>93458</v>
       </c>
       <c r="M204" t="s">
         <v>86</v>
       </c>
       <c r="N204" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="205" spans="1:14" ht="15">
       <c r="A205">
-        <v>692</v>
+        <v>1897</v>
       </c>
       <c r="B205" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C205" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D205" t="s">
+        <v>3</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F205" t="s">
         <v>1063</v>
       </c>
-      <c r="D205" t="s">
-[...2 lines deleted...]
-      <c r="E205" t="s">
+      <c r="G205">
+        <v>39</v>
+      </c>
+      <c r="H205" t="s">
+        <v>224</v>
+      </c>
+      <c r="L205">
+        <v>95356</v>
+      </c>
+      <c r="N205" t="s">
         <v>1064</v>
-      </c>
-[...16 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="206" spans="1:14" ht="15">
       <c r="A206">
-        <v>1897</v>
+        <v>1199</v>
       </c>
       <c r="B206" t="s">
         <v>1065</v>
       </c>
       <c r="C206" t="s">
         <v>1066</v>
       </c>
       <c r="D206" t="s">
         <v>3</v>
       </c>
       <c r="E206" t="s">
         <v>1067</v>
       </c>
       <c r="F206" t="s">
         <v>1068</v>
       </c>
       <c r="G206">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="H206" t="s">
-        <v>224</v>
+        <v>166</v>
       </c>
       <c r="L206">
-        <v>95356</v>
+        <v>94621</v>
+      </c>
+      <c r="M206" t="s">
+        <v>167</v>
       </c>
       <c r="N206" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="207" spans="1:14" ht="15">
       <c r="A207">
-        <v>1199</v>
+        <v>1696</v>
       </c>
       <c r="B207" t="s">
         <v>1070</v>
       </c>
       <c r="C207" t="s">
         <v>1071</v>
       </c>
       <c r="D207" t="s">
         <v>3</v>
       </c>
       <c r="E207" t="s">
         <v>1072</v>
       </c>
       <c r="F207" t="s">
         <v>1073</v>
       </c>
       <c r="G207">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="H207" t="s">
-        <v>166</v>
+        <v>274</v>
       </c>
       <c r="L207">
-        <v>94621</v>
+        <v>95366</v>
       </c>
       <c r="M207" t="s">
-        <v>167</v>
+        <v>376</v>
       </c>
       <c r="N207" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="208" spans="1:14" ht="15">
       <c r="A208">
-        <v>1696</v>
+        <v>185</v>
       </c>
       <c r="B208" t="s">
         <v>1075</v>
       </c>
       <c r="C208" t="s">
         <v>1076</v>
       </c>
       <c r="D208" t="s">
         <v>3</v>
       </c>
       <c r="E208" t="s">
         <v>1077</v>
       </c>
       <c r="F208" t="s">
         <v>1078</v>
       </c>
       <c r="G208">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="H208" t="s">
-        <v>279</v>
+        <v>229</v>
       </c>
       <c r="L208">
-        <v>95366</v>
+        <v>95301</v>
       </c>
       <c r="M208" t="s">
-        <v>381</v>
+        <v>230</v>
       </c>
       <c r="N208" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="209" spans="1:14" ht="15">
       <c r="A209">
-        <v>185</v>
+        <v>509</v>
       </c>
       <c r="B209" t="s">
         <v>1080</v>
       </c>
       <c r="C209" t="s">
         <v>1081</v>
       </c>
       <c r="D209" t="s">
         <v>3</v>
       </c>
       <c r="E209" t="s">
         <v>1082</v>
       </c>
       <c r="F209" t="s">
         <v>1083</v>
       </c>
       <c r="G209">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="H209" t="s">
-        <v>229</v>
+        <v>274</v>
       </c>
       <c r="L209">
-        <v>95301</v>
+        <v>95206</v>
       </c>
       <c r="M209" t="s">
-        <v>230</v>
+        <v>355</v>
       </c>
       <c r="N209" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="210" spans="1:14" ht="15">
       <c r="A210">
-        <v>509</v>
+        <v>805</v>
       </c>
       <c r="B210" t="s">
         <v>1085</v>
       </c>
       <c r="C210" t="s">
         <v>1086</v>
       </c>
       <c r="D210" t="s">
         <v>3</v>
       </c>
       <c r="E210" t="s">
         <v>1087</v>
       </c>
       <c r="F210" t="s">
         <v>1088</v>
       </c>
       <c r="G210">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="H210" t="s">
-        <v>279</v>
+        <v>28</v>
       </c>
       <c r="L210">
-        <v>95206</v>
+        <v>90040</v>
       </c>
       <c r="M210" t="s">
-        <v>360</v>
+        <v>29</v>
       </c>
       <c r="N210" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="211" spans="1:14" ht="15">
       <c r="A211">
-        <v>805</v>
+        <v>1695</v>
       </c>
       <c r="B211" t="s">
         <v>1090</v>
       </c>
       <c r="C211" t="s">
         <v>1091</v>
       </c>
       <c r="D211" t="s">
         <v>3</v>
       </c>
       <c r="E211" t="s">
         <v>1092</v>
       </c>
       <c r="F211" t="s">
         <v>1093</v>
       </c>
       <c r="G211">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="H211" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="L211">
-        <v>90040</v>
+        <v>92509</v>
       </c>
       <c r="M211" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="N211" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="212" spans="1:14" ht="15">
       <c r="A212">
-        <v>1695</v>
+        <v>355</v>
       </c>
       <c r="B212" t="s">
         <v>1095</v>
       </c>
-      <c r="C212" t="s">
+      <c r="E212" t="s">
         <v>1096</v>
       </c>
-      <c r="D212" t="s">
-[...2 lines deleted...]
-      <c r="E212" t="s">
+      <c r="F212" t="s">
         <v>1097</v>
       </c>
-      <c r="F212" t="s">
+      <c r="G212">
+        <v>39</v>
+      </c>
+      <c r="H212" t="s">
+        <v>224</v>
+      </c>
+      <c r="L212">
+        <v>95307</v>
+      </c>
+      <c r="M212" t="s">
+        <v>376</v>
+      </c>
+      <c r="N212" t="s">
         <v>1098</v>
-      </c>
-[...13 lines deleted...]
-        <v>1099</v>
       </c>
     </row>
     <row r="213" spans="1:14" ht="15">
       <c r="A213">
-        <v>355</v>
+        <v>504</v>
       </c>
       <c r="B213" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C213" t="s">
         <v>1100</v>
+      </c>
+      <c r="D213" t="s">
+        <v>3</v>
       </c>
       <c r="E213" t="s">
         <v>1101</v>
       </c>
       <c r="F213" t="s">
         <v>1102</v>
       </c>
       <c r="G213">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="H213" t="s">
-        <v>224</v>
+        <v>42</v>
       </c>
       <c r="L213">
-        <v>95307</v>
+        <v>92592</v>
       </c>
       <c r="M213" t="s">
-        <v>381</v>
+        <v>56</v>
       </c>
       <c r="N213" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="214" spans="1:14" ht="15">
       <c r="A214">
-        <v>504</v>
+        <v>809</v>
       </c>
       <c r="B214" t="s">
         <v>1104</v>
       </c>
       <c r="C214" t="s">
         <v>1105</v>
       </c>
       <c r="D214" t="s">
         <v>3</v>
       </c>
       <c r="E214" t="s">
         <v>1106</v>
       </c>
       <c r="F214" t="s">
         <v>1107</v>
       </c>
       <c r="G214">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H214" t="s">
-        <v>42</v>
+        <v>1108</v>
       </c>
       <c r="L214">
-        <v>92592</v>
+        <v>92345</v>
       </c>
       <c r="M214" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="N214" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="215" spans="1:14" ht="15">
       <c r="A215">
-        <v>809</v>
+        <v>252</v>
       </c>
       <c r="B215" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C215" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D215" t="s">
         <v>3</v>
       </c>
       <c r="E215" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="F215" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G215">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="H215" t="s">
-        <v>1113</v>
+        <v>92</v>
       </c>
       <c r="L215">
-        <v>92345</v>
+        <v>95519</v>
       </c>
       <c r="M215" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="N215" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="216" spans="1:14" ht="15">
       <c r="A216">
-        <v>252</v>
+        <v>1740</v>
       </c>
       <c r="B216" t="s">
         <v>1115</v>
       </c>
       <c r="C216" t="s">
         <v>1116</v>
       </c>
       <c r="D216" t="s">
         <v>3</v>
       </c>
       <c r="E216" t="s">
         <v>1117</v>
       </c>
       <c r="F216" t="s">
         <v>1118</v>
       </c>
       <c r="G216">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H216" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="L216">
-        <v>95519</v>
+        <v>90805</v>
       </c>
       <c r="M216" t="s">
-        <v>93</v>
+        <v>29</v>
       </c>
       <c r="N216" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="217" spans="1:14" ht="15">
       <c r="A217">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="B217" t="s">
         <v>1120</v>
       </c>
       <c r="C217" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D217" t="s">
+        <v>3</v>
+      </c>
+      <c r="E217" t="s">
         <v>1121</v>
       </c>
-      <c r="D217" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F217" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="G217">
         <v>16</v>
       </c>
       <c r="H217" t="s">
         <v>28</v>
       </c>
       <c r="L217">
-        <v>90805</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>90241</v>
       </c>
       <c r="N217" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="218" spans="1:14" ht="15">
       <c r="A218">
-        <v>1747</v>
+        <v>1410</v>
       </c>
       <c r="B218" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D218" t="s">
+        <v>3</v>
+      </c>
+      <c r="E218" t="s">
         <v>1125</v>
       </c>
-      <c r="C218" t="s">
-[...5 lines deleted...]
-      <c r="E218" t="s">
+      <c r="F218" t="s">
         <v>1126</v>
       </c>
-      <c r="F218" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G218">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="L218">
-        <v>90241</v>
+        <v>96019</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1127</v>
       </c>
       <c r="N218" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="219" spans="1:14" ht="15">
       <c r="A219">
-        <v>1410</v>
+        <v>1940</v>
       </c>
       <c r="B219" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C219" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="D219" t="s">
         <v>3</v>
       </c>
       <c r="E219" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F219" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="G219">
-        <v>0</v>
+        <v>12</v>
+      </c>
+      <c r="H219" t="s">
+        <v>150</v>
       </c>
       <c r="L219">
-        <v>96019</v>
+        <v>93204</v>
       </c>
       <c r="M219" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="N219" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="220" spans="1:14" ht="15">
       <c r="A220">
-        <v>1940</v>
+        <v>328</v>
       </c>
       <c r="B220" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C220" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D220" t="s">
         <v>3</v>
       </c>
       <c r="E220" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F220" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="G220">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="H220" t="s">
-        <v>150</v>
+        <v>724</v>
       </c>
       <c r="L220">
-        <v>93204</v>
+        <v>93725</v>
       </c>
       <c r="M220" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="N220" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="221" spans="1:14" ht="15">
       <c r="A221">
-        <v>328</v>
+        <v>1700</v>
       </c>
       <c r="B221" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C221" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D221" t="s">
         <v>3</v>
       </c>
       <c r="E221" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="F221" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="G221">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H221" t="s">
-        <v>729</v>
+        <v>28</v>
       </c>
       <c r="L221">
-        <v>93725</v>
-[...2 lines deleted...]
-        <v>1144</v>
+        <v>90670</v>
       </c>
       <c r="N221" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="222" spans="1:14" ht="15">
       <c r="A222">
-        <v>1700</v>
+        <v>1667</v>
       </c>
       <c r="B222" t="s">
         <v>1146</v>
       </c>
       <c r="C222" t="s">
         <v>1147</v>
       </c>
       <c r="D222" t="s">
         <v>3</v>
       </c>
       <c r="E222" t="s">
         <v>1148</v>
       </c>
       <c r="F222" t="s">
         <v>1149</v>
       </c>
       <c r="G222">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="H222" t="s">
-        <v>28</v>
+        <v>724</v>
       </c>
       <c r="L222">
-        <v>90670</v>
+        <v>93662</v>
       </c>
       <c r="N222" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="223" spans="1:14" ht="15">
       <c r="A223">
-        <v>1667</v>
+        <v>413</v>
       </c>
       <c r="B223" t="s">
         <v>1151</v>
       </c>
       <c r="C223" t="s">
         <v>1152</v>
       </c>
       <c r="D223" t="s">
         <v>3</v>
       </c>
       <c r="E223" t="s">
         <v>1153</v>
       </c>
       <c r="F223" t="s">
         <v>1154</v>
       </c>
       <c r="G223">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H223" t="s">
-        <v>729</v>
+        <v>28</v>
       </c>
       <c r="L223">
-        <v>93662</v>
+        <v>91803</v>
+      </c>
+      <c r="M223" t="s">
+        <v>29</v>
       </c>
       <c r="N223" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="224" spans="1:14" ht="15">
       <c r="A224">
-        <v>413</v>
+        <v>531</v>
       </c>
       <c r="B224" t="s">
         <v>1156</v>
       </c>
       <c r="C224" t="s">
         <v>1157</v>
       </c>
       <c r="D224" t="s">
         <v>3</v>
       </c>
       <c r="E224" t="s">
         <v>1158</v>
       </c>
       <c r="F224" t="s">
         <v>1159</v>
       </c>
       <c r="G224">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H224" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="L224">
-        <v>91803</v>
+        <v>93103</v>
       </c>
       <c r="M224" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="N224" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="225" spans="1:14" ht="15">
       <c r="A225">
-        <v>531</v>
+        <v>1872</v>
       </c>
       <c r="B225" t="s">
         <v>1161</v>
       </c>
       <c r="C225" t="s">
         <v>1162</v>
       </c>
       <c r="D225" t="s">
         <v>3</v>
       </c>
       <c r="E225" t="s">
         <v>1163</v>
       </c>
       <c r="F225" t="s">
         <v>1164</v>
       </c>
       <c r="G225">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H225" t="s">
-        <v>85</v>
+        <v>274</v>
       </c>
       <c r="L225">
-        <v>93103</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>95330</v>
       </c>
       <c r="N225" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="226" spans="1:14" ht="15">
       <c r="A226">
-        <v>1872</v>
+        <v>177</v>
       </c>
       <c r="B226" t="s">
         <v>1166</v>
       </c>
-      <c r="C226" t="s">
+      <c r="E226" t="s">
         <v>1167</v>
       </c>
-      <c r="D226" t="s">
-[...2 lines deleted...]
-      <c r="E226" t="s">
+      <c r="F226" t="s">
         <v>1168</v>
       </c>
-      <c r="F226" t="s">
+      <c r="G226">
+        <v>17</v>
+      </c>
+      <c r="H226" t="s">
+        <v>73</v>
+      </c>
+      <c r="L226">
+        <v>93637</v>
+      </c>
+      <c r="M226" t="s">
+        <v>79</v>
+      </c>
+      <c r="N226" t="s">
         <v>1169</v>
-      </c>
-[...10 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="227" spans="1:14" ht="15">
       <c r="A227">
-        <v>177</v>
+        <v>261</v>
       </c>
       <c r="B227" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C227" t="s">
         <v>1171</v>
+      </c>
+      <c r="D227" t="s">
+        <v>3</v>
       </c>
       <c r="E227" t="s">
         <v>1172</v>
       </c>
       <c r="F227" t="s">
         <v>1173</v>
       </c>
       <c r="G227">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="H227" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="L227">
-        <v>93637</v>
+        <v>95521</v>
       </c>
       <c r="M227" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="N227" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="228" spans="1:14" ht="15">
       <c r="A228">
-        <v>261</v>
+        <v>1724</v>
       </c>
       <c r="B228" t="s">
         <v>1175</v>
       </c>
       <c r="C228" t="s">
         <v>1176</v>
       </c>
       <c r="D228" t="s">
         <v>3</v>
       </c>
       <c r="E228" t="s">
         <v>1177</v>
       </c>
       <c r="F228" t="s">
         <v>1178</v>
       </c>
       <c r="G228">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H228" t="s">
-        <v>92</v>
+        <v>318</v>
       </c>
       <c r="L228">
-        <v>95521</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>93561</v>
       </c>
       <c r="N228" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="229" spans="1:14" ht="15">
       <c r="A229">
-        <v>1724</v>
+        <v>1679</v>
       </c>
       <c r="B229" t="s">
         <v>1180</v>
       </c>
       <c r="C229" t="s">
         <v>1181</v>
       </c>
       <c r="D229" t="s">
         <v>3</v>
       </c>
       <c r="E229" t="s">
         <v>1182</v>
       </c>
       <c r="F229" t="s">
         <v>1183</v>
       </c>
       <c r="G229">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H229" t="s">
-        <v>323</v>
+        <v>92</v>
       </c>
       <c r="L229">
-        <v>93561</v>
+        <v>95519</v>
       </c>
       <c r="N229" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="230" spans="1:14" ht="15">
       <c r="A230">
-        <v>1679</v>
+        <v>2252</v>
       </c>
       <c r="B230" t="s">
         <v>1185</v>
       </c>
       <c r="C230" t="s">
         <v>1186</v>
       </c>
       <c r="D230" t="s">
         <v>3</v>
       </c>
       <c r="E230" t="s">
         <v>1187</v>
       </c>
       <c r="F230" t="s">
         <v>1188</v>
       </c>
       <c r="G230">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="H230" t="s">
-        <v>92</v>
+        <v>55</v>
       </c>
       <c r="L230">
-        <v>95519</v>
+        <v>92584</v>
+      </c>
+      <c r="M230" t="s">
+        <v>56</v>
       </c>
       <c r="N230" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="231" spans="1:14" ht="15">
       <c r="A231">
-        <v>2252</v>
+        <v>1717</v>
       </c>
       <c r="B231" t="s">
         <v>1190</v>
       </c>
       <c r="C231" t="s">
         <v>1191</v>
       </c>
       <c r="D231" t="s">
         <v>3</v>
       </c>
       <c r="E231" t="s">
         <v>1192</v>
       </c>
       <c r="F231" t="s">
         <v>1193</v>
       </c>
       <c r="G231">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="H231" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="L231">
-        <v>92584</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>93065</v>
       </c>
       <c r="N231" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="232" spans="1:14" ht="15">
       <c r="A232">
-        <v>1717</v>
+        <v>1939</v>
       </c>
       <c r="B232" t="s">
         <v>1195</v>
       </c>
       <c r="C232" t="s">
         <v>1196</v>
       </c>
       <c r="D232" t="s">
         <v>3</v>
       </c>
       <c r="E232" t="s">
         <v>1197</v>
       </c>
       <c r="F232" t="s">
         <v>1198</v>
       </c>
       <c r="G232">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H232" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="L232">
-        <v>93065</v>
+        <v>92081</v>
+      </c>
+      <c r="M232" t="s">
+        <v>43</v>
       </c>
       <c r="N232" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="233" spans="1:14" ht="15">
       <c r="A233">
-        <v>1939</v>
+        <v>2197</v>
       </c>
       <c r="B233" t="s">
         <v>1200</v>
       </c>
       <c r="C233" t="s">
         <v>1201</v>
       </c>
       <c r="D233" t="s">
         <v>3</v>
       </c>
       <c r="E233" t="s">
         <v>1202</v>
       </c>
       <c r="F233" t="s">
         <v>1203</v>
       </c>
       <c r="G233">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="H233" t="s">
-        <v>42</v>
+        <v>173</v>
       </c>
       <c r="L233">
-        <v>92081</v>
+        <v>92701</v>
       </c>
       <c r="M233" t="s">
-        <v>43</v>
+        <v>174</v>
       </c>
       <c r="N233" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="234" spans="1:14" ht="15">
       <c r="A234">
-        <v>2197</v>
+        <v>341</v>
       </c>
       <c r="B234" t="s">
         <v>1205</v>
       </c>
       <c r="C234" t="s">
         <v>1206</v>
       </c>
       <c r="D234" t="s">
         <v>3</v>
       </c>
       <c r="E234" t="s">
         <v>1207</v>
       </c>
       <c r="F234" t="s">
         <v>1208</v>
       </c>
       <c r="G234">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="H234" t="s">
-        <v>173</v>
+        <v>511</v>
       </c>
       <c r="L234">
-        <v>92701</v>
+        <v>96097</v>
       </c>
       <c r="M234" t="s">
-        <v>174</v>
+        <v>1209</v>
       </c>
       <c r="N234" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="235" spans="1:14" ht="15">
       <c r="A235">
-        <v>341</v>
+        <v>1668</v>
       </c>
       <c r="B235" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C235" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="D235" t="s">
         <v>3</v>
       </c>
       <c r="E235" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="F235" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="G235">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>0</v>
       </c>
       <c r="L235">
-        <v>96097</v>
-[...2 lines deleted...]
-        <v>1214</v>
+        <v>94103</v>
       </c>
       <c r="N235" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="236" spans="1:14" ht="15">
       <c r="A236">
-        <v>1668</v>
+        <v>1414</v>
       </c>
       <c r="B236" t="s">
         <v>1216</v>
       </c>
       <c r="C236" t="s">
         <v>1217</v>
       </c>
       <c r="D236" t="s">
         <v>3</v>
       </c>
       <c r="E236" t="s">
         <v>1218</v>
       </c>
       <c r="F236" t="s">
         <v>1219</v>
       </c>
       <c r="G236">
         <v>0</v>
       </c>
       <c r="L236">
-        <v>94103</v>
+        <v>91801</v>
+      </c>
+      <c r="M236" t="s">
+        <v>29</v>
       </c>
       <c r="N236" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="237" spans="1:14" ht="15">
       <c r="A237">
-        <v>1414</v>
+        <v>1887</v>
       </c>
       <c r="B237" t="s">
         <v>1221</v>
       </c>
       <c r="C237" t="s">
         <v>1222</v>
       </c>
       <c r="D237" t="s">
         <v>3</v>
       </c>
       <c r="E237" t="s">
         <v>1223</v>
       </c>
       <c r="F237" t="s">
         <v>1224</v>
       </c>
       <c r="G237">
-        <v>0</v>
+        <v>16</v>
+      </c>
+      <c r="H237" t="s">
+        <v>28</v>
       </c>
       <c r="L237">
-        <v>91801</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>90280</v>
       </c>
       <c r="N237" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="238" spans="1:14" ht="15">
       <c r="A238">
-        <v>1887</v>
+        <v>533</v>
       </c>
       <c r="B238" t="s">
         <v>1226</v>
       </c>
       <c r="C238" t="s">
         <v>1227</v>
       </c>
       <c r="D238" t="s">
         <v>3</v>
       </c>
       <c r="E238" t="s">
         <v>1228</v>
       </c>
       <c r="F238" t="s">
         <v>1229</v>
       </c>
       <c r="G238">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H238" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="L238">
-        <v>90280</v>
+        <v>93103</v>
+      </c>
+      <c r="M238" t="s">
+        <v>86</v>
       </c>
       <c r="N238" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="239" spans="1:14" ht="15">
       <c r="A239">
-        <v>533</v>
+        <v>429</v>
       </c>
       <c r="B239" t="s">
         <v>1231</v>
       </c>
       <c r="C239" t="s">
         <v>1232</v>
       </c>
       <c r="D239" t="s">
         <v>3</v>
       </c>
       <c r="E239" t="s">
         <v>1233</v>
       </c>
       <c r="F239" t="s">
         <v>1234</v>
       </c>
       <c r="G239">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="H239" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="L239">
-        <v>93103</v>
+        <v>90058</v>
       </c>
       <c r="M239" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="N239" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="240" spans="1:14" ht="15">
       <c r="A240">
-        <v>429</v>
+        <v>1079</v>
       </c>
       <c r="B240" t="s">
         <v>1236</v>
       </c>
       <c r="C240" t="s">
         <v>1237</v>
       </c>
       <c r="D240" t="s">
         <v>3</v>
       </c>
       <c r="E240" t="s">
         <v>1238</v>
       </c>
       <c r="F240" t="s">
         <v>1239</v>
       </c>
       <c r="G240">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="H240" t="s">
-        <v>28</v>
+        <v>724</v>
       </c>
       <c r="L240">
-        <v>90058</v>
+        <v>93706</v>
       </c>
       <c r="M240" t="s">
-        <v>29</v>
+        <v>1139</v>
       </c>
       <c r="N240" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="241" spans="1:14" ht="15">
       <c r="A241">
-        <v>1079</v>
+        <v>1418</v>
       </c>
       <c r="B241" t="s">
         <v>1241</v>
       </c>
       <c r="C241" t="s">
         <v>1242</v>
       </c>
       <c r="D241" t="s">
         <v>3</v>
       </c>
       <c r="E241" t="s">
         <v>1243</v>
       </c>
       <c r="F241" t="s">
         <v>1244</v>
       </c>
       <c r="G241">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>0</v>
       </c>
       <c r="L241">
-        <v>93706</v>
+        <v>92301</v>
       </c>
       <c r="M241" t="s">
-        <v>1144</v>
+        <v>111</v>
       </c>
       <c r="N241" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="242" spans="1:14" ht="15">
       <c r="A242">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B242" t="s">
         <v>1246</v>
       </c>
       <c r="C242" t="s">
         <v>1247</v>
       </c>
       <c r="D242" t="s">
         <v>3</v>
       </c>
       <c r="E242" t="s">
         <v>1248</v>
       </c>
       <c r="F242" t="s">
         <v>1249</v>
       </c>
       <c r="G242">
         <v>0</v>
       </c>
       <c r="L242">
-        <v>92301</v>
+        <v>94901</v>
       </c>
       <c r="M242" t="s">
-        <v>111</v>
+        <v>1250</v>
       </c>
       <c r="N242" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="243" spans="1:14" ht="15">
       <c r="A243">
-        <v>1419</v>
+        <v>34</v>
       </c>
       <c r="B243" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="C243" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="D243" t="s">
         <v>3</v>
       </c>
       <c r="E243" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="F243" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G243">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="H243" t="s">
+        <v>166</v>
       </c>
       <c r="L243">
-        <v>94901</v>
+        <v>94607</v>
       </c>
       <c r="M243" t="s">
-        <v>1255</v>
+        <v>167</v>
       </c>
       <c r="N243" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="244" spans="1:14" ht="15">
       <c r="A244">
-        <v>34</v>
+        <v>458</v>
       </c>
       <c r="B244" t="s">
         <v>1257</v>
       </c>
       <c r="C244" t="s">
         <v>1258</v>
       </c>
       <c r="D244" t="s">
         <v>3</v>
       </c>
       <c r="E244" t="s">
         <v>1259</v>
       </c>
       <c r="F244" t="s">
         <v>1260</v>
       </c>
       <c r="G244">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="H244" t="s">
-        <v>166</v>
+        <v>724</v>
       </c>
       <c r="L244">
-        <v>94607</v>
+        <v>93630</v>
       </c>
       <c r="M244" t="s">
-        <v>167</v>
+        <v>1139</v>
       </c>
       <c r="N244" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="245" spans="1:14" ht="15">
       <c r="A245">
-        <v>458</v>
+        <v>1748</v>
       </c>
       <c r="B245" t="s">
         <v>1262</v>
       </c>
       <c r="C245" t="s">
         <v>1263</v>
       </c>
       <c r="D245" t="s">
         <v>3</v>
       </c>
       <c r="E245" t="s">
         <v>1264</v>
       </c>
       <c r="F245" t="s">
         <v>1265</v>
       </c>
       <c r="G245">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H245" t="s">
-        <v>729</v>
+        <v>139</v>
       </c>
       <c r="L245">
-        <v>93630</v>
-[...2 lines deleted...]
-        <v>1144</v>
+        <v>92337</v>
       </c>
       <c r="N245" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="246" spans="1:14" ht="15">
       <c r="A246">
-        <v>1748</v>
+        <v>1583</v>
       </c>
       <c r="B246" t="s">
         <v>1267</v>
       </c>
       <c r="C246" t="s">
         <v>1268</v>
       </c>
       <c r="D246" t="s">
         <v>3</v>
       </c>
       <c r="E246" t="s">
         <v>1269</v>
       </c>
       <c r="F246" t="s">
         <v>1270</v>
       </c>
       <c r="G246">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H246" t="s">
-        <v>139</v>
+        <v>1271</v>
       </c>
       <c r="L246">
-        <v>92337</v>
+        <v>92111</v>
       </c>
       <c r="N246" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="247" spans="1:14" ht="15">
       <c r="A247">
-        <v>1583</v>
+        <v>1741</v>
       </c>
       <c r="B247" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="C247" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="D247" t="s">
         <v>3</v>
       </c>
       <c r="E247" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="F247" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="G247">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H247" t="s">
-        <v>1276</v>
+        <v>42</v>
       </c>
       <c r="L247">
-        <v>92111</v>
+        <v>92081</v>
+      </c>
+      <c r="M247" t="s">
+        <v>43</v>
       </c>
       <c r="N247" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="248" spans="1:14" ht="15">
       <c r="A248">
-        <v>1741</v>
+        <v>1235</v>
       </c>
       <c r="B248" t="s">
         <v>1278</v>
       </c>
       <c r="C248" t="s">
         <v>1279</v>
       </c>
       <c r="D248" t="s">
         <v>3</v>
       </c>
       <c r="E248" t="s">
         <v>1280</v>
       </c>
       <c r="F248" t="s">
         <v>1281</v>
       </c>
       <c r="G248">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H248" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="L248">
-        <v>92081</v>
+        <v>93455</v>
       </c>
       <c r="M248" t="s">
-        <v>43</v>
+        <v>86</v>
       </c>
       <c r="N248" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="249" spans="1:14" ht="15">
       <c r="A249">
-        <v>1235</v>
+        <v>465</v>
       </c>
       <c r="B249" t="s">
         <v>1283</v>
       </c>
       <c r="C249" t="s">
         <v>1284</v>
       </c>
       <c r="D249" t="s">
         <v>3</v>
       </c>
       <c r="E249" t="s">
         <v>1285</v>
       </c>
       <c r="F249" t="s">
         <v>1286</v>
       </c>
       <c r="G249">
-        <v>34</v>
+        <v>5</v>
       </c>
       <c r="H249" t="s">
-        <v>85</v>
+        <v>498</v>
       </c>
       <c r="L249">
-        <v>93455</v>
+        <v>91710</v>
       </c>
       <c r="M249" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="N249" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="250" spans="1:14" ht="15">
       <c r="A250">
-        <v>465</v>
+        <v>1722</v>
       </c>
       <c r="B250" t="s">
         <v>1288</v>
       </c>
       <c r="C250" t="s">
         <v>1289</v>
       </c>
       <c r="D250" t="s">
         <v>3</v>
       </c>
       <c r="E250" t="s">
         <v>1290</v>
       </c>
       <c r="F250" t="s">
         <v>1291</v>
       </c>
       <c r="G250">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="H250" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="L250">
-        <v>91710</v>
+        <v>92879</v>
       </c>
       <c r="M250" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="N250" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="251" spans="1:14" ht="15">
       <c r="A251">
-        <v>1722</v>
+        <v>1613</v>
       </c>
       <c r="B251" t="s">
         <v>1293</v>
       </c>
       <c r="C251" t="s">
         <v>1294</v>
       </c>
       <c r="D251" t="s">
         <v>3</v>
       </c>
       <c r="E251" t="s">
         <v>1295</v>
       </c>
       <c r="F251" t="s">
         <v>1296</v>
       </c>
       <c r="G251">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H251" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="L251">
-        <v>92879</v>
+        <v>90404</v>
       </c>
       <c r="M251" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="N251" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="252" spans="1:14" ht="15">
       <c r="A252">
-        <v>1613</v>
+        <v>467</v>
       </c>
       <c r="B252" t="s">
         <v>1298</v>
       </c>
-      <c r="C252" t="s">
+      <c r="E252" t="s">
         <v>1299</v>
       </c>
-      <c r="D252" t="s">
-[...2 lines deleted...]
-      <c r="E252" t="s">
+      <c r="F252" t="s">
         <v>1300</v>
       </c>
-      <c r="F252" t="s">
+      <c r="G252">
+        <v>39</v>
+      </c>
+      <c r="H252" t="s">
+        <v>224</v>
+      </c>
+      <c r="L252">
+        <v>95358</v>
+      </c>
+      <c r="M252" t="s">
+        <v>376</v>
+      </c>
+      <c r="N252" t="s">
         <v>1301</v>
-      </c>
-[...13 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="253" spans="1:14" ht="15">
       <c r="A253">
-        <v>467</v>
+        <v>2320</v>
       </c>
       <c r="B253" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C253" t="s">
         <v>1303</v>
+      </c>
+      <c r="D253" t="s">
+        <v>3</v>
       </c>
       <c r="E253" t="s">
         <v>1304</v>
       </c>
       <c r="F253" t="s">
         <v>1305</v>
       </c>
       <c r="G253">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="H253" t="s">
-        <v>224</v>
+        <v>274</v>
       </c>
       <c r="L253">
-        <v>95358</v>
+        <v>95236</v>
       </c>
       <c r="M253" t="s">
-        <v>381</v>
+        <v>355</v>
       </c>
       <c r="N253" t="s">
         <v>1306</v>
       </c>
     </row>
     <row r="254" spans="1:14" ht="15">
       <c r="A254">
-        <v>2320</v>
+        <v>1569</v>
       </c>
       <c r="B254" t="s">
         <v>1307</v>
       </c>
       <c r="C254" t="s">
         <v>1308</v>
       </c>
       <c r="D254" t="s">
         <v>3</v>
       </c>
       <c r="E254" t="s">
         <v>1309</v>
       </c>
       <c r="F254" t="s">
         <v>1310</v>
       </c>
       <c r="G254">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="L254">
-        <v>95236</v>
+        <v>94503</v>
       </c>
       <c r="M254" t="s">
-        <v>360</v>
+        <v>1311</v>
       </c>
       <c r="N254" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="255" spans="1:14" ht="15">
       <c r="A255">
-        <v>1569</v>
+        <v>171</v>
       </c>
       <c r="B255" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C255" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="D255" t="s">
         <v>3</v>
       </c>
       <c r="E255" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="F255" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="G255">
-        <v>0</v>
+        <v>16</v>
+      </c>
+      <c r="H255" t="s">
+        <v>28</v>
       </c>
       <c r="L255">
-        <v>94503</v>
+        <v>90040</v>
       </c>
       <c r="M255" t="s">
-        <v>1316</v>
+        <v>29</v>
       </c>
       <c r="N255" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="256" spans="1:14" ht="15">
       <c r="A256">
-        <v>171</v>
+        <v>1954</v>
       </c>
       <c r="B256" t="s">
         <v>1318</v>
       </c>
       <c r="C256" t="s">
         <v>1319</v>
       </c>
       <c r="D256" t="s">
         <v>3</v>
       </c>
       <c r="E256" t="s">
         <v>1320</v>
       </c>
       <c r="F256" t="s">
         <v>1321</v>
       </c>
       <c r="G256">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H256" t="s">
-        <v>28</v>
+        <v>318</v>
       </c>
       <c r="L256">
-        <v>90040</v>
+        <v>93304</v>
       </c>
       <c r="M256" t="s">
-        <v>29</v>
+        <v>319</v>
       </c>
       <c r="N256" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="257" spans="1:14" ht="15">
       <c r="A257">
-        <v>1954</v>
+        <v>1422</v>
       </c>
       <c r="B257" t="s">
         <v>1323</v>
       </c>
       <c r="C257" t="s">
         <v>1324</v>
       </c>
       <c r="D257" t="s">
         <v>3</v>
       </c>
       <c r="E257" t="s">
         <v>1325</v>
       </c>
       <c r="F257" t="s">
         <v>1326</v>
       </c>
       <c r="G257">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H257" t="s">
-        <v>323</v>
+        <v>150</v>
       </c>
       <c r="L257">
-        <v>93304</v>
+        <v>93247</v>
       </c>
       <c r="M257" t="s">
-        <v>324</v>
+        <v>934</v>
       </c>
       <c r="N257" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="258" spans="1:14" ht="15">
       <c r="A258">
-        <v>1422</v>
+        <v>1647</v>
       </c>
       <c r="B258" t="s">
         <v>1328</v>
       </c>
       <c r="C258" t="s">
         <v>1329</v>
       </c>
       <c r="D258" t="s">
         <v>3</v>
       </c>
       <c r="E258" t="s">
         <v>1330</v>
       </c>
       <c r="F258" t="s">
         <v>1331</v>
       </c>
       <c r="G258">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="H258" t="s">
-        <v>150</v>
+        <v>724</v>
       </c>
       <c r="L258">
-        <v>93247</v>
+        <v>93727</v>
       </c>
       <c r="M258" t="s">
-        <v>939</v>
+        <v>1139</v>
       </c>
       <c r="N258" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="259" spans="1:14" ht="15">
       <c r="A259">
-        <v>1647</v>
+        <v>418</v>
       </c>
       <c r="B259" t="s">
         <v>1333</v>
       </c>
       <c r="C259" t="s">
         <v>1334</v>
       </c>
       <c r="D259" t="s">
         <v>3</v>
       </c>
       <c r="E259" t="s">
         <v>1335</v>
       </c>
       <c r="F259" t="s">
         <v>1336</v>
       </c>
       <c r="G259">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="H259" t="s">
-        <v>729</v>
+        <v>22</v>
       </c>
       <c r="L259">
-        <v>93727</v>
+        <v>93033</v>
       </c>
       <c r="M259" t="s">
-        <v>1144</v>
+        <v>49</v>
       </c>
       <c r="N259" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="260" spans="1:14" ht="15">
       <c r="A260">
-        <v>418</v>
+        <v>1423</v>
       </c>
       <c r="B260" t="s">
         <v>1338</v>
       </c>
       <c r="C260" t="s">
         <v>1339</v>
       </c>
       <c r="D260" t="s">
         <v>3</v>
       </c>
       <c r="E260" t="s">
         <v>1340</v>
       </c>
       <c r="F260" t="s">
         <v>1341</v>
       </c>
       <c r="G260">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="L260">
-        <v>93033</v>
+        <v>94596</v>
       </c>
       <c r="M260" t="s">
-        <v>49</v>
+        <v>122</v>
       </c>
       <c r="N260" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="261" spans="1:14" ht="15">
       <c r="A261">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="B261" t="s">
         <v>1343</v>
       </c>
       <c r="C261" t="s">
         <v>1344</v>
       </c>
       <c r="D261" t="s">
         <v>3</v>
       </c>
       <c r="E261" t="s">
         <v>1345</v>
       </c>
       <c r="F261" t="s">
         <v>1346</v>
       </c>
       <c r="G261">
-        <v>0</v>
+        <v>47</v>
+      </c>
+      <c r="H261" t="s">
+        <v>173</v>
       </c>
       <c r="L261">
-        <v>94596</v>
+        <v>92660</v>
       </c>
       <c r="M261" t="s">
-        <v>122</v>
+        <v>174</v>
       </c>
       <c r="N261" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="262" spans="1:14" ht="15">
       <c r="A262">
-        <v>1424</v>
+        <v>1829</v>
       </c>
       <c r="B262" t="s">
         <v>1348</v>
       </c>
       <c r="C262" t="s">
         <v>1349</v>
       </c>
       <c r="D262" t="s">
         <v>3</v>
       </c>
       <c r="E262" t="s">
         <v>1350</v>
       </c>
       <c r="F262" t="s">
         <v>1351</v>
       </c>
       <c r="G262">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="L262">
-        <v>92660</v>
+        <v>94545</v>
       </c>
       <c r="M262" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="N262" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="263" spans="1:14" ht="15">
       <c r="A263">
-        <v>1829</v>
+        <v>1328</v>
       </c>
       <c r="B263" t="s">
         <v>1353</v>
       </c>
       <c r="C263" t="s">
         <v>1354</v>
       </c>
       <c r="D263" t="s">
         <v>3</v>
       </c>
       <c r="E263" t="s">
         <v>1355</v>
       </c>
       <c r="F263" t="s">
         <v>1356</v>
       </c>
       <c r="G263">
-        <v>0</v>
+        <v>37</v>
+      </c>
+      <c r="H263" t="s">
+        <v>252</v>
       </c>
       <c r="L263">
-        <v>94545</v>
+        <v>95482</v>
       </c>
       <c r="M263" t="s">
-        <v>167</v>
+        <v>430</v>
       </c>
       <c r="N263" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="264" spans="1:14" ht="15">
       <c r="A264">
-        <v>1328</v>
+        <v>471</v>
       </c>
       <c r="B264" t="s">
         <v>1358</v>
       </c>
       <c r="C264" t="s">
         <v>1359</v>
       </c>
       <c r="D264" t="s">
         <v>3</v>
       </c>
       <c r="E264" t="s">
         <v>1360</v>
       </c>
       <c r="F264" t="s">
+        <v>196</v>
+      </c>
+      <c r="G264">
+        <v>3</v>
+      </c>
+      <c r="H264" t="s">
+        <v>35</v>
+      </c>
+      <c r="L264">
+        <v>93446</v>
+      </c>
+      <c r="M264" t="s">
+        <v>280</v>
+      </c>
+      <c r="N264" t="s">
         <v>1361</v>
-      </c>
-[...13 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="265" spans="1:14" ht="15">
       <c r="A265">
-        <v>471</v>
+        <v>1426</v>
       </c>
       <c r="B265" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C265" t="s">
         <v>1363</v>
       </c>
-      <c r="C265" t="s">
+      <c r="D265" t="s">
+        <v>3</v>
+      </c>
+      <c r="E265" t="s">
         <v>1364</v>
       </c>
-      <c r="D265" t="s">
-[...2 lines deleted...]
-      <c r="E265" t="s">
+      <c r="F265" t="s">
         <v>1365</v>
       </c>
-      <c r="F265" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G265">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="H265" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="L265">
-        <v>93446</v>
+        <v>90745</v>
       </c>
       <c r="M265" t="s">
-        <v>285</v>
+        <v>29</v>
       </c>
       <c r="N265" t="s">
         <v>1366</v>
       </c>
     </row>
     <row r="266" spans="1:14" ht="15">
       <c r="A266">
-        <v>1426</v>
+        <v>488</v>
       </c>
       <c r="B266" t="s">
         <v>1367</v>
       </c>
       <c r="C266" t="s">
         <v>1368</v>
       </c>
       <c r="D266" t="s">
         <v>3</v>
       </c>
       <c r="E266" t="s">
         <v>1369</v>
       </c>
       <c r="F266" t="s">
         <v>1370</v>
       </c>
       <c r="G266">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H266" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="L266">
-        <v>90745</v>
+        <v>92011</v>
       </c>
       <c r="M266" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="N266" t="s">
         <v>1371</v>
       </c>
     </row>
     <row r="267" spans="1:14" ht="15">
       <c r="A267">
-        <v>488</v>
+        <v>1776</v>
       </c>
       <c r="B267" t="s">
         <v>1372</v>
       </c>
       <c r="C267" t="s">
         <v>1373</v>
       </c>
       <c r="D267" t="s">
         <v>3</v>
       </c>
       <c r="E267" t="s">
         <v>1374</v>
       </c>
       <c r="F267" t="s">
         <v>1375</v>
       </c>
       <c r="G267">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="H267" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="L267">
-        <v>92011</v>
+        <v>92324</v>
       </c>
       <c r="M267" t="s">
-        <v>43</v>
+        <v>111</v>
       </c>
       <c r="N267" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="268" spans="1:14" ht="15">
       <c r="A268">
-        <v>1776</v>
+        <v>390</v>
       </c>
       <c r="B268" t="s">
         <v>1377</v>
       </c>
       <c r="C268" t="s">
         <v>1378</v>
       </c>
       <c r="D268" t="s">
         <v>3</v>
       </c>
       <c r="E268" t="s">
         <v>1379</v>
       </c>
       <c r="F268" t="s">
         <v>1380</v>
       </c>
       <c r="G268">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H268" t="s">
-        <v>139</v>
+        <v>22</v>
       </c>
       <c r="L268">
-        <v>92324</v>
+        <v>93023</v>
       </c>
       <c r="M268" t="s">
-        <v>111</v>
+        <v>49</v>
       </c>
       <c r="N268" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="269" spans="1:14" ht="15">
       <c r="A269">
-        <v>390</v>
+        <v>299</v>
       </c>
       <c r="B269" t="s">
         <v>1382</v>
       </c>
-      <c r="C269" t="s">
+      <c r="E269" t="s">
         <v>1383</v>
       </c>
-      <c r="D269" t="s">
-[...2 lines deleted...]
-      <c r="E269" t="s">
+      <c r="F269" t="s">
         <v>1384</v>
       </c>
-      <c r="F269" t="s">
+      <c r="G269">
+        <v>9</v>
+      </c>
+      <c r="H269" t="s">
+        <v>122</v>
+      </c>
+      <c r="L269">
+        <v>94514</v>
+      </c>
+      <c r="M269" t="s">
+        <v>122</v>
+      </c>
+      <c r="N269" t="s">
         <v>1385</v>
-      </c>
-[...13 lines deleted...]
-        <v>1386</v>
       </c>
     </row>
     <row r="270" spans="1:14" ht="15">
       <c r="A270">
-        <v>299</v>
+        <v>1962</v>
       </c>
       <c r="B270" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C270" t="s">
         <v>1387</v>
+      </c>
+      <c r="D270" t="s">
+        <v>3</v>
       </c>
       <c r="E270" t="s">
         <v>1388</v>
       </c>
       <c r="F270" t="s">
         <v>1389</v>
       </c>
       <c r="G270">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="H270" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L270">
-        <v>94514</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>93010</v>
       </c>
       <c r="N270" t="s">
         <v>1390</v>
       </c>
     </row>
     <row r="271" spans="1:14" ht="15">
       <c r="A271">
-        <v>1962</v>
+        <v>1429</v>
       </c>
       <c r="B271" t="s">
         <v>1391</v>
       </c>
       <c r="C271" t="s">
         <v>1392</v>
       </c>
       <c r="D271" t="s">
         <v>3</v>
       </c>
       <c r="E271" t="s">
         <v>1393</v>
       </c>
       <c r="F271" t="s">
         <v>1394</v>
       </c>
       <c r="G271">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="H271" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="L271">
-        <v>93010</v>
+        <v>92562</v>
+      </c>
+      <c r="M271" t="s">
+        <v>56</v>
       </c>
       <c r="N271" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="272" spans="1:14" ht="15">
       <c r="A272">
-        <v>1429</v>
+        <v>1136</v>
       </c>
       <c r="B272" t="s">
         <v>1396</v>
       </c>
       <c r="C272" t="s">
         <v>1397</v>
       </c>
       <c r="D272" t="s">
         <v>3</v>
       </c>
       <c r="E272" t="s">
         <v>1398</v>
       </c>
       <c r="F272" t="s">
         <v>1399</v>
       </c>
       <c r="G272">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="H272" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="L272">
-        <v>92562</v>
+        <v>93033</v>
       </c>
       <c r="M272" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="N272" t="s">
         <v>1400</v>
       </c>
     </row>
     <row r="273" spans="1:14" ht="15">
       <c r="A273">
-        <v>1136</v>
+        <v>1431</v>
       </c>
       <c r="B273" t="s">
         <v>1401</v>
       </c>
       <c r="C273" t="s">
         <v>1402</v>
       </c>
       <c r="D273" t="s">
         <v>3</v>
       </c>
       <c r="E273" t="s">
         <v>1403</v>
       </c>
       <c r="F273" t="s">
         <v>1404</v>
       </c>
       <c r="G273">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H273" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="L273">
-        <v>93033</v>
+        <v>90058</v>
       </c>
       <c r="M273" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="N273" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="274" spans="1:14" ht="15">
       <c r="A274">
-        <v>1431</v>
+        <v>58</v>
       </c>
       <c r="B274" t="s">
         <v>1406</v>
       </c>
       <c r="C274" t="s">
         <v>1407</v>
       </c>
       <c r="D274" t="s">
         <v>3</v>
       </c>
       <c r="E274" t="s">
         <v>1408</v>
       </c>
       <c r="F274" t="s">
         <v>1409</v>
       </c>
       <c r="G274">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="H274" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="L274">
-        <v>90058</v>
+        <v>95076</v>
       </c>
       <c r="M274" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="N274" t="s">
         <v>1410</v>
       </c>
     </row>
     <row r="275" spans="1:14" ht="15">
       <c r="A275">
-        <v>58</v>
+        <v>169</v>
       </c>
       <c r="B275" t="s">
         <v>1411</v>
       </c>
       <c r="C275" t="s">
         <v>1412</v>
       </c>
       <c r="D275" t="s">
         <v>3</v>
       </c>
       <c r="E275" t="s">
         <v>1413</v>
       </c>
       <c r="F275" t="s">
         <v>1414</v>
       </c>
       <c r="G275">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="H275" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="L275">
-        <v>95076</v>
+        <v>90813</v>
       </c>
       <c r="M275" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="N275" t="s">
         <v>1415</v>
       </c>
     </row>
     <row r="276" spans="1:14" ht="15">
       <c r="A276">
-        <v>169</v>
+        <v>1524</v>
       </c>
       <c r="B276" t="s">
         <v>1416</v>
       </c>
       <c r="C276" t="s">
         <v>1417</v>
       </c>
       <c r="D276" t="s">
         <v>3</v>
       </c>
       <c r="E276" t="s">
         <v>1418</v>
       </c>
       <c r="F276" t="s">
         <v>1419</v>
       </c>
       <c r="G276">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="H276" t="s">
-        <v>99</v>
+        <v>1420</v>
       </c>
       <c r="L276">
-        <v>90813</v>
+        <v>96080</v>
       </c>
       <c r="M276" t="s">
-        <v>29</v>
+        <v>1421</v>
       </c>
       <c r="N276" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="277" spans="1:14" ht="15">
       <c r="A277">
-        <v>1524</v>
+        <v>508</v>
       </c>
       <c r="B277" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C277" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="D277" t="s">
         <v>3</v>
       </c>
       <c r="E277" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="F277" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="G277">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="H277" t="s">
-        <v>1425</v>
+        <v>724</v>
       </c>
       <c r="L277">
-        <v>96080</v>
+        <v>93725</v>
       </c>
       <c r="M277" t="s">
-        <v>1426</v>
+        <v>1139</v>
       </c>
       <c r="N277" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="278" spans="1:14" ht="15">
       <c r="A278">
-        <v>508</v>
+        <v>1316</v>
       </c>
       <c r="B278" t="s">
         <v>1428</v>
       </c>
       <c r="C278" t="s">
         <v>1429</v>
       </c>
       <c r="D278" t="s">
         <v>3</v>
       </c>
       <c r="E278" t="s">
         <v>1430</v>
       </c>
       <c r="F278" t="s">
         <v>1431</v>
       </c>
       <c r="G278">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H278" t="s">
-        <v>729</v>
+        <v>318</v>
       </c>
       <c r="L278">
-        <v>93725</v>
+        <v>93308</v>
       </c>
       <c r="M278" t="s">
-        <v>1144</v>
+        <v>319</v>
       </c>
       <c r="N278" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="279" spans="1:14" ht="15">
       <c r="A279">
-        <v>1316</v>
+        <v>1610</v>
       </c>
       <c r="B279" t="s">
         <v>1433</v>
       </c>
       <c r="C279" t="s">
         <v>1434</v>
       </c>
       <c r="D279" t="s">
         <v>3</v>
       </c>
       <c r="E279" t="s">
         <v>1435</v>
       </c>
       <c r="F279" t="s">
         <v>1436</v>
       </c>
       <c r="G279">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="H279" t="s">
-        <v>323</v>
+        <v>252</v>
       </c>
       <c r="L279">
-        <v>93308</v>
+        <v>95437</v>
       </c>
       <c r="M279" t="s">
-        <v>324</v>
+        <v>430</v>
       </c>
       <c r="N279" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="280" spans="1:14" ht="15">
       <c r="A280">
-        <v>1610</v>
+        <v>1438</v>
       </c>
       <c r="B280" t="s">
         <v>1438</v>
       </c>
       <c r="C280" t="s">
         <v>1439</v>
       </c>
       <c r="D280" t="s">
         <v>3</v>
       </c>
       <c r="E280" t="s">
         <v>1440</v>
       </c>
       <c r="F280" t="s">
         <v>1441</v>
       </c>
       <c r="G280">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="H280" t="s">
-        <v>252</v>
+        <v>42</v>
       </c>
       <c r="L280">
-        <v>95437</v>
+        <v>92029</v>
       </c>
       <c r="M280" t="s">
-        <v>435</v>
+        <v>43</v>
       </c>
       <c r="N280" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="281" spans="1:14" ht="15">
       <c r="A281">
-        <v>1438</v>
+        <v>393</v>
       </c>
       <c r="B281" t="s">
         <v>1443</v>
       </c>
       <c r="C281" t="s">
         <v>1444</v>
       </c>
       <c r="D281" t="s">
         <v>3</v>
       </c>
       <c r="E281" t="s">
         <v>1445</v>
       </c>
       <c r="F281" t="s">
         <v>1446</v>
       </c>
       <c r="G281">
+        <v>40</v>
+      </c>
+      <c r="H281" t="s">
         <v>22</v>
       </c>
-      <c r="H281" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L281">
-        <v>92029</v>
+        <v>93021</v>
       </c>
       <c r="M281" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="N281" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="282" spans="1:14" ht="15">
       <c r="A282">
-        <v>393</v>
+        <v>1213</v>
       </c>
       <c r="B282" t="s">
         <v>1448</v>
       </c>
       <c r="C282" t="s">
+        <v>119</v>
+      </c>
+      <c r="D282" t="s">
+        <v>3</v>
+      </c>
+      <c r="E282" t="s">
         <v>1449</v>
       </c>
-      <c r="D282" t="s">
-[...2 lines deleted...]
-      <c r="E282" t="s">
+      <c r="F282" t="s">
         <v>1450</v>
       </c>
-      <c r="F282" t="s">
+      <c r="G282">
+        <v>16</v>
+      </c>
+      <c r="H282" t="s">
+        <v>28</v>
+      </c>
+      <c r="L282">
+        <v>90058</v>
+      </c>
+      <c r="M282" t="s">
+        <v>29</v>
+      </c>
+      <c r="N282" t="s">
         <v>1451</v>
-      </c>
-[...13 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="283" spans="1:14" ht="15">
       <c r="A283">
-        <v>1213</v>
+        <v>323</v>
       </c>
       <c r="B283" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C283" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D283" t="s">
         <v>3</v>
       </c>
       <c r="E283" t="s">
         <v>1454</v>
       </c>
       <c r="F283" t="s">
         <v>1455</v>
       </c>
       <c r="G283">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H283" t="s">
-        <v>28</v>
+        <v>150</v>
       </c>
       <c r="L283">
-        <v>90058</v>
+        <v>93647</v>
       </c>
       <c r="M283" t="s">
-        <v>29</v>
+        <v>934</v>
       </c>
       <c r="N283" t="s">
         <v>1456</v>
       </c>
     </row>
     <row r="284" spans="1:14" ht="15">
       <c r="A284">
-        <v>323</v>
+        <v>590</v>
       </c>
       <c r="B284" t="s">
         <v>1457</v>
       </c>
       <c r="C284" t="s">
         <v>1458</v>
       </c>
       <c r="D284" t="s">
         <v>3</v>
       </c>
       <c r="E284" t="s">
         <v>1459</v>
       </c>
       <c r="F284" t="s">
         <v>1460</v>
       </c>
       <c r="G284">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="H284" t="s">
-        <v>150</v>
+        <v>224</v>
       </c>
       <c r="L284">
-        <v>93647</v>
+        <v>95380</v>
       </c>
       <c r="M284" t="s">
-        <v>939</v>
+        <v>376</v>
       </c>
       <c r="N284" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="285" spans="1:14" ht="15">
       <c r="A285">
-        <v>590</v>
+        <v>1634</v>
       </c>
       <c r="B285" t="s">
         <v>1462</v>
       </c>
       <c r="C285" t="s">
         <v>1463</v>
       </c>
       <c r="D285" t="s">
         <v>3</v>
       </c>
       <c r="E285" t="s">
         <v>1464</v>
       </c>
       <c r="F285" t="s">
         <v>1465</v>
       </c>
       <c r="G285">
         <v>39</v>
       </c>
       <c r="H285" t="s">
         <v>224</v>
       </c>
       <c r="L285">
         <v>95380</v>
       </c>
       <c r="M285" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="N285" t="s">
         <v>1466</v>
       </c>
     </row>
     <row r="286" spans="1:14" ht="15">
       <c r="A286">
-        <v>1634</v>
+        <v>2032</v>
       </c>
       <c r="B286" t="s">
         <v>1467</v>
       </c>
       <c r="C286" t="s">
         <v>1468</v>
       </c>
       <c r="D286" t="s">
         <v>3</v>
       </c>
       <c r="E286" t="s">
         <v>1469</v>
       </c>
       <c r="F286" t="s">
         <v>1470</v>
       </c>
       <c r="G286">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H286" t="s">
-        <v>224</v>
+        <v>22</v>
       </c>
       <c r="L286">
-        <v>95380</v>
+        <v>93003</v>
       </c>
       <c r="M286" t="s">
-        <v>381</v>
+        <v>49</v>
       </c>
       <c r="N286" t="s">
         <v>1471</v>
       </c>
     </row>
     <row r="287" spans="1:14" ht="15">
       <c r="A287">
-        <v>2032</v>
+        <v>532</v>
       </c>
       <c r="B287" t="s">
         <v>1472</v>
       </c>
       <c r="C287" t="s">
         <v>1473</v>
       </c>
       <c r="D287" t="s">
         <v>3</v>
       </c>
       <c r="E287" t="s">
         <v>1474</v>
       </c>
       <c r="F287" t="s">
         <v>1475</v>
       </c>
       <c r="G287">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="H287" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="L287">
-        <v>93003</v>
+        <v>91605</v>
       </c>
       <c r="M287" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="N287" t="s">
         <v>1476</v>
       </c>
     </row>
     <row r="288" spans="1:14" ht="15">
       <c r="A288">
-        <v>532</v>
+        <v>1886</v>
       </c>
       <c r="B288" t="s">
         <v>1477</v>
       </c>
       <c r="C288" t="s">
         <v>1478</v>
       </c>
       <c r="D288" t="s">
         <v>3</v>
       </c>
       <c r="E288" t="s">
         <v>1479</v>
       </c>
       <c r="F288" t="s">
         <v>1480</v>
       </c>
       <c r="G288">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="H288" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="L288">
-        <v>91605</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>95501</v>
       </c>
       <c r="N288" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="289" spans="1:14" ht="15">
       <c r="A289">
-        <v>1886</v>
+        <v>1750</v>
       </c>
       <c r="B289" t="s">
         <v>1482</v>
       </c>
       <c r="C289" t="s">
         <v>1483</v>
       </c>
       <c r="D289" t="s">
         <v>3</v>
       </c>
       <c r="E289" t="s">
         <v>1484</v>
       </c>
       <c r="F289" t="s">
         <v>1485</v>
       </c>
       <c r="G289">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="H289" t="s">
-        <v>92</v>
+        <v>55</v>
       </c>
       <c r="L289">
-        <v>95501</v>
+        <v>92881</v>
       </c>
       <c r="N289" t="s">
         <v>1486</v>
       </c>
     </row>
     <row r="290" spans="1:14" ht="15">
       <c r="A290">
-        <v>1750</v>
+        <v>506</v>
       </c>
       <c r="B290" t="s">
         <v>1487</v>
       </c>
       <c r="C290" t="s">
         <v>1488</v>
       </c>
       <c r="D290" t="s">
         <v>3</v>
       </c>
       <c r="E290" t="s">
         <v>1489</v>
       </c>
       <c r="F290" t="s">
         <v>1490</v>
       </c>
       <c r="G290">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H290" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="L290">
-        <v>92881</v>
+        <v>92009</v>
+      </c>
+      <c r="M290" t="s">
+        <v>43</v>
       </c>
       <c r="N290" t="s">
         <v>1491</v>
       </c>
     </row>
     <row r="291" spans="1:14" ht="15">
       <c r="A291">
-        <v>506</v>
+        <v>1434</v>
       </c>
       <c r="B291" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D291" t="s">
+        <v>3</v>
+      </c>
+      <c r="E291" t="s">
         <v>1492</v>
       </c>
-      <c r="C291" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F291" t="s">
-        <v>1495</v>
+        <v>1490</v>
       </c>
       <c r="G291">
         <v>22</v>
       </c>
       <c r="H291" t="s">
         <v>42</v>
       </c>
       <c r="L291">
         <v>92009</v>
       </c>
       <c r="M291" t="s">
         <v>43</v>
       </c>
       <c r="N291" t="s">
-        <v>1496</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="292" spans="1:14" ht="15">
       <c r="A292">
-        <v>1434</v>
+        <v>1905</v>
       </c>
       <c r="B292" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="C292" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="D292" t="s">
         <v>3</v>
       </c>
       <c r="E292" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F292" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G292">
+        <v>40</v>
+      </c>
+      <c r="H292" t="s">
+        <v>22</v>
+      </c>
+      <c r="L292">
+        <v>90066</v>
+      </c>
+      <c r="N292" t="s">
         <v>1497</v>
-      </c>
-[...16 lines deleted...]
-        <v>1496</v>
       </c>
     </row>
     <row r="293" spans="1:14" ht="15">
       <c r="A293">
-        <v>1905</v>
+        <v>4</v>
       </c>
       <c r="B293" t="s">
         <v>1498</v>
       </c>
       <c r="C293" t="s">
         <v>1499</v>
       </c>
       <c r="D293" t="s">
         <v>3</v>
       </c>
       <c r="E293" t="s">
         <v>1500</v>
       </c>
       <c r="F293" t="s">
         <v>1501</v>
       </c>
       <c r="G293">
         <v>40</v>
       </c>
       <c r="H293" t="s">
         <v>22</v>
       </c>
       <c r="L293">
-        <v>90066</v>
+        <v>93065</v>
+      </c>
+      <c r="M293" t="s">
+        <v>49</v>
       </c>
       <c r="N293" t="s">
         <v>1502</v>
       </c>
     </row>
     <row r="294" spans="1:14" ht="15">
       <c r="A294">
-        <v>4</v>
+        <v>1992</v>
       </c>
       <c r="B294" t="s">
         <v>1503</v>
       </c>
       <c r="C294" t="s">
         <v>1504</v>
       </c>
       <c r="D294" t="s">
         <v>3</v>
       </c>
       <c r="E294" t="s">
         <v>1505</v>
       </c>
       <c r="F294" t="s">
         <v>1506</v>
       </c>
       <c r="G294">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="H294" t="s">
-        <v>22</v>
+        <v>150</v>
       </c>
       <c r="L294">
-        <v>93065</v>
+        <v>93221</v>
       </c>
       <c r="M294" t="s">
-        <v>49</v>
+        <v>934</v>
       </c>
       <c r="N294" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="295" spans="1:14" ht="15">
       <c r="A295">
-        <v>1992</v>
+        <v>589</v>
       </c>
       <c r="B295" t="s">
         <v>1508</v>
       </c>
-      <c r="C295" t="s">
+      <c r="E295" t="s">
         <v>1509</v>
       </c>
-      <c r="D295" t="s">
-[...2 lines deleted...]
-      <c r="E295" t="s">
+      <c r="F295" t="s">
         <v>1510</v>
       </c>
-      <c r="F295" t="s">
+      <c r="G295">
+        <v>39</v>
+      </c>
+      <c r="H295" t="s">
+        <v>224</v>
+      </c>
+      <c r="L295">
+        <v>95358</v>
+      </c>
+      <c r="M295" t="s">
+        <v>376</v>
+      </c>
+      <c r="N295" t="s">
         <v>1511</v>
-      </c>
-[...13 lines deleted...]
-        <v>1512</v>
       </c>
     </row>
     <row r="296" spans="1:14" ht="15">
       <c r="A296">
-        <v>589</v>
+        <v>6</v>
       </c>
       <c r="B296" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C296" t="s">
         <v>1513</v>
+      </c>
+      <c r="D296" t="s">
+        <v>3</v>
       </c>
       <c r="E296" t="s">
         <v>1514</v>
       </c>
       <c r="F296" t="s">
         <v>1515</v>
       </c>
       <c r="G296">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H296" t="s">
-        <v>224</v>
+        <v>150</v>
       </c>
       <c r="L296">
-        <v>95358</v>
+        <v>93257</v>
       </c>
       <c r="M296" t="s">
-        <v>381</v>
+        <v>934</v>
       </c>
       <c r="N296" t="s">
         <v>1516</v>
       </c>
     </row>
     <row r="297" spans="1:14" ht="15">
       <c r="A297">
-        <v>6</v>
+        <v>1435</v>
       </c>
       <c r="B297" t="s">
         <v>1517</v>
       </c>
       <c r="C297" t="s">
         <v>1518</v>
       </c>
       <c r="D297" t="s">
         <v>3</v>
       </c>
       <c r="E297" t="s">
         <v>1519</v>
       </c>
       <c r="F297" t="s">
         <v>1520</v>
       </c>
       <c r="G297">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H297" t="s">
-        <v>150</v>
+        <v>28</v>
       </c>
       <c r="L297">
-        <v>93257</v>
+        <v>90058</v>
       </c>
       <c r="M297" t="s">
-        <v>939</v>
+        <v>29</v>
       </c>
       <c r="N297" t="s">
         <v>1521</v>
       </c>
     </row>
     <row r="298" spans="1:14" ht="15">
       <c r="A298">
-        <v>1435</v>
+        <v>11</v>
       </c>
       <c r="B298" t="s">
         <v>1522</v>
       </c>
       <c r="C298" t="s">
         <v>1523</v>
       </c>
       <c r="D298" t="s">
         <v>3</v>
       </c>
       <c r="E298" t="s">
         <v>1524</v>
       </c>
       <c r="F298" t="s">
         <v>1525</v>
       </c>
       <c r="G298">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H298" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="L298">
-        <v>90058</v>
+        <v>93065</v>
       </c>
       <c r="M298" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="N298" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="299" spans="1:14" ht="15">
       <c r="A299">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>1527</v>
       </c>
       <c r="C299" t="s">
         <v>1528</v>
       </c>
       <c r="D299" t="s">
         <v>3</v>
       </c>
       <c r="E299" t="s">
         <v>1529</v>
       </c>
       <c r="F299" t="s">
         <v>1530</v>
       </c>
       <c r="G299">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H299" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="L299">
-        <v>93065</v>
+        <v>95602</v>
       </c>
       <c r="M299" t="s">
-        <v>49</v>
+        <v>181</v>
       </c>
       <c r="N299" t="s">
         <v>1531</v>
       </c>
     </row>
     <row r="300" spans="1:14" ht="15">
       <c r="A300">
-        <v>8</v>
+        <v>262</v>
       </c>
       <c r="B300" t="s">
         <v>1532</v>
       </c>
       <c r="C300" t="s">
         <v>1533</v>
       </c>
       <c r="D300" t="s">
         <v>3</v>
       </c>
       <c r="E300" t="s">
         <v>1534</v>
       </c>
       <c r="F300" t="s">
         <v>1535</v>
       </c>
       <c r="G300">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H300" t="s">
-        <v>180</v>
+        <v>498</v>
       </c>
       <c r="L300">
-        <v>95602</v>
+        <v>91710</v>
       </c>
       <c r="M300" t="s">
-        <v>181</v>
+        <v>111</v>
       </c>
       <c r="N300" t="s">
         <v>1536</v>
       </c>
     </row>
     <row r="301" spans="1:14" ht="15">
       <c r="A301">
-        <v>262</v>
+        <v>449</v>
       </c>
       <c r="B301" t="s">
         <v>1537</v>
       </c>
       <c r="C301" t="s">
         <v>1538</v>
       </c>
       <c r="D301" t="s">
         <v>3</v>
       </c>
       <c r="E301" t="s">
         <v>1539</v>
       </c>
       <c r="F301" t="s">
         <v>1540</v>
       </c>
       <c r="G301">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="H301" t="s">
-        <v>503</v>
+        <v>859</v>
       </c>
       <c r="L301">
-        <v>91710</v>
+        <v>95965</v>
       </c>
       <c r="M301" t="s">
-        <v>111</v>
+        <v>792</v>
       </c>
       <c r="N301" t="s">
         <v>1541</v>
       </c>
     </row>
     <row r="302" spans="1:14" ht="15">
       <c r="A302">
-        <v>449</v>
+        <v>13</v>
       </c>
       <c r="B302" t="s">
         <v>1542</v>
       </c>
       <c r="C302" t="s">
         <v>1543</v>
       </c>
       <c r="D302" t="s">
         <v>3</v>
       </c>
       <c r="E302" t="s">
         <v>1544</v>
       </c>
       <c r="F302" t="s">
         <v>1545</v>
       </c>
       <c r="G302">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="H302" t="s">
-        <v>864</v>
+        <v>28</v>
       </c>
       <c r="L302">
-        <v>95965</v>
+        <v>90058</v>
       </c>
       <c r="M302" t="s">
-        <v>797</v>
+        <v>29</v>
       </c>
       <c r="N302" t="s">
         <v>1546</v>
       </c>
     </row>
     <row r="303" spans="1:14" ht="15">
       <c r="A303">
-        <v>13</v>
+        <v>1947</v>
       </c>
       <c r="B303" t="s">
         <v>1547</v>
       </c>
       <c r="C303" t="s">
         <v>1548</v>
       </c>
       <c r="D303" t="s">
         <v>3</v>
       </c>
       <c r="E303" t="s">
         <v>1549</v>
       </c>
       <c r="F303" t="s">
         <v>1550</v>
       </c>
       <c r="G303">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H303" t="s">
-        <v>28</v>
+        <v>85</v>
       </c>
       <c r="L303">
-        <v>90058</v>
+        <v>93101</v>
       </c>
       <c r="M303" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="N303" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="304" spans="1:14" ht="15">
       <c r="A304">
-        <v>1947</v>
+        <v>1752</v>
       </c>
       <c r="B304" t="s">
         <v>1552</v>
       </c>
       <c r="C304" t="s">
         <v>1553</v>
       </c>
       <c r="D304" t="s">
         <v>3</v>
       </c>
       <c r="E304" t="s">
         <v>1554</v>
       </c>
       <c r="F304" t="s">
         <v>1555</v>
       </c>
       <c r="G304">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="H304" t="s">
-        <v>85</v>
+        <v>139</v>
       </c>
       <c r="L304">
-        <v>93101</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>92408</v>
       </c>
       <c r="N304" t="s">
         <v>1556</v>
       </c>
     </row>
     <row r="305" spans="1:14" ht="15">
       <c r="A305">
-        <v>1752</v>
+        <v>1625</v>
       </c>
       <c r="B305" t="s">
         <v>1557</v>
       </c>
       <c r="C305" t="s">
         <v>1558</v>
       </c>
       <c r="D305" t="s">
         <v>3</v>
       </c>
       <c r="E305" t="s">
         <v>1559</v>
       </c>
       <c r="F305" t="s">
         <v>1560</v>
       </c>
       <c r="G305">
-        <v>1</v>
+        <v>47</v>
       </c>
       <c r="H305" t="s">
-        <v>139</v>
+        <v>173</v>
       </c>
       <c r="L305">
-        <v>92408</v>
+        <v>92707</v>
+      </c>
+      <c r="M305" t="s">
+        <v>174</v>
       </c>
       <c r="N305" t="s">
         <v>1561</v>
       </c>
     </row>
     <row r="306" spans="1:14" ht="15">
       <c r="A306">
-        <v>1625</v>
+        <v>1555</v>
       </c>
       <c r="B306" t="s">
         <v>1562</v>
       </c>
       <c r="C306" t="s">
         <v>1563</v>
       </c>
       <c r="D306" t="s">
         <v>3</v>
       </c>
       <c r="E306" t="s">
         <v>1564</v>
       </c>
       <c r="F306" t="s">
         <v>1565</v>
       </c>
       <c r="G306">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="H306" t="s">
-        <v>173</v>
+        <v>252</v>
       </c>
       <c r="L306">
-        <v>92707</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>95422</v>
       </c>
       <c r="N306" t="s">
         <v>1566</v>
       </c>
     </row>
     <row r="307" spans="1:14" ht="15">
       <c r="A307">
-        <v>1555</v>
+        <v>1440</v>
       </c>
       <c r="B307" t="s">
         <v>1567</v>
       </c>
       <c r="C307" t="s">
         <v>1568</v>
       </c>
       <c r="D307" t="s">
         <v>3</v>
       </c>
       <c r="E307" t="s">
         <v>1569</v>
       </c>
       <c r="F307" t="s">
         <v>1570</v>
       </c>
       <c r="G307">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H307" t="s">
-        <v>252</v>
+        <v>22</v>
       </c>
       <c r="L307">
-        <v>95422</v>
+        <v>93065</v>
+      </c>
+      <c r="M307" t="s">
+        <v>49</v>
       </c>
       <c r="N307" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="308" spans="1:14" ht="15">
       <c r="A308">
-        <v>1440</v>
+        <v>29</v>
       </c>
       <c r="B308" t="s">
         <v>1572</v>
       </c>
       <c r="C308" t="s">
         <v>1573</v>
       </c>
       <c r="D308" t="s">
         <v>3</v>
       </c>
       <c r="E308" t="s">
         <v>1574</v>
       </c>
       <c r="F308" t="s">
+        <v>797</v>
+      </c>
+      <c r="G308">
+        <v>32</v>
+      </c>
+      <c r="H308" t="s">
+        <v>274</v>
+      </c>
+      <c r="L308">
+        <v>95242</v>
+      </c>
+      <c r="M308" t="s">
+        <v>355</v>
+      </c>
+      <c r="N308" t="s">
         <v>1575</v>
-      </c>
-[...13 lines deleted...]
-        <v>1576</v>
       </c>
     </row>
     <row r="309" spans="1:14" ht="15">
       <c r="A309">
-        <v>29</v>
+        <v>1441</v>
       </c>
       <c r="B309" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C309" t="s">
         <v>1577</v>
       </c>
-      <c r="C309" t="s">
+      <c r="D309" t="s">
+        <v>3</v>
+      </c>
+      <c r="E309" t="s">
         <v>1578</v>
       </c>
-      <c r="D309" t="s">
-[...2 lines deleted...]
-      <c r="E309" t="s">
+      <c r="F309" t="s">
         <v>1579</v>
       </c>
-      <c r="F309" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G309">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="H309" t="s">
-        <v>279</v>
+        <v>35</v>
       </c>
       <c r="L309">
-        <v>95242</v>
+        <v>95012</v>
       </c>
       <c r="M309" t="s">
-        <v>360</v>
+        <v>36</v>
       </c>
       <c r="N309" t="s">
         <v>1580</v>
       </c>
     </row>
     <row r="310" spans="1:14" ht="15">
       <c r="A310">
-        <v>1441</v>
+        <v>638</v>
       </c>
       <c r="B310" t="s">
         <v>1581</v>
       </c>
       <c r="C310" t="s">
         <v>1582</v>
       </c>
       <c r="D310" t="s">
         <v>3</v>
       </c>
       <c r="E310" t="s">
         <v>1583</v>
       </c>
       <c r="F310" t="s">
         <v>1584</v>
       </c>
       <c r="G310">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="H310" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="L310">
-        <v>95012</v>
+        <v>93030</v>
       </c>
       <c r="M310" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="N310" t="s">
         <v>1585</v>
       </c>
     </row>
     <row r="311" spans="1:14" ht="15">
       <c r="A311">
-        <v>638</v>
+        <v>1794</v>
       </c>
       <c r="B311" t="s">
         <v>1586</v>
       </c>
       <c r="C311" t="s">
         <v>1587</v>
       </c>
       <c r="D311" t="s">
         <v>3</v>
       </c>
       <c r="E311" t="s">
         <v>1588</v>
       </c>
       <c r="F311" t="s">
         <v>1589</v>
       </c>
       <c r="G311">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H311" t="s">
-        <v>22</v>
+        <v>224</v>
       </c>
       <c r="L311">
-        <v>93030</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>95358</v>
       </c>
       <c r="N311" t="s">
         <v>1590</v>
       </c>
     </row>
     <row r="312" spans="1:14" ht="15">
       <c r="A312">
-        <v>1794</v>
+        <v>1166</v>
       </c>
       <c r="B312" t="s">
         <v>1591</v>
       </c>
       <c r="C312" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D312" t="s">
+        <v>3</v>
+      </c>
+      <c r="E312" t="s">
         <v>1592</v>
       </c>
-      <c r="D312" t="s">
-[...2 lines deleted...]
-      <c r="E312" t="s">
+      <c r="F312" t="s">
         <v>1593</v>
-      </c>
-[...1 lines deleted...]
-        <v>1594</v>
       </c>
       <c r="G312">
         <v>39</v>
       </c>
       <c r="H312" t="s">
         <v>224</v>
       </c>
       <c r="L312">
-        <v>95358</v>
+        <v>95385</v>
+      </c>
+      <c r="M312" t="s">
+        <v>376</v>
       </c>
       <c r="N312" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="313" spans="1:14" ht="15">
       <c r="A313">
-        <v>1166</v>
+        <v>397</v>
       </c>
       <c r="B313" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C313" t="s">
         <v>1596</v>
-      </c>
-[...1 lines deleted...]
-        <v>1592</v>
       </c>
       <c r="D313" t="s">
         <v>3</v>
       </c>
       <c r="E313" t="s">
         <v>1597</v>
       </c>
       <c r="F313" t="s">
         <v>1598</v>
       </c>
       <c r="G313">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H313" t="s">
-        <v>224</v>
+        <v>22</v>
       </c>
       <c r="L313">
-        <v>95385</v>
+        <v>93012</v>
       </c>
       <c r="M313" t="s">
-        <v>381</v>
+        <v>49</v>
       </c>
       <c r="N313" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="314" spans="1:14" ht="15">
       <c r="A314">
-        <v>397</v>
+        <v>1031</v>
       </c>
       <c r="B314" t="s">
         <v>1600</v>
       </c>
       <c r="C314" t="s">
         <v>1601</v>
       </c>
       <c r="D314" t="s">
         <v>3</v>
       </c>
       <c r="E314" t="s">
         <v>1602</v>
       </c>
       <c r="F314" t="s">
         <v>1603</v>
       </c>
       <c r="G314">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H314" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="L314">
-        <v>93012</v>
+        <v>95678</v>
       </c>
       <c r="M314" t="s">
-        <v>49</v>
+        <v>181</v>
       </c>
       <c r="N314" t="s">
         <v>1604</v>
       </c>
     </row>
     <row r="315" spans="1:14" ht="15">
       <c r="A315">
-        <v>1031</v>
+        <v>1511</v>
       </c>
       <c r="B315" t="s">
         <v>1605</v>
       </c>
       <c r="C315" t="s">
         <v>1606</v>
       </c>
       <c r="D315" t="s">
         <v>3</v>
       </c>
       <c r="E315" t="s">
         <v>1607</v>
       </c>
       <c r="F315" t="s">
         <v>1608</v>
       </c>
       <c r="G315">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="H315" t="s">
-        <v>180</v>
+        <v>62</v>
       </c>
       <c r="L315">
-        <v>95678</v>
+        <v>90012</v>
       </c>
       <c r="M315" t="s">
-        <v>181</v>
+        <v>29</v>
       </c>
       <c r="N315" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="316" spans="1:14" ht="15">
       <c r="A316">
-        <v>1511</v>
+        <v>1837</v>
       </c>
       <c r="B316" t="s">
         <v>1610</v>
       </c>
       <c r="C316" t="s">
         <v>1611</v>
       </c>
       <c r="D316" t="s">
         <v>3</v>
       </c>
       <c r="E316" t="s">
         <v>1612</v>
       </c>
       <c r="F316" t="s">
         <v>1613</v>
       </c>
       <c r="G316">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="H316" t="s">
-        <v>62</v>
+        <v>229</v>
       </c>
       <c r="L316">
-        <v>90012</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>95303</v>
       </c>
       <c r="N316" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="317" spans="1:14" ht="15">
       <c r="A317">
-        <v>1837</v>
+        <v>221</v>
       </c>
       <c r="B317" t="s">
         <v>1615</v>
       </c>
       <c r="C317" t="s">
         <v>1616</v>
       </c>
       <c r="D317" t="s">
         <v>3</v>
       </c>
       <c r="E317" t="s">
         <v>1617</v>
       </c>
       <c r="F317" t="s">
         <v>1618</v>
       </c>
       <c r="G317">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="H317" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="L317">
-        <v>95303</v>
+        <v>95354</v>
+      </c>
+      <c r="M317" t="s">
+        <v>376</v>
       </c>
       <c r="N317" t="s">
         <v>1619</v>
       </c>
     </row>
     <row r="318" spans="1:14" ht="15">
       <c r="A318">
-        <v>221</v>
+        <v>1444</v>
       </c>
       <c r="B318" t="s">
         <v>1620</v>
       </c>
       <c r="C318" t="s">
         <v>1621</v>
       </c>
       <c r="D318" t="s">
         <v>3</v>
       </c>
       <c r="E318" t="s">
         <v>1622</v>
       </c>
       <c r="F318" t="s">
         <v>1623</v>
       </c>
       <c r="G318">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="H318" t="s">
-        <v>224</v>
+        <v>28</v>
       </c>
       <c r="L318">
-        <v>95354</v>
+        <v>90058</v>
       </c>
       <c r="M318" t="s">
-        <v>381</v>
+        <v>29</v>
       </c>
       <c r="N318" t="s">
         <v>1624</v>
       </c>
     </row>
     <row r="319" spans="1:14" ht="15">
       <c r="A319">
-        <v>1444</v>
+        <v>1110</v>
       </c>
       <c r="B319" t="s">
         <v>1625</v>
       </c>
       <c r="C319" t="s">
         <v>1626</v>
       </c>
       <c r="D319" t="s">
         <v>3</v>
       </c>
       <c r="E319" t="s">
         <v>1627</v>
       </c>
       <c r="F319" t="s">
         <v>1628</v>
       </c>
       <c r="G319">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="H319" t="s">
-        <v>28</v>
+        <v>498</v>
       </c>
       <c r="L319">
-        <v>90058</v>
+        <v>91710</v>
       </c>
       <c r="M319" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="N319" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="320" spans="1:14" ht="15">
       <c r="A320">
-        <v>1110</v>
+        <v>1071</v>
       </c>
       <c r="B320" t="s">
         <v>1630</v>
       </c>
       <c r="C320" t="s">
         <v>1631</v>
       </c>
       <c r="D320" t="s">
         <v>3</v>
       </c>
       <c r="E320" t="s">
         <v>1632</v>
       </c>
       <c r="F320" t="s">
         <v>1633</v>
       </c>
       <c r="G320">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="H320" t="s">
-        <v>503</v>
+        <v>224</v>
       </c>
       <c r="L320">
-        <v>91710</v>
+        <v>95367</v>
       </c>
       <c r="M320" t="s">
-        <v>111</v>
+        <v>376</v>
       </c>
       <c r="N320" t="s">
         <v>1634</v>
       </c>
     </row>
     <row r="321" spans="1:14" ht="15">
       <c r="A321">
-        <v>1071</v>
+        <v>1212</v>
       </c>
       <c r="B321" t="s">
         <v>1635</v>
       </c>
       <c r="C321" t="s">
         <v>1636</v>
       </c>
       <c r="D321" t="s">
         <v>3</v>
       </c>
       <c r="E321" t="s">
         <v>1637</v>
       </c>
       <c r="F321" t="s">
         <v>1638</v>
       </c>
       <c r="G321">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="H321" t="s">
-        <v>224</v>
+        <v>139</v>
       </c>
       <c r="L321">
-        <v>95367</v>
+        <v>92408</v>
       </c>
       <c r="M321" t="s">
-        <v>381</v>
+        <v>111</v>
       </c>
       <c r="N321" t="s">
         <v>1639</v>
       </c>
     </row>
     <row r="322" spans="1:14" ht="15">
       <c r="A322">
-        <v>1212</v>
+        <v>88</v>
       </c>
       <c r="B322" t="s">
         <v>1640</v>
       </c>
       <c r="C322" t="s">
         <v>1641</v>
       </c>
       <c r="D322" t="s">
         <v>3</v>
       </c>
       <c r="E322" t="s">
         <v>1642</v>
       </c>
       <c r="F322" t="s">
         <v>1643</v>
       </c>
       <c r="G322">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H322" t="s">
-        <v>139</v>
+        <v>22</v>
       </c>
       <c r="L322">
-        <v>92408</v>
+        <v>93030</v>
       </c>
       <c r="M322" t="s">
-        <v>111</v>
+        <v>49</v>
       </c>
       <c r="N322" t="s">
         <v>1644</v>
       </c>
     </row>
     <row r="323" spans="1:14" ht="15">
       <c r="A323">
-        <v>88</v>
+        <v>1229</v>
       </c>
       <c r="B323" t="s">
         <v>1645</v>
       </c>
       <c r="C323" t="s">
         <v>1646</v>
       </c>
       <c r="D323" t="s">
         <v>3</v>
       </c>
       <c r="E323" t="s">
         <v>1647</v>
       </c>
       <c r="F323" t="s">
         <v>1648</v>
       </c>
       <c r="G323">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H323" t="s">
-        <v>22</v>
+        <v>252</v>
       </c>
       <c r="L323">
-        <v>93030</v>
+        <v>95437</v>
       </c>
       <c r="M323" t="s">
-        <v>49</v>
+        <v>430</v>
       </c>
       <c r="N323" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="324" spans="1:14" ht="15">
       <c r="A324">
-        <v>1229</v>
+        <v>1705</v>
       </c>
       <c r="B324" t="s">
         <v>1650</v>
       </c>
       <c r="C324" t="s">
         <v>1651</v>
       </c>
       <c r="D324" t="s">
         <v>3</v>
       </c>
       <c r="E324" t="s">
         <v>1652</v>
       </c>
       <c r="F324" t="s">
         <v>1653</v>
       </c>
       <c r="G324">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="H324" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="L324">
-        <v>95437</v>
+        <v>94607</v>
       </c>
       <c r="M324" t="s">
-        <v>435</v>
+        <v>167</v>
       </c>
       <c r="N324" t="s">
         <v>1654</v>
       </c>
     </row>
     <row r="325" spans="1:14" ht="15">
       <c r="A325">
-        <v>1705</v>
+        <v>32</v>
       </c>
       <c r="B325" t="s">
         <v>1655</v>
       </c>
       <c r="C325" t="s">
         <v>1656</v>
       </c>
       <c r="D325" t="s">
         <v>3</v>
       </c>
       <c r="E325" t="s">
         <v>1657</v>
       </c>
       <c r="F325" t="s">
         <v>1658</v>
       </c>
       <c r="G325">
+        <v>16</v>
+      </c>
+      <c r="H325" t="s">
         <v>28</v>
       </c>
-      <c r="H325" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L325">
-        <v>94607</v>
+        <v>90040</v>
       </c>
       <c r="M325" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="N325" t="s">
         <v>1659</v>
       </c>
     </row>
     <row r="326" spans="1:14" ht="15">
       <c r="A326">
-        <v>32</v>
+        <v>1461</v>
       </c>
       <c r="B326" t="s">
         <v>1660</v>
       </c>
       <c r="C326" t="s">
         <v>1661</v>
       </c>
       <c r="D326" t="s">
         <v>3</v>
       </c>
       <c r="E326" t="s">
         <v>1662</v>
       </c>
       <c r="F326" t="s">
         <v>1663</v>
       </c>
       <c r="G326">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="H326" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="L326">
-        <v>90040</v>
+        <v>93444</v>
       </c>
       <c r="M326" t="s">
-        <v>29</v>
+        <v>280</v>
       </c>
       <c r="N326" t="s">
         <v>1664</v>
       </c>
     </row>
     <row r="327" spans="1:14" ht="15">
       <c r="A327">
-        <v>1461</v>
+        <v>2398</v>
       </c>
       <c r="B327" t="s">
         <v>1665</v>
       </c>
       <c r="C327" t="s">
         <v>1666</v>
       </c>
       <c r="D327" t="s">
         <v>3</v>
       </c>
       <c r="E327" t="s">
         <v>1667</v>
       </c>
       <c r="F327" t="s">
         <v>1668</v>
       </c>
       <c r="G327">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="H327" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="L327">
-        <v>93444</v>
+        <v>92507</v>
       </c>
       <c r="M327" t="s">
-        <v>285</v>
+        <v>56</v>
       </c>
       <c r="N327" t="s">
         <v>1669</v>
       </c>
     </row>
     <row r="328" spans="1:14" ht="15">
       <c r="A328">
-        <v>2398</v>
+        <v>1664</v>
       </c>
       <c r="B328" t="s">
         <v>1670</v>
       </c>
       <c r="C328" t="s">
         <v>1671</v>
       </c>
       <c r="D328" t="s">
         <v>3</v>
       </c>
       <c r="E328" t="s">
         <v>1672</v>
       </c>
       <c r="F328" t="s">
         <v>1673</v>
       </c>
       <c r="G328">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H328" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="L328">
-        <v>92507</v>
+        <v>90058</v>
       </c>
       <c r="M328" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="N328" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="329" spans="1:14" ht="15">
       <c r="A329">
-        <v>1664</v>
+        <v>640</v>
       </c>
       <c r="B329" t="s">
         <v>1675</v>
       </c>
       <c r="C329" t="s">
         <v>1676</v>
       </c>
       <c r="D329" t="s">
         <v>3</v>
       </c>
       <c r="E329" t="s">
         <v>1677</v>
       </c>
       <c r="F329" t="s">
         <v>1678</v>
       </c>
       <c r="G329">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H329" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="L329">
-        <v>90058</v>
+        <v>93023</v>
       </c>
       <c r="M329" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="N329" t="s">
         <v>1679</v>
       </c>
     </row>
     <row r="330" spans="1:14" ht="15">
       <c r="A330">
-        <v>640</v>
+        <v>1757</v>
       </c>
       <c r="B330" t="s">
         <v>1680</v>
       </c>
       <c r="C330" t="s">
         <v>1681</v>
       </c>
       <c r="D330" t="s">
         <v>3</v>
       </c>
       <c r="E330" t="s">
         <v>1682</v>
       </c>
       <c r="F330" t="s">
         <v>1683</v>
       </c>
       <c r="G330">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="H330" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="L330">
-        <v>93023</v>
+        <v>92331</v>
       </c>
       <c r="M330" t="s">
-        <v>49</v>
+        <v>111</v>
       </c>
       <c r="N330" t="s">
         <v>1684</v>
       </c>
     </row>
     <row r="331" spans="1:14" ht="15">
       <c r="A331">
-        <v>1757</v>
+        <v>7</v>
       </c>
       <c r="B331" t="s">
         <v>1685</v>
       </c>
       <c r="C331" t="s">
         <v>1686</v>
       </c>
       <c r="D331" t="s">
         <v>3</v>
       </c>
       <c r="E331" t="s">
         <v>1687</v>
       </c>
       <c r="F331" t="s">
         <v>1688</v>
       </c>
       <c r="G331">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H331" t="s">
-        <v>139</v>
+        <v>99</v>
       </c>
       <c r="L331">
-        <v>92331</v>
+        <v>90804</v>
       </c>
       <c r="M331" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
       <c r="N331" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="332" spans="1:14" ht="15">
       <c r="A332">
-        <v>7</v>
+        <v>1450</v>
       </c>
       <c r="B332" t="s">
         <v>1690</v>
       </c>
       <c r="C332" t="s">
         <v>1691</v>
       </c>
       <c r="D332" t="s">
         <v>3</v>
       </c>
       <c r="E332" t="s">
         <v>1692</v>
       </c>
       <c r="F332" t="s">
         <v>1693</v>
       </c>
       <c r="G332">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H332" t="s">
-        <v>99</v>
+        <v>55</v>
       </c>
       <c r="L332">
-        <v>90804</v>
+        <v>92234</v>
       </c>
       <c r="M332" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="N332" t="s">
         <v>1694</v>
       </c>
     </row>
     <row r="333" spans="1:14" ht="15">
       <c r="A333">
-        <v>1450</v>
+        <v>493</v>
       </c>
       <c r="B333" t="s">
         <v>1695</v>
       </c>
       <c r="C333" t="s">
         <v>1696</v>
       </c>
       <c r="D333" t="s">
         <v>3</v>
       </c>
       <c r="E333" t="s">
         <v>1697</v>
       </c>
       <c r="F333" t="s">
         <v>1698</v>
       </c>
       <c r="G333">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H333" t="s">
-        <v>55</v>
+        <v>268</v>
       </c>
       <c r="L333">
-        <v>92234</v>
+        <v>95811</v>
       </c>
       <c r="M333" t="s">
-        <v>56</v>
+        <v>268</v>
       </c>
       <c r="N333" t="s">
         <v>1699</v>
       </c>
     </row>
     <row r="334" spans="1:14" ht="15">
       <c r="A334">
-        <v>493</v>
+        <v>807</v>
       </c>
       <c r="B334" t="s">
         <v>1700</v>
       </c>
       <c r="C334" t="s">
         <v>1701</v>
       </c>
       <c r="D334" t="s">
         <v>3</v>
       </c>
       <c r="E334" t="s">
         <v>1702</v>
       </c>
       <c r="F334" t="s">
         <v>1703</v>
       </c>
       <c r="G334">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="H334" t="s">
-        <v>273</v>
+        <v>791</v>
       </c>
       <c r="L334">
-        <v>95811</v>
+        <v>95973</v>
       </c>
       <c r="M334" t="s">
-        <v>273</v>
+        <v>792</v>
       </c>
       <c r="N334" t="s">
         <v>1704</v>
       </c>
     </row>
     <row r="335" spans="1:14" ht="15">
       <c r="A335">
-        <v>807</v>
+        <v>1891</v>
       </c>
       <c r="B335" t="s">
         <v>1705</v>
       </c>
       <c r="C335" t="s">
         <v>1706</v>
       </c>
       <c r="D335" t="s">
         <v>3</v>
       </c>
       <c r="E335" t="s">
         <v>1707</v>
       </c>
       <c r="F335" t="s">
         <v>1708</v>
       </c>
       <c r="G335">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="H335" t="s">
-        <v>796</v>
+        <v>1271</v>
       </c>
       <c r="L335">
-        <v>95973</v>
-[...2 lines deleted...]
-        <v>797</v>
+        <v>91911</v>
       </c>
       <c r="N335" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="336" spans="1:14" ht="15">
       <c r="A336">
-        <v>1891</v>
+        <v>1022</v>
       </c>
       <c r="B336" t="s">
         <v>1710</v>
       </c>
       <c r="C336" t="s">
         <v>1711</v>
       </c>
       <c r="D336" t="s">
         <v>3</v>
       </c>
       <c r="E336" t="s">
         <v>1712</v>
       </c>
       <c r="F336" t="s">
         <v>1713</v>
       </c>
       <c r="G336">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H336" t="s">
-        <v>1276</v>
+        <v>42</v>
       </c>
       <c r="L336">
-        <v>91911</v>
+        <v>92027</v>
+      </c>
+      <c r="M336" t="s">
+        <v>43</v>
       </c>
       <c r="N336" t="s">
         <v>1714</v>
       </c>
     </row>
     <row r="337" spans="1:14" ht="15">
       <c r="A337">
-        <v>1022</v>
+        <v>21</v>
       </c>
       <c r="B337" t="s">
         <v>1715</v>
       </c>
       <c r="C337" t="s">
         <v>1716</v>
       </c>
       <c r="D337" t="s">
         <v>3</v>
       </c>
       <c r="E337" t="s">
         <v>1717</v>
       </c>
       <c r="F337" t="s">
         <v>1718</v>
       </c>
       <c r="G337">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="H337" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="L337">
-        <v>92027</v>
+        <v>90063</v>
       </c>
       <c r="M337" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="N337" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="338" spans="1:14" ht="15">
       <c r="A338">
-        <v>21</v>
+        <v>534</v>
       </c>
       <c r="B338" t="s">
         <v>1720</v>
       </c>
       <c r="C338" t="s">
+        <v>211</v>
+      </c>
+      <c r="D338" t="s">
+        <v>3</v>
+      </c>
+      <c r="E338" t="s">
         <v>1721</v>
       </c>
-      <c r="D338" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F338" t="s">
-        <v>1723</v>
+        <v>213</v>
       </c>
       <c r="G338">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="H338" t="s">
-        <v>62</v>
+        <v>85</v>
       </c>
       <c r="L338">
-        <v>90063</v>
+        <v>93455</v>
       </c>
       <c r="M338" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="N338" t="s">
-        <v>1724</v>
+        <v>214</v>
       </c>
     </row>
     <row r="339" spans="1:14" ht="15">
       <c r="A339">
-        <v>534</v>
+        <v>1173</v>
       </c>
       <c r="B339" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D339" t="s">
+        <v>3</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F339" t="s">
         <v>1725</v>
       </c>
-      <c r="C339" t="s">
-[...5 lines deleted...]
-      <c r="E339" t="s">
+      <c r="G339">
+        <v>40</v>
+      </c>
+      <c r="H339" t="s">
+        <v>22</v>
+      </c>
+      <c r="L339">
+        <v>93060</v>
+      </c>
+      <c r="M339" t="s">
+        <v>49</v>
+      </c>
+      <c r="N339" t="s">
         <v>1726</v>
-      </c>
-[...16 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="340" spans="1:14" ht="15">
       <c r="A340">
-        <v>1173</v>
+        <v>1735</v>
       </c>
       <c r="B340" t="s">
         <v>1727</v>
       </c>
       <c r="C340" t="s">
         <v>1728</v>
       </c>
       <c r="D340" t="s">
         <v>3</v>
       </c>
       <c r="E340" t="s">
         <v>1729</v>
       </c>
       <c r="F340" t="s">
         <v>1730</v>
       </c>
       <c r="G340">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H340" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="L340">
-        <v>93060</v>
+        <v>90255</v>
       </c>
       <c r="M340" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="N340" t="s">
         <v>1731</v>
       </c>
     </row>
     <row r="341" spans="1:14" ht="15">
       <c r="A341">
-        <v>1735</v>
+        <v>1892</v>
       </c>
       <c r="B341" t="s">
         <v>1732</v>
       </c>
       <c r="C341" t="s">
         <v>1733</v>
       </c>
       <c r="D341" t="s">
         <v>3</v>
       </c>
       <c r="E341" t="s">
         <v>1734</v>
       </c>
       <c r="F341" t="s">
         <v>1735</v>
       </c>
       <c r="G341">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="H341" t="s">
-        <v>28</v>
+        <v>139</v>
       </c>
       <c r="L341">
-        <v>90255</v>
+        <v>92316</v>
       </c>
       <c r="M341" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="N341" t="s">
         <v>1736</v>
       </c>
     </row>
     <row r="342" spans="1:14" ht="15">
       <c r="A342">
-        <v>1892</v>
+        <v>181</v>
       </c>
       <c r="B342" t="s">
         <v>1737</v>
       </c>
       <c r="C342" t="s">
         <v>1738</v>
       </c>
       <c r="D342" t="s">
         <v>3</v>
       </c>
       <c r="E342" t="s">
         <v>1739</v>
       </c>
       <c r="F342" t="s">
         <v>1740</v>
       </c>
       <c r="G342">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="H342" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="L342">
-        <v>92316</v>
+        <v>93637</v>
       </c>
       <c r="M342" t="s">
-        <v>111</v>
+        <v>79</v>
       </c>
       <c r="N342" t="s">
         <v>1741</v>
       </c>
     </row>
     <row r="343" spans="1:14" ht="15">
       <c r="A343">
-        <v>181</v>
+        <v>1935</v>
       </c>
       <c r="B343" t="s">
         <v>1742</v>
       </c>
       <c r="C343" t="s">
         <v>1743</v>
       </c>
       <c r="D343" t="s">
         <v>3</v>
       </c>
       <c r="E343" t="s">
         <v>1744</v>
       </c>
       <c r="F343" t="s">
         <v>1745</v>
       </c>
       <c r="G343">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="H343" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="L343">
-        <v>93637</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>93023</v>
       </c>
       <c r="N343" t="s">
         <v>1746</v>
       </c>
     </row>
     <row r="344" spans="1:14" ht="15">
       <c r="A344">
-        <v>1935</v>
+        <v>1758</v>
       </c>
       <c r="B344" t="s">
         <v>1747</v>
       </c>
       <c r="C344" t="s">
         <v>1748</v>
       </c>
       <c r="D344" t="s">
         <v>3</v>
       </c>
       <c r="E344" t="s">
         <v>1749</v>
       </c>
       <c r="F344" t="s">
         <v>1750</v>
       </c>
       <c r="G344">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="H344" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="L344">
-        <v>93023</v>
+        <v>93280</v>
+      </c>
+      <c r="M344" t="s">
+        <v>319</v>
       </c>
       <c r="N344" t="s">
         <v>1751</v>
       </c>
     </row>
     <row r="345" spans="1:14" ht="15">
       <c r="A345">
-        <v>1758</v>
+        <v>1672</v>
       </c>
       <c r="B345" t="s">
         <v>1752</v>
       </c>
       <c r="C345" t="s">
         <v>1753</v>
       </c>
       <c r="D345" t="s">
         <v>3</v>
       </c>
       <c r="E345" t="s">
         <v>1754</v>
       </c>
       <c r="F345" t="s">
         <v>1755</v>
       </c>
       <c r="G345">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="H345" t="s">
-        <v>323</v>
+        <v>110</v>
       </c>
       <c r="L345">
-        <v>93280</v>
+        <v>92395</v>
       </c>
       <c r="M345" t="s">
-        <v>324</v>
+        <v>111</v>
       </c>
       <c r="N345" t="s">
         <v>1756</v>
       </c>
     </row>
     <row r="346" spans="1:14" ht="15">
       <c r="A346">
-        <v>1672</v>
+        <v>513</v>
       </c>
       <c r="B346" t="s">
         <v>1757</v>
       </c>
       <c r="C346" t="s">
         <v>1758</v>
       </c>
       <c r="D346" t="s">
         <v>3</v>
       </c>
       <c r="E346" t="s">
         <v>1759</v>
       </c>
       <c r="F346" t="s">
         <v>1760</v>
       </c>
       <c r="G346">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="H346" t="s">
-        <v>110</v>
+        <v>274</v>
       </c>
       <c r="L346">
-        <v>92395</v>
+        <v>95231</v>
       </c>
       <c r="M346" t="s">
-        <v>111</v>
+        <v>355</v>
       </c>
       <c r="N346" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="347" spans="1:14" ht="15">
       <c r="A347">
-        <v>513</v>
+        <v>19</v>
       </c>
       <c r="B347" t="s">
         <v>1762</v>
       </c>
       <c r="C347" t="s">
         <v>1763</v>
       </c>
       <c r="D347" t="s">
         <v>3</v>
       </c>
       <c r="E347" t="s">
         <v>1764</v>
       </c>
       <c r="F347" t="s">
         <v>1765</v>
       </c>
       <c r="G347">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H347" t="s">
-        <v>279</v>
+        <v>42</v>
       </c>
       <c r="L347">
-        <v>95231</v>
+        <v>92069</v>
       </c>
       <c r="M347" t="s">
-        <v>360</v>
+        <v>43</v>
       </c>
       <c r="N347" t="s">
         <v>1766</v>
       </c>
     </row>
     <row r="348" spans="1:14" ht="15">
       <c r="A348">
-        <v>19</v>
+        <v>409</v>
       </c>
       <c r="B348" t="s">
         <v>1767</v>
       </c>
       <c r="C348" t="s">
         <v>1768</v>
       </c>
       <c r="D348" t="s">
         <v>3</v>
       </c>
       <c r="E348" t="s">
         <v>1769</v>
       </c>
       <c r="F348" t="s">
         <v>1770</v>
       </c>
       <c r="G348">
+        <v>40</v>
+      </c>
+      <c r="H348" t="s">
         <v>22</v>
       </c>
-      <c r="H348" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L348">
-        <v>92069</v>
+        <v>93065</v>
       </c>
       <c r="M348" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="N348" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="349" spans="1:14" ht="15">
       <c r="A349">
-        <v>409</v>
+        <v>432</v>
       </c>
       <c r="B349" t="s">
         <v>1772</v>
       </c>
-      <c r="C349" t="s">
+      <c r="E349" t="s">
         <v>1773</v>
       </c>
-      <c r="D349" t="s">
-[...2 lines deleted...]
-      <c r="E349" t="s">
+      <c r="F349" t="s">
         <v>1774</v>
       </c>
-      <c r="F349" t="s">
+      <c r="G349">
+        <v>24</v>
+      </c>
+      <c r="H349" t="s">
+        <v>166</v>
+      </c>
+      <c r="L349">
+        <v>94621</v>
+      </c>
+      <c r="M349" t="s">
+        <v>167</v>
+      </c>
+      <c r="N349" t="s">
         <v>1775</v>
-      </c>
-[...13 lines deleted...]
-        <v>1776</v>
       </c>
     </row>
     <row r="350" spans="1:14" ht="15">
       <c r="A350">
-        <v>432</v>
+        <v>1924</v>
       </c>
       <c r="B350" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C350" t="s">
         <v>1777</v>
+      </c>
+      <c r="D350" t="s">
+        <v>3</v>
       </c>
       <c r="E350" t="s">
         <v>1778</v>
       </c>
       <c r="F350" t="s">
         <v>1779</v>
       </c>
       <c r="G350">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="H350" t="s">
-        <v>166</v>
+        <v>85</v>
       </c>
       <c r="L350">
-        <v>94621</v>
+        <v>93455</v>
       </c>
       <c r="M350" t="s">
-        <v>167</v>
+        <v>86</v>
       </c>
       <c r="N350" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="351" spans="1:14" ht="15">
       <c r="A351">
-        <v>1924</v>
+        <v>1350</v>
       </c>
       <c r="B351" t="s">
         <v>1781</v>
       </c>
       <c r="C351" t="s">
         <v>1782</v>
       </c>
       <c r="D351" t="s">
         <v>3</v>
       </c>
       <c r="E351" t="s">
         <v>1783</v>
       </c>
       <c r="F351" t="s">
         <v>1784</v>
       </c>
       <c r="G351">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="H351" t="s">
-        <v>85</v>
+        <v>139</v>
       </c>
       <c r="L351">
-        <v>93455</v>
+        <v>92509</v>
       </c>
       <c r="M351" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="N351" t="s">
         <v>1785</v>
       </c>
     </row>
     <row r="352" spans="1:14" ht="15">
       <c r="A352">
-        <v>1350</v>
+        <v>1825</v>
       </c>
       <c r="B352" t="s">
         <v>1786</v>
       </c>
       <c r="C352" t="s">
         <v>1787</v>
       </c>
       <c r="D352" t="s">
         <v>3</v>
       </c>
       <c r="E352" t="s">
         <v>1788</v>
       </c>
       <c r="F352" t="s">
         <v>1789</v>
       </c>
       <c r="G352">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H352" t="s">
-        <v>139</v>
+        <v>62</v>
       </c>
       <c r="L352">
-        <v>92509</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>91355</v>
       </c>
       <c r="N352" t="s">
         <v>1790</v>
       </c>
     </row>
     <row r="353" spans="1:14" ht="15">
       <c r="A353">
-        <v>1825</v>
+        <v>1968</v>
       </c>
       <c r="B353" t="s">
         <v>1791</v>
       </c>
       <c r="C353" t="s">
         <v>1792</v>
       </c>
       <c r="D353" t="s">
         <v>3</v>
       </c>
       <c r="E353" t="s">
         <v>1793</v>
       </c>
       <c r="F353" t="s">
         <v>1794</v>
       </c>
       <c r="G353">
         <v>6</v>
       </c>
       <c r="H353" t="s">
         <v>62</v>
       </c>
       <c r="L353">
-        <v>91355</v>
+        <v>90058</v>
+      </c>
+      <c r="M353" t="s">
+        <v>29</v>
       </c>
       <c r="N353" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="354" spans="1:14" ht="15">
       <c r="A354">
-        <v>1968</v>
+        <v>37</v>
       </c>
       <c r="B354" t="s">
         <v>1796</v>
       </c>
       <c r="C354" t="s">
         <v>1797</v>
       </c>
       <c r="D354" t="s">
         <v>3</v>
       </c>
       <c r="E354" t="s">
         <v>1798</v>
       </c>
       <c r="F354" t="s">
         <v>1799</v>
       </c>
       <c r="G354">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="H354" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="L354">
-        <v>90058</v>
+        <v>93003</v>
       </c>
       <c r="M354" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="N354" t="s">
         <v>1800</v>
       </c>
     </row>
     <row r="355" spans="1:14" ht="15">
       <c r="A355">
-        <v>37</v>
+        <v>1838</v>
       </c>
       <c r="B355" t="s">
         <v>1801</v>
       </c>
       <c r="C355" t="s">
         <v>1802</v>
       </c>
       <c r="D355" t="s">
         <v>3</v>
       </c>
       <c r="E355" t="s">
         <v>1803</v>
       </c>
       <c r="F355" t="s">
         <v>1804</v>
       </c>
       <c r="G355">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="H355" t="s">
-        <v>22</v>
+        <v>1271</v>
       </c>
       <c r="L355">
-        <v>93003</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>91945</v>
       </c>
       <c r="N355" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="356" spans="1:14" ht="15">
       <c r="A356">
-        <v>1838</v>
+        <v>154</v>
       </c>
       <c r="B356" t="s">
         <v>1806</v>
       </c>
       <c r="C356" t="s">
         <v>1807</v>
       </c>
       <c r="D356" t="s">
         <v>3</v>
       </c>
       <c r="E356" t="s">
         <v>1808</v>
       </c>
       <c r="F356" t="s">
         <v>1809</v>
       </c>
       <c r="G356">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="H356" t="s">
-        <v>1276</v>
+        <v>150</v>
       </c>
       <c r="L356">
-        <v>91945</v>
+        <v>93221</v>
+      </c>
+      <c r="M356" t="s">
+        <v>934</v>
       </c>
       <c r="N356" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="357" spans="1:14" ht="15">
       <c r="A357">
-        <v>154</v>
+        <v>1592</v>
       </c>
       <c r="B357" t="s">
         <v>1811</v>
       </c>
       <c r="C357" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D357" t="s">
+        <v>3</v>
+      </c>
+      <c r="E357" t="s">
         <v>1812</v>
       </c>
-      <c r="D357" t="s">
-[...2 lines deleted...]
-      <c r="E357" t="s">
+      <c r="F357" t="s">
         <v>1813</v>
       </c>
-      <c r="F357" t="s">
+      <c r="G357">
+        <v>16</v>
+      </c>
+      <c r="H357" t="s">
+        <v>28</v>
+      </c>
+      <c r="L357">
+        <v>91746</v>
+      </c>
+      <c r="M357" t="s">
+        <v>29</v>
+      </c>
+      <c r="N357" t="s">
         <v>1814</v>
-      </c>
-[...13 lines deleted...]
-        <v>1815</v>
       </c>
     </row>
     <row r="358" spans="1:14" ht="15">
       <c r="A358">
-        <v>1592</v>
+        <v>1964</v>
       </c>
       <c r="B358" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C358" t="s">
         <v>1816</v>
-      </c>
-[...1 lines deleted...]
-        <v>1812</v>
       </c>
       <c r="D358" t="s">
         <v>3</v>
       </c>
       <c r="E358" t="s">
         <v>1817</v>
       </c>
       <c r="F358" t="s">
         <v>1818</v>
       </c>
       <c r="G358">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="H358" t="s">
-        <v>28</v>
+        <v>252</v>
       </c>
       <c r="L358">
-        <v>91746</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>95476</v>
       </c>
       <c r="N358" t="s">
         <v>1819</v>
       </c>
     </row>
     <row r="359" spans="1:14" ht="15">
       <c r="A359">
-        <v>1964</v>
+        <v>1662</v>
       </c>
       <c r="B359" t="s">
         <v>1820</v>
       </c>
       <c r="C359" t="s">
         <v>1821</v>
       </c>
       <c r="D359" t="s">
         <v>3</v>
       </c>
       <c r="E359" t="s">
         <v>1822</v>
       </c>
       <c r="F359" t="s">
         <v>1823</v>
       </c>
       <c r="G359">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="H359" t="s">
-        <v>252</v>
+        <v>1271</v>
       </c>
       <c r="L359">
-        <v>95476</v>
+        <v>92101</v>
       </c>
       <c r="N359" t="s">
         <v>1824</v>
       </c>
     </row>
     <row r="360" spans="1:14" ht="15">
       <c r="A360">
-        <v>1662</v>
+        <v>861</v>
       </c>
       <c r="B360" t="s">
         <v>1825</v>
       </c>
       <c r="C360" t="s">
         <v>1826</v>
       </c>
       <c r="D360" t="s">
         <v>3</v>
       </c>
       <c r="E360" t="s">
         <v>1827</v>
       </c>
       <c r="F360" t="s">
         <v>1828</v>
       </c>
       <c r="G360">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="H360" t="s">
-        <v>1276</v>
+        <v>22</v>
       </c>
       <c r="L360">
-        <v>92101</v>
+        <v>93004</v>
+      </c>
+      <c r="M360" t="s">
+        <v>49</v>
       </c>
       <c r="N360" t="s">
         <v>1829</v>
       </c>
     </row>
     <row r="361" spans="1:14" ht="15">
       <c r="A361">
-        <v>861</v>
+        <v>641</v>
       </c>
       <c r="B361" t="s">
         <v>1830</v>
       </c>
       <c r="C361" t="s">
         <v>1831</v>
       </c>
       <c r="D361" t="s">
         <v>3</v>
       </c>
       <c r="E361" t="s">
         <v>1832</v>
       </c>
       <c r="F361" t="s">
         <v>1833</v>
       </c>
       <c r="G361">
         <v>40</v>
       </c>
       <c r="H361" t="s">
         <v>22</v>
       </c>
       <c r="L361">
-        <v>93004</v>
+        <v>93060</v>
       </c>
       <c r="M361" t="s">
         <v>49</v>
       </c>
       <c r="N361" t="s">
         <v>1834</v>
       </c>
     </row>
     <row r="362" spans="1:14" ht="15">
       <c r="A362">
-        <v>641</v>
+        <v>305</v>
       </c>
       <c r="B362" t="s">
         <v>1835</v>
       </c>
       <c r="C362" t="s">
         <v>1836</v>
       </c>
       <c r="D362" t="s">
         <v>3</v>
       </c>
       <c r="E362" t="s">
         <v>1837</v>
       </c>
       <c r="F362" t="s">
         <v>1838</v>
       </c>
       <c r="G362">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="H362" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L362">
-        <v>93060</v>
+        <v>94801</v>
       </c>
       <c r="M362" t="s">
-        <v>49</v>
+        <v>122</v>
       </c>
       <c r="N362" t="s">
         <v>1839</v>
       </c>
     </row>
     <row r="363" spans="1:14" ht="15">
       <c r="A363">
-        <v>305</v>
+        <v>1455</v>
       </c>
       <c r="B363" t="s">
         <v>1840</v>
       </c>
       <c r="C363" t="s">
         <v>1841</v>
       </c>
       <c r="D363" t="s">
         <v>3</v>
       </c>
       <c r="E363" t="s">
         <v>1842</v>
       </c>
       <c r="F363" t="s">
         <v>1843</v>
       </c>
       <c r="G363">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="H363" t="s">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="L363">
-        <v>94801</v>
+        <v>91730</v>
       </c>
       <c r="M363" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="N363" t="s">
         <v>1844</v>
       </c>
     </row>
     <row r="364" spans="1:14" ht="15">
       <c r="A364">
-        <v>1455</v>
+        <v>1707</v>
       </c>
       <c r="B364" t="s">
         <v>1845</v>
       </c>
       <c r="C364" t="s">
         <v>1846</v>
       </c>
       <c r="D364" t="s">
         <v>3</v>
       </c>
       <c r="E364" t="s">
         <v>1847</v>
       </c>
       <c r="F364" t="s">
         <v>1848</v>
       </c>
       <c r="G364">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="H364" t="s">
-        <v>139</v>
+        <v>202</v>
       </c>
       <c r="L364">
-        <v>91730</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>94533</v>
       </c>
       <c r="N364" t="s">
         <v>1849</v>
       </c>
     </row>
     <row r="365" spans="1:14" ht="15">
       <c r="A365">
-        <v>1707</v>
+        <v>1933</v>
       </c>
       <c r="B365" t="s">
         <v>1850</v>
       </c>
       <c r="C365" t="s">
         <v>1851</v>
       </c>
       <c r="D365" t="s">
         <v>3</v>
       </c>
       <c r="E365" t="s">
         <v>1852</v>
       </c>
       <c r="F365" t="s">
         <v>1853</v>
       </c>
       <c r="G365">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="H365" t="s">
-        <v>202</v>
+        <v>62</v>
       </c>
       <c r="L365">
-        <v>94533</v>
+        <v>90021</v>
+      </c>
+      <c r="M365" t="s">
+        <v>29</v>
       </c>
       <c r="N365" t="s">
         <v>1854</v>
       </c>
     </row>
     <row r="366" spans="1:14" ht="15">
       <c r="A366">
-        <v>1933</v>
+        <v>2038</v>
       </c>
       <c r="B366" t="s">
         <v>1855</v>
       </c>
       <c r="C366" t="s">
         <v>1856</v>
       </c>
       <c r="D366" t="s">
         <v>3</v>
       </c>
       <c r="E366" t="s">
         <v>1857</v>
       </c>
       <c r="F366" t="s">
         <v>1858</v>
       </c>
       <c r="G366">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H366" t="s">
-        <v>62</v>
+        <v>122</v>
       </c>
       <c r="L366">
-        <v>90021</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>94804</v>
       </c>
       <c r="N366" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="367" spans="1:14" ht="15">
       <c r="A367">
-        <v>2038</v>
+        <v>663</v>
       </c>
       <c r="B367" t="s">
         <v>1860</v>
       </c>
       <c r="C367" t="s">
         <v>1861</v>
       </c>
       <c r="D367" t="s">
         <v>3</v>
       </c>
       <c r="E367" t="s">
         <v>1862</v>
       </c>
       <c r="F367" t="s">
         <v>1863</v>
       </c>
       <c r="G367">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="H367" t="s">
-        <v>122</v>
+        <v>99</v>
       </c>
       <c r="L367">
-        <v>94804</v>
+        <v>90813</v>
+      </c>
+      <c r="M367" t="s">
+        <v>29</v>
       </c>
       <c r="N367" t="s">
         <v>1864</v>
       </c>
     </row>
     <row r="368" spans="1:14" ht="15">
       <c r="A368">
-        <v>663</v>
+        <v>1457</v>
       </c>
       <c r="B368" t="s">
         <v>1865</v>
       </c>
       <c r="C368" t="s">
         <v>1866</v>
       </c>
       <c r="D368" t="s">
         <v>3</v>
       </c>
       <c r="E368" t="s">
         <v>1867</v>
       </c>
       <c r="F368" t="s">
         <v>1868</v>
       </c>
       <c r="G368">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="H368" t="s">
-        <v>99</v>
+        <v>252</v>
       </c>
       <c r="L368">
-        <v>90813</v>
+        <v>94558</v>
       </c>
       <c r="M368" t="s">
-        <v>29</v>
+        <v>1311</v>
       </c>
       <c r="N368" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="369" spans="1:14" ht="15">
       <c r="A369">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B369" t="s">
         <v>1870</v>
       </c>
       <c r="C369" t="s">
         <v>1871</v>
       </c>
       <c r="D369" t="s">
         <v>3</v>
       </c>
       <c r="E369" t="s">
         <v>1872</v>
       </c>
       <c r="F369" t="s">
         <v>1873</v>
       </c>
       <c r="G369">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="H369" t="s">
-        <v>252</v>
+        <v>318</v>
       </c>
       <c r="L369">
-        <v>94558</v>
+        <v>93268</v>
       </c>
       <c r="M369" t="s">
-        <v>1316</v>
+        <v>319</v>
       </c>
       <c r="N369" t="s">
         <v>1874</v>
       </c>
     </row>
     <row r="370" spans="1:14" ht="15">
       <c r="A370">
-        <v>1458</v>
+        <v>1260</v>
       </c>
       <c r="B370" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C370" t="s">
         <v>1875</v>
       </c>
-      <c r="C370" t="s">
+      <c r="D370" t="s">
+        <v>3</v>
+      </c>
+      <c r="E370" t="s">
         <v>1876</v>
       </c>
-      <c r="D370" t="s">
-[...2 lines deleted...]
-      <c r="E370" t="s">
+      <c r="F370" t="s">
         <v>1877</v>
       </c>
-      <c r="F370" t="s">
+      <c r="G370">
+        <v>19</v>
+      </c>
+      <c r="H370" t="s">
+        <v>110</v>
+      </c>
+      <c r="L370">
+        <v>92342</v>
+      </c>
+      <c r="M370" t="s">
+        <v>111</v>
+      </c>
+      <c r="N370" t="s">
         <v>1878</v>
-      </c>
-[...13 lines deleted...]
-        <v>1879</v>
       </c>
     </row>
     <row r="371" spans="1:14" ht="15">
       <c r="A371">
-        <v>1260</v>
+        <v>74</v>
       </c>
       <c r="B371" t="s">
-        <v>1875</v>
+        <v>1879</v>
       </c>
       <c r="C371" t="s">
         <v>1880</v>
       </c>
       <c r="D371" t="s">
         <v>3</v>
       </c>
       <c r="E371" t="s">
         <v>1881</v>
       </c>
       <c r="F371" t="s">
         <v>1882</v>
       </c>
       <c r="G371">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="H371" t="s">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="L371">
-        <v>92342</v>
+        <v>93274</v>
       </c>
       <c r="M371" t="s">
-        <v>111</v>
+        <v>934</v>
       </c>
       <c r="N371" t="s">
         <v>1883</v>
       </c>
     </row>
     <row r="372" spans="1:14" ht="15">
       <c r="A372">
-        <v>74</v>
+        <v>2288</v>
       </c>
       <c r="B372" t="s">
         <v>1884</v>
       </c>
       <c r="C372" t="s">
         <v>1885</v>
       </c>
       <c r="D372" t="s">
         <v>3</v>
       </c>
       <c r="E372" t="s">
         <v>1886</v>
       </c>
       <c r="F372" t="s">
         <v>1887</v>
       </c>
       <c r="G372">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="H372" t="s">
-        <v>150</v>
+        <v>55</v>
       </c>
       <c r="L372">
-        <v>93274</v>
+        <v>92880</v>
       </c>
       <c r="M372" t="s">
-        <v>939</v>
+        <v>56</v>
       </c>
       <c r="N372" t="s">
         <v>1888</v>
       </c>
     </row>
     <row r="373" spans="1:14" ht="15">
       <c r="A373">
-        <v>2288</v>
+        <v>45</v>
       </c>
       <c r="B373" t="s">
         <v>1889</v>
       </c>
       <c r="C373" t="s">
         <v>1890</v>
       </c>
       <c r="D373" t="s">
         <v>3</v>
       </c>
       <c r="E373" t="s">
         <v>1891</v>
       </c>
       <c r="F373" t="s">
         <v>1892</v>
       </c>
       <c r="G373">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="H373" t="s">
-        <v>55</v>
+        <v>99</v>
       </c>
       <c r="L373">
-        <v>92880</v>
+        <v>90805</v>
       </c>
       <c r="M373" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="N373" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="374" spans="1:14" ht="15">
       <c r="A374">
-        <v>45</v>
+        <v>412</v>
       </c>
       <c r="B374" t="s">
         <v>1894</v>
       </c>
       <c r="C374" t="s">
         <v>1895</v>
       </c>
       <c r="D374" t="s">
         <v>3</v>
       </c>
       <c r="E374" t="s">
         <v>1896</v>
       </c>
       <c r="F374" t="s">
         <v>1897</v>
       </c>
       <c r="G374">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="H374" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="L374">
-        <v>90805</v>
+        <v>93063</v>
       </c>
       <c r="M374" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="N374" t="s">
         <v>1898</v>
       </c>
     </row>
     <row r="375" spans="1:14" ht="15">
       <c r="A375">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="B375" t="s">
         <v>1899</v>
       </c>
       <c r="C375" t="s">
         <v>1900</v>
       </c>
       <c r="D375" t="s">
         <v>3</v>
       </c>
       <c r="E375" t="s">
         <v>1901</v>
       </c>
       <c r="F375" t="s">
         <v>1902</v>
       </c>
       <c r="G375">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="H375" t="s">
-        <v>22</v>
+        <v>166</v>
       </c>
       <c r="L375">
-        <v>93063</v>
+        <v>94601</v>
       </c>
       <c r="M375" t="s">
-        <v>49</v>
+        <v>167</v>
       </c>
       <c r="N375" t="s">
         <v>1903</v>
       </c>
     </row>
     <row r="376" spans="1:14" ht="15">
       <c r="A376">
-        <v>427</v>
+        <v>2226</v>
       </c>
       <c r="B376" t="s">
         <v>1904</v>
       </c>
       <c r="C376" t="s">
         <v>1905</v>
       </c>
       <c r="D376" t="s">
         <v>3</v>
       </c>
       <c r="E376" t="s">
         <v>1906</v>
       </c>
       <c r="F376" t="s">
         <v>1907</v>
       </c>
       <c r="G376">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H376" t="s">
-        <v>166</v>
+        <v>1271</v>
       </c>
       <c r="L376">
-        <v>94601</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>92154</v>
       </c>
       <c r="N376" t="s">
         <v>1908</v>
       </c>
     </row>
     <row r="377" spans="1:14" ht="15">
       <c r="A377">
-        <v>2226</v>
+        <v>331</v>
       </c>
       <c r="B377" t="s">
         <v>1909</v>
       </c>
       <c r="C377" t="s">
         <v>1910</v>
       </c>
       <c r="D377" t="s">
         <v>3</v>
       </c>
       <c r="E377" t="s">
         <v>1911</v>
       </c>
       <c r="F377" t="s">
         <v>1912</v>
       </c>
       <c r="G377">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H377" t="s">
-        <v>1276</v>
+        <v>85</v>
       </c>
       <c r="L377">
-        <v>92154</v>
+        <v>93455</v>
+      </c>
+      <c r="M377" t="s">
+        <v>86</v>
       </c>
       <c r="N377" t="s">
         <v>1913</v>
       </c>
     </row>
     <row r="378" spans="1:14" ht="15">
       <c r="A378">
-        <v>331</v>
+        <v>1174</v>
       </c>
       <c r="B378" t="s">
         <v>1914</v>
       </c>
       <c r="C378" t="s">
         <v>1915</v>
       </c>
       <c r="D378" t="s">
         <v>3</v>
       </c>
       <c r="E378" t="s">
         <v>1916</v>
       </c>
       <c r="F378" t="s">
         <v>1917</v>
       </c>
       <c r="G378">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="H378" t="s">
-        <v>85</v>
+        <v>122</v>
       </c>
       <c r="L378">
-        <v>93455</v>
+        <v>94801</v>
       </c>
       <c r="M378" t="s">
-        <v>86</v>
+        <v>122</v>
       </c>
       <c r="N378" t="s">
         <v>1918</v>
       </c>
     </row>
     <row r="379" spans="1:14" ht="15">
       <c r="A379">
-        <v>1174</v>
+        <v>2198</v>
       </c>
       <c r="B379" t="s">
         <v>1919</v>
       </c>
       <c r="C379" t="s">
         <v>1920</v>
       </c>
       <c r="D379" t="s">
         <v>3</v>
       </c>
       <c r="E379" t="s">
         <v>1921</v>
       </c>
       <c r="F379" t="s">
         <v>1922</v>
       </c>
       <c r="G379">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="H379" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="L379">
-        <v>94801</v>
+        <v>94618</v>
       </c>
       <c r="M379" t="s">
-        <v>122</v>
+        <v>167</v>
       </c>
       <c r="N379" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="380" spans="1:14" ht="15">
       <c r="A380">
-        <v>2198</v>
+        <v>436</v>
       </c>
       <c r="B380" t="s">
         <v>1924</v>
       </c>
       <c r="C380" t="s">
         <v>1925</v>
       </c>
       <c r="D380" t="s">
         <v>3</v>
       </c>
       <c r="E380" t="s">
         <v>1926</v>
       </c>
       <c r="F380" t="s">
         <v>1927</v>
       </c>
       <c r="G380">
         <v>24</v>
       </c>
       <c r="H380" t="s">
         <v>166</v>
       </c>
       <c r="L380">
-        <v>94618</v>
+        <v>94603</v>
       </c>
       <c r="M380" t="s">
         <v>167</v>
       </c>
       <c r="N380" t="s">
         <v>1928</v>
       </c>
     </row>
     <row r="381" spans="1:14" ht="15">
       <c r="A381">
-        <v>436</v>
+        <v>92</v>
       </c>
       <c r="B381" t="s">
         <v>1929</v>
       </c>
       <c r="C381" t="s">
         <v>1930</v>
       </c>
       <c r="D381" t="s">
         <v>3</v>
       </c>
       <c r="E381" t="s">
         <v>1931</v>
       </c>
       <c r="F381" t="s">
         <v>1932</v>
       </c>
       <c r="G381">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H381" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
       <c r="L381">
-        <v>94603</v>
+        <v>91502</v>
       </c>
       <c r="M381" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="N381" t="s">
         <v>1933</v>
       </c>
     </row>
     <row r="382" spans="1:14" ht="15">
       <c r="A382">
-        <v>92</v>
+        <v>1585</v>
       </c>
       <c r="B382" t="s">
         <v>1934</v>
       </c>
       <c r="C382" t="s">
         <v>1935</v>
       </c>
       <c r="D382" t="s">
         <v>3</v>
       </c>
       <c r="E382" t="s">
         <v>1936</v>
       </c>
       <c r="F382" t="s">
         <v>1937</v>
       </c>
       <c r="G382">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="H382" t="s">
-        <v>28</v>
+        <v>274</v>
       </c>
       <c r="L382">
-        <v>91502</v>
+        <v>95377</v>
       </c>
       <c r="M382" t="s">
-        <v>29</v>
+        <v>355</v>
       </c>
       <c r="N382" t="s">
         <v>1938</v>
       </c>
     </row>
     <row r="383" spans="1:14" ht="15">
       <c r="A383">
-        <v>1585</v>
+        <v>1888</v>
       </c>
       <c r="B383" t="s">
         <v>1939</v>
       </c>
       <c r="C383" t="s">
         <v>1940</v>
       </c>
       <c r="D383" t="s">
         <v>3</v>
       </c>
       <c r="E383" t="s">
         <v>1941</v>
       </c>
       <c r="F383" t="s">
         <v>1942</v>
       </c>
       <c r="G383">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="H383" t="s">
-        <v>279</v>
+        <v>139</v>
       </c>
       <c r="L383">
-        <v>95377</v>
+        <v>92673</v>
       </c>
       <c r="M383" t="s">
-        <v>360</v>
+        <v>174</v>
       </c>
       <c r="N383" t="s">
         <v>1943</v>
       </c>
     </row>
     <row r="384" spans="1:14" ht="15">
       <c r="A384">
-        <v>1888</v>
+        <v>1086</v>
       </c>
       <c r="B384" t="s">
         <v>1944</v>
       </c>
       <c r="C384" t="s">
         <v>1945</v>
       </c>
       <c r="D384" t="s">
         <v>3</v>
       </c>
       <c r="E384" t="s">
         <v>1946</v>
       </c>
       <c r="F384" t="s">
         <v>1947</v>
       </c>
       <c r="G384">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H384" t="s">
-        <v>139</v>
+        <v>724</v>
       </c>
       <c r="L384">
-        <v>92673</v>
+        <v>93711</v>
       </c>
       <c r="M384" t="s">
-        <v>174</v>
+        <v>1139</v>
       </c>
       <c r="N384" t="s">
         <v>1948</v>
       </c>
     </row>
     <row r="385" spans="1:14" ht="15">
       <c r="A385">
-        <v>1086</v>
+        <v>1121</v>
       </c>
       <c r="B385" t="s">
         <v>1949</v>
       </c>
       <c r="C385" t="s">
         <v>1950</v>
       </c>
       <c r="D385" t="s">
         <v>3</v>
       </c>
       <c r="E385" t="s">
         <v>1951</v>
       </c>
       <c r="F385" t="s">
         <v>1952</v>
       </c>
       <c r="G385">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="H385" t="s">
-        <v>729</v>
+        <v>22</v>
       </c>
       <c r="L385">
-        <v>93711</v>
+        <v>93003</v>
       </c>
       <c r="M385" t="s">
-        <v>1144</v>
+        <v>49</v>
       </c>
       <c r="N385" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="386" spans="1:14" ht="15">
       <c r="A386">
-        <v>1121</v>
+        <v>1112</v>
       </c>
       <c r="B386" t="s">
         <v>1954</v>
       </c>
       <c r="C386" t="s">
         <v>1955</v>
       </c>
       <c r="D386" t="s">
         <v>3</v>
       </c>
       <c r="E386" t="s">
         <v>1956</v>
       </c>
       <c r="F386" t="s">
         <v>1957</v>
       </c>
       <c r="G386">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H386" t="s">
-        <v>22</v>
+        <v>252</v>
       </c>
       <c r="L386">
-        <v>93003</v>
+        <v>95482</v>
       </c>
       <c r="M386" t="s">
-        <v>49</v>
+        <v>430</v>
       </c>
       <c r="N386" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="387" spans="1:14" ht="15">
       <c r="A387">
-        <v>1112</v>
+        <v>468</v>
       </c>
       <c r="B387" t="s">
         <v>1959</v>
       </c>
       <c r="C387" t="s">
         <v>1960</v>
       </c>
       <c r="D387" t="s">
         <v>3</v>
       </c>
       <c r="E387" t="s">
         <v>1961</v>
       </c>
       <c r="F387" t="s">
         <v>1962</v>
       </c>
       <c r="G387">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H387" t="s">
-        <v>252</v>
+        <v>180</v>
       </c>
       <c r="L387">
-        <v>95482</v>
+        <v>95742</v>
       </c>
       <c r="M387" t="s">
-        <v>435</v>
+        <v>268</v>
       </c>
       <c r="N387" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="388" spans="1:14" ht="15">
       <c r="A388">
-        <v>468</v>
+        <v>1876</v>
       </c>
       <c r="B388" t="s">
         <v>1964</v>
       </c>
       <c r="C388" t="s">
         <v>1965</v>
       </c>
       <c r="D388" t="s">
         <v>3</v>
       </c>
       <c r="E388" t="s">
         <v>1966</v>
       </c>
       <c r="F388" t="s">
         <v>1967</v>
       </c>
       <c r="G388">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H388" t="s">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="L388">
-        <v>95742</v>
+        <v>92324</v>
       </c>
       <c r="M388" t="s">
-        <v>273</v>
+        <v>111</v>
       </c>
       <c r="N388" t="s">
         <v>1968</v>
       </c>
     </row>
     <row r="389" spans="1:14" ht="15">
       <c r="A389">
-        <v>1876</v>
+        <v>1602</v>
       </c>
       <c r="B389" t="s">
         <v>1969</v>
       </c>
       <c r="C389" t="s">
         <v>1970</v>
       </c>
       <c r="D389" t="s">
         <v>3</v>
       </c>
       <c r="E389" t="s">
         <v>1971</v>
       </c>
       <c r="F389" t="s">
         <v>1972</v>
       </c>
       <c r="G389">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="H389" t="s">
-        <v>139</v>
+        <v>28</v>
       </c>
       <c r="L389">
-        <v>92324</v>
+        <v>90670</v>
       </c>
       <c r="M389" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
       <c r="N389" t="s">
         <v>1973</v>
       </c>
     </row>
     <row r="390" spans="1:14" ht="15">
       <c r="A390">
-        <v>1602</v>
+        <v>606</v>
       </c>
       <c r="B390" t="s">
         <v>1974</v>
       </c>
       <c r="C390" t="s">
         <v>1975</v>
       </c>
       <c r="D390" t="s">
         <v>3</v>
       </c>
       <c r="E390" t="s">
         <v>1976</v>
       </c>
       <c r="F390" t="s">
         <v>1977</v>
       </c>
       <c r="G390">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="H390" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="L390">
-        <v>90670</v>
+        <v>91311</v>
       </c>
       <c r="M390" t="s">
         <v>29</v>
       </c>
       <c r="N390" t="s">
         <v>1978</v>
       </c>
     </row>
     <row r="391" spans="1:14" ht="15">
       <c r="A391">
-        <v>606</v>
+        <v>1360</v>
       </c>
       <c r="B391" t="s">
         <v>1979</v>
       </c>
       <c r="C391" t="s">
         <v>1980</v>
       </c>
       <c r="D391" t="s">
         <v>3</v>
       </c>
       <c r="E391" t="s">
         <v>1981</v>
       </c>
       <c r="F391" t="s">
         <v>1982</v>
       </c>
       <c r="G391">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="L391">
-        <v>91311</v>
+        <v>92604</v>
       </c>
       <c r="M391" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="N391" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="392" spans="1:14" ht="15">
       <c r="A392">
-        <v>1360</v>
+        <v>1169</v>
       </c>
       <c r="B392" t="s">
         <v>1984</v>
       </c>
-      <c r="C392" t="s">
+      <c r="E392" t="s">
         <v>1985</v>
       </c>
-      <c r="D392" t="s">
-[...2 lines deleted...]
-      <c r="E392" t="s">
+      <c r="F392" t="s">
         <v>1986</v>
       </c>
-      <c r="F392" t="s">
+      <c r="G392">
+        <v>39</v>
+      </c>
+      <c r="H392" t="s">
+        <v>224</v>
+      </c>
+      <c r="L392">
+        <v>95361</v>
+      </c>
+      <c r="M392" t="s">
+        <v>376</v>
+      </c>
+      <c r="N392" t="s">
         <v>1987</v>
-      </c>
-[...10 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="393" spans="1:14" ht="15">
       <c r="A393">
-        <v>1169</v>
+        <v>2549</v>
       </c>
       <c r="B393" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C393" t="s">
         <v>1989</v>
+      </c>
+      <c r="D393" t="s">
+        <v>3</v>
       </c>
       <c r="E393" t="s">
         <v>1990</v>
       </c>
       <c r="F393" t="s">
         <v>1991</v>
       </c>
       <c r="G393">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H393" t="s">
-        <v>224</v>
+        <v>150</v>
       </c>
       <c r="L393">
-        <v>95361</v>
+        <v>93245</v>
       </c>
       <c r="M393" t="s">
-        <v>381</v>
+        <v>1133</v>
       </c>
       <c r="N393" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="394" spans="1:14" ht="15">
       <c r="A394">
-        <v>2549</v>
+        <v>1556</v>
       </c>
       <c r="B394" t="s">
         <v>1993</v>
       </c>
       <c r="C394" t="s">
         <v>1994</v>
       </c>
       <c r="D394" t="s">
         <v>3</v>
       </c>
       <c r="E394" t="s">
         <v>1995</v>
       </c>
       <c r="F394" t="s">
         <v>1996</v>
       </c>
       <c r="G394">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="L394">
-        <v>93245</v>
+        <v>94574</v>
       </c>
       <c r="M394" t="s">
-        <v>1138</v>
+        <v>1311</v>
       </c>
       <c r="N394" t="s">
         <v>1997</v>
       </c>
     </row>
     <row r="395" spans="1:14" ht="15">
       <c r="A395">
-        <v>1556</v>
+        <v>441</v>
       </c>
       <c r="B395" t="s">
         <v>1998</v>
       </c>
       <c r="C395" t="s">
         <v>1999</v>
       </c>
       <c r="D395" t="s">
         <v>3</v>
       </c>
       <c r="E395" t="s">
         <v>2000</v>
       </c>
       <c r="F395" t="s">
         <v>2001</v>
       </c>
       <c r="G395">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="H395" t="s">
+        <v>166</v>
       </c>
       <c r="L395">
-        <v>94574</v>
+        <v>94710</v>
       </c>
       <c r="M395" t="s">
-        <v>1316</v>
+        <v>167</v>
       </c>
       <c r="N395" t="s">
         <v>2002</v>
       </c>
     </row>
     <row r="396" spans="1:14" ht="15">
       <c r="A396">
-        <v>441</v>
+        <v>1614</v>
       </c>
       <c r="B396" t="s">
         <v>2003</v>
       </c>
       <c r="C396" t="s">
         <v>2004</v>
       </c>
       <c r="D396" t="s">
         <v>3</v>
       </c>
       <c r="E396" t="s">
         <v>2005</v>
       </c>
       <c r="F396" t="s">
         <v>2006</v>
       </c>
       <c r="G396">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="H396" t="s">
-        <v>166</v>
+        <v>318</v>
       </c>
       <c r="L396">
-        <v>94710</v>
+        <v>90802</v>
       </c>
       <c r="M396" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="N396" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="397" spans="1:14" ht="15">
       <c r="A397">
-        <v>1614</v>
+        <v>1</v>
       </c>
       <c r="B397" t="s">
         <v>2008</v>
       </c>
       <c r="C397" t="s">
         <v>2009</v>
       </c>
       <c r="D397" t="s">
         <v>3</v>
       </c>
       <c r="E397" t="s">
         <v>2010</v>
       </c>
       <c r="F397" t="s">
         <v>2011</v>
       </c>
       <c r="G397">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="H397" t="s">
-        <v>323</v>
+        <v>139</v>
       </c>
       <c r="L397">
-        <v>90802</v>
+        <v>92324</v>
       </c>
       <c r="M397" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="N397" t="s">
         <v>2012</v>
       </c>
     </row>
     <row r="398" spans="1:14" ht="15">
       <c r="A398">
-        <v>1</v>
+        <v>1956</v>
       </c>
       <c r="B398" t="s">
         <v>2013</v>
       </c>
-      <c r="C398" t="s">
+      <c r="E398" t="s">
         <v>2014</v>
       </c>
-      <c r="D398" t="s">
-[...2 lines deleted...]
-      <c r="E398" t="s">
+      <c r="F398" t="s">
         <v>2015</v>
       </c>
-      <c r="F398" t="s">
+      <c r="G398">
+        <v>14</v>
+      </c>
+      <c r="H398" t="s">
+        <v>318</v>
+      </c>
+      <c r="L398">
+        <v>93307</v>
+      </c>
+      <c r="N398" t="s">
         <v>2016</v>
-      </c>
-[...13 lines deleted...]
-        <v>2017</v>
       </c>
     </row>
     <row r="399" spans="1:14" ht="15">
       <c r="A399">
-        <v>1956</v>
+        <v>335</v>
       </c>
       <c r="B399" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C399" t="s">
         <v>2018</v>
+      </c>
+      <c r="D399" t="s">
+        <v>3</v>
       </c>
       <c r="E399" t="s">
         <v>2019</v>
       </c>
       <c r="F399" t="s">
         <v>2020</v>
       </c>
       <c r="G399">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="H399" t="s">
-        <v>323</v>
+        <v>85</v>
       </c>
       <c r="L399">
-        <v>93307</v>
+        <v>93436</v>
+      </c>
+      <c r="M399" t="s">
+        <v>86</v>
       </c>
       <c r="N399" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="400" spans="1:14" ht="15">
       <c r="A400">
-        <v>335</v>
+        <v>110</v>
       </c>
       <c r="B400" t="s">
         <v>2022</v>
       </c>
       <c r="C400" t="s">
         <v>2023</v>
       </c>
       <c r="D400" t="s">
         <v>3</v>
       </c>
       <c r="E400" t="s">
         <v>2024</v>
       </c>
       <c r="F400" t="s">
         <v>2025</v>
       </c>
       <c r="G400">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="H400" t="s">
-        <v>85</v>
+        <v>150</v>
       </c>
       <c r="L400">
-        <v>93436</v>
+        <v>93230</v>
       </c>
       <c r="M400" t="s">
-        <v>86</v>
+        <v>1133</v>
       </c>
       <c r="N400" t="s">
         <v>2026</v>
       </c>
     </row>
     <row r="401" spans="1:14" ht="15">
       <c r="A401">
-        <v>110</v>
+        <v>475</v>
       </c>
       <c r="B401" t="s">
         <v>2027</v>
       </c>
-      <c r="C401" t="s">
+      <c r="E401" t="s">
         <v>2028</v>
       </c>
-      <c r="D401" t="s">
-[...2 lines deleted...]
-      <c r="E401" t="s">
+      <c r="F401" t="s">
         <v>2029</v>
       </c>
-      <c r="F401" t="s">
+      <c r="G401">
+        <v>11</v>
+      </c>
+      <c r="H401" t="s">
+        <v>446</v>
+      </c>
+      <c r="L401">
+        <v>95963</v>
+      </c>
+      <c r="M401" t="s">
+        <v>447</v>
+      </c>
+      <c r="N401" t="s">
         <v>2030</v>
-      </c>
-[...13 lines deleted...]
-        <v>2031</v>
       </c>
     </row>
     <row r="402" spans="1:14" ht="15">
       <c r="A402">
-        <v>475</v>
+        <v>1809</v>
       </c>
       <c r="B402" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C402" t="s">
         <v>2032</v>
+      </c>
+      <c r="D402" t="s">
+        <v>3</v>
       </c>
       <c r="E402" t="s">
         <v>2033</v>
       </c>
       <c r="F402" t="s">
         <v>2034</v>
       </c>
       <c r="G402">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="H402" t="s">
-        <v>451</v>
+        <v>22</v>
       </c>
       <c r="L402">
-        <v>95963</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>93001</v>
       </c>
       <c r="N402" t="s">
         <v>2035</v>
       </c>
     </row>
     <row r="403" spans="1:14" ht="15">
       <c r="A403">
-        <v>1809</v>
+        <v>2102</v>
       </c>
       <c r="B403" t="s">
         <v>2036</v>
       </c>
       <c r="C403" t="s">
         <v>2037</v>
       </c>
       <c r="D403" t="s">
         <v>3</v>
       </c>
       <c r="E403" t="s">
         <v>2038</v>
       </c>
       <c r="F403" t="s">
         <v>2039</v>
       </c>
       <c r="G403">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H403" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="L403">
-        <v>93001</v>
+        <v>90280</v>
+      </c>
+      <c r="M403" t="s">
+        <v>29</v>
       </c>
       <c r="N403" t="s">
         <v>2040</v>
       </c>
     </row>
     <row r="404" spans="1:14" ht="15">
       <c r="A404">
-        <v>2102</v>
+        <v>1847</v>
       </c>
       <c r="B404" t="s">
         <v>2041</v>
       </c>
       <c r="C404" t="s">
         <v>2042</v>
       </c>
       <c r="D404" t="s">
         <v>3</v>
       </c>
       <c r="E404" t="s">
         <v>2043</v>
       </c>
       <c r="F404" t="s">
         <v>2044</v>
       </c>
       <c r="G404">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="L404">
-        <v>90280</v>
+        <v>94550</v>
       </c>
       <c r="M404" t="s">
-        <v>29</v>
+        <v>167</v>
       </c>
       <c r="N404" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="405" spans="1:14" ht="15">
       <c r="A405">
-        <v>1847</v>
+        <v>983</v>
       </c>
       <c r="B405" t="s">
         <v>2046</v>
       </c>
       <c r="C405" t="s">
         <v>2047</v>
       </c>
       <c r="D405" t="s">
         <v>3</v>
       </c>
       <c r="E405" t="s">
         <v>2048</v>
       </c>
       <c r="F405" t="s">
         <v>2049</v>
       </c>
       <c r="G405">
         <v>0</v>
       </c>
       <c r="L405">
-        <v>94550</v>
+        <v>95961</v>
       </c>
       <c r="M405" t="s">
-        <v>167</v>
+        <v>2050</v>
       </c>
       <c r="N405" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="406" spans="1:14" ht="15">
       <c r="A406">
-        <v>983</v>
+        <v>1464</v>
       </c>
       <c r="B406" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="C406" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="D406" t="s">
         <v>3</v>
       </c>
       <c r="E406" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="F406" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="G406">
-        <v>0</v>
+        <v>47</v>
+      </c>
+      <c r="H406" t="s">
+        <v>173</v>
       </c>
       <c r="L406">
-        <v>95961</v>
+        <v>92605</v>
       </c>
       <c r="M406" t="s">
-        <v>2055</v>
+        <v>174</v>
       </c>
       <c r="N406" t="s">
         <v>2056</v>
       </c>
     </row>
     <row r="407" spans="1:14" ht="15">
       <c r="A407">
-        <v>1464</v>
+        <v>250</v>
       </c>
       <c r="B407" t="s">
         <v>2057</v>
       </c>
       <c r="C407" t="s">
         <v>2058</v>
       </c>
       <c r="D407" t="s">
         <v>3</v>
       </c>
       <c r="E407" t="s">
         <v>2059</v>
       </c>
       <c r="F407" t="s">
         <v>2060</v>
       </c>
       <c r="G407">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="H407" t="s">
-        <v>173</v>
+        <v>99</v>
       </c>
       <c r="L407">
-        <v>92605</v>
+        <v>90804</v>
       </c>
       <c r="M407" t="s">
-        <v>174</v>
+        <v>29</v>
       </c>
       <c r="N407" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="408" spans="1:14" ht="15">
       <c r="A408">
-        <v>250</v>
+        <v>1629</v>
       </c>
       <c r="B408" t="s">
         <v>2062</v>
       </c>
       <c r="C408" t="s">
         <v>2063</v>
       </c>
       <c r="D408" t="s">
         <v>3</v>
       </c>
       <c r="E408" t="s">
         <v>2064</v>
       </c>
       <c r="F408" t="s">
         <v>2065</v>
       </c>
       <c r="G408">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="L408">
-        <v>90804</v>
+        <v>95669</v>
       </c>
       <c r="M408" t="s">
-        <v>29</v>
+        <v>2066</v>
       </c>
       <c r="N408" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="409" spans="1:14" ht="15">
       <c r="A409">
-        <v>1629</v>
+        <v>102</v>
       </c>
       <c r="B409" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="C409" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="D409" t="s">
         <v>3</v>
       </c>
       <c r="E409" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="F409" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="G409">
         <v>0</v>
       </c>
       <c r="L409">
-        <v>95669</v>
+        <v>94538</v>
       </c>
       <c r="M409" t="s">
-        <v>2071</v>
+        <v>167</v>
       </c>
       <c r="N409" t="s">
         <v>2072</v>
       </c>
     </row>
     <row r="410" spans="1:14" ht="15">
       <c r="A410">
-        <v>102</v>
+        <v>1972</v>
       </c>
       <c r="B410" t="s">
         <v>2073</v>
       </c>
       <c r="C410" t="s">
         <v>2074</v>
       </c>
       <c r="D410" t="s">
         <v>3</v>
       </c>
       <c r="E410" t="s">
         <v>2075</v>
       </c>
       <c r="F410" t="s">
         <v>2076</v>
       </c>
       <c r="G410">
-        <v>0</v>
+        <v>48</v>
+      </c>
+      <c r="H410" t="s">
+        <v>202</v>
       </c>
       <c r="L410">
-        <v>94538</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>94510</v>
       </c>
       <c r="N410" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="411" spans="1:14" ht="15">
       <c r="A411">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="B411" t="s">
         <v>2078</v>
       </c>
       <c r="C411" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D411" t="s">
+        <v>3</v>
+      </c>
+      <c r="E411" t="s">
         <v>2079</v>
       </c>
-      <c r="D411" t="s">
-[...2 lines deleted...]
-      <c r="E411" t="s">
+      <c r="F411" t="s">
+        <v>2076</v>
+      </c>
+      <c r="G411">
+        <v>3</v>
+      </c>
+      <c r="H411" t="s">
+        <v>35</v>
+      </c>
+      <c r="L411">
+        <v>93926</v>
+      </c>
+      <c r="N411" t="s">
         <v>2080</v>
-      </c>
-[...13 lines deleted...]
-        <v>2082</v>
       </c>
     </row>
     <row r="412" spans="1:14" ht="15">
       <c r="A412">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="B412" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C412" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D412" t="s">
+        <v>3</v>
+      </c>
+      <c r="E412" t="s">
+        <v>2082</v>
+      </c>
+      <c r="F412" t="s">
+        <v>2076</v>
+      </c>
+      <c r="G412">
+        <v>9</v>
+      </c>
+      <c r="H412" t="s">
+        <v>122</v>
+      </c>
+      <c r="L412">
+        <v>94551</v>
+      </c>
+      <c r="N412" t="s">
         <v>2083</v>
-      </c>
-[...22 lines deleted...]
-        <v>2085</v>
       </c>
     </row>
     <row r="413" spans="1:14" ht="15">
       <c r="A413">
-        <v>1974</v>
+        <v>1971</v>
       </c>
       <c r="B413" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C413" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D413" t="s">
+        <v>3</v>
+      </c>
+      <c r="E413" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F413" t="s">
+        <v>2076</v>
+      </c>
+      <c r="G413">
+        <v>3</v>
+      </c>
+      <c r="H413" t="s">
+        <v>35</v>
+      </c>
+      <c r="L413">
+        <v>94560</v>
+      </c>
+      <c r="N413" t="s">
         <v>2086</v>
-      </c>
-[...22 lines deleted...]
-        <v>2088</v>
       </c>
     </row>
     <row r="414" spans="1:14" ht="15">
       <c r="A414">
-        <v>1971</v>
+        <v>632</v>
       </c>
       <c r="B414" t="s">
-        <v>2089</v>
+        <v>2087</v>
       </c>
       <c r="C414" t="s">
-        <v>2079</v>
+        <v>2074</v>
       </c>
       <c r="D414" t="s">
         <v>3</v>
       </c>
       <c r="E414" t="s">
-        <v>2090</v>
+        <v>2088</v>
       </c>
       <c r="F414" t="s">
-        <v>2081</v>
+        <v>2076</v>
       </c>
       <c r="G414">
         <v>3</v>
       </c>
       <c r="H414" t="s">
         <v>35</v>
       </c>
       <c r="L414">
-        <v>94560</v>
+        <v>93901</v>
+      </c>
+      <c r="M414" t="s">
+        <v>36</v>
       </c>
       <c r="N414" t="s">
-        <v>2091</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="415" spans="1:14" ht="15">
       <c r="A415">
-        <v>632</v>
+        <v>1926</v>
       </c>
       <c r="B415" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C415" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D415" t="s">
+        <v>3</v>
+      </c>
+      <c r="E415" t="s">
         <v>2092</v>
       </c>
-      <c r="C415" t="s">
-[...5 lines deleted...]
-      <c r="E415" t="s">
+      <c r="F415" t="s">
         <v>2093</v>
       </c>
-      <c r="F415" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G415">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H415" t="s">
-        <v>35</v>
+        <v>139</v>
       </c>
       <c r="L415">
-        <v>93901</v>
+        <v>91761</v>
       </c>
       <c r="M415" t="s">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="N415" t="s">
         <v>2094</v>
       </c>
     </row>
     <row r="416" spans="1:14" ht="15">
       <c r="A416">
-        <v>1926</v>
+        <v>417</v>
       </c>
       <c r="B416" t="s">
         <v>2095</v>
       </c>
       <c r="C416" t="s">
         <v>2096</v>
       </c>
       <c r="D416" t="s">
         <v>3</v>
       </c>
       <c r="E416" t="s">
         <v>2097</v>
       </c>
       <c r="F416" t="s">
         <v>2098</v>
       </c>
       <c r="G416">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H416" t="s">
-        <v>139</v>
+        <v>22</v>
       </c>
       <c r="L416">
-        <v>91761</v>
+        <v>93036</v>
       </c>
       <c r="M416" t="s">
-        <v>111</v>
+        <v>49</v>
       </c>
       <c r="N416" t="s">
         <v>2099</v>
       </c>
     </row>
     <row r="417" spans="1:14" ht="15">
       <c r="A417">
-        <v>417</v>
+        <v>1467</v>
       </c>
       <c r="B417" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C417" t="s">
         <v>2100</v>
       </c>
-      <c r="C417" t="s">
+      <c r="D417" t="s">
+        <v>3</v>
+      </c>
+      <c r="E417" t="s">
         <v>2101</v>
       </c>
-      <c r="D417" t="s">
-[...2 lines deleted...]
-      <c r="E417" t="s">
+      <c r="F417" t="s">
+        <v>2098</v>
+      </c>
+      <c r="G417">
+        <v>0</v>
+      </c>
+      <c r="L417">
+        <v>92407</v>
+      </c>
+      <c r="M417" t="s">
+        <v>111</v>
+      </c>
+      <c r="N417" t="s">
         <v>2102</v>
-      </c>
-[...16 lines deleted...]
-        <v>2104</v>
       </c>
     </row>
     <row r="418" spans="1:14" ht="15">
       <c r="A418">
-        <v>1467</v>
+        <v>1466</v>
       </c>
       <c r="B418" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="C418" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D418" t="s">
+        <v>3</v>
+      </c>
+      <c r="E418" t="s">
         <v>2105</v>
       </c>
-      <c r="D418" t="s">
-[...2 lines deleted...]
-      <c r="E418" t="s">
+      <c r="F418" t="s">
         <v>2106</v>
-      </c>
-[...1 lines deleted...]
-        <v>2103</v>
       </c>
       <c r="G418">
         <v>0</v>
       </c>
       <c r="L418">
-        <v>92407</v>
+        <v>94545</v>
       </c>
       <c r="M418" t="s">
-        <v>111</v>
+        <v>167</v>
       </c>
       <c r="N418" t="s">
         <v>2107</v>
       </c>
     </row>
     <row r="419" spans="1:14" ht="15">
       <c r="A419">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="B419" t="s">
         <v>2108</v>
       </c>
       <c r="C419" t="s">
         <v>2109</v>
       </c>
       <c r="D419" t="s">
         <v>3</v>
       </c>
       <c r="E419" t="s">
         <v>2110</v>
       </c>
       <c r="F419" t="s">
         <v>2111</v>
       </c>
       <c r="G419">
-        <v>0</v>
+        <v>12</v>
+      </c>
+      <c r="H419" t="s">
+        <v>150</v>
       </c>
       <c r="L419">
-        <v>94545</v>
+        <v>93291</v>
       </c>
       <c r="M419" t="s">
-        <v>167</v>
+        <v>934</v>
       </c>
       <c r="N419" t="s">
         <v>2112</v>
       </c>
     </row>
     <row r="420" spans="1:14" ht="15">
       <c r="A420">
-        <v>1468</v>
+        <v>226</v>
       </c>
       <c r="B420" t="s">
         <v>2113</v>
       </c>
       <c r="C420" t="s">
         <v>2114</v>
       </c>
       <c r="D420" t="s">
         <v>3</v>
       </c>
       <c r="E420" t="s">
         <v>2115</v>
       </c>
       <c r="F420" t="s">
         <v>2116</v>
       </c>
       <c r="G420">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H420" t="s">
-        <v>150</v>
+        <v>92</v>
       </c>
       <c r="L420">
-        <v>93291</v>
+        <v>95521</v>
       </c>
       <c r="M420" t="s">
-        <v>939</v>
+        <v>93</v>
       </c>
       <c r="N420" t="s">
         <v>2117</v>
       </c>
     </row>
     <row r="421" spans="1:14" ht="15">
       <c r="A421">
-        <v>226</v>
+        <v>1024</v>
       </c>
       <c r="B421" t="s">
         <v>2118</v>
       </c>
       <c r="C421" t="s">
         <v>2119</v>
       </c>
       <c r="D421" t="s">
         <v>3</v>
       </c>
       <c r="E421" t="s">
         <v>2120</v>
       </c>
       <c r="F421" t="s">
         <v>2121</v>
       </c>
       <c r="G421">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="H421" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
       <c r="L421">
-        <v>95521</v>
+        <v>92026</v>
       </c>
       <c r="M421" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="N421" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="422" spans="1:14" ht="15">
       <c r="A422">
-        <v>1024</v>
+        <v>117</v>
       </c>
       <c r="B422" t="s">
         <v>2123</v>
       </c>
       <c r="C422" t="s">
         <v>2124</v>
       </c>
       <c r="D422" t="s">
         <v>3</v>
       </c>
       <c r="E422" t="s">
         <v>2125</v>
       </c>
       <c r="F422" t="s">
         <v>2126</v>
       </c>
       <c r="G422">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="H422" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="L422">
-        <v>92026</v>
+        <v>95023</v>
       </c>
       <c r="M422" t="s">
-        <v>43</v>
+        <v>760</v>
       </c>
       <c r="N422" t="s">
         <v>2127</v>
       </c>
     </row>
     <row r="423" spans="1:14" ht="15">
       <c r="A423">
-        <v>117</v>
+        <v>311</v>
       </c>
       <c r="B423" t="s">
         <v>2128</v>
       </c>
       <c r="C423" t="s">
         <v>2129</v>
       </c>
       <c r="D423" t="s">
         <v>3</v>
       </c>
       <c r="E423" t="s">
         <v>2130</v>
       </c>
       <c r="F423" t="s">
         <v>2131</v>
       </c>
       <c r="G423">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H423" t="s">
-        <v>35</v>
+        <v>724</v>
       </c>
       <c r="L423">
-        <v>95023</v>
+        <v>93725</v>
       </c>
       <c r="M423" t="s">
-        <v>765</v>
+        <v>1139</v>
       </c>
       <c r="N423" t="s">
         <v>2132</v>
       </c>
     </row>
     <row r="424" spans="1:14" ht="15">
       <c r="A424">
-        <v>311</v>
+        <v>1581</v>
       </c>
       <c r="B424" t="s">
         <v>2133</v>
       </c>
       <c r="C424" t="s">
         <v>2134</v>
       </c>
       <c r="D424" t="s">
         <v>3</v>
       </c>
       <c r="E424" t="s">
         <v>2135</v>
       </c>
       <c r="F424" t="s">
         <v>2136</v>
       </c>
       <c r="G424">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H424" t="s">
-        <v>729</v>
+        <v>122</v>
       </c>
       <c r="L424">
-        <v>93725</v>
-[...2 lines deleted...]
-        <v>1144</v>
+        <v>94801</v>
       </c>
       <c r="N424" t="s">
         <v>2137</v>
       </c>
     </row>
     <row r="425" spans="1:14" ht="15">
       <c r="A425">
-        <v>1581</v>
+        <v>707</v>
       </c>
       <c r="B425" t="s">
         <v>2138</v>
       </c>
       <c r="C425" t="s">
         <v>2139</v>
       </c>
       <c r="D425" t="s">
         <v>3</v>
       </c>
       <c r="E425" t="s">
         <v>2140</v>
       </c>
       <c r="F425" t="s">
         <v>2141</v>
       </c>
       <c r="G425">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="H425" t="s">
-        <v>122</v>
+        <v>28</v>
       </c>
       <c r="L425">
-        <v>94801</v>
+        <v>94607</v>
+      </c>
+      <c r="M425" t="s">
+        <v>167</v>
       </c>
       <c r="N425" t="s">
         <v>2142</v>
       </c>
     </row>
     <row r="426" spans="1:14" ht="15">
       <c r="A426">
-        <v>707</v>
+        <v>121</v>
       </c>
       <c r="B426" t="s">
         <v>2143</v>
       </c>
-      <c r="C426" t="s">
+      <c r="E426" t="s">
         <v>2144</v>
       </c>
-      <c r="D426" t="s">
-[...2 lines deleted...]
-      <c r="E426" t="s">
+      <c r="F426" t="s">
         <v>2145</v>
       </c>
-      <c r="F426" t="s">
+      <c r="G426">
+        <v>37</v>
+      </c>
+      <c r="H426" t="s">
+        <v>252</v>
+      </c>
+      <c r="L426">
+        <v>95448</v>
+      </c>
+      <c r="M426" t="s">
+        <v>537</v>
+      </c>
+      <c r="N426" t="s">
         <v>2146</v>
-      </c>
-[...13 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="427" spans="1:14" ht="15">
       <c r="A427">
-        <v>121</v>
+        <v>503</v>
       </c>
       <c r="B427" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E427" t="s">
         <v>2148</v>
       </c>
-      <c r="E427" t="s">
+      <c r="F427" t="s">
         <v>2149</v>
       </c>
-      <c r="F427" t="s">
+      <c r="G427">
+        <v>30</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1271</v>
+      </c>
+      <c r="L427">
+        <v>92154</v>
+      </c>
+      <c r="M427" t="s">
+        <v>43</v>
+      </c>
+      <c r="N427" t="s">
         <v>2150</v>
-      </c>
-[...13 lines deleted...]
-        <v>2151</v>
       </c>
     </row>
     <row r="428" spans="1:14" ht="15">
       <c r="A428">
-        <v>503</v>
+        <v>1967</v>
       </c>
       <c r="B428" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C428" t="s">
         <v>2152</v>
+      </c>
+      <c r="D428" t="s">
+        <v>3</v>
       </c>
       <c r="E428" t="s">
         <v>2153</v>
       </c>
       <c r="F428" t="s">
         <v>2154</v>
       </c>
       <c r="G428">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H428" t="s">
-        <v>1276</v>
+        <v>252</v>
       </c>
       <c r="L428">
-        <v>92154</v>
+        <v>95449</v>
       </c>
       <c r="M428" t="s">
-        <v>43</v>
+        <v>430</v>
       </c>
       <c r="N428" t="s">
         <v>2155</v>
       </c>
     </row>
     <row r="429" spans="1:14" ht="15">
       <c r="A429">
-        <v>1967</v>
+        <v>126</v>
       </c>
       <c r="B429" t="s">
         <v>2156</v>
       </c>
       <c r="C429" t="s">
         <v>2157</v>
       </c>
       <c r="D429" t="s">
         <v>3</v>
       </c>
       <c r="E429" t="s">
         <v>2158</v>
       </c>
       <c r="F429" t="s">
         <v>2159</v>
       </c>
       <c r="G429">
-        <v>37</v>
+        <v>4</v>
       </c>
       <c r="H429" t="s">
-        <v>252</v>
+        <v>791</v>
       </c>
       <c r="L429">
-        <v>95449</v>
+        <v>95966</v>
       </c>
       <c r="M429" t="s">
-        <v>435</v>
+        <v>792</v>
       </c>
       <c r="N429" t="s">
         <v>2160</v>
       </c>
     </row>
     <row r="430" spans="1:14" ht="15">
       <c r="A430">
-        <v>126</v>
+        <v>1380</v>
       </c>
       <c r="B430" t="s">
         <v>2161</v>
       </c>
       <c r="C430" t="s">
         <v>2162</v>
       </c>
       <c r="D430" t="s">
         <v>3</v>
       </c>
       <c r="E430" t="s">
         <v>2163</v>
       </c>
       <c r="F430" t="s">
         <v>2164</v>
       </c>
       <c r="G430">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="H430" t="s">
-        <v>796</v>
+        <v>28</v>
       </c>
       <c r="L430">
-        <v>95966</v>
+        <v>90222</v>
       </c>
       <c r="M430" t="s">
-        <v>797</v>
+        <v>29</v>
       </c>
       <c r="N430" t="s">
         <v>2165</v>
       </c>
     </row>
     <row r="431" spans="1:14" ht="15">
       <c r="A431">
-        <v>1380</v>
+        <v>1870</v>
       </c>
       <c r="B431" t="s">
         <v>2166</v>
       </c>
       <c r="C431" t="s">
         <v>2167</v>
       </c>
       <c r="D431" t="s">
         <v>3</v>
       </c>
       <c r="E431" t="s">
         <v>2168</v>
       </c>
       <c r="F431" t="s">
         <v>2169</v>
       </c>
       <c r="G431">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H431" t="s">
-        <v>28</v>
+        <v>110</v>
       </c>
       <c r="L431">
-        <v>90222</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>92308</v>
       </c>
       <c r="N431" t="s">
         <v>2170</v>
       </c>
     </row>
     <row r="432" spans="1:14" ht="15">
       <c r="A432">
-        <v>1870</v>
+        <v>1471</v>
       </c>
       <c r="B432" t="s">
         <v>2171</v>
       </c>
       <c r="C432" t="s">
         <v>2172</v>
       </c>
       <c r="D432" t="s">
         <v>3</v>
       </c>
       <c r="E432" t="s">
         <v>2173</v>
       </c>
       <c r="F432" t="s">
         <v>2174</v>
       </c>
       <c r="G432">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="H432" t="s">
-        <v>110</v>
+        <v>694</v>
       </c>
       <c r="L432">
-        <v>92308</v>
+        <v>95134</v>
+      </c>
+      <c r="M432" t="s">
+        <v>865</v>
       </c>
       <c r="N432" t="s">
         <v>2175</v>
       </c>
     </row>
     <row r="433" spans="1:14" ht="15">
       <c r="A433">
-        <v>1471</v>
+        <v>1552</v>
       </c>
       <c r="B433" t="s">
         <v>2176</v>
       </c>
       <c r="C433" t="s">
         <v>2177</v>
       </c>
       <c r="D433" t="s">
         <v>3</v>
       </c>
       <c r="E433" t="s">
         <v>2178</v>
       </c>
       <c r="F433" t="s">
         <v>2179</v>
       </c>
       <c r="G433">
         <v>33</v>
       </c>
       <c r="H433" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="L433">
         <v>95134</v>
       </c>
-      <c r="M433" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N433" t="s">
         <v>2180</v>
       </c>
     </row>
     <row r="434" spans="1:14" ht="15">
       <c r="A434">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="B434" t="s">
         <v>2181</v>
       </c>
       <c r="C434" t="s">
         <v>2182</v>
       </c>
       <c r="D434" t="s">
         <v>3</v>
       </c>
       <c r="E434" t="s">
         <v>2183</v>
       </c>
       <c r="F434" t="s">
-        <v>2184</v>
+        <v>2179</v>
       </c>
       <c r="G434">
         <v>33</v>
       </c>
       <c r="H434" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="L434">
         <v>95134</v>
       </c>
+      <c r="M434" t="s">
+        <v>865</v>
+      </c>
       <c r="N434" t="s">
-        <v>2185</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="435" spans="1:14" ht="15">
       <c r="A435">
-        <v>1553</v>
+        <v>300</v>
       </c>
       <c r="B435" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C435" t="s">
         <v>2186</v>
       </c>
-      <c r="C435" t="s">
+      <c r="D435" t="s">
+        <v>3</v>
+      </c>
+      <c r="E435" t="s">
         <v>2187</v>
       </c>
-      <c r="D435" t="s">
-[...2 lines deleted...]
-      <c r="E435" t="s">
+      <c r="F435" t="s">
         <v>2188</v>
       </c>
-      <c r="F435" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G435">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="H435" t="s">
-        <v>699</v>
+        <v>92</v>
       </c>
       <c r="L435">
-        <v>95134</v>
+        <v>95521</v>
       </c>
       <c r="M435" t="s">
-        <v>870</v>
+        <v>93</v>
       </c>
       <c r="N435" t="s">
         <v>2189</v>
-      </c>
-[...33 lines deleted...]
-        <v>2194</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr/>
   <sheetViews>
     <sheetView view="normal" workbookViewId="0">
       <selection pane="topLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultRowHeight="15" baseColWidth="0"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">