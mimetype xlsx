--- v0 (2025-12-23)
+++ v1 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="640">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="637">
   <si>
     <t>AgencyName</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Staff</t>
   </si>
   <si>
     <t>StaffEmail</t>
   </si>
   <si>
     <t>StaffPhoneNumber</t>
   </si>
   <si>
     <t>Supervisor</t>
   </si>
   <si>
     <t>SupervisorEmail</t>
   </si>
   <si>
     <t>SupervisorPhoneNumber</t>
   </si>
   <si>
@@ -480,102 +480,93 @@
   <si>
     <t>California Building Standards Commission</t>
   </si>
   <si>
     <t>Karina Cruz</t>
   </si>
   <si>
     <t>Karina.Cruz@CalRecycle.ca.gov</t>
   </si>
   <si>
     <t>(916) 341-6606</t>
   </si>
   <si>
     <t>California Career Resource Network</t>
   </si>
   <si>
     <t>California Children and Families Commission</t>
   </si>
   <si>
     <t>California City Correctional Facility</t>
   </si>
   <si>
     <t>California Coastal Commission</t>
   </si>
   <si>
-    <t>Kathryn Coke</t>
-[...7 lines deleted...]
-  <si>
     <t>Mallory Burden</t>
   </si>
   <si>
     <t>Mallory.Burden@calrecycle.ca.gov</t>
   </si>
   <si>
     <t>(562) 981-3932</t>
   </si>
   <si>
+    <t>Karla Miller</t>
+  </si>
+  <si>
+    <t>Karla.Miller@CalRecycle.ca.gov</t>
+  </si>
+  <si>
+    <t>(916) 327-8804</t>
+  </si>
+  <si>
     <t>California Commission on Aging</t>
   </si>
   <si>
     <t>California Community College Chancellor's Office</t>
   </si>
   <si>
     <t>California Conservation Corps</t>
   </si>
   <si>
     <t>Emily Schuetz</t>
   </si>
   <si>
     <t>Emily.Schuetz@CalRecycle.ca.gov</t>
   </si>
   <si>
     <t>(916) 445-0403</t>
   </si>
   <si>
     <t>California Correctional Center</t>
   </si>
   <si>
     <t>California Correctional Health Care Services (CCHCS)</t>
   </si>
   <si>
     <t>California Correctional Institution</t>
-  </si>
-[...7 lines deleted...]
-    <t>(916) 327-8804</t>
   </si>
   <si>
     <t>California Debt &amp; Investment Advisory Commission</t>
   </si>
   <si>
     <t>California Debt Limit Allocation Committee</t>
   </si>
   <si>
     <t>California Department of Fish and Wildlife</t>
   </si>
   <si>
     <t>Zac Smith</t>
   </si>
   <si>
     <t>Zac.Smith@CalRecycle.ca.gov</t>
   </si>
   <si>
     <t>(916) 341-6062</t>
   </si>
   <si>
     <t>California Department of Highway Patrol</t>
   </si>
   <si>
     <t>Michelle ChavezPeralta</t>
   </si>
@@ -5096,10826 +5087,10826 @@
       </c>
       <c r="G117" t="s">
         <v>82</v>
       </c>
       <c r="H117" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="118" spans="1:8" ht="15">
       <c r="A118" t="s">
         <v>170</v>
       </c>
       <c r="B118">
         <v>106</v>
       </c>
       <c r="C118" t="s">
         <v>81</v>
       </c>
       <c r="D118" t="s">
         <v>82</v>
       </c>
       <c r="E118" t="s">
         <v>83</v>
       </c>
       <c r="F118" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="G118" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="H118" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
     </row>
     <row r="119" spans="1:8" ht="15">
       <c r="A119" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B119">
         <v>133</v>
       </c>
       <c r="C119" t="s">
         <v>9</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
         <v>13</v>
       </c>
       <c r="H119" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:8" ht="15">
       <c r="A120" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B120">
         <v>107</v>
       </c>
       <c r="C120" t="s">
         <v>9</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
         <v>13</v>
       </c>
       <c r="H120" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:8" ht="15">
       <c r="A121" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B121">
         <v>285</v>
       </c>
       <c r="C121" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D121" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E121" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
         <v>69</v>
       </c>
       <c r="H121" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:8" ht="15">
       <c r="A122" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B122">
         <v>143</v>
       </c>
       <c r="C122" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D122" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E122" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F122" t="s">
         <v>81</v>
       </c>
       <c r="G122" t="s">
         <v>82</v>
       </c>
       <c r="H122" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="123" spans="1:8" ht="15">
       <c r="A123" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B123">
         <v>473</v>
       </c>
       <c r="C123" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D123" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E123" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123" t="s">
         <v>69</v>
       </c>
       <c r="H123" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:8" ht="15">
       <c r="A124" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B124">
         <v>302</v>
       </c>
       <c r="C124" t="s">
         <v>129</v>
       </c>
       <c r="D124" t="s">
         <v>130</v>
       </c>
       <c r="E124" t="s">
         <v>131</v>
       </c>
       <c r="F124" t="s">
         <v>81</v>
       </c>
       <c r="G124" t="s">
         <v>82</v>
       </c>
       <c r="H124" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="125" spans="1:8" ht="15">
       <c r="A125" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B125">
         <v>121</v>
       </c>
       <c r="C125" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D125" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E125" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F125" t="s">
         <v>81</v>
       </c>
       <c r="G125" t="s">
         <v>82</v>
       </c>
       <c r="H125" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="126" spans="1:8" ht="15">
       <c r="A126" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B126">
         <v>122</v>
       </c>
       <c r="C126" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D126" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E126" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F126" t="s">
         <v>89</v>
       </c>
       <c r="G126" t="s">
         <v>90</v>
       </c>
       <c r="H126" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="127" spans="1:8" ht="15">
       <c r="A127" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B127">
         <v>123</v>
       </c>
       <c r="C127" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D127" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E127" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F127" t="s">
         <v>89</v>
       </c>
       <c r="G127" t="s">
         <v>90</v>
       </c>
       <c r="H127" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="128" spans="1:8" ht="15">
       <c r="A128" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B128">
         <v>124</v>
       </c>
       <c r="C128" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D128" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E128" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F128" t="s">
         <v>89</v>
       </c>
       <c r="G128" t="s">
         <v>90</v>
       </c>
       <c r="H128" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="129" spans="1:8" ht="15">
       <c r="A129" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B129">
         <v>125</v>
       </c>
       <c r="C129" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D129" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E129" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F129" t="s">
         <v>81</v>
       </c>
       <c r="G129" t="s">
         <v>82</v>
       </c>
       <c r="H129" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="130" spans="1:8" ht="15">
       <c r="A130" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B130">
         <v>126</v>
       </c>
       <c r="C130" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D130" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E130" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F130" t="s">
         <v>81</v>
       </c>
       <c r="G130" t="s">
         <v>82</v>
       </c>
       <c r="H130" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="131" spans="1:8" ht="15">
       <c r="A131" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B131">
         <v>131</v>
       </c>
       <c r="C131" t="s">
         <v>104</v>
       </c>
       <c r="D131" t="s">
         <v>105</v>
       </c>
       <c r="E131" t="s">
         <v>106</v>
       </c>
       <c r="F131" t="s">
         <v>107</v>
       </c>
       <c r="G131" t="s">
         <v>108</v>
       </c>
       <c r="H131" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="132" spans="1:8" ht="15">
       <c r="A132" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B132">
         <v>127</v>
       </c>
       <c r="C132" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D132" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E132" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F132" t="s">
         <v>89</v>
       </c>
       <c r="G132" t="s">
         <v>90</v>
       </c>
       <c r="H132" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="133" spans="1:8" ht="15">
       <c r="A133" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B133">
         <v>128</v>
       </c>
       <c r="C133" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D133" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E133" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F133" t="s">
         <v>89</v>
       </c>
       <c r="G133" t="s">
         <v>90</v>
       </c>
       <c r="H133" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="134" spans="1:8" ht="15">
       <c r="A134" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B134">
         <v>132</v>
       </c>
       <c r="C134" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D134" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E134" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F134" t="s">
         <v>89</v>
       </c>
       <c r="G134" t="s">
         <v>90</v>
       </c>
       <c r="H134" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="135" spans="1:8" ht="15">
       <c r="A135" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B135">
         <v>129</v>
       </c>
       <c r="C135" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D135" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E135" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F135" t="s">
         <v>89</v>
       </c>
       <c r="G135" t="s">
         <v>90</v>
       </c>
       <c r="H135" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="136" spans="1:8" ht="15">
       <c r="A136" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B136">
         <v>130</v>
       </c>
       <c r="C136" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D136" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E136" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F136" t="s">
         <v>81</v>
       </c>
       <c r="G136" t="s">
         <v>82</v>
       </c>
       <c r="H136" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="137" spans="1:8" ht="15">
       <c r="A137" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B137">
         <v>134</v>
       </c>
       <c r="C137" t="s">
         <v>9</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137" t="s">
         <v>13</v>
       </c>
       <c r="H137" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="138" spans="1:8" ht="15">
       <c r="A138" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B138">
         <v>136</v>
       </c>
       <c r="C138" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D138" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E138" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138" t="s">
         <v>69</v>
       </c>
       <c r="H138" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="139" spans="1:8" ht="15">
       <c r="A139" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B139">
         <v>137</v>
       </c>
       <c r="C139" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D139" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E139" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139" t="s">
         <v>69</v>
       </c>
       <c r="H139" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="140" spans="1:8" ht="15">
       <c r="A140" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B140">
         <v>138</v>
       </c>
       <c r="C140" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D140" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E140" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F140" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G140" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H140" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="141" spans="1:8" ht="15">
       <c r="A141" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B141">
         <v>139</v>
       </c>
       <c r="C141" t="s">
         <v>9</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141" t="s">
         <v>13</v>
       </c>
       <c r="H141" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="142" spans="1:8" ht="15">
       <c r="A142" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B142">
         <v>534</v>
       </c>
       <c r="C142" t="s">
         <v>165</v>
       </c>
       <c r="D142" t="s">
         <v>166</v>
       </c>
       <c r="E142" t="s">
         <v>167</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142" t="s">
         <v>69</v>
       </c>
       <c r="H142" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:8" ht="15">
       <c r="A143" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B143">
         <v>140</v>
       </c>
       <c r="C143" t="s">
         <v>165</v>
       </c>
       <c r="D143" t="s">
         <v>166</v>
       </c>
       <c r="E143" t="s">
         <v>167</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143" t="s">
         <v>69</v>
       </c>
       <c r="H143" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:8" ht="15">
       <c r="A144" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B144">
         <v>526</v>
       </c>
       <c r="C144" t="s">
         <v>165</v>
       </c>
       <c r="D144" t="s">
         <v>166</v>
       </c>
       <c r="E144" t="s">
         <v>167</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144" t="s">
         <v>69</v>
       </c>
       <c r="H144" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="145" spans="1:8" ht="15">
       <c r="A145" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B145">
         <v>545</v>
       </c>
       <c r="C145" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D145" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E145" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F145" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G145" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H145" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="146" spans="1:8" ht="15">
       <c r="A146" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B146">
         <v>141</v>
       </c>
       <c r="C146" t="s">
         <v>9</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146" t="s">
         <v>13</v>
       </c>
       <c r="H146" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="147" spans="1:8" ht="15">
       <c r="A147" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B147">
         <v>580</v>
       </c>
       <c r="C147" t="s">
         <v>9</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147" t="s">
         <v>13</v>
       </c>
       <c r="H147" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="148" spans="1:8" ht="15">
       <c r="A148" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="B148">
         <v>142</v>
       </c>
       <c r="C148" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D148" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E148" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F148" t="s">
         <v>81</v>
       </c>
       <c r="G148" t="s">
         <v>82</v>
       </c>
       <c r="H148" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="149" spans="1:8" ht="15">
       <c r="A149" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B149">
         <v>144</v>
       </c>
       <c r="C149" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D149" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E149" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F149" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G149" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H149" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="150" spans="1:8" ht="15">
       <c r="A150" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="B150">
         <v>145</v>
       </c>
       <c r="C150" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D150" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E150" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F150" t="s">
         <v>107</v>
       </c>
       <c r="G150" t="s">
         <v>108</v>
       </c>
       <c r="H150" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="151" spans="1:8" ht="15">
       <c r="A151" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B151">
         <v>146</v>
       </c>
       <c r="C151" t="s">
         <v>9</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151" t="s">
         <v>13</v>
       </c>
       <c r="H151" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:8" ht="15">
       <c r="A152" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B152">
         <v>540</v>
       </c>
       <c r="C152" t="s">
         <v>9</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152" t="s">
         <v>13</v>
       </c>
       <c r="H152" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:8" ht="15">
       <c r="A153" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B153">
         <v>147</v>
       </c>
       <c r="C153" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D153" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E153" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F153" t="s">
         <v>107</v>
       </c>
       <c r="G153" t="s">
         <v>108</v>
       </c>
       <c r="H153" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="154" spans="1:8" ht="15">
       <c r="A154" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B154">
         <v>148</v>
       </c>
       <c r="C154" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D154" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E154" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F154" t="s">
         <v>107</v>
       </c>
       <c r="G154" t="s">
         <v>108</v>
       </c>
       <c r="H154" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="155" spans="1:8" ht="15">
       <c r="A155" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B155">
         <v>149</v>
       </c>
       <c r="C155" t="s">
         <v>9</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155" t="s">
         <v>13</v>
       </c>
       <c r="H155" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="156" spans="1:8" ht="15">
       <c r="A156" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B156">
         <v>150</v>
       </c>
       <c r="C156" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D156" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E156" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F156" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G156" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H156" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="157" spans="1:8" ht="15">
       <c r="A157" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B157">
         <v>151</v>
       </c>
       <c r="C157" t="s">
         <v>9</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157" t="s">
         <v>13</v>
       </c>
       <c r="H157" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:8" ht="15">
       <c r="A158" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B158">
         <v>152</v>
       </c>
       <c r="C158" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D158" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E158" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F158" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G158" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H158" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="159" spans="1:8" ht="15">
       <c r="A159" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B159">
         <v>153</v>
       </c>
       <c r="C159" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D159" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E159" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F159" t="s">
         <v>107</v>
       </c>
       <c r="G159" t="s">
         <v>108</v>
       </c>
       <c r="H159" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="160" spans="1:8" ht="15">
       <c r="A160" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B160">
         <v>154</v>
       </c>
       <c r="C160" t="s">
         <v>165</v>
       </c>
       <c r="D160" t="s">
         <v>166</v>
       </c>
       <c r="E160" t="s">
         <v>167</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160" t="s">
         <v>69</v>
       </c>
       <c r="H160" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="161" spans="1:8" ht="15">
       <c r="A161" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B161">
         <v>541</v>
       </c>
       <c r="C161" t="s">
         <v>9</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161" t="s">
         <v>13</v>
       </c>
       <c r="H161" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:8" ht="15">
       <c r="A162" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B162">
         <v>156</v>
       </c>
       <c r="C162" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D162" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E162" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F162" t="s">
         <v>107</v>
       </c>
       <c r="G162" t="s">
         <v>108</v>
       </c>
       <c r="H162" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="163" spans="1:8" ht="15">
       <c r="A163" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B163">
         <v>166</v>
       </c>
       <c r="C163" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D163" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E163" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F163" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G163" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H163" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="164" spans="1:8" ht="15">
       <c r="A164" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B164">
         <v>155</v>
       </c>
       <c r="C164" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D164" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E164" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164" t="s">
         <v>69</v>
       </c>
       <c r="H164" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:8" ht="15">
       <c r="A165" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B165">
         <v>159</v>
       </c>
       <c r="C165" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D165" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E165" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F165" t="s">
         <v>89</v>
       </c>
       <c r="G165" t="s">
         <v>90</v>
       </c>
       <c r="H165" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="166" spans="1:8" ht="15">
       <c r="A166" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B166">
         <v>160</v>
       </c>
       <c r="C166" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D166" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E166" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F166" t="s">
         <v>107</v>
       </c>
       <c r="G166" t="s">
         <v>108</v>
       </c>
       <c r="H166" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="167" spans="1:8" ht="15">
       <c r="A167" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B167">
         <v>161</v>
       </c>
       <c r="C167" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D167" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E167" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F167" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G167" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H167" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="168" spans="1:8" ht="15">
       <c r="A168" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B168">
         <v>589</v>
       </c>
       <c r="C168" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D168" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E168" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F168" t="s">
         <v>89</v>
       </c>
       <c r="G168" t="s">
         <v>90</v>
       </c>
       <c r="H168" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="169" spans="1:8" ht="15">
       <c r="A169" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="B169">
         <v>162</v>
       </c>
       <c r="C169" t="s">
         <v>9</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169" t="s">
         <v>13</v>
       </c>
       <c r="H169" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="170" spans="1:8" ht="15">
       <c r="A170" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B170">
         <v>163</v>
       </c>
       <c r="C170" t="s">
         <v>9</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170" t="s">
         <v>13</v>
       </c>
       <c r="H170" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="171" spans="1:8" ht="15">
       <c r="A171" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B171">
         <v>164</v>
       </c>
       <c r="C171" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D171" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E171" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171" t="s">
         <v>69</v>
       </c>
       <c r="H171" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="172" spans="1:8" ht="15">
       <c r="A172" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B172">
         <v>180</v>
       </c>
       <c r="C172" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D172" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E172" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F172" t="s">
         <v>107</v>
       </c>
       <c r="G172" t="s">
         <v>108</v>
       </c>
       <c r="H172" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="173" spans="1:8" ht="15">
       <c r="A173" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="B173">
         <v>165</v>
       </c>
       <c r="C173" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D173" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E173" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F173" t="s">
         <v>107</v>
       </c>
       <c r="G173" t="s">
         <v>108</v>
       </c>
       <c r="H173" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="174" spans="1:8" ht="15">
       <c r="A174" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B174">
         <v>168</v>
       </c>
       <c r="C174" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D174" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E174" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F174" t="s">
         <v>89</v>
       </c>
       <c r="G174" t="s">
         <v>90</v>
       </c>
       <c r="H174" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="175" spans="1:8" ht="15">
       <c r="A175" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B175">
         <v>169</v>
       </c>
       <c r="C175" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D175" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E175" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F175" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G175" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H175" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="176" spans="1:8" ht="15">
       <c r="A176" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B176">
         <v>170</v>
       </c>
       <c r="C176" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D176" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E176" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F176" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G176" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H176" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="177" spans="1:8" ht="15">
       <c r="A177" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B177">
         <v>588</v>
       </c>
       <c r="C177" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D177" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E177" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F177" t="s">
         <v>89</v>
       </c>
       <c r="G177" t="s">
         <v>90</v>
       </c>
       <c r="H177" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="178" spans="1:8" ht="15">
       <c r="A178" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B178">
         <v>587</v>
       </c>
       <c r="C178" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D178" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E178" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F178" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G178" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H178" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="179" spans="1:8" ht="15">
       <c r="A179" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B179">
         <v>171</v>
       </c>
       <c r="C179" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D179" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E179" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F179" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G179" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H179" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="180" spans="1:8" ht="15">
       <c r="A180" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B180">
         <v>172</v>
       </c>
       <c r="C180" t="s">
         <v>9</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180" t="s">
         <v>13</v>
       </c>
       <c r="H180" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="181" spans="1:8" ht="15">
       <c r="A181" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B181">
         <v>173</v>
       </c>
       <c r="C181" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D181" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E181" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F181" t="s">
         <v>107</v>
       </c>
       <c r="G181" t="s">
         <v>108</v>
       </c>
       <c r="H181" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="182" spans="1:8" ht="15">
       <c r="A182" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B182">
         <v>175</v>
       </c>
       <c r="C182" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D182" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E182" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F182" t="s">
         <v>89</v>
       </c>
       <c r="G182" t="s">
         <v>90</v>
       </c>
       <c r="H182" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="183" spans="1:8" ht="15">
       <c r="A183" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B183">
         <v>177</v>
       </c>
       <c r="C183" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D183" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E183" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F183" t="s">
         <v>89</v>
       </c>
       <c r="G183" t="s">
         <v>90</v>
       </c>
       <c r="H183" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="184" spans="1:8" ht="15">
       <c r="A184" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B184">
         <v>178</v>
       </c>
       <c r="C184" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D184" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E184" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184" t="s">
         <v>69</v>
       </c>
       <c r="H184" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="185" spans="1:8" ht="15">
       <c r="A185" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B185">
         <v>167</v>
       </c>
       <c r="C185" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D185" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E185" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F185" t="s">
         <v>107</v>
       </c>
       <c r="G185" t="s">
         <v>108</v>
       </c>
       <c r="H185" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="186" spans="1:8" ht="15">
       <c r="A186" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B186">
         <v>179</v>
       </c>
       <c r="C186" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D186" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E186" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186" t="s">
         <v>69</v>
       </c>
       <c r="H186" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="187" spans="1:8" ht="15">
       <c r="A187" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B187">
         <v>181</v>
       </c>
       <c r="C187" t="s">
         <v>9</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187" t="s">
         <v>13</v>
       </c>
       <c r="H187" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="188" spans="1:8" ht="15">
       <c r="A188" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B188">
         <v>343</v>
       </c>
       <c r="C188" t="s">
         <v>156</v>
       </c>
       <c r="D188" t="s">
         <v>157</v>
       </c>
       <c r="E188" t="s">
         <v>158</v>
       </c>
       <c r="F188" t="s">
         <v>159</v>
       </c>
       <c r="G188" t="s">
         <v>160</v>
       </c>
       <c r="H188" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="189" spans="1:8" ht="15">
       <c r="A189" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B189">
         <v>213</v>
       </c>
       <c r="C189" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D189" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E189" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F189" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G189" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H189" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="190" spans="1:8" ht="15">
       <c r="A190" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B190">
         <v>217</v>
       </c>
       <c r="C190" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D190" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E190" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F190" t="s">
         <v>107</v>
       </c>
       <c r="G190" t="s">
         <v>108</v>
       </c>
       <c r="H190" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="191" spans="1:8" ht="15">
       <c r="A191" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B191">
         <v>182</v>
       </c>
       <c r="C191" t="s">
         <v>9</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191" t="s">
         <v>13</v>
       </c>
       <c r="H191" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:8" ht="15">
       <c r="A192" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B192">
         <v>183</v>
       </c>
       <c r="C192" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D192" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E192" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F192" t="s">
         <v>81</v>
       </c>
       <c r="G192" t="s">
         <v>82</v>
       </c>
       <c r="H192" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="193" spans="1:8" ht="15">
       <c r="A193" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B193">
         <v>185</v>
       </c>
       <c r="C193" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D193" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E193" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F193" t="s">
         <v>107</v>
       </c>
       <c r="G193" t="s">
         <v>108</v>
       </c>
       <c r="H193" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="194" spans="1:8" ht="15">
       <c r="A194" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B194">
         <v>186</v>
       </c>
       <c r="C194" t="s">
         <v>156</v>
       </c>
       <c r="D194" t="s">
         <v>157</v>
       </c>
       <c r="E194" t="s">
         <v>158</v>
       </c>
       <c r="F194" t="s">
         <v>159</v>
       </c>
       <c r="G194" t="s">
         <v>160</v>
       </c>
       <c r="H194" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="195" spans="1:8" ht="15">
       <c r="A195" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B195">
         <v>187</v>
       </c>
       <c r="C195" t="s">
         <v>156</v>
       </c>
       <c r="D195" t="s">
         <v>157</v>
       </c>
       <c r="E195" t="s">
         <v>158</v>
       </c>
       <c r="F195" t="s">
         <v>159</v>
       </c>
       <c r="G195" t="s">
         <v>160</v>
       </c>
       <c r="H195" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="196" spans="1:8" ht="15">
       <c r="A196" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B196">
         <v>188</v>
       </c>
       <c r="C196" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D196" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E196" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F196" t="s">
         <v>81</v>
       </c>
       <c r="G196" t="s">
         <v>82</v>
       </c>
       <c r="H196" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="197" spans="1:8" ht="15">
       <c r="A197" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B197">
         <v>189</v>
       </c>
       <c r="C197" t="s">
         <v>9</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197" t="s">
         <v>13</v>
       </c>
       <c r="H197" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:8" ht="15">
       <c r="A198" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="B198">
         <v>190</v>
       </c>
       <c r="C198" t="s">
         <v>9</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198" t="s">
         <v>13</v>
       </c>
       <c r="H198" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="199" spans="1:8" ht="15">
       <c r="A199" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B199">
         <v>570</v>
       </c>
       <c r="C199" t="s">
         <v>9</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199" t="s">
         <v>13</v>
       </c>
       <c r="H199" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="200" spans="1:8" ht="15">
       <c r="A200" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="B200">
         <v>476</v>
       </c>
       <c r="C200" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D200" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E200" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F200" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G200" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H200" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="201" spans="1:8" ht="15">
       <c r="A201" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="B201">
         <v>192</v>
       </c>
       <c r="C201" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D201" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E201" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F201" t="s">
         <v>81</v>
       </c>
       <c r="G201" t="s">
         <v>82</v>
       </c>
       <c r="H201" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="202" spans="1:8" ht="15">
       <c r="A202" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B202">
         <v>193</v>
       </c>
       <c r="C202" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D202" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E202" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F202" t="s">
         <v>81</v>
       </c>
       <c r="G202" t="s">
         <v>82</v>
       </c>
       <c r="H202" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="203" spans="1:8" ht="15">
       <c r="A203" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B203">
         <v>194</v>
       </c>
       <c r="C203" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D203" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E203" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F203" t="s">
         <v>107</v>
       </c>
       <c r="G203" t="s">
         <v>108</v>
       </c>
       <c r="H203" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="204" spans="1:8" ht="15">
       <c r="A204" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="B204">
         <v>195</v>
       </c>
       <c r="C204" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D204" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E204" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F204" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G204" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H204" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="205" spans="1:8" ht="15">
       <c r="A205" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B205">
         <v>197</v>
       </c>
       <c r="C205" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D205" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E205" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F205" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G205" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H205" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="206" spans="1:8" ht="15">
       <c r="A206" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B206">
         <v>196</v>
       </c>
       <c r="C206" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D206" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E206" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F206" t="s">
         <v>107</v>
       </c>
       <c r="G206" t="s">
         <v>108</v>
       </c>
       <c r="H206" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="207" spans="1:8" ht="15">
       <c r="A207" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B207">
         <v>198</v>
       </c>
       <c r="C207" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D207" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E207" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207" t="s">
         <v>69</v>
       </c>
       <c r="H207" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="208" spans="1:8" ht="15">
       <c r="A208" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B208">
         <v>199</v>
       </c>
       <c r="C208" t="s">
         <v>129</v>
       </c>
       <c r="D208" t="s">
         <v>130</v>
       </c>
       <c r="E208" t="s">
         <v>131</v>
       </c>
       <c r="F208" t="s">
         <v>81</v>
       </c>
       <c r="G208" t="s">
         <v>82</v>
       </c>
       <c r="H208" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="209" spans="1:8" ht="15">
       <c r="A209" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B209">
         <v>531</v>
       </c>
       <c r="C209" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D209" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E209" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F209" t="s">
         <v>81</v>
       </c>
       <c r="G209" t="s">
         <v>82</v>
       </c>
       <c r="H209" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="210" spans="1:8" ht="15">
       <c r="A210" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="B210">
         <v>200</v>
       </c>
       <c r="C210" t="s">
         <v>165</v>
       </c>
       <c r="D210" t="s">
         <v>166</v>
       </c>
       <c r="E210" t="s">
         <v>167</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210" t="s">
         <v>69</v>
       </c>
       <c r="H210" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="211" spans="1:8" ht="15">
       <c r="A211" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B211">
         <v>201</v>
       </c>
       <c r="C211" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D211" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E211" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F211" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G211" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H211" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="212" spans="1:8" ht="15">
       <c r="A212" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B212">
         <v>202</v>
       </c>
       <c r="C212" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D212" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E212" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F212" t="s">
         <v>107</v>
       </c>
       <c r="G212" t="s">
         <v>108</v>
       </c>
       <c r="H212" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="213" spans="1:8" ht="15">
       <c r="A213" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="B213">
         <v>203</v>
       </c>
       <c r="C213" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D213" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E213" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F213" t="s">
         <v>81</v>
       </c>
       <c r="G213" t="s">
         <v>82</v>
       </c>
       <c r="H213" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="214" spans="1:8" ht="15">
       <c r="A214" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B214">
         <v>204</v>
       </c>
       <c r="C214" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D214" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E214" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F214" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G214" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H214" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="215" spans="1:8" ht="15">
       <c r="A215" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B215">
         <v>207</v>
       </c>
       <c r="C215" t="s">
         <v>156</v>
       </c>
       <c r="D215" t="s">
         <v>157</v>
       </c>
       <c r="E215" t="s">
         <v>158</v>
       </c>
       <c r="F215" t="s">
         <v>159</v>
       </c>
       <c r="G215" t="s">
         <v>160</v>
       </c>
       <c r="H215" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="216" spans="1:8" ht="15">
       <c r="A216" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B216">
         <v>205</v>
       </c>
       <c r="C216" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D216" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E216" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F216" t="s">
         <v>107</v>
       </c>
       <c r="G216" t="s">
         <v>108</v>
       </c>
       <c r="H216" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="217" spans="1:8" ht="15">
       <c r="A217" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B217">
         <v>206</v>
       </c>
       <c r="C217" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D217" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E217" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F217" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G217" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H217" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="218" spans="1:8" ht="15">
       <c r="A218" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B218">
         <v>208</v>
       </c>
       <c r="C218" t="s">
         <v>165</v>
       </c>
       <c r="D218" t="s">
         <v>166</v>
       </c>
       <c r="E218" t="s">
         <v>167</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218" t="s">
         <v>69</v>
       </c>
       <c r="H218" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="219" spans="1:8" ht="15">
       <c r="A219" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B219">
         <v>209</v>
       </c>
       <c r="C219" t="s">
         <v>165</v>
       </c>
       <c r="D219" t="s">
         <v>166</v>
       </c>
       <c r="E219" t="s">
         <v>167</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219" t="s">
         <v>69</v>
       </c>
       <c r="H219" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="220" spans="1:8" ht="15">
       <c r="A220" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B220">
         <v>210</v>
       </c>
       <c r="C220" t="s">
         <v>156</v>
       </c>
       <c r="D220" t="s">
         <v>157</v>
       </c>
       <c r="E220" t="s">
         <v>158</v>
       </c>
       <c r="F220" t="s">
         <v>159</v>
       </c>
       <c r="G220" t="s">
         <v>160</v>
       </c>
       <c r="H220" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="221" spans="1:8" ht="15">
       <c r="A221" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B221">
         <v>211</v>
       </c>
       <c r="C221" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D221" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E221" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F221" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G221" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H221" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="222" spans="1:8" ht="15">
       <c r="A222" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B222">
         <v>212</v>
       </c>
       <c r="C222" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D222" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E222" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F222" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G222" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H222" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="223" spans="1:8" ht="15">
       <c r="A223" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B223">
         <v>214</v>
       </c>
       <c r="C223" t="s">
         <v>165</v>
       </c>
       <c r="D223" t="s">
         <v>166</v>
       </c>
       <c r="E223" t="s">
         <v>167</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223" t="s">
         <v>69</v>
       </c>
       <c r="H223" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:8" ht="15">
       <c r="A224" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B224">
         <v>215</v>
       </c>
       <c r="C224" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D224" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E224" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F224" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G224" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H224" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="225" spans="1:8" ht="15">
       <c r="A225" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="B225">
         <v>216</v>
       </c>
       <c r="C225" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D225" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E225" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F225" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G225" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H225" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="226" spans="1:8" ht="15">
       <c r="A226" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B226">
         <v>218</v>
       </c>
       <c r="C226" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D226" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E226" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F226" t="s">
         <v>81</v>
       </c>
       <c r="G226" t="s">
         <v>82</v>
       </c>
       <c r="H226" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="227" spans="1:8" ht="15">
       <c r="A227" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B227">
         <v>219</v>
       </c>
       <c r="C227" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D227" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E227" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F227" t="s">
         <v>81</v>
       </c>
       <c r="G227" t="s">
         <v>82</v>
       </c>
       <c r="H227" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="228" spans="1:8" ht="15">
       <c r="A228" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B228">
         <v>221</v>
       </c>
       <c r="C228" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D228" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E228" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F228" t="s">
         <v>107</v>
       </c>
       <c r="G228" t="s">
         <v>108</v>
       </c>
       <c r="H228" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="229" spans="1:8" ht="15">
       <c r="A229" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="B229">
         <v>223</v>
       </c>
       <c r="C229" t="s">
         <v>9</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229" t="s">
         <v>13</v>
       </c>
       <c r="H229" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="230" spans="1:8" ht="15">
       <c r="A230" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B230">
         <v>224</v>
       </c>
       <c r="C230" t="s">
         <v>9</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230" t="s">
         <v>13</v>
       </c>
       <c r="H230" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="231" spans="1:8" ht="15">
       <c r="A231" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B231">
         <v>225</v>
       </c>
       <c r="C231" t="s">
         <v>9</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231" t="s">
         <v>13</v>
       </c>
       <c r="H231" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="232" spans="1:8" ht="15">
       <c r="A232" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="B232">
         <v>582</v>
       </c>
       <c r="C232" t="s">
         <v>9</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232" t="s">
         <v>13</v>
       </c>
       <c r="H232" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="233" spans="1:8" ht="15">
       <c r="A233" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="B233">
         <v>226</v>
       </c>
       <c r="C233" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D233" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E233" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F233" t="s">
         <v>89</v>
       </c>
       <c r="G233" t="s">
         <v>90</v>
       </c>
       <c r="H233" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="234" spans="1:8" ht="15">
       <c r="A234" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="B234">
         <v>227</v>
       </c>
       <c r="C234" t="s">
         <v>78</v>
       </c>
       <c r="D234" t="s">
         <v>79</v>
       </c>
       <c r="E234" t="s">
         <v>80</v>
       </c>
       <c r="F234" t="s">
         <v>81</v>
       </c>
       <c r="G234" t="s">
         <v>82</v>
       </c>
       <c r="H234" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="235" spans="1:8" ht="15">
       <c r="A235" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="B235">
         <v>581</v>
       </c>
       <c r="C235" t="s">
         <v>9</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235" t="s">
         <v>13</v>
       </c>
       <c r="H235" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="236" spans="1:8" ht="15">
       <c r="A236" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B236">
         <v>229</v>
       </c>
       <c r="C236" t="s">
         <v>9</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236" t="s">
         <v>13</v>
       </c>
       <c r="H236" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="237" spans="1:8" ht="15">
       <c r="A237" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="B237">
         <v>578</v>
       </c>
       <c r="C237" t="s">
         <v>66</v>
       </c>
       <c r="D237" t="s">
         <v>67</v>
       </c>
       <c r="E237" t="s">
         <v>68</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237" t="s">
         <v>69</v>
       </c>
       <c r="H237" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="238" spans="1:8" ht="15">
       <c r="A238" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B238">
         <v>230</v>
       </c>
       <c r="C238" t="s">
         <v>9</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238" t="s">
         <v>13</v>
       </c>
       <c r="H238" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="239" spans="1:8" ht="15">
       <c r="A239" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="B239">
         <v>231</v>
       </c>
       <c r="C239" t="s">
         <v>81</v>
       </c>
       <c r="D239" t="s">
         <v>82</v>
       </c>
       <c r="E239" t="s">
         <v>83</v>
       </c>
       <c r="F239" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="G239" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="H239" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
     </row>
     <row r="240" spans="1:8" ht="15">
       <c r="A240" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B240">
         <v>232</v>
       </c>
       <c r="C240" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D240" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E240" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F240" t="s">
         <v>107</v>
       </c>
       <c r="G240" t="s">
         <v>108</v>
       </c>
       <c r="H240" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="241" spans="1:8" ht="15">
       <c r="A241" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="B241">
         <v>583</v>
       </c>
       <c r="C241" t="s">
         <v>9</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241" t="s">
         <v>13</v>
       </c>
       <c r="H241" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="242" spans="1:8" ht="15">
       <c r="A242" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="B242">
         <v>233</v>
       </c>
       <c r="C242" t="s">
         <v>9</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242" t="s">
         <v>13</v>
       </c>
       <c r="H242" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="243" spans="1:8" ht="15">
       <c r="A243" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="B243">
         <v>234</v>
       </c>
       <c r="C243" t="s">
         <v>9</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243" t="s">
         <v>13</v>
       </c>
       <c r="H243" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="244" spans="1:8" ht="15">
       <c r="A244" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="B244">
         <v>235</v>
       </c>
       <c r="C244" t="s">
         <v>9</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244" t="s">
         <v>13</v>
       </c>
       <c r="H244" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="245" spans="1:8" ht="15">
       <c r="A245" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="B245">
         <v>236</v>
       </c>
       <c r="C245" t="s">
         <v>9</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245" t="s">
         <v>13</v>
       </c>
       <c r="H245" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="246" spans="1:8" ht="15">
       <c r="A246" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B246">
         <v>238</v>
       </c>
       <c r="C246" t="s">
         <v>78</v>
       </c>
       <c r="D246" t="s">
         <v>79</v>
       </c>
       <c r="E246" t="s">
         <v>80</v>
       </c>
       <c r="F246" t="s">
         <v>81</v>
       </c>
       <c r="G246" t="s">
         <v>82</v>
       </c>
       <c r="H246" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="247" spans="1:8" ht="15">
       <c r="A247" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B247">
         <v>573</v>
       </c>
       <c r="C247" t="s">
         <v>9</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247" t="s">
         <v>13</v>
       </c>
       <c r="H247" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="248" spans="1:8" ht="15">
       <c r="A248" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="B248">
         <v>239</v>
       </c>
       <c r="C248" t="s">
         <v>9</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248" t="s">
         <v>13</v>
       </c>
       <c r="H248" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="249" spans="1:8" ht="15">
       <c r="A249" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="B249">
         <v>240</v>
       </c>
       <c r="C249" t="s">
         <v>9</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249" t="s">
         <v>13</v>
       </c>
       <c r="H249" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="250" spans="1:8" ht="15">
       <c r="A250" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="B250">
         <v>113</v>
       </c>
       <c r="C250" t="s">
         <v>129</v>
       </c>
       <c r="D250" t="s">
         <v>130</v>
       </c>
       <c r="E250" t="s">
         <v>131</v>
       </c>
       <c r="F250" t="s">
         <v>81</v>
       </c>
       <c r="G250" t="s">
         <v>82</v>
       </c>
       <c r="H250" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="251" spans="1:8" ht="15">
       <c r="A251" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B251">
         <v>241</v>
       </c>
       <c r="C251" t="s">
         <v>9</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251" t="s">
         <v>13</v>
       </c>
       <c r="H251" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="252" spans="1:8" ht="15">
       <c r="A252" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="B252">
         <v>242</v>
       </c>
       <c r="C252" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D252" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E252" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252" t="s">
         <v>69</v>
       </c>
       <c r="H252" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="253" spans="1:8" ht="15">
       <c r="A253" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B253">
         <v>243</v>
       </c>
       <c r="C253" t="s">
         <v>9</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253" t="s">
         <v>13</v>
       </c>
       <c r="H253" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="254" spans="1:8" ht="15">
       <c r="A254" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="B254">
         <v>244</v>
       </c>
       <c r="C254" t="s">
         <v>9</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254" t="s">
         <v>13</v>
       </c>
       <c r="H254" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="255" spans="1:8" ht="15">
       <c r="A255" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B255">
         <v>245</v>
       </c>
       <c r="C255" t="s">
         <v>9</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255" t="s">
         <v>13</v>
       </c>
       <c r="H255" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="256" spans="1:8" ht="15">
       <c r="A256" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B256">
         <v>246</v>
       </c>
       <c r="C256" t="s">
         <v>9</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256" t="s">
         <v>13</v>
       </c>
       <c r="H256" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="257" spans="1:8" ht="15">
       <c r="A257" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="B257">
         <v>247</v>
       </c>
       <c r="C257" t="s">
         <v>9</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257" t="s">
         <v>13</v>
       </c>
       <c r="H257" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="258" spans="1:8" ht="15">
       <c r="A258" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="B258">
         <v>248</v>
       </c>
       <c r="C258" t="s">
         <v>9</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258" t="s">
         <v>13</v>
       </c>
       <c r="H258" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="259" spans="1:8" ht="15">
       <c r="A259" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B259">
         <v>249</v>
       </c>
       <c r="C259" t="s">
         <v>9</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259" t="s">
         <v>13</v>
       </c>
       <c r="H259" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="260" spans="1:8" ht="15">
       <c r="A260" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="B260">
         <v>250</v>
       </c>
       <c r="C260" t="s">
         <v>9</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260" t="s">
         <v>13</v>
       </c>
       <c r="H260" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="261" spans="1:8" ht="15">
       <c r="A261" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="B261">
         <v>251</v>
       </c>
       <c r="C261" t="s">
         <v>9</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261" t="s">
         <v>13</v>
       </c>
       <c r="H261" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="262" spans="1:8" ht="15">
       <c r="A262" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B262">
         <v>253</v>
       </c>
       <c r="C262" t="s">
         <v>86</v>
       </c>
       <c r="D262" t="s">
         <v>87</v>
       </c>
       <c r="E262" t="s">
         <v>88</v>
       </c>
       <c r="F262" t="s">
         <v>89</v>
       </c>
       <c r="G262" t="s">
         <v>90</v>
       </c>
       <c r="H262" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="263" spans="1:8" ht="15">
       <c r="A263" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B263">
         <v>566</v>
       </c>
       <c r="C263" t="s">
         <v>9</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263" t="s">
         <v>13</v>
       </c>
       <c r="H263" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="264" spans="1:8" ht="15">
       <c r="A264" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B264">
         <v>257</v>
       </c>
       <c r="C264" t="s">
         <v>9</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264" t="s">
         <v>13</v>
       </c>
       <c r="H264" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="265" spans="1:8" ht="15">
       <c r="A265" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="B265">
         <v>258</v>
       </c>
       <c r="C265" t="s">
         <v>9</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265" t="s">
         <v>13</v>
       </c>
       <c r="H265" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="266" spans="1:8" ht="15">
       <c r="A266" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="B266">
         <v>259</v>
       </c>
       <c r="C266" t="s">
         <v>9</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266" t="s">
         <v>13</v>
       </c>
       <c r="H266" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="267" spans="1:8" ht="15">
       <c r="A267" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B267">
         <v>260</v>
       </c>
       <c r="C267" t="s">
         <v>9</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267" t="s">
         <v>13</v>
       </c>
       <c r="H267" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="268" spans="1:8" ht="15">
       <c r="A268" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B268">
         <v>261</v>
       </c>
       <c r="C268" t="s">
         <v>9</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268" t="s">
         <v>13</v>
       </c>
       <c r="H268" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="269" spans="1:8" ht="15">
       <c r="A269" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="B269">
         <v>262</v>
       </c>
       <c r="C269" t="s">
         <v>9</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269" t="s">
         <v>13</v>
       </c>
       <c r="H269" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="270" spans="1:8" ht="15">
       <c r="A270" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="B270">
         <v>263</v>
       </c>
       <c r="C270" t="s">
         <v>9</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270" t="s">
         <v>13</v>
       </c>
       <c r="H270" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="271" spans="1:8" ht="15">
       <c r="A271" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B271">
         <v>264</v>
       </c>
       <c r="C271" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D271" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E271" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F271" t="s">
         <v>107</v>
       </c>
       <c r="G271" t="s">
         <v>108</v>
       </c>
       <c r="H271" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="272" spans="1:8" ht="15">
       <c r="A272" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B272">
         <v>266</v>
       </c>
       <c r="C272" t="s">
         <v>9</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272" t="s">
         <v>13</v>
       </c>
       <c r="H272" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="273" spans="1:8" ht="15">
       <c r="A273" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="B273">
         <v>267</v>
       </c>
       <c r="C273" t="s">
         <v>9</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273" t="s">
         <v>13</v>
       </c>
       <c r="H273" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="274" spans="1:8" ht="15">
       <c r="A274" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B274">
         <v>268</v>
       </c>
       <c r="C274" t="s">
         <v>9</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274" t="s">
         <v>13</v>
       </c>
       <c r="H274" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="275" spans="1:8" ht="15">
       <c r="A275" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B275">
         <v>269</v>
       </c>
       <c r="C275" t="s">
         <v>9</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275" t="s">
         <v>13</v>
       </c>
       <c r="H275" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="276" spans="1:8" ht="15">
       <c r="A276" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="B276">
         <v>270</v>
       </c>
       <c r="C276" t="s">
         <v>9</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276" t="s">
         <v>13</v>
       </c>
       <c r="H276" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="277" spans="1:8" ht="15">
       <c r="A277" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="B277">
         <v>271</v>
       </c>
       <c r="C277" t="s">
         <v>9</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277" t="s">
         <v>13</v>
       </c>
       <c r="H277" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="278" spans="1:8" ht="15">
       <c r="A278" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B278">
         <v>272</v>
       </c>
       <c r="C278" t="s">
         <v>9</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278" t="s">
         <v>13</v>
       </c>
       <c r="H278" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="279" spans="1:8" ht="15">
       <c r="A279" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="B279">
         <v>273</v>
       </c>
       <c r="C279" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D279" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E279" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F279" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G279" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H279" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="280" spans="1:8" ht="15">
       <c r="A280" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B280">
         <v>550</v>
       </c>
       <c r="C280" t="s">
         <v>9</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280" t="s">
         <v>13</v>
       </c>
       <c r="H280" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="281" spans="1:8" ht="15">
       <c r="A281" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B281">
         <v>108</v>
       </c>
       <c r="C281" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D281" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E281" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F281" t="s">
         <v>89</v>
       </c>
       <c r="G281" t="s">
         <v>90</v>
       </c>
       <c r="H281" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="282" spans="1:8" ht="15">
       <c r="A282" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B282">
         <v>275</v>
       </c>
       <c r="C282" t="s">
         <v>9</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282" t="s">
         <v>13</v>
       </c>
       <c r="H282" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="283" spans="1:8" ht="15">
       <c r="A283" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B283">
         <v>276</v>
       </c>
       <c r="C283" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D283" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E283" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F283" t="s">
         <v>89</v>
       </c>
       <c r="G283" t="s">
         <v>90</v>
       </c>
       <c r="H283" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="284" spans="1:8" ht="15">
       <c r="A284" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B284">
         <v>277</v>
       </c>
       <c r="C284" t="s">
         <v>9</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284" t="s">
         <v>13</v>
       </c>
       <c r="H284" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="285" spans="1:8" ht="15">
       <c r="A285" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B285">
         <v>278</v>
       </c>
       <c r="C285" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D285" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E285" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F285" t="s">
         <v>89</v>
       </c>
       <c r="G285" t="s">
         <v>90</v>
       </c>
       <c r="H285" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="286" spans="1:8" ht="15">
       <c r="A286" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B286">
         <v>110</v>
       </c>
       <c r="C286" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D286" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E286" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F286" t="s">
         <v>89</v>
       </c>
       <c r="G286" t="s">
         <v>90</v>
       </c>
       <c r="H286" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="287" spans="1:8" ht="15">
       <c r="A287" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="B287">
         <v>111</v>
       </c>
       <c r="C287" t="s">
         <v>104</v>
       </c>
       <c r="D287" t="s">
         <v>105</v>
       </c>
       <c r="E287" t="s">
         <v>106</v>
       </c>
       <c r="F287" t="s">
         <v>107</v>
       </c>
       <c r="G287" t="s">
         <v>108</v>
       </c>
       <c r="H287" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="288" spans="1:8" ht="15">
       <c r="A288" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B288">
         <v>280</v>
       </c>
       <c r="C288" t="s">
         <v>116</v>
       </c>
       <c r="D288" t="s">
         <v>117</v>
       </c>
       <c r="E288" t="s">
         <v>118</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288" t="s">
         <v>69</v>
       </c>
       <c r="H288" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="289" spans="1:8" ht="15">
       <c r="A289" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B289">
         <v>281</v>
       </c>
       <c r="C289" t="s">
         <v>104</v>
       </c>
       <c r="D289" t="s">
         <v>105</v>
       </c>
       <c r="E289" t="s">
         <v>106</v>
       </c>
       <c r="F289" t="s">
         <v>107</v>
       </c>
       <c r="G289" t="s">
         <v>108</v>
       </c>
       <c r="H289" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="290" spans="1:8" ht="15">
       <c r="A290" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B290">
         <v>568</v>
       </c>
       <c r="C290" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D290" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E290" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F290" t="s">
         <v>89</v>
       </c>
       <c r="G290" t="s">
         <v>90</v>
       </c>
       <c r="H290" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="291" spans="1:8" ht="15">
       <c r="A291" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B291">
         <v>282</v>
       </c>
       <c r="C291" t="s">
         <v>104</v>
       </c>
       <c r="D291" t="s">
         <v>105</v>
       </c>
       <c r="E291" t="s">
         <v>106</v>
       </c>
       <c r="F291" t="s">
         <v>107</v>
       </c>
       <c r="G291" t="s">
         <v>108</v>
       </c>
       <c r="H291" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="292" spans="1:8" ht="15">
       <c r="A292" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B292">
         <v>283</v>
       </c>
       <c r="C292" t="s">
         <v>104</v>
       </c>
       <c r="D292" t="s">
         <v>105</v>
       </c>
       <c r="E292" t="s">
         <v>106</v>
       </c>
       <c r="F292" t="s">
         <v>107</v>
       </c>
       <c r="G292" t="s">
         <v>108</v>
       </c>
       <c r="H292" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="293" spans="1:8" ht="15">
       <c r="A293" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="B293">
         <v>284</v>
       </c>
       <c r="C293" t="s">
         <v>9</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293" t="s">
         <v>13</v>
       </c>
       <c r="H293" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="294" spans="1:8" ht="15">
       <c r="A294" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="B294">
         <v>279</v>
       </c>
       <c r="C294" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D294" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E294" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F294" t="s">
         <v>89</v>
       </c>
       <c r="G294" t="s">
         <v>90</v>
       </c>
       <c r="H294" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="295" spans="1:8" ht="15">
       <c r="A295" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="B295">
         <v>114</v>
       </c>
       <c r="C295" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D295" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E295" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295" t="s">
         <v>69</v>
       </c>
       <c r="H295" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="296" spans="1:8" ht="15">
       <c r="A296" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="B296">
         <v>115</v>
       </c>
       <c r="C296" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D296" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E296" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296" t="s">
         <v>69</v>
       </c>
       <c r="H296" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="297" spans="1:8" ht="15">
       <c r="A297" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="B297">
         <v>287</v>
       </c>
       <c r="C297" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D297" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E297" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F297" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G297" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H297" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="298" spans="1:8" ht="15">
       <c r="A298" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B298">
         <v>308</v>
       </c>
       <c r="C298" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D298" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E298" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F298" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G298" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H298" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="299" spans="1:8" ht="15">
       <c r="A299" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B299">
         <v>288</v>
       </c>
       <c r="C299" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D299" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E299" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F299" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G299" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H299" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="300" spans="1:8" ht="15">
       <c r="A300" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="B300">
         <v>398</v>
       </c>
       <c r="C300" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D300" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E300" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F300" t="s">
         <v>89</v>
       </c>
       <c r="G300" t="s">
         <v>90</v>
       </c>
       <c r="H300" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="301" spans="1:8" ht="15">
       <c r="A301" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="B301">
         <v>289</v>
       </c>
       <c r="C301" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D301" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E301" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F301" t="s">
         <v>89</v>
       </c>
       <c r="G301" t="s">
         <v>90</v>
       </c>
       <c r="H301" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="302" spans="1:8" ht="15">
       <c r="A302" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B302">
         <v>290</v>
       </c>
       <c r="C302" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D302" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E302" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F302" t="s">
         <v>107</v>
       </c>
       <c r="G302" t="s">
         <v>108</v>
       </c>
       <c r="H302" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="303" spans="1:8" ht="15">
       <c r="A303" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B303">
         <v>527</v>
       </c>
       <c r="C303" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D303" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E303" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F303" t="s">
         <v>107</v>
       </c>
       <c r="G303" t="s">
         <v>108</v>
       </c>
       <c r="H303" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="304" spans="1:8" ht="15">
       <c r="A304" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="B304">
         <v>291</v>
       </c>
       <c r="C304" t="s">
         <v>149</v>
       </c>
       <c r="D304" t="s">
         <v>150</v>
       </c>
       <c r="E304" t="s">
         <v>151</v>
       </c>
       <c r="F304" t="s">
         <v>107</v>
       </c>
       <c r="G304" t="s">
         <v>108</v>
       </c>
       <c r="H304" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="305" spans="1:8" ht="15">
       <c r="A305" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B305">
         <v>116</v>
       </c>
       <c r="C305" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D305" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E305" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F305" t="s">
         <v>107</v>
       </c>
       <c r="G305" t="s">
         <v>108</v>
       </c>
       <c r="H305" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="306" spans="1:8" ht="15">
       <c r="A306" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B306">
         <v>293</v>
       </c>
       <c r="C306" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D306" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E306" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F306" t="s">
         <v>89</v>
       </c>
       <c r="G306" t="s">
         <v>90</v>
       </c>
       <c r="H306" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="307" spans="1:8" ht="15">
       <c r="A307" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B307">
         <v>294</v>
       </c>
       <c r="C307" t="s">
         <v>89</v>
       </c>
       <c r="D307" t="s">
         <v>90</v>
       </c>
       <c r="E307" t="s">
         <v>91</v>
       </c>
       <c r="F307" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="G307" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="H307" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
     </row>
     <row r="308" spans="1:8" ht="15">
       <c r="A308" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B308">
         <v>296</v>
       </c>
       <c r="C308" t="s">
         <v>104</v>
       </c>
       <c r="D308" t="s">
         <v>105</v>
       </c>
       <c r="E308" t="s">
         <v>106</v>
       </c>
       <c r="F308" t="s">
         <v>107</v>
       </c>
       <c r="G308" t="s">
         <v>108</v>
       </c>
       <c r="H308" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="309" spans="1:8" ht="15">
       <c r="A309" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="B309">
         <v>297</v>
       </c>
       <c r="C309" t="s">
         <v>9</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309" t="s">
         <v>13</v>
       </c>
       <c r="H309" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="310" spans="1:8" ht="15">
       <c r="A310" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B310">
         <v>298</v>
       </c>
       <c r="C310" t="s">
         <v>89</v>
       </c>
       <c r="D310" t="s">
         <v>90</v>
       </c>
       <c r="E310" t="s">
         <v>91</v>
       </c>
       <c r="F310" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="G310" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="H310" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
     </row>
     <row r="311" spans="1:8" ht="15">
       <c r="A311" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B311">
         <v>118</v>
       </c>
       <c r="C311" t="s">
         <v>89</v>
       </c>
       <c r="D311" t="s">
         <v>90</v>
       </c>
       <c r="E311" t="s">
         <v>91</v>
       </c>
       <c r="F311" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="G311" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="H311" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
     </row>
     <row r="312" spans="1:8" ht="15">
       <c r="A312" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B312">
         <v>300</v>
       </c>
       <c r="C312" t="s">
         <v>116</v>
       </c>
       <c r="D312" t="s">
         <v>117</v>
       </c>
       <c r="E312" t="s">
         <v>118</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312" t="s">
         <v>69</v>
       </c>
       <c r="H312" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="313" spans="1:8" ht="15">
       <c r="A313" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B313">
         <v>119</v>
       </c>
       <c r="C313" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D313" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E313" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F313" t="s">
         <v>89</v>
       </c>
       <c r="G313" t="s">
         <v>90</v>
       </c>
       <c r="H313" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="314" spans="1:8" ht="15">
       <c r="A314" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="B314">
         <v>301</v>
       </c>
       <c r="C314" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D314" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E314" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F314" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G314" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H314" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="315" spans="1:8" ht="15">
       <c r="A315" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B315">
         <v>117</v>
       </c>
       <c r="C315" t="s">
         <v>81</v>
       </c>
       <c r="D315" t="s">
         <v>82</v>
       </c>
       <c r="E315" t="s">
         <v>83</v>
       </c>
       <c r="F315" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="G315" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="H315" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
     </row>
     <row r="316" spans="1:8" ht="15">
       <c r="A316" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B316">
         <v>61</v>
       </c>
       <c r="C316" t="s">
         <v>78</v>
       </c>
       <c r="D316" t="s">
         <v>79</v>
       </c>
       <c r="E316" t="s">
         <v>80</v>
       </c>
       <c r="F316" t="s">
         <v>81</v>
       </c>
       <c r="G316" t="s">
         <v>82</v>
       </c>
       <c r="H316" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="317" spans="1:8" ht="15">
       <c r="A317" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B317">
         <v>295</v>
       </c>
       <c r="C317" t="s">
         <v>78</v>
       </c>
       <c r="D317" t="s">
         <v>79</v>
       </c>
       <c r="E317" t="s">
         <v>80</v>
       </c>
       <c r="F317" t="s">
         <v>81</v>
       </c>
       <c r="G317" t="s">
         <v>82</v>
       </c>
       <c r="H317" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="318" spans="1:8" ht="15">
       <c r="A318" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="B318">
         <v>375</v>
       </c>
       <c r="C318" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D318" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E318" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F318" t="s">
         <v>107</v>
       </c>
       <c r="G318" t="s">
         <v>108</v>
       </c>
       <c r="H318" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="319" spans="1:8" ht="15">
       <c r="A319" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B319">
         <v>385</v>
       </c>
       <c r="C319" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D319" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E319" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F319" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G319" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H319" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="320" spans="1:8" ht="15">
       <c r="A320" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="B320">
         <v>414</v>
       </c>
       <c r="C320" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D320" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E320" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F320" t="s">
         <v>107</v>
       </c>
       <c r="G320" t="s">
         <v>108</v>
       </c>
       <c r="H320" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="321" spans="1:8" ht="15">
       <c r="A321" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B321">
         <v>543</v>
       </c>
       <c r="C321" t="s">
         <v>9</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321" t="s">
         <v>13</v>
       </c>
       <c r="H321" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="322" spans="1:8" ht="15">
       <c r="A322" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="B322">
         <v>542</v>
       </c>
       <c r="C322" t="s">
         <v>9</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322" t="s">
         <v>13</v>
       </c>
       <c r="H322" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="323" spans="1:8" ht="15">
       <c r="A323" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="B323">
         <v>304</v>
       </c>
       <c r="C323" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D323" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E323" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F323" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G323" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H323" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="324" spans="1:8" ht="15">
       <c r="A324" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B324">
         <v>120</v>
       </c>
       <c r="C324" t="s">
         <v>104</v>
       </c>
       <c r="D324" t="s">
         <v>105</v>
       </c>
       <c r="E324" t="s">
         <v>106</v>
       </c>
       <c r="F324" t="s">
         <v>107</v>
       </c>
       <c r="G324" t="s">
         <v>108</v>
       </c>
       <c r="H324" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="325" spans="1:8" ht="15">
       <c r="A325" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B325">
         <v>305</v>
       </c>
       <c r="C325" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D325" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E325" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F325" t="s">
         <v>107</v>
       </c>
       <c r="G325" t="s">
         <v>108</v>
       </c>
       <c r="H325" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="326" spans="1:8" ht="15">
       <c r="A326" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B326">
         <v>306</v>
       </c>
       <c r="C326" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D326" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E326" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F326" t="s">
         <v>107</v>
       </c>
       <c r="G326" t="s">
         <v>108</v>
       </c>
       <c r="H326" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="327" spans="1:8" ht="15">
       <c r="A327" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="B327">
         <v>307</v>
       </c>
       <c r="C327" t="s">
         <v>9</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327" t="s">
         <v>13</v>
       </c>
       <c r="H327" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="328" spans="1:8" ht="15">
       <c r="A328" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B328">
         <v>310</v>
       </c>
       <c r="C328" t="s">
         <v>9</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" t="s">
         <v>12</v>
       </c>
       <c r="G328" t="s">
         <v>13</v>
       </c>
       <c r="H328" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="329" spans="1:8" ht="15">
       <c r="A329" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="B329">
         <v>311</v>
       </c>
       <c r="C329" t="s">
         <v>9</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" t="s">
         <v>12</v>
       </c>
       <c r="G329" t="s">
         <v>13</v>
       </c>
       <c r="H329" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="330" spans="1:8" ht="15">
       <c r="A330" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="B330">
         <v>557</v>
       </c>
       <c r="C330" t="s">
         <v>9</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" t="s">
         <v>12</v>
       </c>
       <c r="G330" t="s">
         <v>13</v>
       </c>
       <c r="H330" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="331" spans="1:8" ht="15">
       <c r="A331" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B331">
         <v>312</v>
       </c>
       <c r="C331" t="s">
         <v>9</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" t="s">
         <v>12</v>
       </c>
       <c r="G331" t="s">
         <v>13</v>
       </c>
       <c r="H331" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="332" spans="1:8" ht="15">
       <c r="A332" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="B332">
         <v>314</v>
       </c>
       <c r="C332" t="s">
         <v>9</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" t="s">
         <v>12</v>
       </c>
       <c r="G332" t="s">
         <v>13</v>
       </c>
       <c r="H332" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="333" spans="1:8" ht="15">
       <c r="A333" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B333">
         <v>317</v>
       </c>
       <c r="C333" t="s">
         <v>66</v>
       </c>
       <c r="D333" t="s">
         <v>67</v>
       </c>
       <c r="E333" t="s">
         <v>68</v>
       </c>
       <c r="F333" t="s">
         <v>12</v>
       </c>
       <c r="G333" t="s">
         <v>69</v>
       </c>
       <c r="H333" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="334" spans="1:8" ht="15">
       <c r="A334" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B334">
         <v>318</v>
       </c>
       <c r="C334" t="s">
         <v>9</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" t="s">
         <v>12</v>
       </c>
       <c r="G334" t="s">
         <v>13</v>
       </c>
       <c r="H334" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="335" spans="1:8" ht="15">
       <c r="A335" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="B335">
         <v>319</v>
       </c>
       <c r="C335" t="s">
         <v>9</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" t="s">
         <v>12</v>
       </c>
       <c r="G335" t="s">
         <v>13</v>
       </c>
       <c r="H335" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="336" spans="1:8" ht="15">
       <c r="A336" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B336">
         <v>320</v>
       </c>
       <c r="C336" t="s">
         <v>9</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" t="s">
         <v>12</v>
       </c>
       <c r="G336" t="s">
         <v>13</v>
       </c>
       <c r="H336" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="337" spans="1:8" ht="15">
       <c r="A337" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="B337">
         <v>321</v>
       </c>
       <c r="C337" t="s">
         <v>66</v>
       </c>
       <c r="D337" t="s">
         <v>67</v>
       </c>
       <c r="E337" t="s">
         <v>68</v>
       </c>
       <c r="F337" t="s">
         <v>12</v>
       </c>
       <c r="G337" t="s">
         <v>69</v>
       </c>
       <c r="H337" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="338" spans="1:8" ht="15">
       <c r="A338" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B338">
         <v>322</v>
       </c>
       <c r="C338" t="s">
+        <v>156</v>
+      </c>
+      <c r="D338" t="s">
+        <v>157</v>
+      </c>
+      <c r="E338" t="s">
+        <v>158</v>
+      </c>
+      <c r="F338" t="s">
         <v>159</v>
       </c>
-      <c r="D338" t="s">
+      <c r="G338" t="s">
         <v>160</v>
       </c>
-      <c r="E338" t="s">
+      <c r="H338" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="339" spans="1:8" ht="15">
       <c r="A339" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="B339">
         <v>323</v>
       </c>
       <c r="C339" t="s">
         <v>9</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" t="s">
         <v>12</v>
       </c>
       <c r="G339" t="s">
         <v>13</v>
       </c>
       <c r="H339" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="340" spans="1:8" ht="15">
       <c r="A340" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="B340">
         <v>324</v>
       </c>
       <c r="C340" t="s">
         <v>9</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" t="s">
         <v>12</v>
       </c>
       <c r="G340" t="s">
         <v>13</v>
       </c>
       <c r="H340" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="341" spans="1:8" ht="15">
       <c r="A341" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="B341">
         <v>325</v>
       </c>
       <c r="C341" t="s">
         <v>116</v>
       </c>
       <c r="D341" t="s">
         <v>117</v>
       </c>
       <c r="E341" t="s">
         <v>118</v>
       </c>
       <c r="F341" t="s">
         <v>12</v>
       </c>
       <c r="G341" t="s">
         <v>69</v>
       </c>
       <c r="H341" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="342" spans="1:8" ht="15">
       <c r="A342" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B342">
         <v>326</v>
       </c>
       <c r="C342" t="s">
         <v>9</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" t="s">
         <v>12</v>
       </c>
       <c r="G342" t="s">
         <v>13</v>
       </c>
       <c r="H342" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="343" spans="1:8" ht="15">
       <c r="A343" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B343">
         <v>327</v>
       </c>
       <c r="C343" t="s">
         <v>9</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" t="s">
         <v>12</v>
       </c>
       <c r="G343" t="s">
         <v>13</v>
       </c>
       <c r="H343" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="344" spans="1:8" ht="15">
       <c r="A344" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B344">
         <v>328</v>
       </c>
       <c r="C344" t="s">
         <v>66</v>
       </c>
       <c r="D344" t="s">
         <v>67</v>
       </c>
       <c r="E344" t="s">
         <v>68</v>
       </c>
       <c r="F344" t="s">
         <v>12</v>
       </c>
       <c r="G344" t="s">
         <v>69</v>
       </c>
       <c r="H344" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="345" spans="1:8" ht="15">
       <c r="A345" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B345">
         <v>330</v>
       </c>
       <c r="C345" t="s">
         <v>9</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" t="s">
         <v>12</v>
       </c>
       <c r="G345" t="s">
         <v>13</v>
       </c>
       <c r="H345" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="346" spans="1:8" ht="15">
       <c r="A346" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="B346">
         <v>331</v>
       </c>
       <c r="C346" t="s">
         <v>9</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" t="s">
         <v>12</v>
       </c>
       <c r="G346" t="s">
         <v>13</v>
       </c>
       <c r="H346" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="347" spans="1:8" ht="15">
       <c r="A347" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="B347">
         <v>332</v>
       </c>
       <c r="C347" t="s">
         <v>9</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" t="s">
         <v>12</v>
       </c>
       <c r="G347" t="s">
         <v>13</v>
       </c>
       <c r="H347" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="348" spans="1:8" ht="15">
       <c r="A348" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="B348">
         <v>333</v>
       </c>
       <c r="C348" t="s">
         <v>9</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" t="s">
         <v>12</v>
       </c>
       <c r="G348" t="s">
         <v>13</v>
       </c>
       <c r="H348" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="349" spans="1:8" ht="15">
       <c r="A349" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B349">
         <v>334</v>
       </c>
       <c r="C349" t="s">
         <v>9</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" t="s">
         <v>12</v>
       </c>
       <c r="G349" t="s">
         <v>13</v>
       </c>
       <c r="H349" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="350" spans="1:8" ht="15">
       <c r="A350" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="B350">
         <v>533</v>
       </c>
       <c r="C350" t="s">
         <v>66</v>
       </c>
       <c r="D350" t="s">
         <v>67</v>
       </c>
       <c r="E350" t="s">
         <v>68</v>
       </c>
       <c r="F350" t="s">
         <v>12</v>
       </c>
       <c r="G350" t="s">
         <v>69</v>
       </c>
       <c r="H350" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="351" spans="1:8" ht="15">
       <c r="A351" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B351">
         <v>532</v>
       </c>
       <c r="C351" t="s">
         <v>86</v>
       </c>
       <c r="D351" t="s">
         <v>87</v>
       </c>
       <c r="E351" t="s">
         <v>88</v>
       </c>
       <c r="F351" t="s">
         <v>89</v>
       </c>
       <c r="G351" t="s">
         <v>90</v>
       </c>
       <c r="H351" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="352" spans="1:8" ht="15">
       <c r="A352" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B352">
         <v>560</v>
       </c>
       <c r="C352" t="s">
         <v>9</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" t="s">
         <v>12</v>
       </c>
       <c r="G352" t="s">
         <v>13</v>
       </c>
       <c r="H352" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="353" spans="1:8" ht="15">
       <c r="A353" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="B353">
         <v>336</v>
       </c>
       <c r="C353" t="s">
         <v>9</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" t="s">
         <v>12</v>
       </c>
       <c r="G353" t="s">
         <v>13</v>
       </c>
       <c r="H353" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="354" spans="1:8" ht="15">
       <c r="A354" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B354">
         <v>563</v>
       </c>
       <c r="C354" t="s">
         <v>9</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" t="s">
         <v>12</v>
       </c>
       <c r="G354" t="s">
         <v>13</v>
       </c>
       <c r="H354" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="355" spans="1:8" ht="15">
       <c r="A355" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="B355">
         <v>337</v>
       </c>
       <c r="C355" t="s">
         <v>9</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" t="s">
         <v>12</v>
       </c>
       <c r="G355" t="s">
         <v>13</v>
       </c>
       <c r="H355" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="356" spans="1:8" ht="15">
       <c r="A356" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="B356">
         <v>572</v>
       </c>
       <c r="C356" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D356" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E356" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F356" t="s">
         <v>89</v>
       </c>
       <c r="G356" t="s">
         <v>90</v>
       </c>
       <c r="H356" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="357" spans="1:8" ht="15">
       <c r="A357" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B357">
         <v>340</v>
       </c>
       <c r="C357" t="s">
         <v>9</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" t="s">
         <v>12</v>
       </c>
       <c r="G357" t="s">
         <v>13</v>
       </c>
       <c r="H357" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="358" spans="1:8" ht="15">
       <c r="A358" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="B358">
         <v>341</v>
       </c>
       <c r="C358" t="s">
         <v>9</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" t="s">
         <v>12</v>
       </c>
       <c r="G358" t="s">
         <v>13</v>
       </c>
       <c r="H358" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="359" spans="1:8" ht="15">
       <c r="A359" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="B359">
         <v>342</v>
       </c>
       <c r="C359" t="s">
         <v>116</v>
       </c>
       <c r="D359" t="s">
         <v>117</v>
       </c>
       <c r="E359" t="s">
         <v>118</v>
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359" t="s">
         <v>69</v>
       </c>
       <c r="H359" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="360" spans="1:8" ht="15">
       <c r="A360" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="B360">
         <v>344</v>
       </c>
       <c r="C360" t="s">
         <v>9</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360" t="s">
         <v>13</v>
       </c>
       <c r="H360" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="361" spans="1:8" ht="15">
       <c r="A361" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B361">
         <v>345</v>
       </c>
       <c r="C361" t="s">
         <v>78</v>
       </c>
       <c r="D361" t="s">
         <v>79</v>
       </c>
       <c r="E361" t="s">
         <v>80</v>
       </c>
       <c r="F361" t="s">
         <v>81</v>
       </c>
       <c r="G361" t="s">
         <v>82</v>
       </c>
       <c r="H361" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="362" spans="1:8" ht="15">
       <c r="A362" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="B362">
         <v>346</v>
       </c>
       <c r="C362" t="s">
         <v>9</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" t="s">
         <v>12</v>
       </c>
       <c r="G362" t="s">
         <v>13</v>
       </c>
       <c r="H362" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="363" spans="1:8" ht="15">
       <c r="A363" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="B363">
         <v>564</v>
       </c>
       <c r="C363" t="s">
         <v>9</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" t="s">
         <v>12</v>
       </c>
       <c r="G363" t="s">
         <v>13</v>
       </c>
       <c r="H363" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="364" spans="1:8" ht="15">
       <c r="A364" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="B364">
         <v>348</v>
       </c>
       <c r="C364" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D364" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E364" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F364" t="s">
         <v>107</v>
       </c>
       <c r="G364" t="s">
         <v>108</v>
       </c>
       <c r="H364" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="365" spans="1:8" ht="15">
       <c r="A365" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="B365">
         <v>313</v>
       </c>
       <c r="C365" t="s">
         <v>9</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" t="s">
         <v>12</v>
       </c>
       <c r="G365" t="s">
         <v>13</v>
       </c>
       <c r="H365" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="366" spans="1:8" ht="15">
       <c r="A366" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="B366">
         <v>349</v>
       </c>
       <c r="C366" t="s">
         <v>9</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" t="s">
         <v>12</v>
       </c>
       <c r="G366" t="s">
         <v>13</v>
       </c>
       <c r="H366" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="367" spans="1:8" ht="15">
       <c r="A367" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="B367">
         <v>357</v>
       </c>
       <c r="C367" t="s">
         <v>9</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" t="s">
         <v>12</v>
       </c>
       <c r="G367" t="s">
         <v>13</v>
       </c>
       <c r="H367" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="368" spans="1:8" ht="15">
       <c r="A368" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="B368">
         <v>359</v>
       </c>
       <c r="C368" t="s">
         <v>9</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" t="s">
         <v>12</v>
       </c>
       <c r="G368" t="s">
         <v>13</v>
       </c>
       <c r="H368" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="369" spans="1:8" ht="15">
       <c r="A369" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="B369">
         <v>360</v>
       </c>
       <c r="C369" t="s">
         <v>9</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" t="s">
         <v>12</v>
       </c>
       <c r="G369" t="s">
         <v>13</v>
       </c>
       <c r="H369" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="370" spans="1:8" ht="15">
       <c r="A370" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="B370">
         <v>361</v>
       </c>
       <c r="C370" t="s">
         <v>9</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" t="s">
         <v>12</v>
       </c>
       <c r="G370" t="s">
         <v>13</v>
       </c>
       <c r="H370" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="371" spans="1:8" ht="15">
       <c r="A371" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B371">
         <v>362</v>
       </c>
       <c r="C371" t="s">
         <v>9</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" t="s">
         <v>12</v>
       </c>
       <c r="G371" t="s">
         <v>13</v>
       </c>
       <c r="H371" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="372" spans="1:8" ht="15">
       <c r="A372" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="B372">
         <v>363</v>
       </c>
       <c r="C372" t="s">
         <v>9</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" t="s">
         <v>12</v>
       </c>
       <c r="G372" t="s">
         <v>13</v>
       </c>
       <c r="H372" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="373" spans="1:8" ht="15">
       <c r="A373" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="B373">
         <v>358</v>
       </c>
       <c r="C373" t="s">
         <v>9</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" t="s">
         <v>12</v>
       </c>
       <c r="G373" t="s">
         <v>13</v>
       </c>
       <c r="H373" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="374" spans="1:8" ht="15">
       <c r="A374" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="B374">
         <v>503</v>
       </c>
       <c r="C374" t="s">
         <v>9</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" t="s">
         <v>12</v>
       </c>
       <c r="G374" t="s">
         <v>13</v>
       </c>
       <c r="H374" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="375" spans="1:8" ht="15">
       <c r="A375" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="B375">
         <v>350</v>
       </c>
       <c r="C375" t="s">
         <v>9</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" t="s">
         <v>12</v>
       </c>
       <c r="G375" t="s">
         <v>13</v>
       </c>
       <c r="H375" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="376" spans="1:8" ht="15">
       <c r="A376" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="B376">
         <v>552</v>
       </c>
       <c r="C376" t="s">
         <v>9</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" t="s">
         <v>12</v>
       </c>
       <c r="G376" t="s">
         <v>13</v>
       </c>
       <c r="H376" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="377" spans="1:8" ht="15">
       <c r="A377" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="B377">
         <v>351</v>
       </c>
       <c r="C377" t="s">
         <v>9</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" t="s">
         <v>12</v>
       </c>
       <c r="G377" t="s">
         <v>13</v>
       </c>
       <c r="H377" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="378" spans="1:8" ht="15">
       <c r="A378" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="B378">
         <v>352</v>
       </c>
       <c r="C378" t="s">
         <v>9</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" t="s">
         <v>12</v>
       </c>
       <c r="G378" t="s">
         <v>13</v>
       </c>
       <c r="H378" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="379" spans="1:8" ht="15">
       <c r="A379" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="B379">
         <v>353</v>
       </c>
       <c r="C379" t="s">
         <v>9</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" t="s">
         <v>12</v>
       </c>
       <c r="G379" t="s">
         <v>13</v>
       </c>
       <c r="H379" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="380" spans="1:8" ht="15">
       <c r="A380" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="B380">
         <v>354</v>
       </c>
       <c r="C380" t="s">
         <v>9</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" t="s">
         <v>12</v>
       </c>
       <c r="G380" t="s">
         <v>13</v>
       </c>
       <c r="H380" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="381" spans="1:8" ht="15">
       <c r="A381" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="B381">
         <v>376</v>
       </c>
       <c r="C381" t="s">
         <v>86</v>
       </c>
       <c r="D381" t="s">
         <v>87</v>
       </c>
       <c r="E381" t="s">
         <v>88</v>
       </c>
       <c r="F381" t="s">
         <v>89</v>
       </c>
       <c r="G381" t="s">
         <v>90</v>
       </c>
       <c r="H381" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="382" spans="1:8" ht="15">
       <c r="A382" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="B382">
         <v>584</v>
       </c>
       <c r="C382" t="s">
         <v>9</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" t="s">
         <v>12</v>
       </c>
       <c r="G382" t="s">
         <v>13</v>
       </c>
       <c r="H382" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="383" spans="1:8" ht="15">
       <c r="A383" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="B383">
         <v>355</v>
       </c>
       <c r="C383" t="s">
         <v>9</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" t="s">
         <v>12</v>
       </c>
       <c r="G383" t="s">
         <v>13</v>
       </c>
       <c r="H383" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="384" spans="1:8" ht="15">
       <c r="A384" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="B384">
         <v>356</v>
       </c>
       <c r="C384" t="s">
         <v>9</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>11</v>
       </c>
       <c r="F384" t="s">
         <v>12</v>
       </c>
       <c r="G384" t="s">
         <v>13</v>
       </c>
       <c r="H384" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="385" spans="1:8" ht="15">
       <c r="A385" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="B385">
         <v>365</v>
       </c>
       <c r="C385" t="s">
         <v>9</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" t="s">
         <v>12</v>
       </c>
       <c r="G385" t="s">
         <v>13</v>
       </c>
       <c r="H385" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="386" spans="1:8" ht="15">
       <c r="A386" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="B386">
         <v>366</v>
       </c>
       <c r="C386" t="s">
         <v>9</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" t="s">
         <v>12</v>
       </c>
       <c r="G386" t="s">
         <v>13</v>
       </c>
       <c r="H386" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="387" spans="1:8" ht="15">
       <c r="A387" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="B387">
         <v>368</v>
       </c>
       <c r="C387" t="s">
         <v>9</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" t="s">
         <v>12</v>
       </c>
       <c r="G387" t="s">
         <v>13</v>
       </c>
       <c r="H387" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="388" spans="1:8" ht="15">
       <c r="A388" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="B388">
         <v>369</v>
       </c>
       <c r="C388" t="s">
         <v>9</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" t="s">
         <v>12</v>
       </c>
       <c r="G388" t="s">
         <v>13</v>
       </c>
       <c r="H388" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="389" spans="1:8" ht="15">
       <c r="A389" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="B389">
         <v>370</v>
       </c>
       <c r="C389" t="s">
         <v>9</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" t="s">
         <v>12</v>
       </c>
       <c r="G389" t="s">
         <v>13</v>
       </c>
       <c r="H389" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="390" spans="1:8" ht="15">
       <c r="A390" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="B390">
         <v>371</v>
       </c>
       <c r="C390" t="s">
         <v>9</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" t="s">
         <v>12</v>
       </c>
       <c r="G390" t="s">
         <v>13</v>
       </c>
       <c r="H390" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="391" spans="1:8" ht="15">
       <c r="A391" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="B391">
         <v>373</v>
       </c>
       <c r="C391" t="s">
         <v>9</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391" t="s">
         <v>12</v>
       </c>
       <c r="G391" t="s">
         <v>13</v>
       </c>
       <c r="H391" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="392" spans="1:8" ht="15">
       <c r="A392" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="B392">
         <v>374</v>
       </c>
       <c r="C392" t="s">
         <v>9</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
         <v>11</v>
       </c>
       <c r="F392" t="s">
         <v>12</v>
       </c>
       <c r="G392" t="s">
         <v>13</v>
       </c>
       <c r="H392" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="393" spans="1:8" ht="15">
       <c r="A393" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B393">
         <v>377</v>
       </c>
       <c r="C393" t="s">
         <v>9</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
         <v>11</v>
       </c>
       <c r="F393" t="s">
         <v>12</v>
       </c>
       <c r="G393" t="s">
         <v>13</v>
       </c>
       <c r="H393" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="394" spans="1:8" ht="15">
       <c r="A394" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="B394">
         <v>378</v>
       </c>
       <c r="C394" t="s">
         <v>9</v>
       </c>
       <c r="D394" t="s">
         <v>10</v>
       </c>
       <c r="E394" t="s">
         <v>11</v>
       </c>
       <c r="F394" t="s">
         <v>12</v>
       </c>
       <c r="G394" t="s">
         <v>13</v>
       </c>
       <c r="H394" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="395" spans="1:8" ht="15">
       <c r="A395" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="B395">
         <v>379</v>
       </c>
       <c r="C395" t="s">
         <v>9</v>
       </c>
       <c r="D395" t="s">
         <v>10</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" t="s">
         <v>12</v>
       </c>
       <c r="G395" t="s">
         <v>13</v>
       </c>
       <c r="H395" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="396" spans="1:8" ht="15">
       <c r="A396" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="B396">
         <v>380</v>
       </c>
       <c r="C396" t="s">
         <v>9</v>
       </c>
       <c r="D396" t="s">
         <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>11</v>
       </c>
       <c r="F396" t="s">
         <v>12</v>
       </c>
       <c r="G396" t="s">
         <v>13</v>
       </c>
       <c r="H396" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="397" spans="1:8" ht="15">
       <c r="A397" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="B397">
         <v>381</v>
       </c>
       <c r="C397" t="s">
         <v>9</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" t="s">
         <v>12</v>
       </c>
       <c r="G397" t="s">
         <v>13</v>
       </c>
       <c r="H397" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="398" spans="1:8" ht="15">
       <c r="A398" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="B398">
         <v>382</v>
       </c>
       <c r="C398" t="s">
         <v>9</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" t="s">
         <v>12</v>
       </c>
       <c r="G398" t="s">
         <v>13</v>
       </c>
       <c r="H398" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="399" spans="1:8" ht="15">
       <c r="A399" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B399">
         <v>383</v>
       </c>
       <c r="C399" t="s">
         <v>9</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" t="s">
         <v>12</v>
       </c>
       <c r="G399" t="s">
         <v>13</v>
       </c>
       <c r="H399" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="400" spans="1:8" ht="15">
       <c r="A400" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B400">
         <v>384</v>
       </c>
       <c r="C400" t="s">
         <v>81</v>
       </c>
       <c r="D400" t="s">
         <v>82</v>
       </c>
       <c r="E400" t="s">
         <v>83</v>
       </c>
       <c r="F400" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="G400" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="H400" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
     </row>
     <row r="401" spans="1:8" ht="15">
       <c r="A401" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="B401">
         <v>386</v>
       </c>
       <c r="C401" t="s">
         <v>9</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" t="s">
         <v>12</v>
       </c>
       <c r="G401" t="s">
         <v>13</v>
       </c>
       <c r="H401" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="402" spans="1:8" ht="15">
       <c r="A402" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="B402">
         <v>387</v>
       </c>
       <c r="C402" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D402" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E402" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F402" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G402" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H402" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="403" spans="1:8" ht="15">
       <c r="A403" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="B403">
         <v>429</v>
       </c>
       <c r="C403" t="s">
         <v>86</v>
       </c>
       <c r="D403" t="s">
         <v>87</v>
       </c>
       <c r="E403" t="s">
         <v>88</v>
       </c>
       <c r="F403" t="s">
         <v>89</v>
       </c>
       <c r="G403" t="s">
         <v>90</v>
       </c>
       <c r="H403" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="404" spans="1:8" ht="15">
       <c r="A404" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="B404">
         <v>549</v>
       </c>
       <c r="C404" t="s">
         <v>9</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" t="s">
         <v>12</v>
       </c>
       <c r="G404" t="s">
         <v>13</v>
       </c>
       <c r="H404" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="405" spans="1:8" ht="15">
       <c r="A405" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="B405">
         <v>586</v>
       </c>
       <c r="C405" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D405" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E405" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F405" t="s">
         <v>89</v>
       </c>
       <c r="G405" t="s">
         <v>90</v>
       </c>
       <c r="H405" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="406" spans="1:8" ht="15">
       <c r="A406" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="B406">
         <v>388</v>
       </c>
       <c r="C406" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D406" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E406" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F406" t="s">
         <v>107</v>
       </c>
       <c r="G406" t="s">
         <v>108</v>
       </c>
       <c r="H406" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="407" spans="1:8" ht="15">
       <c r="A407" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="B407">
         <v>389</v>
       </c>
       <c r="C407" t="s">
         <v>9</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
         <v>11</v>
       </c>
       <c r="F407" t="s">
         <v>12</v>
       </c>
       <c r="G407" t="s">
         <v>13</v>
       </c>
       <c r="H407" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="408" spans="1:8" ht="15">
       <c r="A408" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="B408">
         <v>391</v>
       </c>
       <c r="C408" t="s">
         <v>9</v>
       </c>
       <c r="D408" t="s">
         <v>10</v>
       </c>
       <c r="E408" t="s">
         <v>11</v>
       </c>
       <c r="F408" t="s">
         <v>12</v>
       </c>
       <c r="G408" t="s">
         <v>13</v>
       </c>
       <c r="H408" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="409" spans="1:8" ht="15">
       <c r="A409" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="B409">
         <v>393</v>
       </c>
       <c r="C409" t="s">
         <v>86</v>
       </c>
       <c r="D409" t="s">
         <v>87</v>
       </c>
       <c r="E409" t="s">
         <v>88</v>
       </c>
       <c r="F409" t="s">
         <v>89</v>
       </c>
       <c r="G409" t="s">
         <v>90</v>
       </c>
       <c r="H409" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="410" spans="1:8" ht="15">
       <c r="A410" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="B410">
         <v>395</v>
       </c>
       <c r="C410" t="s">
         <v>149</v>
       </c>
       <c r="D410" t="s">
         <v>150</v>
       </c>
       <c r="E410" t="s">
         <v>151</v>
       </c>
       <c r="F410" t="s">
         <v>107</v>
       </c>
       <c r="G410" t="s">
         <v>108</v>
       </c>
       <c r="H410" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="411" spans="1:8" ht="15">
       <c r="A411" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="B411">
         <v>553</v>
       </c>
       <c r="C411" t="s">
         <v>9</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>11</v>
       </c>
       <c r="F411" t="s">
         <v>12</v>
       </c>
       <c r="G411" t="s">
         <v>13</v>
       </c>
       <c r="H411" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="412" spans="1:8" ht="15">
       <c r="A412" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B412">
         <v>400</v>
       </c>
       <c r="C412" t="s">
         <v>149</v>
       </c>
       <c r="D412" t="s">
         <v>150</v>
       </c>
       <c r="E412" t="s">
         <v>151</v>
       </c>
       <c r="F412" t="s">
         <v>107</v>
       </c>
       <c r="G412" t="s">
         <v>108</v>
       </c>
       <c r="H412" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="413" spans="1:8" ht="15">
       <c r="A413" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="B413">
         <v>335</v>
       </c>
       <c r="C413" t="s">
         <v>149</v>
       </c>
       <c r="D413" t="s">
         <v>150</v>
       </c>
       <c r="E413" t="s">
         <v>151</v>
       </c>
       <c r="F413" t="s">
         <v>107</v>
       </c>
       <c r="G413" t="s">
         <v>108</v>
       </c>
       <c r="H413" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="414" spans="1:8" ht="15">
       <c r="A414" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B414">
         <v>396</v>
       </c>
       <c r="C414" t="s">
         <v>9</v>
       </c>
       <c r="D414" t="s">
         <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>11</v>
       </c>
       <c r="F414" t="s">
         <v>12</v>
       </c>
       <c r="G414" t="s">
         <v>13</v>
       </c>
       <c r="H414" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="415" spans="1:8" ht="15">
       <c r="A415" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="B415">
         <v>403</v>
       </c>
       <c r="C415" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D415" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E415" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F415" t="s">
         <v>12</v>
       </c>
       <c r="G415" t="s">
         <v>69</v>
       </c>
       <c r="H415" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="416" spans="1:8" ht="15">
       <c r="A416" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="B416">
         <v>399</v>
       </c>
       <c r="C416" t="s">
         <v>149</v>
       </c>
       <c r="D416" t="s">
         <v>150</v>
       </c>
       <c r="E416" t="s">
         <v>151</v>
       </c>
       <c r="F416" t="s">
         <v>107</v>
       </c>
       <c r="G416" t="s">
         <v>108</v>
       </c>
       <c r="H416" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="417" spans="1:8" ht="15">
       <c r="A417" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="B417">
         <v>577</v>
       </c>
       <c r="C417" t="s">
         <v>129</v>
       </c>
       <c r="D417" t="s">
         <v>130</v>
       </c>
       <c r="E417" t="s">
         <v>131</v>
       </c>
       <c r="F417" t="s">
         <v>81</v>
       </c>
       <c r="G417" t="s">
         <v>82</v>
       </c>
       <c r="H417" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="418" spans="1:8" ht="15">
       <c r="A418" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="B418">
         <v>559</v>
       </c>
       <c r="C418" t="s">
         <v>9</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" t="s">
         <v>12</v>
       </c>
       <c r="G418" t="s">
         <v>13</v>
       </c>
       <c r="H418" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="419" spans="1:8" ht="15">
       <c r="A419" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="B419">
         <v>401</v>
       </c>
       <c r="C419" t="s">
         <v>9</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" t="s">
         <v>12</v>
       </c>
       <c r="G419" t="s">
         <v>13</v>
       </c>
       <c r="H419" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="420" spans="1:8" ht="15">
       <c r="A420" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="B420">
         <v>402</v>
       </c>
       <c r="C420" t="s">
         <v>129</v>
       </c>
       <c r="D420" t="s">
         <v>130</v>
       </c>
       <c r="E420" t="s">
         <v>131</v>
       </c>
       <c r="F420" t="s">
         <v>81</v>
       </c>
       <c r="G420" t="s">
         <v>82</v>
       </c>
       <c r="H420" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="421" spans="1:8" ht="15">
       <c r="A421" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="B421">
         <v>404</v>
       </c>
       <c r="C421" t="s">
         <v>9</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" t="s">
         <v>12</v>
       </c>
       <c r="G421" t="s">
         <v>13</v>
       </c>
       <c r="H421" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="422" spans="1:8" ht="15">
       <c r="A422" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="B422">
         <v>405</v>
       </c>
       <c r="C422" t="s">
         <v>9</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" t="s">
         <v>12</v>
       </c>
       <c r="G422" t="s">
         <v>13</v>
       </c>
       <c r="H422" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="423" spans="1:8" ht="15">
       <c r="A423" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="B423">
         <v>406</v>
       </c>
       <c r="C423" t="s">
         <v>9</v>
       </c>
       <c r="D423" t="s">
         <v>10</v>
       </c>
       <c r="E423" t="s">
         <v>11</v>
       </c>
       <c r="F423" t="s">
         <v>12</v>
       </c>
       <c r="G423" t="s">
         <v>13</v>
       </c>
       <c r="H423" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="424" spans="1:8" ht="15">
       <c r="A424" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="B424">
         <v>408</v>
       </c>
       <c r="C424" t="s">
         <v>9</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424" t="s">
         <v>11</v>
       </c>
       <c r="F424" t="s">
         <v>12</v>
       </c>
       <c r="G424" t="s">
         <v>13</v>
       </c>
       <c r="H424" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="425" spans="1:8" ht="15">
       <c r="A425" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="B425">
         <v>409</v>
       </c>
       <c r="C425" t="s">
         <v>9</v>
       </c>
       <c r="D425" t="s">
         <v>10</v>
       </c>
       <c r="E425" t="s">
         <v>11</v>
       </c>
       <c r="F425" t="s">
         <v>12</v>
       </c>
       <c r="G425" t="s">
         <v>13</v>
       </c>
       <c r="H425" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="426" spans="1:8" ht="15">
       <c r="A426" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="B426">
         <v>410</v>
       </c>
       <c r="C426" t="s">
         <v>9</v>
       </c>
       <c r="D426" t="s">
         <v>10</v>
       </c>
       <c r="E426" t="s">
         <v>11</v>
       </c>
       <c r="F426" t="s">
         <v>12</v>
       </c>
       <c r="G426" t="s">
         <v>13</v>
       </c>
       <c r="H426" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="427" spans="1:8" ht="15">
       <c r="A427" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="B427">
         <v>412</v>
       </c>
       <c r="C427" t="s">
         <v>9</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
         <v>11</v>
       </c>
       <c r="F427" t="s">
         <v>12</v>
       </c>
       <c r="G427" t="s">
         <v>13</v>
       </c>
       <c r="H427" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="428" spans="1:8" ht="15">
       <c r="A428" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="B428">
         <v>413</v>
       </c>
       <c r="C428" t="s">
         <v>9</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
         <v>11</v>
       </c>
       <c r="F428" t="s">
         <v>12</v>
       </c>
       <c r="G428" t="s">
         <v>13</v>
       </c>
       <c r="H428" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="429" spans="1:8" ht="15">
       <c r="A429" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="B429">
         <v>574</v>
       </c>
       <c r="C429" t="s">
         <v>9</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
         <v>11</v>
       </c>
       <c r="F429" t="s">
         <v>12</v>
       </c>
       <c r="G429" t="s">
         <v>13</v>
       </c>
       <c r="H429" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="430" spans="1:8" ht="15">
       <c r="A430" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="B430">
         <v>415</v>
       </c>
       <c r="C430" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D430" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E430" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F430" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G430" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H430" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="431" spans="1:8" ht="15">
       <c r="A431" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="B431">
         <v>416</v>
       </c>
       <c r="C431" t="s">
         <v>9</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
         <v>11</v>
       </c>
       <c r="F431" t="s">
         <v>12</v>
       </c>
       <c r="G431" t="s">
         <v>13</v>
       </c>
       <c r="H431" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="432" spans="1:8" ht="15">
       <c r="A432" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="B432">
         <v>417</v>
       </c>
       <c r="C432" t="s">
         <v>9</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>11</v>
       </c>
       <c r="F432" t="s">
         <v>12</v>
       </c>
       <c r="G432" t="s">
         <v>13</v>
       </c>
       <c r="H432" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="433" spans="1:8" ht="15">
       <c r="A433" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="B433">
         <v>569</v>
       </c>
       <c r="C433" t="s">
         <v>9</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>11</v>
       </c>
       <c r="F433" t="s">
         <v>12</v>
       </c>
       <c r="G433" t="s">
         <v>13</v>
       </c>
       <c r="H433" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="434" spans="1:8" ht="15">
       <c r="A434" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="B434">
         <v>418</v>
       </c>
       <c r="C434" t="s">
         <v>81</v>
       </c>
       <c r="D434" t="s">
         <v>82</v>
       </c>
       <c r="E434" t="s">
         <v>83</v>
       </c>
       <c r="F434" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="G434" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="H434" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
     </row>
     <row r="435" spans="1:8" ht="15">
       <c r="A435" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="B435">
         <v>419</v>
       </c>
       <c r="C435" t="s">
         <v>9</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>11</v>
       </c>
       <c r="F435" t="s">
         <v>12</v>
       </c>
       <c r="G435" t="s">
         <v>13</v>
       </c>
       <c r="H435" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="436" spans="1:8" ht="15">
       <c r="A436" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="B436">
         <v>420</v>
       </c>
       <c r="C436" t="s">
         <v>9</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
         <v>11</v>
       </c>
       <c r="F436" t="s">
         <v>12</v>
       </c>
       <c r="G436" t="s">
         <v>13</v>
       </c>
       <c r="H436" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="437" spans="1:8" ht="15">
       <c r="A437" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="B437">
         <v>421</v>
       </c>
       <c r="C437" t="s">
         <v>149</v>
       </c>
       <c r="D437" t="s">
         <v>150</v>
       </c>
       <c r="E437" t="s">
         <v>151</v>
       </c>
       <c r="F437" t="s">
         <v>107</v>
       </c>
       <c r="G437" t="s">
         <v>108</v>
       </c>
       <c r="H437" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="438" spans="1:8" ht="15">
       <c r="A438" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="B438">
         <v>422</v>
       </c>
       <c r="C438" t="s">
         <v>9</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>11</v>
       </c>
       <c r="F438" t="s">
         <v>12</v>
       </c>
       <c r="G438" t="s">
         <v>13</v>
       </c>
       <c r="H438" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="439" spans="1:8" ht="15">
       <c r="A439" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="B439">
         <v>546</v>
       </c>
       <c r="C439" t="s">
         <v>9</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>11</v>
       </c>
       <c r="F439" t="s">
         <v>12</v>
       </c>
       <c r="G439" t="s">
         <v>13</v>
       </c>
       <c r="H439" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="440" spans="1:8" ht="15">
       <c r="A440" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="B440">
         <v>424</v>
       </c>
       <c r="C440" t="s">
         <v>129</v>
       </c>
       <c r="D440" t="s">
         <v>130</v>
       </c>
       <c r="E440" t="s">
         <v>131</v>
       </c>
       <c r="F440" t="s">
         <v>81</v>
       </c>
       <c r="G440" t="s">
         <v>82</v>
       </c>
       <c r="H440" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="441" spans="1:8" ht="15">
       <c r="A441" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="B441">
         <v>425</v>
       </c>
       <c r="C441" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D441" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E441" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F441" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G441" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H441" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="442" spans="1:8" ht="15">
       <c r="A442" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="B442">
         <v>426</v>
       </c>
       <c r="C442" t="s">
         <v>9</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" t="s">
         <v>12</v>
       </c>
       <c r="G442" t="s">
         <v>13</v>
       </c>
       <c r="H442" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="443" spans="1:8" ht="15">
       <c r="A443" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="B443">
         <v>427</v>
       </c>
       <c r="C443" t="s">
         <v>9</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>11</v>
       </c>
       <c r="F443" t="s">
         <v>12</v>
       </c>
       <c r="G443" t="s">
         <v>13</v>
       </c>
       <c r="H443" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="444" spans="1:8" ht="15">
       <c r="A444" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="B444">
         <v>428</v>
       </c>
       <c r="C444" t="s">
         <v>9</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
         <v>11</v>
       </c>
       <c r="F444" t="s">
         <v>12</v>
       </c>
       <c r="G444" t="s">
         <v>13</v>
       </c>
       <c r="H444" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="445" spans="1:8" ht="15">
       <c r="A445" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="B445">
         <v>518</v>
       </c>
       <c r="C445" t="s">
         <v>9</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" t="s">
         <v>12</v>
       </c>
       <c r="G445" t="s">
         <v>13</v>
       </c>
       <c r="H445" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="446" spans="1:8" ht="15">
       <c r="A446" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="B446">
         <v>430</v>
       </c>
       <c r="C446" t="s">
         <v>9</v>
       </c>
       <c r="D446" t="s">
         <v>10</v>
       </c>
       <c r="E446" t="s">
         <v>11</v>
       </c>
       <c r="F446" t="s">
         <v>12</v>
       </c>
       <c r="G446" t="s">
         <v>13</v>
       </c>
       <c r="H446" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="447" spans="1:8" ht="15">
       <c r="A447" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="B447">
         <v>431</v>
       </c>
       <c r="C447" t="s">
         <v>116</v>
       </c>
       <c r="D447" t="s">
         <v>117</v>
       </c>
       <c r="E447" t="s">
         <v>118</v>
       </c>
       <c r="F447" t="s">
         <v>12</v>
       </c>
       <c r="G447" t="s">
         <v>69</v>
       </c>
       <c r="H447" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="448" spans="1:8" ht="15">
       <c r="A448" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="B448">
         <v>432</v>
       </c>
       <c r="C448" t="s">
         <v>9</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" t="s">
         <v>12</v>
       </c>
       <c r="G448" t="s">
         <v>13</v>
       </c>
       <c r="H448" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="449" spans="1:8" ht="15">
       <c r="A449" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="B449">
         <v>433</v>
       </c>
       <c r="C449" t="s">
         <v>9</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>11</v>
       </c>
       <c r="F449" t="s">
         <v>12</v>
       </c>
       <c r="G449" t="s">
         <v>13</v>
       </c>
       <c r="H449" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="450" spans="1:8" ht="15">
       <c r="A450" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="B450">
         <v>434</v>
       </c>
       <c r="C450" t="s">
         <v>9</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
         <v>11</v>
       </c>
       <c r="F450" t="s">
         <v>12</v>
       </c>
       <c r="G450" t="s">
         <v>13</v>
       </c>
       <c r="H450" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="451" spans="1:8" ht="15">
       <c r="A451" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="B451">
         <v>435</v>
       </c>
       <c r="C451" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D451" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E451" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F451" t="s">
         <v>107</v>
       </c>
       <c r="G451" t="s">
         <v>108</v>
       </c>
       <c r="H451" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="452" spans="1:8" ht="15">
       <c r="A452" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="B452">
         <v>436</v>
       </c>
       <c r="C452" t="s">
         <v>9</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>11</v>
       </c>
       <c r="F452" t="s">
         <v>12</v>
       </c>
       <c r="G452" t="s">
         <v>13</v>
       </c>
       <c r="H452" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="453" spans="1:8" ht="15">
       <c r="A453" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="B453">
         <v>437</v>
       </c>
       <c r="C453" t="s">
         <v>81</v>
       </c>
       <c r="D453" t="s">
         <v>82</v>
       </c>
       <c r="E453" t="s">
         <v>83</v>
       </c>
       <c r="F453" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="G453" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="H453" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
     </row>
     <row r="454" spans="1:8" ht="15">
       <c r="A454" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="B454">
         <v>544</v>
       </c>
       <c r="C454" t="s">
         <v>9</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>11</v>
       </c>
       <c r="F454" t="s">
         <v>12</v>
       </c>
       <c r="G454" t="s">
         <v>13</v>
       </c>
       <c r="H454" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="455" spans="1:8" ht="15">
       <c r="A455" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="B455">
         <v>438</v>
       </c>
       <c r="C455" t="s">
         <v>9</v>
       </c>
       <c r="D455" t="s">
         <v>10</v>
       </c>
       <c r="E455" t="s">
         <v>11</v>
       </c>
       <c r="F455" t="s">
         <v>12</v>
       </c>
       <c r="G455" t="s">
         <v>13</v>
       </c>
       <c r="H455" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="456" spans="1:8" ht="15">
       <c r="A456" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="B456">
         <v>439</v>
       </c>
       <c r="C456" t="s">
         <v>9</v>
       </c>
       <c r="D456" t="s">
         <v>10</v>
       </c>
       <c r="E456" t="s">
         <v>11</v>
       </c>
       <c r="F456" t="s">
         <v>12</v>
       </c>
       <c r="G456" t="s">
         <v>13</v>
       </c>
       <c r="H456" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="457" spans="1:8" ht="15">
       <c r="A457" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="B457">
         <v>440</v>
       </c>
       <c r="C457" t="s">
         <v>9</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>11</v>
       </c>
       <c r="F457" t="s">
         <v>12</v>
       </c>
       <c r="G457" t="s">
         <v>13</v>
       </c>
       <c r="H457" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="458" spans="1:8" ht="15">
       <c r="A458" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="B458">
         <v>441</v>
       </c>
       <c r="C458" t="s">
         <v>9</v>
       </c>
       <c r="D458" t="s">
         <v>10</v>
       </c>
       <c r="E458" t="s">
         <v>11</v>
       </c>
       <c r="F458" t="s">
         <v>12</v>
       </c>
       <c r="G458" t="s">
         <v>13</v>
       </c>
       <c r="H458" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="459" spans="1:8" ht="15">
       <c r="A459" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="B459">
         <v>558</v>
       </c>
       <c r="C459" t="s">
         <v>149</v>
       </c>
       <c r="D459" t="s">
         <v>150</v>
       </c>
       <c r="E459" t="s">
         <v>151</v>
       </c>
       <c r="F459" t="s">
         <v>107</v>
       </c>
       <c r="G459" t="s">
         <v>108</v>
       </c>
       <c r="H459" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="460" spans="1:8" ht="15">
       <c r="A460" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="B460">
         <v>442</v>
       </c>
       <c r="C460" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D460" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E460" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F460" t="s">
         <v>81</v>
       </c>
       <c r="G460" t="s">
         <v>82</v>
       </c>
       <c r="H460" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="461" spans="1:8" ht="15">
       <c r="A461" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="B461">
         <v>444</v>
       </c>
       <c r="C461" t="s">
         <v>156</v>
       </c>
       <c r="D461" t="s">
         <v>157</v>
       </c>
       <c r="E461" t="s">
         <v>158</v>
       </c>
       <c r="F461" t="s">
         <v>159</v>
       </c>
       <c r="G461" t="s">
         <v>160</v>
       </c>
       <c r="H461" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="462" spans="1:8" ht="15">
       <c r="A462" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="B462">
         <v>445</v>
       </c>
       <c r="C462" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D462" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E462" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F462" t="s">
         <v>81</v>
       </c>
       <c r="G462" t="s">
         <v>82</v>
       </c>
       <c r="H462" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="463" spans="1:8" ht="15">
       <c r="A463" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="B463">
         <v>554</v>
       </c>
       <c r="C463" t="s">
         <v>86</v>
       </c>
       <c r="D463" t="s">
         <v>87</v>
       </c>
       <c r="E463" t="s">
         <v>88</v>
       </c>
       <c r="F463" t="s">
         <v>89</v>
       </c>
       <c r="G463" t="s">
         <v>90</v>
       </c>
       <c r="H463" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="464" spans="1:8" ht="15">
       <c r="A464" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="B464">
         <v>446</v>
       </c>
       <c r="C464" t="s">
         <v>9</v>
       </c>
       <c r="D464" t="s">
         <v>10</v>
       </c>
       <c r="E464" t="s">
         <v>11</v>
       </c>
       <c r="F464" t="s">
         <v>12</v>
       </c>
       <c r="G464" t="s">
         <v>13</v>
       </c>
       <c r="H464" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="465" spans="1:8" ht="15">
       <c r="A465" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B465">
         <v>447</v>
       </c>
       <c r="C465" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D465" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E465" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F465" t="s">
         <v>89</v>
       </c>
       <c r="G465" t="s">
         <v>90</v>
       </c>
       <c r="H465" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="466" spans="1:8" ht="15">
       <c r="A466" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="B466">
         <v>448</v>
       </c>
       <c r="C466" t="s">
         <v>9</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
         <v>11</v>
       </c>
       <c r="F466" t="s">
         <v>12</v>
       </c>
       <c r="G466" t="s">
         <v>13</v>
       </c>
       <c r="H466" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="467" spans="1:8" ht="15">
       <c r="A467" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B467">
         <v>449</v>
       </c>
       <c r="C467" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D467" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E467" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F467" t="s">
         <v>107</v>
       </c>
       <c r="G467" t="s">
         <v>108</v>
       </c>
       <c r="H467" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="468" spans="1:8" ht="15">
       <c r="A468" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="B468">
         <v>450</v>
       </c>
       <c r="C468" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D468" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E468" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F468" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G468" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H468" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="469" spans="1:8" ht="15">
       <c r="A469" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="B469">
         <v>451</v>
       </c>
       <c r="C469" t="s">
         <v>9</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469" t="s">
         <v>12</v>
       </c>
       <c r="G469" t="s">
         <v>13</v>
       </c>
       <c r="H469" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="470" spans="1:8" ht="15">
       <c r="A470" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="B470">
         <v>452</v>
       </c>
       <c r="C470" t="s">
         <v>9</v>
       </c>
       <c r="D470" t="s">
         <v>10</v>
       </c>
       <c r="E470" t="s">
         <v>11</v>
       </c>
       <c r="F470" t="s">
         <v>12</v>
       </c>
       <c r="G470" t="s">
         <v>13</v>
       </c>
       <c r="H470" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="471" spans="1:8" ht="15">
       <c r="A471" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="B471">
         <v>453</v>
       </c>
       <c r="C471" t="s">
         <v>9</v>
       </c>
       <c r="D471" t="s">
         <v>10</v>
       </c>
       <c r="E471" t="s">
         <v>11</v>
       </c>
       <c r="F471" t="s">
         <v>12</v>
       </c>
       <c r="G471" t="s">
         <v>13</v>
       </c>
       <c r="H471" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="472" spans="1:8" ht="15">
       <c r="A472" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="B472">
         <v>454</v>
       </c>
       <c r="C472" t="s">
         <v>9</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>11</v>
       </c>
       <c r="F472" t="s">
         <v>12</v>
       </c>
       <c r="G472" t="s">
         <v>13</v>
       </c>
       <c r="H472" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="473" spans="1:8" ht="15">
       <c r="A473" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="B473">
         <v>455</v>
       </c>
       <c r="C473" t="s">
         <v>86</v>
       </c>
       <c r="D473" t="s">
         <v>87</v>
       </c>
       <c r="E473" t="s">
         <v>88</v>
       </c>
       <c r="F473" t="s">
         <v>89</v>
       </c>
       <c r="G473" t="s">
         <v>90</v>
       </c>
       <c r="H473" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="474" spans="1:8" ht="15">
       <c r="A474" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="B474">
         <v>456</v>
       </c>
       <c r="C474" t="s">
         <v>9</v>
       </c>
       <c r="D474" t="s">
         <v>10</v>
       </c>
       <c r="E474" t="s">
         <v>11</v>
       </c>
       <c r="F474" t="s">
         <v>12</v>
       </c>
       <c r="G474" t="s">
         <v>13</v>
       </c>
       <c r="H474" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="475" spans="1:8" ht="15">
       <c r="A475" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="B475">
         <v>457</v>
       </c>
       <c r="C475" t="s">
         <v>9</v>
       </c>
       <c r="D475" t="s">
         <v>10</v>
       </c>
       <c r="E475" t="s">
         <v>11</v>
       </c>
       <c r="F475" t="s">
         <v>12</v>
       </c>
       <c r="G475" t="s">
         <v>13</v>
       </c>
       <c r="H475" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="476" spans="1:8" ht="15">
       <c r="A476" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="B476">
         <v>458</v>
       </c>
       <c r="C476" t="s">
         <v>9</v>
       </c>
       <c r="D476" t="s">
         <v>10</v>
       </c>
       <c r="E476" t="s">
         <v>11</v>
       </c>
       <c r="F476" t="s">
         <v>12</v>
       </c>
       <c r="G476" t="s">
         <v>13</v>
       </c>
       <c r="H476" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="477" spans="1:8" ht="15">
       <c r="A477" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="B477">
         <v>459</v>
       </c>
       <c r="C477" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D477" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E477" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="F477" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G477" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H477" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="478" spans="1:8" ht="15">
       <c r="A478" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="B478">
         <v>460</v>
       </c>
       <c r="C478" t="s">
         <v>9</v>
       </c>
       <c r="D478" t="s">
         <v>10</v>
       </c>
       <c r="E478" t="s">
         <v>11</v>
       </c>
       <c r="F478" t="s">
         <v>12</v>
       </c>
       <c r="G478" t="s">
         <v>13</v>
       </c>
       <c r="H478" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="479" spans="1:8" ht="15">
       <c r="A479" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="B479">
         <v>461</v>
       </c>
       <c r="C479" t="s">
         <v>9</v>
       </c>
       <c r="D479" t="s">
         <v>10</v>
       </c>
       <c r="E479" t="s">
         <v>11</v>
       </c>
       <c r="F479" t="s">
         <v>12</v>
       </c>
       <c r="G479" t="s">
         <v>13</v>
       </c>
       <c r="H479" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="480" spans="1:8" ht="15">
       <c r="A480" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B480">
         <v>462</v>
       </c>
       <c r="C480" t="s">
         <v>81</v>
       </c>
       <c r="D480" t="s">
         <v>82</v>
       </c>
       <c r="E480" t="s">
         <v>83</v>
       </c>
       <c r="F480" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="G480" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="H480" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
     </row>
     <row r="481" spans="1:8" ht="15">
       <c r="A481" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="B481">
         <v>463</v>
       </c>
       <c r="C481" t="s">
         <v>9</v>
       </c>
       <c r="D481" t="s">
         <v>10</v>
       </c>
       <c r="E481" t="s">
         <v>11</v>
       </c>
       <c r="F481" t="s">
         <v>12</v>
       </c>
       <c r="G481" t="s">
         <v>13</v>
       </c>
       <c r="H481" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="482" spans="1:8" ht="15">
       <c r="A482" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="B482">
         <v>528</v>
       </c>
       <c r="C482" t="s">
         <v>66</v>
       </c>
       <c r="D482" t="s">
         <v>67</v>
       </c>
       <c r="E482" t="s">
         <v>68</v>
       </c>
       <c r="F482" t="s">
         <v>12</v>
       </c>
       <c r="G482" t="s">
         <v>69</v>
       </c>
       <c r="H482" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="483" spans="1:8" ht="15">
       <c r="A483" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="B483">
         <v>464</v>
       </c>
       <c r="C483" t="s">
         <v>9</v>
       </c>
       <c r="D483" t="s">
         <v>10</v>
       </c>
       <c r="E483" t="s">
         <v>11</v>
       </c>
       <c r="F483" t="s">
         <v>12</v>
       </c>
       <c r="G483" t="s">
         <v>13</v>
       </c>
       <c r="H483" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="484" spans="1:8" ht="15">
       <c r="A484" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="B484">
         <v>465</v>
       </c>
       <c r="C484" t="s">
         <v>9</v>
       </c>
       <c r="D484" t="s">
         <v>10</v>
       </c>
       <c r="E484" t="s">
         <v>11</v>
       </c>
       <c r="F484" t="s">
         <v>12</v>
       </c>
       <c r="G484" t="s">
         <v>13</v>
       </c>
       <c r="H484" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="485" spans="1:8" ht="15">
       <c r="A485" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B485">
         <v>467</v>
       </c>
       <c r="C485" t="s">
         <v>9</v>
       </c>
       <c r="D485" t="s">
         <v>10</v>
       </c>
       <c r="E485" t="s">
         <v>11</v>
       </c>
       <c r="F485" t="s">
         <v>12</v>
       </c>
       <c r="G485" t="s">
         <v>13</v>
       </c>
       <c r="H485" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="486" spans="1:8" ht="15">
       <c r="A486" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="B486">
         <v>468</v>
       </c>
       <c r="C486" t="s">
         <v>156</v>
       </c>
       <c r="D486" t="s">
         <v>157</v>
       </c>
       <c r="E486" t="s">
         <v>158</v>
       </c>
       <c r="F486" t="s">
         <v>159</v>
       </c>
       <c r="G486" t="s">
         <v>160</v>
       </c>
       <c r="H486" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="487" spans="1:8" ht="15">
       <c r="A487" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="B487">
         <v>469</v>
       </c>
       <c r="C487" t="s">
         <v>9</v>
       </c>
       <c r="D487" t="s">
         <v>10</v>
       </c>
       <c r="E487" t="s">
         <v>11</v>
       </c>
       <c r="F487" t="s">
         <v>12</v>
       </c>
       <c r="G487" t="s">
         <v>13</v>
       </c>
       <c r="H487" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="488" spans="1:8" ht="15">
       <c r="A488" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="B488">
         <v>470</v>
       </c>
       <c r="C488" t="s">
         <v>9</v>
       </c>
       <c r="D488" t="s">
         <v>10</v>
       </c>
       <c r="E488" t="s">
         <v>11</v>
       </c>
       <c r="F488" t="s">
         <v>12</v>
       </c>
       <c r="G488" t="s">
         <v>13</v>
       </c>
       <c r="H488" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="489" spans="1:8" ht="15">
       <c r="A489" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="B489">
         <v>471</v>
       </c>
       <c r="C489" t="s">
         <v>9</v>
       </c>
       <c r="D489" t="s">
         <v>10</v>
       </c>
       <c r="E489" t="s">
         <v>11</v>
       </c>
       <c r="F489" t="s">
         <v>12</v>
       </c>
       <c r="G489" t="s">
         <v>13</v>
       </c>
       <c r="H489" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="490" spans="1:8" ht="15">
       <c r="A490" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="B490">
         <v>472</v>
       </c>
       <c r="C490" t="s">
         <v>9</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490" t="s">
         <v>11</v>
       </c>
       <c r="F490" t="s">
         <v>12</v>
       </c>
       <c r="G490" t="s">
         <v>13</v>
       </c>
       <c r="H490" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="491" spans="1:8" ht="15">
       <c r="A491" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="B491">
         <v>567</v>
       </c>
       <c r="C491" t="s">
         <v>9</v>
       </c>
       <c r="D491" t="s">
         <v>10</v>
       </c>
       <c r="E491" t="s">
         <v>11</v>
       </c>
       <c r="F491" t="s">
         <v>12</v>
       </c>
       <c r="G491" t="s">
         <v>13</v>
       </c>
       <c r="H491" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="492" spans="1:8" ht="15">
       <c r="A492" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B492">
         <v>474</v>
       </c>
       <c r="C492" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D492" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E492" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F492" t="s">
         <v>89</v>
       </c>
       <c r="G492" t="s">
         <v>90</v>
       </c>
       <c r="H492" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="493" spans="1:8" ht="15">
       <c r="A493" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="B493">
         <v>475</v>
       </c>
       <c r="C493" t="s">
         <v>9</v>
       </c>
       <c r="D493" t="s">
         <v>10</v>
       </c>
       <c r="E493" t="s">
         <v>11</v>
       </c>
       <c r="F493" t="s">
         <v>12</v>
       </c>
       <c r="G493" t="s">
         <v>13</v>
       </c>
       <c r="H493" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="494" spans="1:8" ht="15">
       <c r="A494" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="B494">
         <v>477</v>
       </c>
       <c r="C494" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D494" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E494" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F494" t="s">
         <v>89</v>
       </c>
       <c r="G494" t="s">
         <v>90</v>
       </c>
       <c r="H494" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="495" spans="1:8" ht="15">
       <c r="A495" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="B495">
         <v>480</v>
       </c>
       <c r="C495" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D495" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E495" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F495" t="s">
         <v>89</v>
       </c>
       <c r="G495" t="s">
         <v>90</v>
       </c>
       <c r="H495" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="496" spans="1:8" ht="15">
       <c r="A496" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="B496">
         <v>191</v>
       </c>
       <c r="C496" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D496" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E496" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F496" t="s">
         <v>12</v>
       </c>
       <c r="G496" t="s">
         <v>69</v>
       </c>
       <c r="H496" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="497" spans="1:8" ht="15">
       <c r="A497" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="B497">
         <v>562</v>
       </c>
       <c r="C497" t="s">
         <v>9</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
         <v>11</v>
       </c>
       <c r="F497" t="s">
         <v>12</v>
       </c>
       <c r="G497" t="s">
         <v>13</v>
       </c>
       <c r="H497" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="498" spans="1:8" ht="15">
       <c r="A498" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="B498">
         <v>481</v>
       </c>
       <c r="C498" t="s">
         <v>9</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
         <v>11</v>
       </c>
       <c r="F498" t="s">
         <v>12</v>
       </c>
       <c r="G498" t="s">
         <v>13</v>
       </c>
       <c r="H498" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="499" spans="1:8" ht="15">
       <c r="A499" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="B499">
         <v>184</v>
       </c>
       <c r="C499" t="s">
         <v>156</v>
       </c>
       <c r="D499" t="s">
         <v>157</v>
       </c>
       <c r="E499" t="s">
         <v>158</v>
       </c>
       <c r="F499" t="s">
         <v>159</v>
       </c>
       <c r="G499" t="s">
         <v>160</v>
       </c>
       <c r="H499" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="500" spans="1:8" ht="15">
       <c r="A500" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="B500">
         <v>482</v>
       </c>
       <c r="C500" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D500" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E500" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F500" t="s">
         <v>12</v>
       </c>
       <c r="G500" t="s">
         <v>69</v>
       </c>
       <c r="H500" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="501" spans="1:8" ht="15">
       <c r="A501" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="B501">
         <v>483</v>
       </c>
       <c r="C501" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D501" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E501" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F501" t="s">
         <v>12</v>
       </c>
       <c r="G501" t="s">
         <v>69</v>
       </c>
       <c r="H501" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="502" spans="1:8" ht="15">
       <c r="A502" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="B502">
         <v>484</v>
       </c>
       <c r="C502" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D502" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E502" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F502" t="s">
         <v>12</v>
       </c>
       <c r="G502" t="s">
         <v>69</v>
       </c>
       <c r="H502" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="503" spans="1:8" ht="15">
       <c r="A503" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="B503">
         <v>486</v>
       </c>
       <c r="C503" t="s">
         <v>9</v>
       </c>
       <c r="D503" t="s">
         <v>10</v>
       </c>
       <c r="E503" t="s">
         <v>11</v>
       </c>
       <c r="F503" t="s">
         <v>12</v>
       </c>
       <c r="G503" t="s">
         <v>13</v>
       </c>
       <c r="H503" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="504" spans="1:8" ht="15">
       <c r="A504" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="B504">
         <v>565</v>
       </c>
       <c r="C504" t="s">
         <v>9</v>
       </c>
       <c r="D504" t="s">
         <v>10</v>
       </c>
       <c r="E504" t="s">
         <v>11</v>
       </c>
       <c r="F504" t="s">
         <v>12</v>
       </c>
       <c r="G504" t="s">
         <v>13</v>
       </c>
       <c r="H504" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="505" spans="1:8" ht="15">
       <c r="A505" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="B505">
         <v>548</v>
       </c>
       <c r="C505" t="s">
         <v>9</v>
       </c>
       <c r="D505" t="s">
         <v>10</v>
       </c>
       <c r="E505" t="s">
         <v>11</v>
       </c>
       <c r="F505" t="s">
         <v>12</v>
       </c>
       <c r="G505" t="s">
         <v>13</v>
       </c>
       <c r="H505" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="506" spans="1:8" ht="15">
       <c r="A506" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="B506">
         <v>585</v>
       </c>
       <c r="C506" t="s">
         <v>9</v>
       </c>
       <c r="D506" t="s">
         <v>10</v>
       </c>
       <c r="E506" t="s">
         <v>11</v>
       </c>
       <c r="F506" t="s">
         <v>12</v>
       </c>
       <c r="G506" t="s">
         <v>13</v>
       </c>
       <c r="H506" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="507" spans="1:8" ht="15">
       <c r="A507" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="B507">
         <v>590</v>
       </c>
       <c r="C507" t="s">
         <v>9</v>
       </c>
       <c r="D507" t="s">
         <v>10</v>
       </c>
       <c r="E507" t="s">
         <v>11</v>
       </c>
       <c r="F507" t="s">
         <v>12</v>
       </c>
       <c r="G507" t="s">
         <v>13</v>
       </c>
       <c r="H507" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="508" spans="1:8" ht="15">
       <c r="A508" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="B508">
         <v>489</v>
       </c>
       <c r="C508" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D508" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E508" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F508" t="s">
         <v>107</v>
       </c>
       <c r="G508" t="s">
         <v>108</v>
       </c>
       <c r="H508" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="509" spans="1:8" ht="15">
       <c r="A509" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="B509">
         <v>490</v>
       </c>
       <c r="C509" t="s">
         <v>9</v>
       </c>
       <c r="D509" t="s">
         <v>10</v>
       </c>
       <c r="E509" t="s">
         <v>11</v>
       </c>
       <c r="F509" t="s">
         <v>12</v>
       </c>
       <c r="G509" t="s">
         <v>13</v>
       </c>
       <c r="H509" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="510" spans="1:8" ht="15">
       <c r="A510" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="B510">
         <v>491</v>
       </c>
       <c r="C510" t="s">
         <v>78</v>
       </c>
       <c r="D510" t="s">
         <v>79</v>
       </c>
       <c r="E510" t="s">
         <v>80</v>
       </c>
       <c r="F510" t="s">
         <v>81</v>
       </c>
       <c r="G510" t="s">
         <v>82</v>
       </c>
       <c r="H510" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="511" spans="1:8" ht="15">
       <c r="A511" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="B511">
         <v>492</v>
       </c>
       <c r="C511" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D511" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E511" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F511" t="s">
         <v>107</v>
       </c>
       <c r="G511" t="s">
         <v>108</v>
       </c>
       <c r="H511" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="512" spans="1:8" ht="15">
       <c r="A512" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B512">
         <v>494</v>
       </c>
       <c r="C512" t="s">
         <v>78</v>
       </c>
       <c r="D512" t="s">
         <v>79</v>
       </c>
       <c r="E512" t="s">
         <v>80</v>
       </c>
       <c r="F512" t="s">
         <v>81</v>
       </c>
       <c r="G512" t="s">
         <v>82</v>
       </c>
       <c r="H512" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="513" spans="1:8" ht="15">
       <c r="A513" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="B513">
         <v>571</v>
       </c>
       <c r="C513" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D513" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E513" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F513" t="s">
         <v>107</v>
       </c>
       <c r="G513" t="s">
         <v>108</v>
       </c>
       <c r="H513" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="514" spans="1:8" ht="15">
       <c r="A514" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="B514">
         <v>493</v>
       </c>
       <c r="C514" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D514" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E514" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F514" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G514" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="H514" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="515" spans="1:8" ht="15">
       <c r="A515" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="B515">
         <v>495</v>
       </c>
       <c r="C515" t="s">
         <v>9</v>
       </c>
       <c r="D515" t="s">
         <v>10</v>
       </c>
       <c r="E515" t="s">
         <v>11</v>
       </c>
       <c r="F515" t="s">
         <v>12</v>
       </c>
       <c r="G515" t="s">
         <v>13</v>
       </c>
       <c r="H515" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="516" spans="1:8" ht="15">
       <c r="A516" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B516">
         <v>496</v>
       </c>
       <c r="C516" t="s">
         <v>116</v>
       </c>
       <c r="D516" t="s">
         <v>117</v>
       </c>
       <c r="E516" t="s">
         <v>118</v>
       </c>
       <c r="F516" t="s">
         <v>12</v>
       </c>
       <c r="G516" t="s">
         <v>69</v>
       </c>
       <c r="H516" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="517" spans="1:8" ht="15">
       <c r="A517" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="B517">
         <v>497</v>
       </c>
       <c r="C517" t="s">
         <v>9</v>
       </c>
       <c r="D517" t="s">
         <v>10</v>
       </c>
       <c r="E517" t="s">
         <v>11</v>
       </c>
       <c r="F517" t="s">
         <v>12</v>
       </c>
       <c r="G517" t="s">
         <v>13</v>
       </c>
       <c r="H517" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="518" spans="1:8" ht="15">
       <c r="A518" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="B518">
         <v>498</v>
       </c>
       <c r="C518" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D518" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="E518" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F518" t="s">
         <v>107</v>
       </c>
       <c r="G518" t="s">
         <v>108</v>
       </c>
       <c r="H518" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="519" spans="1:8" ht="15">
       <c r="A519" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="B519">
         <v>499</v>
       </c>
       <c r="C519" t="s">
         <v>9</v>
       </c>
       <c r="D519" t="s">
         <v>10</v>
       </c>
       <c r="E519" t="s">
         <v>11</v>
       </c>
       <c r="F519" t="s">
         <v>12</v>
       </c>
       <c r="G519" t="s">
         <v>13</v>
       </c>
       <c r="H519" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="520" spans="1:8" ht="15">
       <c r="A520" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="B520">
         <v>500</v>
       </c>
       <c r="C520" t="s">
         <v>9</v>
       </c>
       <c r="D520" t="s">
         <v>10</v>
       </c>
       <c r="E520" t="s">
         <v>11</v>
       </c>
       <c r="F520" t="s">
         <v>12</v>
       </c>
       <c r="G520" t="s">
         <v>13</v>
       </c>
       <c r="H520" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="521" spans="1:8" ht="15">
       <c r="A521" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="B521">
         <v>502</v>
       </c>
       <c r="C521" t="s">
         <v>9</v>
       </c>
       <c r="D521" t="s">
         <v>10</v>
       </c>
       <c r="E521" t="s">
         <v>11</v>
       </c>
       <c r="F521" t="s">
         <v>12</v>
       </c>
       <c r="G521" t="s">
         <v>13</v>
       </c>
       <c r="H521" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="522" spans="1:8" ht="15">
       <c r="A522" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="B522">
         <v>504</v>
       </c>
       <c r="C522" t="s">
         <v>9</v>
       </c>
       <c r="D522" t="s">
         <v>10</v>
       </c>
       <c r="E522" t="s">
         <v>11</v>
       </c>
       <c r="F522" t="s">
         <v>12</v>
       </c>
       <c r="G522" t="s">
         <v>13</v>
       </c>
       <c r="H522" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="523" spans="1:8" ht="15">
       <c r="A523" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="B523">
         <v>505</v>
       </c>
       <c r="C523" t="s">
         <v>9</v>
       </c>
       <c r="D523" t="s">
         <v>10</v>
       </c>
       <c r="E523" t="s">
         <v>11</v>
       </c>
       <c r="F523" t="s">
         <v>12</v>
       </c>
       <c r="G523" t="s">
         <v>13</v>
       </c>
       <c r="H523" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="524" spans="1:8" ht="15">
       <c r="A524" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="B524">
         <v>506</v>
       </c>
       <c r="C524" t="s">
         <v>9</v>
       </c>
       <c r="D524" t="s">
         <v>10</v>
       </c>
       <c r="E524" t="s">
         <v>11</v>
       </c>
       <c r="F524" t="s">
         <v>12</v>
       </c>
       <c r="G524" t="s">
         <v>13</v>
       </c>
       <c r="H524" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="525" spans="1:8" ht="15">
       <c r="A525" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="B525">
         <v>507</v>
       </c>
       <c r="C525" t="s">
         <v>9</v>
       </c>
       <c r="D525" t="s">
         <v>10</v>
       </c>
       <c r="E525" t="s">
         <v>11</v>
       </c>
       <c r="F525" t="s">
         <v>12</v>
       </c>
       <c r="G525" t="s">
         <v>13</v>
       </c>
       <c r="H525" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="526" spans="1:8" ht="15">
       <c r="A526" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="B526">
         <v>509</v>
       </c>
       <c r="C526" t="s">
         <v>9</v>
       </c>
       <c r="D526" t="s">
         <v>10</v>
       </c>
       <c r="E526" t="s">
         <v>11</v>
       </c>
       <c r="F526" t="s">
         <v>12</v>
       </c>
       <c r="G526" t="s">
         <v>13</v>
       </c>
       <c r="H526" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="527" spans="1:8" ht="15">
       <c r="A527" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="B527">
         <v>510</v>
       </c>
       <c r="C527" t="s">
         <v>9</v>
       </c>
       <c r="D527" t="s">
         <v>10</v>
       </c>
       <c r="E527" t="s">
         <v>11</v>
       </c>
       <c r="F527" t="s">
         <v>12</v>
       </c>
       <c r="G527" t="s">
         <v>13</v>
       </c>
       <c r="H527" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="528" spans="1:8" ht="15">
       <c r="A528" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="B528">
         <v>512</v>
       </c>
       <c r="C528" t="s">
         <v>9</v>
       </c>
       <c r="D528" t="s">
         <v>10</v>
       </c>
       <c r="E528" t="s">
         <v>11</v>
       </c>
       <c r="F528" t="s">
         <v>12</v>
       </c>
       <c r="G528" t="s">
         <v>13</v>
       </c>
       <c r="H528" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="529" spans="1:8" ht="15">
       <c r="A529" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="B529">
         <v>513</v>
       </c>
       <c r="C529" t="s">
         <v>9</v>
       </c>
       <c r="D529" t="s">
         <v>10</v>
       </c>
       <c r="E529" t="s">
         <v>11</v>
       </c>
       <c r="F529" t="s">
         <v>12</v>
       </c>
       <c r="G529" t="s">
         <v>13</v>
       </c>
       <c r="H529" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="530" spans="1:8" ht="15">
       <c r="A530" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="B530">
         <v>529</v>
       </c>
       <c r="C530" t="s">
         <v>9</v>
       </c>
       <c r="D530" t="s">
         <v>10</v>
       </c>
       <c r="E530" t="s">
         <v>11</v>
       </c>
       <c r="F530" t="s">
         <v>12</v>
       </c>
       <c r="G530" t="s">
         <v>13</v>
       </c>
       <c r="H530" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="531" spans="1:8" ht="15">
       <c r="A531" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="B531">
         <v>514</v>
       </c>
       <c r="C531" t="s">
         <v>9</v>
       </c>
       <c r="D531" t="s">
         <v>10</v>
       </c>
       <c r="E531" t="s">
         <v>11</v>
       </c>
       <c r="F531" t="s">
         <v>12</v>
       </c>
       <c r="G531" t="s">
         <v>13</v>
       </c>
       <c r="H531" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="532" spans="1:8" ht="15">
       <c r="A532" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="B532">
         <v>515</v>
       </c>
       <c r="C532" t="s">
         <v>9</v>
       </c>
       <c r="D532" t="s">
         <v>10</v>
       </c>
       <c r="E532" t="s">
         <v>11</v>
       </c>
       <c r="F532" t="s">
         <v>12</v>
       </c>
       <c r="G532" t="s">
         <v>13</v>
       </c>
       <c r="H532" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="533" spans="1:8" ht="15">
       <c r="A533" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="B533">
         <v>516</v>
       </c>
       <c r="C533" t="s">
         <v>9</v>
       </c>
       <c r="D533" t="s">
         <v>10</v>
       </c>
       <c r="E533" t="s">
         <v>11</v>
       </c>
       <c r="F533" t="s">
         <v>12</v>
       </c>
       <c r="G533" t="s">
         <v>13</v>
       </c>
       <c r="H533" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>