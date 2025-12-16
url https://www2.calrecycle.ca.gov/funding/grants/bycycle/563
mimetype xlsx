--- v0 (2025-12-13)
+++ v1 (2025-12-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8705afa6404b6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfe18190c6a6478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R92f198facfce46b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf99508ac6cf34542"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2013-14 Local Government Waste Tire Amnesty Grant (TA1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -911,51 +911,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R110f3f4858f048c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R92f198facfce46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Racae7e27e3c0416c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3e14d4f1f0416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf99508ac6cf34542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R38fdbba7cb97408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2163,29 +2163,29 @@
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 5:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:44 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>