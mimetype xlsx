--- v1 (2025-12-16)
+++ v2 (2025-12-24)
@@ -1,782 +1,782 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfe18190c6a6478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c49a66d5c1c48c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf99508ac6cf34542"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R625731a90101443d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2013-14 Local Government Waste Tire Amnesty Grant (TA1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Amador              </x:t>
-[...8 lines deleted...]
-    <x:t>209-223-6429</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Jonathan Wood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>760-240-7000</x:t>
   </x:si>
   <x:si>
     <x:t>Carla Repucci</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>760-240-7000</x:t>
   </x:si>
   <x:si>
     <x:t>The Town of Apple Valley is requesting funds to provide eight Tire Amnesty events within the grant term to residents for free disposal of waste tires in accordance with Cal Recycle requirements and regulations. Tire Amnesty events will take place at Lion’s Park, where the majority of Town events are conducted. Staff will focus on conducting a public outreach campaign to publicize events and promote proper disposal of waste tires. The events will be advertised in the local newspaper, in accordance with Cal Recycle guidelines. Further, events will be publicized through Face book, Twitter, the Town of Apple Valley’s website, and in the “Our Town” quarterly newspaper. Flyers will be created, printed and distributed through handouts and mailings to Apple Valley residents. 
 All waste tires collected during the events will be transported by Burrtec Waste Industries, utilizing a 40 cubic yard roll off container. Waste tires will be transported to a recycling facility (Mitsubishi Cement Corporation located in Lucerne Valley, California) for proper handling. 
 Funds will be used for the costs related to transportation, equipment, and container usage for collection on event days. The estimated cost per tire for each event is $1.83. Town staff anticipates collecting approximately 1,600 waste tires per event, totaling 12,800 waste tires collected throughout the grant period. 
 The program is focused on preventing potential environmental hazards discarded waste tires pose. Due to increased costs waste tires are often illegally dumped instead of being properly disposed of. Typically, waste tires are illegally dumped within 1,000 feet of residential homes, schools, commercial or industrial centers, residential areas, airports and electrical transmission lines. If funding for this program is not available, illegal dumping will increase and the health and safety of the Town’s residents will be at risk. The Town will collect and dispose of waste tires utilizing efficiency and cost effectiveness to obtain the maximum impact for the environment.</x:t>
   </x:si>
   <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Kristina Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530-528-1103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tehama County Sanitary Landfill Agency (TCSLA) plans a total of eight collection events (four each year) with locations to be finalized upon receipt of a Notice to Proceed.
+The Tehama County Sanitary Landfill Agency (TCSLA) proposes six passenger and light truck tire amnesty events to be scheduled for September 2013,  January 2014, April 2014, September 2014, January 2015, and April 2015. These one day events will be held at various Tehama County locations. Previous one day waste tire amnesty events were held at the Tehama County/Red Bluff Landfill, at sites in the communities of Corning and Cottonwood, and at Tehama County Transfer Stations – Los Molinos, Rancho Tehama, Mineral, Paynes Creek and Manton. If the grant budget allows, passenger tires on-the-rim will be accepted at the April 2014 and April 2015 passenger tire collection events.
+The TCSLA contracts with Waste Tire Products of Orland (WTP).  WTP is a CalRecycle certified tire hauler and recycler and is responsible for staging, transport, and recycling of tires collected at these events. In most cases, 100% of the collected tires are recycled into new products or crumb rubber. WTP charges $1.50 per passenger tire. The TCSLA is billed after the tires are collected and returned to their facility for processing.  (Please see uploaded document Waste Tire Quote for an estimate of costs from Waste Tire Products). To publicize the events, advertisements and press releases are submitted to local newspapers before each event. During the amnesty tire events, TCSLA staff maintains a participant sign-in sheet, which includes the number of tires reported to have been brought to the collection event. Waste Tire Products also tracks the number of tires received at the events. During the events, TCSLA staff also distributes educational materials, manages traffic, and collects data.
+Tehama County is a rural county with over 1,000,000 harvested acres. Like many rural counties, Tehama County is also below the state average in per capita income. For this reason, the TCSLA feels strongly about the need to provide at least one annual tire event dedicated to the agricultural community, although this has an adverse affect on the overall cost per tire.
+The TCSLA proposes to conduct a voucher redemption program for collection of agricultural and equipment tires. The agricultural tire event proposed will be held for a one month period in February 2014 and February 2015 to allow farmers and ranchers time to complete harvest, roundups, and other seasonal activities. The vouchers are good for the disposal of two agricultural tires and will be made available through the Agricultural Commissioner’s office, Tehama County/Red Bluff Landfill, Tehama County Farm Bureau, Red Bluff Bull Sale office, and at Corning City Hall. A limit of three vouchers, for a total of six tires per address is proposed for the agricultural tire collection event. Tractor, grader, backhoe, and farm tires will be collected. Earth-mover tires will not be accepted. The vouchers and tires are to be surrendered at the Tehama County/Red Bluff Landfill. At the end of the two week period Waste Tire Products will collect the tires for processing.
+Waste Tire Products charges by weight for agricultural tires. Their invoice is supported by surrendered vouchers and scale tickets from the Landfill. Agricultural Tire Collection costs are estimated to be $23.00 per tire.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Ronni Harman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530-225-5789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County is a “rural entity”, with a 2009 U.S. Census Bureau population estimate of 181,099.  Shasta County, through its Department of Resource Management, as lead agency in a regional application with the Cities of Anderson and Shasta Lake, proposes to hold approximately three waste tire amnesty events in Shasta County.  If adequate funding remains, we propose to hold a fourth event that will be scheduled in an unincorporated area of the County. We will set a maximum number of tires on rims to accept from participants; however we have not yet turned away participants that exceeded that limit.  We have received an average (median) of 136 tons of tires for the last 3 years of tire amnesty events (TCA4, 6, 8 cycles) held in Anderson with a high of 154 tons collected at the largest event. The largest recorded tire amnesty event in Anderson was 291 tons in October of 2006. For the Intermountain area, we have received an average (median) of 32 tons of tires for the last 3 years (TCA4, 6, 8) held in Burney with a high of 48 tons.  For the TA1 grant cycle the Department of Resource Management (Department) proposes collecting approximately 349 tons of tires (calculation based on median for events in each area, plus 15% potential increase since there were no tire events for a year's time) for two events to be held in Anderson, and one event in the Intermountain unincorporated area.
+The Department of Resource Management is required to release a Request for Proposals and enter into a formal agreement with a registered waste tire hauler, to host the events and load and transport waste tires to an approved recycling and/or disposal facility(s).  Tires collected will be recycled or burned for fuel.  Using costs from our previous hauler, Waste Recovery West, we estimated that contractor costs for the three proposed events will be approximately $78,800.  This estimate includes receiving approximately 156 tons of tires per Anderson event, and 37 tons for the Intermountain event.
+Department of Resource Management tasks include grant management and project oversight, publicity and education, pre-amnesty day event preparation, and amnesty day event staffing, and amnesty day tire management (see Work Plan).  These tasks will be completed primarily by our Community Education staff and other Department staff as needed.  The contractor will conduct the majority of amnesty day tire management.  The Department has planned a comprehensive advertising and educational plan, which includes budgeting $5,000 for publicity/advertising for these events.  The events will be advertised in local newspapers, press releases, and included in the quarterly “Trash Talk” newsletter received by residents in the unincorporated area, City of Anderson, and City of Shasta Lake.  In addition, the Department coordinates with the City of Redding to ensure the events are promoted by the City.  The events are also posted on the County’s website.  DRM staff will also order and distribute educational brochures addressing tire care and disposal options on-site at the amnesty events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Brent Whitener</x:t>
+  </x:si>
+  <x:si>
+    <x:t>707-268-8680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funding will enable HWMA as grantee to provide several disposal mechanisms for waste tires received from residents of Humboldt County and the cities participating in this regional grant. For the fourth time, a coupon program will allow residents to dispose of nine tires or less at the HWMA's Eureka Transfer Station at no cost. Five Amnesty Free days will be held throughout the county during the two year grant term as well, affording residents of outlying areas opportunity to dispose of tires. The grant funds will result in 20,000 tires being legally and properly removed for appropriate disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>760-947-1589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia will hold eight Tire Amnesty events during the two year grant term with City Code Enforcement staff on hand to assist with the events.  The City will schedule one event per quarter, with the anticipation of approximately 7,500 waste tires collected during the events.  The estimated cost per tire is $1.75 for pickup, light trucks and passenger car tires; $6.00 for medium truck tires and $25.00 for tractor size tires.  Passenger and light car tires and medium truck tires are expected to be the majority based on the tires collected from past amnesty events.  All tires will be delivered to a recycling facility for processing.  In addition to waste hauler fees and the cost of waste tire transportation, the City of Hesperia is requesting 15% reimbursement of salaries and benefits for personnel who are involved in the administration and oversight of the amnesty events, including the preparation of payment requests and the final report,  and 10% for the creation of educational materials and advertisements in support of the amnesty events, including supplies and personnel time.  The City will advertise events through the newspaper, banners, bus shelter posters and brochure distribution by Code Enforcement personnel. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Counties ESJPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Mary  Pitto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>916-447-4806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On behalf of Colusa, Inyo, Mariposa, Sierra, and Tuolumne Counties, the Rural Counties' Environmental Services Joint Powers Authority (ESJPA) will administer a regional tire amnesty grant.  These five Counties were participants in the TCA-8 grant.   Tire Amnesty Events with five jurisdictions will require careful monitoring of the grant budget but all participants will endeavor to maximize funds for tire collection.  All five counties plan to hold events in the Fall of 2013 and 2014 with Spring 2014 events for Colusa, Mariposa, and Tuolumne Counties. Colusa County plans 1 day events at their County transfer station.  Inyo County plans 2 day events at two landfills and two transfer stations.  Mariposa County plans 2 consecutive Saturday events at their landfill and a transfer station.  Sierra County plans two consecutive weekend events.  Tuolumne County plans month long events at two different transfer stations.  A total of 25 tire amnesty collection events are planned.  Grant funds will be monitored constantly.  If grants funds are available, as many events as possible will be scheduled in Spring 2015.  The numbers of tires estimated to be collected are 35,500 tires which is nearly double the number of tires collected by these counties under TCA-8.  All tire vendors stress that tires are sent for recycling rather than landfilling as much as feasible.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Keith Martin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530-634-6890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Regional Waste Management Authority (RWMA) is proposing to collect 9,000 waste tires through a free tire recycling coupon program at two local transfer stations operated by the local franchised waste hauler, Recology Yuba-Sutter, plus another 4,800 waste tires in twelve (12) 40-yard waste tire bins provided to community clean-up events, based on an estimated 400 waste tires per 40-yard tire bin.  The 9,000 waste tire figure is based on the most recently completed waste tire amnesty program (TCA8-10-30) in which 4,573 waste tires were collected in a one-year grant program and doubled for this two-year grant program.  The 4,800 waste tires in twelve (12) 40-yard waste tire bins provided to community clean-up events is based on an estimated 400 waste tires per 40-yard bin and also on the number of 40-yard bins utilized in the most recently completed waste tire amnesty program (TCA8-10-30) in which six 40-yard bins were utilized in a one-year grant program and doubled for this two-year grant program.  The free tire recycling coupons will allow residents to deliver up to 19 waste tires to the transfer stations within a 30-day period.  Written authorization for residents to haul more than nine (9) waste tires with the free tire recycling coupons will be requested from the Local Enforcement Agency.  Residents will be limited to hauling no more than nine (9) waste tires to community clean-up events.
+The RWMA will update and distribute the public education and information campaign utilized for previous waste tire amnesty projects to inform the public about tire maintenance and safety issues to prolong the useful life of tires; health and safety issues related to improper storage and disposal of waste tires; and the availability of free tire recycling coupons for the proper disposal of waste tires.  RWMA and Recology Yuba-Sutter staff will coordinate with the sponsors of the community clean-up events to provide waste tire collection bins and appropriate messages regarding tire collection for event promotional materials.  Tires collected through the coupon program and at community collection events will be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason McClure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617235885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>During the Fiscal Year's 2013-2014, the City of Lancaster plans to hold four (4) Amnesty day events at the City's maintenance yard.  City Staff will be used to load waste tires, organize the event, and provide outreach to the community.  All waste tires will be loaded into 53' trailers provided by Advanced Transportation, a state permitted tire hauler and minor storage facility. The waste tires will then be removed to local reuse or end use facility. Tires will not be landfilled.  Each participant in the event will receive educational material and information on the City of Lancaster's Waste Tire Program, including waste tire laws and regulations.  Amnesty days will be advertised through the City's website, Newspaper ads, banners, and flyers, which will be handed out and posted at City events and neighborhood community meetings.
+The City of Lancaster is requesting $35,561 in grant funding to offset the cost of the amnesty days. It is anticipated that between 8,000 and 10,000 tires ( a combination of passenger and tractor trailer tires) will be collected and hauled away in 12 trailers during the project period at an estimate of $3.95 a tire.  A cost estimate of $800 per trailer for waste tire hauling services was provided by state registered waste tire hauler and minor facility operator Advanced Transportation (quote is attached).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Bob Douthitt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603374589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency uses the amnesty grant to assist the cities (7 cities &amp; the County) in their annual cleanups. All the cities have two cleanups each year one in the spring and one in the fall. and four of the cities have one in the summer for a total of 20 per year. The estimated tires collected is based on the 20 cleanup events per year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Ana Manzula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-621-8453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant provide the residents of the City of Fresno an opportunity to dispose of waste tires they have been storing in backyards and garages, as well as tires that have been illegally dumped on their property. All collected waste tires will be taken to a recycling facility to be processed for other uses. Through the amnesty events hosted by the City of Fresno has removed thousands of waste tires that would have otherwise been left on properties or been illegal dumped on streets, alleys, and public right-of-ways.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Jennifer Silva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>707-468-9710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Mendocino Solid Waste Management Authority proposes to repeat the successful program of tire amnesty collection that has been funded for many years under this grant program.
+Our system for the tire amnesty is to provide free collection at the transfer stations in Willits, South Coast and Caspar.  We have built a new HHW site in Ukiah, and will utilize this property for the grant in the Ukiah area.  Event planning, publicity and tire loading are provided by the Authority’s personnel.  Tire disposal/recycling is provided by Waste Recovery West which has identified a cement kiln in Redding, California as the destination and end use.  
+Based on past experience, we anticipate collecting approximately 12,000 tires per year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Tom Wolfe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209-525-6756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Stanislaus County Regional Tire Amnesty Grant Application is a partnership between the Cities of Hughson, Newman, Oakdale, Patterson, Riverbank, Turlock, Waterford and Stanislaus County.  Stanislaus County Department of Environmental Resource is the Lead Agency for the Tire Amnesty Grant.  The participating cities and the County plans to conducting 26 tire amnesty events for the two year grant term.  Of the 26 tire events, 18 will be conducted by the participating cities.  The remaining 8 events will be tire voucher events conducted by the County.  The tire voucher events will be conducted at the 3 permitted Transfer Stations and the County owned Fink Road Landfill.
+The estimated number of tires to be collected at the 26 tire amnesty events is 14,200.
+The estimated cost per tire is $4.19.  
+All tires collected will be recycled.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Steve Rodowick</x:t>
   </x:si>
   <x:si>
     <x:t>530-879-2352</x:t>
   </x:si>
   <x:si>
     <x:t>Butte County Public Works will act as the lead agency in partnership with the City of Oroville for the purposes of conduction two Waste Tire Amnesty Events.  Past events have averaged about 110 tons of waste tires per event.   With two events to be held we estimate a total of 220 tons of waste tires to be collected and processed over the term of the grant.  
 Using the conversion 100 tires per ton (PTE), the County estimates 22,000 tires (PTE) to be collected.  
 The County will require in their agreement with the approved tire hauler/end user, that the collected tires be recycled.  If market conditions do not allow recycling for these tires then cogeneration at a State approved cogen facility will be an allowable option.  Under no circumstances will landifilling of the collected waste tires be allowed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Calaveras           </x:t>
-[...143 lines deleted...]
-    <x:t>To supplement the City's free oversized collection program, residents will have the opportunity, through this grant, to properly dispose of tires at four separate waste tire amnesty events (2 annually). These events will be widely publicized through the City's website, newspaper ads and flyers.  Promotional materials and information will also be available at City facilities such as libraries and recreational venues.  At each of the amnesty events, the City will provide one forty-yard roll-off container and adequate staffing to assist residents with their tire disposal.  The containers will be hauled to Crumb Rubber Manufacturing (CRM) for recycling at a cost of $79 per ton. Approximately 500 tires, weighing roughly five tons, will fit in each container, for a total cost of $395 per container. The City of Long Beach will supply staff and a LNG powered vehicle to collect and haul the tires to CRM at a cost of $259.36 for all four events.  Each amnesty event will require 1 forty-yard container to be hauled to CRM (26.2 miles per round trip) at a cost of $1.92 per mile, total cost  $201.2. The total fuel cost to make four round trip to CRM, for all four events, equals $58.16 at a cost of 0.555 per mile. A Recycling Specialist II will organize all the events; coordinate the advertising and educational materials at a total cost of $3,863.2. In addition to the Recycling Specialist working the events, there will be two staff personnel assisting residents with the waste tires at a total cost of $3,943.52. Freeth/Moroz, a local graphic design firm, will design the flyer/ad and website at an estimated cost of $1,600.  Ads in local newspapers and magazines for all events will cost $2,720.  The cost for Waste Tire Amnesty Events breaks down to $4.74 per tire to collect 4000 tires at all four events.</x:t>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Jenny Mitchell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>831-775-3018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Salinas Valley is a rural agricultural valley in Monterey County with five major cities: Gonzales, Greenfield, King City, Salinas, and Soledad.  The Salinas Valley Solid Waste Authority (Authority) is a Joint Powers Authority representing the five cities and the unincorporated area of eastern Monterey County.  The Authority's mission is to manage Salinas Valley solid waste as a resource, promoting sustainable, environmentally sound and cost effective practices through an integrated system of waste reduction, reuse, recycling, innovative technology, customer service and education. Procuring Waste Tire Amnesty Grant funding is consistent with the Authority’s mission, vision, values and diversion goals.
+In the Authority's jurisdiction, fees for tire disposal range from $2.00 per auto/light duty tires up to $150.00 per equipment tires.  The tire amnesty program serves two important purposes:  1) to continue to offer the public the opportunity to legally dispose of tires at no cost, thus reducing instances of illegal dumping, improper storage and potential public health issues and; 2) to utilize the events as an educational opportunity to promote the proper disposal/recycling of waste tires.  
+The Authority has a history of holding successful tire amnesty events with the assistance of waste tire amnesty grant funds.  Since 2008, the Authority has held eight very successful tire amnesty events as the result of previous Waste Tire Amnesty Grants.  During these past events, the Authority collected and recycled a total of 191,568 tires at a total cost of $259,506, or $1.35 per tire. It is our intent to conduct four similar events over the 2-year grant term with FY13-14 funds, in hopes of collecting and recycling 39,000 tires at a cost of $1.99 per tire.
+Residents in the Authority’s jurisdiction will be informed through flyers, print ads, radio, email blasts, website information, and/or garbage and recycling bill inserts/newsletters about the opportunity to take their tires to one of the Authority's three sites (1 landfill and 2 transfer stations) for free disposal.  
+These events continue to be a very important resource and outlet for proper waste tire disposal in the Salinas Valley. By capitalizing on the successful aspects of previous events, and expanding those successes, the Authority has had the ability to significantly reduce the amount of waste tires that may have otherwise been illegally dumped, improperly stored or buried in the landfill.</x:t>
   </x:si>
   <x:si>
     <x:t>Madera              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Madera</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Viola Rodriguez</x:t>
   </x:si>
   <x:si>
     <x:t>559-661-5116</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Madera, City of Chowchilla, and the County of Madera will hold 7, 4, and 10 amnesty events respectively in each FY 2014 &amp; FY 15 for a total of Twentyone events.  As reservation only events, participants must call and register in advance to participate.   An exemption letter is then mailed to the participant that must be submitted at the event for access to the Amnesty Event.  As in the past volunteer labor will mainly be used at events to move tires and check-in participants with two to three employees helping.  One employee will operate a skip loader to deal with large tires.    
 All Amnesty Events are date specific utilizing six different sites, no more often than one per month per site.  At time of registration participants will be screened to verify that no tire generators are allowed (PRC §42954(7)).  Any individual hauling 10 to 20 waste tires will receive written authorization by the LEA prior to the amnesty event date.  Violations will be reported to CalRecycle within 30 days on the Unregistered Hauler &amp; Comprehensive Trip Log Substitution Form (CIWMB204).  All advertising will clearly state that the amnesty event is limited to 20 tires, with the appropriate written authorization from the LEA.
 Estimated cost per tire $2.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pala Band of Mission Indians</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Shasta Gaughen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>760-891-3515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Pala Band of Mission Indians will host waste tire amnesty events during the first weekend of each month.  During these events individuals will be allowed to drop off their unwanted waste tires at our Transfer Station free of charge.  Each individual will be allowed to drop off up to 20 tires per event. Because an individual hauling 10 to 20 tires must obtain written authorization from the LEA prior to the amnesty event, we will only allow individuals to bring in 9 tires at a time.  Our event flyers will note this rule.  We are a certified waste tire hauler (Cal Recycle TPID # 1583442) and will offer our assistance to any Pala resident who cannot, for any reason, deliver tires to the Transfer Station themselves.  Before each amnesty event, education outreach will be conducted through flyers, Internet postings, local radio, and newsletter articles.
+The expected cost per tire during this grant cycle will be approximately $3.00 per tire. This is based on our waste tire haulers current price list. We will contract with BJ’s Used Tire &amp; Recycling to haul and recycle tires so that pricing will be consistent with past events.
+The Pala Tribal Services Department also carries out an ongoing program of junk yard cleanups and trash removal. Much of this work involves the removal of vehicles, equipment, buildings, and junk, including a significant number of tires. As this work is carried out throughout the work week, Tribal Services will deliver tires to the transfer station for disposal to a certified tire hauler/recycler. 
+While there is no formal agreement in place to deal with tires specifically, the Pala Band of Mission Indians is located within 15 miles of six other Indian tribes with whom we have close working relationships. Each of these tribes has expressed an interest in working with us to collect and dispose of discarded tires that have become a blight on all the reservations. Advertising and cooperative efforts will go a long way to rid the reservations and nearby communities of this problem.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Firebaugh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ben Gellegos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-659-2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Firebaugh's project plan is to hold 3 separate Tire Amnesty events for the 7,549 residents at the City Wastewater Treatment Facility. One event is planned for 2013, one event during 2014, and one event during 2015. The City intends to collect and recycle a total of 2,550 tires from the planned Tire Amnesty Events. The residents of Firebaugh have expressed their need to have cost free oppportunities to safely dispose of tires. During this difficult economic time, it is frustrating for residents to pay a fee to dispose of tires. This Tire Amnesty Project will assist the City in addressing issues with illegal dumping and promote a clean and healthy community. This project will be overseen by the City of Firebaugh's Public Works Director.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ontario</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Bonnie Butler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>909-395-2651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Ontario is seeking a grant to conduct four waste tire amnesty events on Saturdays with the objective of decreasing illegal dumping and stockpiling of waste tires. Amnesty events will be held at the Ontario Municipal Utilities Yard. Our goal is to double the number of tires collected at the   last amnesty event and collect 3,000 tires at each event for a total ot !2,000 tires for the grant performance period. Waste tires collected at the four amnesty events will be transported to Rubber Recovery located in Fontana, California. Waste tires will be recycled. 49,186 Ontario households will be notified of each event by Penny Saver magazine. 7,000 promotional/educational flyers will be distributed at city facilities and local schools K-12 prior to each event.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308763340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Paradise (Paradise) requests $35,000 to hold 2 waste tire collection events; one in 2013 and one in 2014, to provide needed disposal to Paradise and surrounding communities. The one day events will include the collection, removal, and transportation of waste tires. Remaining funds not exceeded at the events will be used to support a coupon program that will allow citizens to take waste tires to the transfer station on specified days. 
+Paradise’s population of approximately 26,000 (12% of the County total) represents the main business area located in the eastern foothills of Butte County. The surrounding area includes the unincorporated town of Magalia and outlaying areas that are collectively referred to as the Upper Ridge and constitute an additional 18,000 residents (8.3% of the County total). 
+Contingent upon grant funding, Paradise in partnership with Northern Recycling and Waste Services (see Attachment 1) proposes to hold one day events within the town limits to accommodate the entire underserved area of the Upper Ridge. Paradise believes that due to the large distances to travel (as shown in Attachment 2), residents in Paradise and the Upper Ridge are reluctant to utilize past County waste tire amnesty event locations, due to large travel distances.
+By providing an annual “free” drop off event in our community, Paradise believes that 100% of the Upper Ridge will be served. These events will provide the public with a waste tire disposal outlet as well as educational information that gives people the information needed to promote environmentally safe behavior in regards to using and transporting waste tires.
+This event will be held at Northern Recycling and Waste Services Recycling Yard, located at 920 American Way in Paradise. Event will take place on a Saturday in September/ October 2013 &amp; 2014 (pending award notification and schedule of waste tire hauler at that time), from 9 a.m. to 4 p.m. With an estimated cost of $2.00 per passenger and pickup tires (see Attachment 3). All tires will be recycled. With no funding being available for Amnesty events in 2012 we expect to expand our previous efforts , and collect approximately 10,000 to 15,000 tires over the next two years (past events have averaged 5,000 tire per event).</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Marin County</x:t>
   </x:si>
   <x:si>
     <x:t> Kemplen Robbins</x:t>
   </x:si>
   <x:si>
     <x:t>415-499-7128</x:t>
   </x:si>
   <x:si>
     <x:t>The County of Marin Department of Public Works will hold two waste tire events in 2013. Public Works staff will develop and distribute educational materials, provide advertising to local newspapers and report our success to CalRecycle upon completion.
 The first event will be held at Marin Resource Recovery in San Rafael. This event will last two weeks and will cater to residents of central and southern Marin. This is a prime location as it is conveniently located next to a freeway and is easily accessible to Marin residents. Multiple events have been held at this location. 
 The second event will be held simultaneously at Redwood Landfill in Novato. This event will mostly accommodate north and west Marin residents and is also situated along the main freeway in Marin County. In 2009 a tire event was held at Redwood Landfill and was a great success. 
 All tires will be hauled by West Coast Rubber Recycling, Inc. Based on previous tire events in Marin County and not hosting an event last year, staff expects to collect 3,500 tires total from both locations. West Coast Rubber Recycling will also provide staff to load tires into the trailers. Additionally, staff will have support from Marin Resource Recovery. The overall cost per tire is $3.92. 
 Public Works staff will modify previous educational materials as well as create new documents about proper tire care and disposal. These materials will be distributed to libraries, community centers, auto supply stores, local organizations and through Joint Powers Authority (JPA) events. Electronic copies will be uploaded to www.ZeroWasteMarin.org and advertisements will be placed in local newspapers and press releases will be written by Public Works staff.</x:t>
   </x:si>
   <x:si>
-    <x:t>Mendocino           </x:t>
-[...85 lines deleted...]
-    <x:t>The City of Placentia is seeking funds from CalRecycle to hold four tire collection events, advertise proper tire disposal options, and collect and dispose of abandoned tires over a two year period</x:t>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Yvonne Van Zee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209-785-1689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tire Amnesty days to be held at 4 locations within our County.  The facilities we plan to hold the 2 day events at, already accept tires.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Pomona</x:t>
   </x:si>
   <x:si>
     <x:t> Julie Carver</x:t>
   </x:si>
   <x:si>
     <x:t>909-620-3628</x:t>
   </x:si>
   <x:si>
     <x:t>The City will conduct 52 amnesty events during the two year grant cycle.  The goal is to collect 1,800 tires from Pomona residents.  The City will advertise in local papers and flyert to norify residents of the events.</x:t>
   </x:si>
   <x:si>
-    <x:t>Yuba                </x:t>
-[...61 lines deleted...]
-    <x:t>In order to reduce illegal dumping and stockpiling of tires, we propose to accept up to four (4) passenger tires at County Solid Waste facilities at no charge for residents of the County.  Ads will be placed with local publications and other mediums.  Instead of cutting out the ad, customers will only be required to tell the cashiers where they saw it.  This helps us monitor the effectiveness of the ad placements.  We will also provide tire recycling for local community cleanup events, such as Coastal Cleanup Day.</x:t>
+    <x:t>City of Coalinga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Mercedes Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-935-1533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Coalinga will hold two waste tire amnesty events in conjunction with the Fall and Spring Clean Up Events. Holding the events simultaneously decreases illegal dumping of tires since residence may drop off waste tires at no charge. The events will be publicized in the local paper, on the City's website, the local cable channel, and on the community pride sign.</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Cruz          </x:t>
-  </x:si>
-[...82 lines deleted...]
-    <x:t>Many Truckee residents have two sets of tires for seasonal driving conditions.  Waste tires often end up stored in garages, basements, under decks and illegally dumped due to a lack of free or low cost tire recycling opportunities.   The Town is seeking grant funds to offer regional residents the opportunity to recycle waste tires free of charge on the first and third Saturday of each month.   As proven successful in the past, the Town intends to work with Tahoe Truckee Sierra Disposal (TTSD) to host the tire recycling events at the Eastern Regional Landfill.  TTSD will receive and store the trailers on-site between events ensuring that only full trailers are hauled.  It is anticipated that the trailers will need to be switched out after every third event with an estimate of utilizing sixteen 53" trailers within the grant term.   The Town intends to contract with Waste Recovery West for tire hauling and recycling service.  Grant funds will be used for on-going tire related event advertisement, education, event labor and the hauling and recycling of all waste tires collected.  Newspaper ads, website information, bill inserts, commercials, and radio advertisement will allow the Town to promote the importance of proper tire maintenance and the availability of free tire recycling events.  The Town will continue to work with the local Family Resource Center to outreach to the Spanish speaking population.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Watsonville</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Gabe Gordo</x:t>
   </x:si>
   <x:si>
     <x:t>831-768-3147</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Watsonville since 2001 has been holding a tire amnesty event six days a week (9:00 a.m.-3:30 p.m.) at its Waste and Recycling Drop-off Center, located at 320 Harvest Drive, Watsonville. The Center is open only to residents of Watsonville whose addresses are checked with our city's utility billing database. This unique program allows the free disposal of up to nine passenger tires per year and a small charge for other sizes of tires and ones that need to be de-rimmed. We conduct inspections to ensure that no commercial tire generator, waste tire hauler, or resident of a city other than Watsonville takes advantage of this program.
 While the City of Watsonville has borne the costs of this innovative tire amnesty program during six of its ten years, it has received four Waste Tire Amnesty Event grants from the CIWMB (Fy 99/00, FY 02/03, FY 06/07, and FY 10/11) in order to keep the program solvent.
 Due to budgetary constraints, the City of Watsonville increased fees on its tire amnesty program, thereby enhancing the possibility of illegal dumping. This is why the City will continue to apply for Waste Tire Amnesty Event grants.
 Here is how the program works:
 A load is inspected and a fee is charged for household garbage (most recyclables are not charged). For waste tires, the City charges the following costs to its residents:
 --passenger and light truck tires without rims: free (9 per year; $2 each for over 9 tires)
 --passenger and light truck tires with rims: $5 per tire; and
 --tires over 36 inches: $10 without rims: $15 with rims
 In FY 2011/2012 the City paid West Coast Rubber Recycling of Hollister $4,080.33 to pick up and recycle a total of 1,981 tires at an average cost of $2.33 per tire (not including City staff administration, oversight, de-rimming work, or advertising costs). The City continues to update its Waste &amp; Recycling Drop-off brochure to include information about the tire amnesty program.
 Since the program began in April of 2001, close to 32,000 passenger, light truck and large truck tires have been sent to tire recyclers and area landfills (if not viable for recycling).
 1) The program is advertised on a monthly basis in the Spanish language magazine "La Ganga Especial" at a cost of $150/ad for a year, totaling $1,800. The program is also advertised in the Watsonville Register Pajaronian once a month at $150/ad for a year totaling $1,800.
 2) Amnesty tire drop-off at City Recycling Drop-off Center is open 6 days a week, 9 de rimmed passenger and light truck tires per year for free ($2 per tire above 9). Passenger and light truck tires with rims: $5 each. Tires over 36-inches: $10 without rims; $15 with rims.
 3) Staff cost for accepting tires at gatehouse, checking identification to insure against commercial tire generator, hauler or resident of a city other than Watsonville:
 4) Staff cost for de-rimming tires (note: City staff cannot de-rim some tires; West Coast Rubber Recycling has equipment to de-rim those tires):
 5) Quoted charges from West Coast Rubber Recycling, Inc. of Hollister (registered waste tire hauler and tire recycler):
 -- Passenger tire disposal: $1.50 each
 -- Light truck tire disposal: $2.50 each
 -- Rimmed passenger and light truck tire disposal:$3.50 each
 -- Medium truck tire disposal:
 -- Super singles tire disposal: 
 -- 10% fuel surchage for monthly pickups: approsimately $50/monthly (depending on cost of load)
 6) We estimate that, with advertising in local newspapers, we will collect approximately 4,000 tires during the course of this 2-year grant. The $18,948 grant includes de-rimming, and disposal costs for passenger and light, medium and super singles tires for $9,332.00 with the balance to be used for administration, oversight, advertising, and preparing Final Report, 25% of the cost of the grant. Additional costs will be matched by the City of Watsonville. The cost per tire for the grant period is approximately $4.75 per tire.</x:t>
   </x:si>
   <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen Regional Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Paula Wesch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530-252-1273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Lassen Regional Solid Waste Management Authority plans to hold six Tire Amnesty events over the course of the two-year grant.  Two of the events will be held at the Bass Hill Landfill which is the main landfill in Lassen County.  The other four events will be held at remote Transfer Stations in Bieber, Herlong, Ravendale and Westwood.  Based on previous Tire Amnesty events staff is estimating a total collection of approximately 5300 tires.  The majority of these tires will be recycled or used for alternative energy (cement plant).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lynn France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>619-585-5790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chula Vista is located just seven miles from downtown San Diego and seven miles from the Mexican border, the city is at the center of one of the richest economic and culturally diverse zones in the United States. As the second largest city in San Diego County, Chula Vista has a population of 247,535 and covers 50 square miles and is bordered by the San Diego bay on the west and mountains on the east. Excellent planning and environmental stewardship has been Chula Vista’s hallmark with nationally-recognized programs in energy conservation, water conservation, pollution prevention, solid waste reduction and resource management.
+As part of its commitment to environmental stewardship the City of Chula Vista proposes to mitigate illegal waste tire disposal by offering tire amnesty events at several sites within the city boundaries such as Southwestern College, a large, centrally-located community college and /or area high schools and/or city-owned properties like recreation centers and community parks. 
+City staff has extensive experience coordinating large-attendance collection events such as household hazardous waste and electronic collection events with average attendance of over 2,000 vehicles. Staff has identified the best and most efficient ways to maximize public resources.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t> Marissa Juhler</x:t>
   </x:si>
   <x:si>
     <x:t>530-666-8813</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County intends to hold  4-one day waste tire collection events and 1-coupon issued collection event. The one day waste tire events will be held in areas of the County that are geographically at opposite ends of the County in order to provide service to the farm and ranch community where illegal dumping on private land is prevelant. The coupon issued collection days will be held to service all residents of the County and the drop-off location will be held in the central location of the County.</x:t>
   </x:si>
   <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Truckee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Nichole Dorr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530-582-2909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Many Truckee residents have two sets of tires for seasonal driving conditions.  Waste tires often end up stored in garages, basements, under decks and illegally dumped due to a lack of free or low cost tire recycling opportunities.   The Town is seeking grant funds to offer regional residents the opportunity to recycle waste tires free of charge on the first and third Saturday of each month.   As proven successful in the past, the Town intends to work with Tahoe Truckee Sierra Disposal (TTSD) to host the tire recycling events at the Eastern Regional Landfill.  TTSD will receive and store the trailers on-site between events ensuring that only full trailers are hauled.  It is anticipated that the trailers will need to be switched out after every third event with an estimate of utilizing sixteen 53" trailers within the grant term.   The Town intends to contract with Waste Recovery West for tire hauling and recycling service.  Grant funds will be used for on-going tire related event advertisement, education, event labor and the hauling and recycling of all waste tires collected.  Newspaper ads, website information, bill inserts, commercials, and radio advertisement will allow the Town to promote the importance of proper tire maintenance and the availability of free tire recycling events.  The Town will continue to work with the local Family Resource Center to outreach to the Spanish speaking population.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avenal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steven Sopp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-386-5782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Avenal will use the grant funds to sponsor two waste tire collection events for the citizens located within the City.  The events will be held at the Mid-Valley Disposal yard in Avenal and Mid-Valley will provide roll off boxes and staff to conduct the collection days.  They will also ship the tires to a recyling facility.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Vicki Rice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209-577-5495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has designed a two tiered combined approach for the removal and recycling of waste tires through the Waste tire Amnesty Grant for fiscal years 13/14 and 14/15.
+The first approach will be a Waste Tire Amnesty Coupon Program created to encourage residents to recycle their discarded waste tires. Residents can recycle up to 9 tires at no cost per amnesty event with their coupon. They just take their tires to one of our local garbage haulers that are partnering with us. Residents will be notified of the availability of the program through advertising such as the newspaper, utility bill inserts, and PSA's. Coupons will be distributed upon request and confirmed through address verification. Based on historical numbers from previous events, we estimate the Waste Tire Amnesty Coupon Program will collect 2,140 waste tires each fiscal year for a total of 4,280 waste tires during the complete grant cycle.
+The second approach will be the Waste Tire Amnesty Collection Events. The City of Modesto will partner with a Cal Recycle permitted end-use facility to provide six 45 ft. trailers per year, two trailers per event, for a total of 12 trailers during the complete grant cycle, to collect an estimated 5,000 waste tires. Based on the historical data documented by the Waste Tire Cleanup Grant, we have targeted specific areas that have been subject to a high rate of illegal dumping and will hold the events in those areas. Residents will be notified by direct mail prior to each event and be given the opportunity to bring up to 9 tires per household to be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Coby Skye</x:t>
+  </x:si>
+  <x:si>
+    <x:t>626-458-3550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illegally dumped waste tires pose potential threats to the environment and to public health and safety.  Within the unincorporated areas of Los Angeles County (County), tires are frequently dumped illegally on roadways, in alleys, and in sensitive wildlife habitats near homes, schools, and businesses.  These tires provide breeding grounds for rodents and mosquitoes, which could spread disease.  There is also a threat of fire when a large number of tires are dumped in one location, which occurs frequently in rural areas.  To help reduce these threats, the County of Los Angeles Department of Public Works (Public Works) will conduct nine waste tire events in the communities/cities of Antelope Valley (4), South El Monte, Lakewood, Duarte, San Dimas, and Hawthorne.  Public Works will partner with the cities of Palmdale and Hawthorne on this grant.  At the collection events, residents will be able to drop off their waste tires to be recycled free of charge.  Tires will be recycled into crumb rubber and tire-derived aggregate.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Kerman</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Cheryl Medeiros</x:t>
   </x:si>
   <x:si>
     <x:t>559-846-9343</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Kerman intends to use this grant to host two tire amnesty days (during spring &amp; fall)  that will allow people in the city, and surrounding rural and agriculture residents, to transport and appropriately dispose of a maximum number of nine tires (during any one trip) under US Department of Transportation (DOT) regulations. There will be no charge to residents; however, a proof of residency will be required, per grant regulations.  The City of Kerman will contract with Mid Valley Disposal, an authorized waste hauler, to setup a 40-yard bin (collect the tires) at 850 Madera Avenue, Kerman, CA  93630.  The City of Kerman is projecting that it will be able to collect up to 700 passenger tires (approximately 7 tons) between the two amnesty events.  The City of Kerman is doing their part to appropriately dispose of waste tires generated statewide each year. California has an estimated 1.5 million waste tires that were illegally dumped or stockpiled.  These stockpiles pose a potential threat to public health, safety, and the environment.  The events are on weekends &amp; overtime pay authorization for associated city staff is required.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Coalinga</x:t>
-[...47 lines deleted...]
-    <x:t>Imperial Valley Resource Management Agency uses the amnesty grant to assist the cities (7 cities &amp; the County) in their annual cleanups. All the cities have two cleanups each year one in the spring and one in the fall. and four of the cities have one in the summer for a total of 20 per year. The estimated tires collected is based on the 20 cleanup events per year.</x:t>
+    <x:t>Amador              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jim McHargue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209-223-6429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County continues to work toward the prevention of illegal disposal and stockpiling of waste tires on public and private lands; and to promote appropriate waste tire disposal and recycling.  The Amador County Waste Management Department will conduct four (4) one-day waste tire amnesty events for residents of the county in May 2013, December 2013, May 2014, and January 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>Merced              </x:t>
   </x:si>
   <x:si>
     <x:t>Merced County Regional Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t>Miss Jennifer Halpin</x:t>
   </x:si>
   <x:si>
     <x:t>209-723-4481</x:t>
   </x:si>
   <x:si>
     <x:t>The seven jurisdictions in the Merced County Region hold Tire Amesty Events.  The funds will be used towards the costs associated with the proper disposal/recycling of the tires collected during these Tire Amnesty Events.</x:t>
   </x:si>
   <x:si>
-    <x:t>Kern                </x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lake                </x:t>
   </x:si>
   <x:si>
+    <x:t>Big Valley Band of Pomo Indians</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Sarah Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>707-263-5277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tribe plans to hold four tire amnesty events that will be open to local Tribes and county residents.  The number of tires we hope to collect is 1200 at each event, for a total of 4800 during the grant term.  The tires will be de-rimmed by Tribal staff and the metal will be recycled at a local transfer station.  The tires will be hauled away by Waste Recovery West or another similar firm and recycled.  Many of Waste Recovery West's tires go to a Redding cement plant and are used as biomass energy to fuel the plant.  Their remaining tires are processed into other products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Manny Acueto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9515387975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>There will be at least one amnesty event held in each of five supervisorial districts throughout the county during the two year grant term. More events will be held provided allotted funding allows.  Riverside County estimates the collection of 8,850 tires in TA1.  Riverside County has not held a CalRecycle amnesty grant-funded tire amnesty event since June 16, 2012.  Therefore, by the time grant funds are released, over a year would have passed since the last amnesty collection.  This lack of collection resources could translate into a substantial number of tires that may be diverted to the amnesty events by community residents during TA1.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elisa Calderon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To supplement the City's free oversized collection program, residents will have the opportunity, through this grant, to properly dispose of tires at four separate waste tire amnesty events (2 annually). These events will be widely publicized through the City's website, newspaper ads and flyers.  Promotional materials and information will also be available at City facilities such as libraries and recreational venues.  At each of the amnesty events, the City will provide one forty-yard roll-off container and adequate staffing to assist residents with their tire disposal.  The containers will be hauled to Crumb Rubber Manufacturing (CRM) for recycling at a cost of $79 per ton. Approximately 500 tires, weighing roughly five tons, will fit in each container, for a total cost of $395 per container. The City of Long Beach will supply staff and a LNG powered vehicle to collect and haul the tires to CRM at a cost of $259.36 for all four events.  Each amnesty event will require 1 forty-yard container to be hauled to CRM (26.2 miles per round trip) at a cost of $1.92 per mile, total cost  $201.2. The total fuel cost to make four round trip to CRM, for all four events, equals $58.16 at a cost of 0.555 per mile. A Recycling Specialist II will organize all the events; coordinate the advertising and educational materials at a total cost of $3,863.2. In addition to the Recycling Specialist working the events, there will be two staff personnel assisting residents with the waste tires at a total cost of $3,943.52. Freeth/Moroz, a local graphic design firm, will design the flyer/ad and website at an estimated cost of $1,600.  Ads in local newspapers and magazines for all events will cost $2,720.  The cost for Waste Tire Amnesty Events breaks down to $4.74 per tire to collect 4000 tires at all four events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Traci Goularte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164782289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will fund a tire amnesty program to be held at the new City of Elk Grove Special Waste Collection Center a permanent Household Hazardous Waste Collection Facility. This facility will receive waste tires from residents of the City and County of Sacramento, Elk Grove, Galt and Rancho Cordova under a Memorandium of Understanding. Tires will then be transported by a certified waste tire hauler to a recycling facility for enviromentally responsible processing.  The City will hold 24 events in a two year period, one event per month.  Each event is 4 days long.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Brian Closs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In order to reduce illegal dumping and stockpiling of tires, we propose to accept up to four (4) passenger tires at County Solid Waste facilities at no charge for residents of the County.  Ads will be placed with local publications and other mediums.  Instead of cutting out the ad, customers will only be required to tell the cashiers where they saw it.  This helps us monitor the effectiveness of the ad placements.  We will also provide tire recycling for local community cleanup events, such as Coastal Cleanup Day.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placentia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Brian Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149938149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Placentia is seeking funds from CalRecycle to hold four tire collection events, advertise proper tire disposal options, and collect and dispose of abandoned tires over a two year period</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arthur Boyd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the TA1 now switching to a 2 year cycle the County of Siskiyou has gone from several small events to 8 of our larger events spread evenly over two summers. These events have historically brought in over one thousand tires each, including our largest event located at the County yard in Yreka, that historically has brought in close to two thousand tires. Our goal is to advertise to our smaller communities in the attempt to centralize our collections so as to make our events more beneficial to everyone rather that just a few. On top of our 8 main events we will hold one small event at one of our most rural locations that normally would not have the opportunity. Once we collect from each community the collected tires will then be recycled at a collection facility out of Portland, Oregon.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lake County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Kati Galvani</x:t>
   </x:si>
   <x:si>
     <x:t>7072621618</x:t>
   </x:si>
   <x:si>
     <x:t>Approximately 750 tires will be removed from up to 11 creeks and upper watershed areas sponsered by Environmental Health, volunteers affiliated with each Coordinated Resource Management &amp; Planning (CRMP) group that is overseen by the East Lake and West Lake Resource Conservation District to abate threats to public health and safety. These areas may include Upper Cache Creek, Clear Lake Basin, Highland Springs, Lake Pillsbury, Middle Creek, Kelseyville Creek, Scotts Creek, Scotts Valley, Soda Creek, Nice and Upper Lake watershed areas. These areas also incorporate portions of land belonging to the Bureau of Land Management and Mendocino National Forest.  In addition, passenger vehicle waste tires will be accepted at no charge for the customer at recycling centers on amnesty days until grant funds are fully expended.</x:t>
   </x:si>
   <x:si>
-    <x:t>Humboldt            </x:t>
-[...55 lines deleted...]
-Waste Tire Products charges by weight for agricultural tires. Their invoice is supported by surrendered vouchers and scale tickets from the Landfill. Agricultural Tire Collection costs are estimated to be $23.00 per tire.</x:t>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Michael Griffey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: With funding awarded through the Waste Tire Amnesty Grant, Fresno County proposes to hold 6 amnesty day events at different location in the rural and unincorporated areas of Fresno County.  Inmate labor from the County jail, under the supervision of Fresno County Sheriff's Department staff, will be used to load waste tires into trailers provided by state-permitted tire recycler and hauling company Golden By-Products.  Golden By-Products will transport the loaded trailers to their recycling facility tin Ballico where the tires will be recycled into reuse products.  Amnesty Day participants will receive educational information on tire care.  Amnesty Days will be advertised in each event's target service area through direct mailing, the internet and at community meetings.
+Fresno County is requesting $40,000.00 in grant funding to offset the cost of the Waste Tire Amnesty Day project.  It is anticipated that at least 20,675 PTE tires (a combination of passenger and tractor tires) will be collected and hauled away in 25 trailers during the project period at an estimated cost of $1.91 per tire.  Because of the topography of the rural and unincorporated areas of Fresno County (primarily farm land) it is expected that a large amount of tractor tires will be delivered to the amnesty days for disposal thus, limiting trailer storage space.  A cost estimate of $1200 per trailer for waste tire hauling services was provided by state-registered waste tire recycler and hauling company Golden By-Products (current contract price).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Robin Kloepfer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Ceres plans to hold a minimum of two events during the grant period. The first one is planned for Fall 2013. The second one is planned for the Fall of 2014. If there are enough grant funds remaining, the City will hold another event, in the Spring of 2015, prior to June 30, 2015.
+For the first time, the City wll use a Voucher Program. The program will allow Ceres residents to bring their tires to the Bertolotti Disposal Transfer Station at 231 Flamingo Drive, Modesto, CA. This is located just outside of Ceres' city limits. It is planned that each of the events will last for two to four weeks. If another one is held, the length of the event will depend on the amount of funds remaining. 
+City staff will develop the advertisements, flyers, website information, and include information in Utility bill inserts. The City has AB939 recycling funds, etc., to help cover a portion of the costs associated with the utility bill inserts, flyers, and newspaper advertisements. Staff will also answer questions and process vouchers. Bertolotti Disposal will accept the tires at their transfer station during normal business hours, Monday through Saturday. Bertolotti Disposal will stack and load the tires, and transport them to a certified recycling facility. Golden By-Products will recycle the tires into new products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tim Goncharoff</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Santa Cruz will continue its well established and well publicized Tire Amesty Program, which will result in the cleanup of numerous accumulations of waste tires illegally dumped or improperly stored on public spaces, private rural properties, and multi family sites.
+The County will conduct semi-annual Tire Amnesty events at its two disposal sites, the Buena Vista Landfill and the Ben Lomond Transfer Station.  During October and April Amnesty weeks, eligible residents will be allowed to bring up to 5 waste tires per day to a County disposal site at no charge.  The usual charge for a passenger vehicle or pickup truck tire is $5.  Based on past experience, it is expected that residents will deliver an average of 4 waste tires on each of 250 vehicle trips to disposal sites during each Clean-Up Week event, for a total of 4,000 tires during the grant term.
+Participation in the Tire Amnesty Program will be enhanced by the issuing of Tire Vouchers, a sample of which is attached under the title Tire Voucher Sample, which will allow eligible residents to legally transport up to 20 waste tires at no charge to a County disposal site.
+A Tire Voucher will be issued as a one-day permit to allow legal transportation of waste tires from a resident's property or public cleanup site to one of the County's disposal sites.  The Buena Vista Landfill and the Ben Lomond Transfer Station are recognized tire recycling facilities.  Authority to issue these vouchers was granted by the CIWMB when the County of Santa Cruz was awarded a Waste Tire Amnesty Grant in 2001.  It is expected that vouchers will be issued for up to a total of 500 waste tires each year, for a total of 1,000 tires during the two year grant term.
+Eligibility for free disposal and recycling of waste tires will be limited to residents within the normal service area of County disposal sites, which includes the unincorporated County of Santa Cruz and the City of Scotts Valley (a jurisdiction which contributes to the County s Solid Waste Fund).  Excluded from the program will be those who are delivering tires from a property where an operating tire-generating business is located or where the owner or operator of the property is actively stockpiling tires.
+This proposed public-private partnership, which provides property owners with an incentive to contribute to the cleanup of their properties, thus reducing environmental hazards for the entire community, is a cost-effective way to achieve the cleanup of a projected 5,000 waste tires for a modest expenditure of public funds.
+TIRE PROCESSING
+Tires will be hauled by West Coast Rubber Recycling in Gilroy (CalRecycle registered waste tire hauler, TPID 1004937).  The processor will, if necessary, remove tires from rims, which will be recycled as scrap steel.  The tires will be ground or buffed into crumb rubber for use in playgrounds, horse arenas, or pavement.  West Coast Rubber Recycling is exempted from CalRecycle permitting requirements as a processor because of the small number of tires maintained at their facility.  A sample vendor invoice is attached under the title West Coast Rubber Invoice.  CalRecycle grant funds are requested for reimbursement of hauling and processing charges.
+Cost of tire processing and recycling is calculated from registered waste tire hauler's rate of $500 to haul and recycle a 48 foot trailer loaded with tires.  Average net weight of a trailer load of tires is 11.15 tons.  Tires collected weigh an average of 43 lbs. each.  (While modern passenger car tires are reported to weigh an average of 20 lbs. each, tire counts and load weight data at Santa Cruz County disposal facilities lead to different results.  Factors which account for the difference include the following:  Because the majority of the terrain in Santa Cruz County is rural and mountainous, light trucks, whose tires can weigh up to 35 lbs. each, are a common vehicle.  Many tires collected in the prior cleanup program are old tires, which are much heavier than new tires.  A small percentage of tires are delivered on rims, which increases the per-unit weight.  Five percent of tires historically collected are 36 or greater in diameter, which can weigh 100 lbs. each.)  Thus, cost for vendor's services is $0.96 per tire.
+STAFFING
+County staffing to carry out the grant project includes program management staff who promote the program and issue tire vouchers, disposal site cashiers who accept loads from the public and process the tire vouchers, and maintenance staff who oversee loading of tires into the tire hauler s trailer for shipment off site.  CalRecycle grant funds are requested for reimbursement of staffing costs directly related to the tire amnesty program.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 45</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -911,51 +911,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3e14d4f1f0416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf99508ac6cf34542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R38fdbba7cb97408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb244151a4b0d4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R625731a90101443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18ab8ea4338b4b08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1003,1116 +1003,1116 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.46771240234375" customHeight="1" collapsed="0">
+    <x:row ht="1724.853515625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>26583</x:v>
+        <x:v>21358</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1724.8536376953125" customHeight="1" collapsed="0">
+    <x:row ht="2989.757568359375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>21358</x:v>
+        <x:v>54904</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
+    <x:row ht="2725.25634765625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>77797</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.001708984375" customHeight="1" collapsed="0">
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>19000</x:v>
+        <x:v>99186</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1092.41552734375" customHeight="1" collapsed="0">
+    <x:row ht="1034.90087890625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>4005</x:v>
+        <x:v>33951</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>28826</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="1839.8544921875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>78698</x:v>
+        <x:v>68210</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>35560</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>39104</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.900390625" customHeight="1" collapsed="0">
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>33951</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>35560</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.458984375" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.427734375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>21246</x:v>
+        <x:v>59528</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="1506.3583984375" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>17092</x:v>
+        <x:v>77797</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.9130859375" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2138.8251953125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>76747</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="1517.8671875" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.91015625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>13725</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1678.849609375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>60000</x:v>
+        <x:v>22400</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="1379.876953125" customHeight="1" collapsed="0">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9453125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>31336</x:v>
+        <x:v>9444</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.9365234375" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
         <x:v>22904</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="1678.84765625" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1989.326171875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>22400</x:v>
+        <x:v>35000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="1989.32421875" customHeight="1" collapsed="0">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1517.8671875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>35000</x:v>
+        <x:v>13725</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.998046875" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>8911</x:v>
+        <x:v>19000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.99609375" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.998046875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
         <x:v>8010</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row ht="1839.857421875" customHeight="1" collapsed="0">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>68210</x:v>
+        <x:v>6033</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.94921875" customHeight="1" collapsed="0">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3472.693359375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>16427</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-    <x:row ht="2138.826171875" customHeight="1" collapsed="0">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4609375" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>76747</x:v>
+        <x:v>21246</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1172.888671875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>28826</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="4059.15625" customHeight="1" collapsed="0">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.44921875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>15639</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-    <x:row ht="2725.259765625" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1230.40625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>33248</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.43359375" customHeight="1" collapsed="0">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>38279</x:v>
+        <x:v>2620</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.4296875" customHeight="1" collapsed="0">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1379.87890625" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>59528</x:v>
+        <x:v>31336</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-    <x:row ht="1230.40625" customHeight="1" collapsed="0">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="850.9296875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>33248</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
-    <x:row ht="3472.6953125" customHeight="1" collapsed="0">
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>16427</x:v>
+        <x:v>3141</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.44921875" customHeight="1" collapsed="0">
+    <x:row ht="333.46484375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>26583</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
-    <x:row ht="965.90625" customHeight="1" collapsed="0">
+    <x:row ht="206.98828125" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>3141</x:v>
+        <x:v>67385</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.95703125" customHeight="1" collapsed="0">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>6033</x:v>
+        <x:v>16930</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>173</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+        <x:v>175</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>9444</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>177</x:v>
-[...2 lines deleted...]
-    <x:row ht="1161.4140625" customHeight="1" collapsed="0">
+        <x:v>180</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1506.35546875" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>17092</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
-        <x:v>181</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.96875" customHeight="1" collapsed="0">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.94921875" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>182</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>39104</x:v>
+        <x:v>78698</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+        <x:v>188</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.44921875" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>67385</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
-        <x:v>191</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>193</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>2620</x:v>
+        <x:v>8911</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
-        <x:v>196</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9296875" customHeight="1" collapsed="0">
+        <x:v>198</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>25729</x:v>
+        <x:v>38279</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>201</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+        <x:v>203</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.93359375" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>202</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>99186</x:v>
+        <x:v>25729</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
-        <x:v>206</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+        <x:v>207</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1402.89453125" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>197</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>16930</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-    <x:row ht="850.93359375" customHeight="1" collapsed="0">
+        <x:v>211</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.4140625" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>4005</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-    <x:row ht="2989.7578125" customHeight="1" collapsed="0">
+        <x:v>215</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4059.15625" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
-        <x:v>215</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B50" s="8" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>54904</x:v>
+        <x:v>15639</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F50" s="8" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="G50" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H50" s="8" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.40234375" customHeight="1" collapsed="0">
       <x:c r="A51" s="10" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B51" s="10" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C51" s="10"/>
       <x:c r="D51" s="11" t="n">
         <x:v>1798956</x:v>
       </x:c>
@@ -2163,29 +2163,29 @@
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:44 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>