--- v2 (2025-12-24)
+++ v3 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c49a66d5c1c48c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d187bb04c7245fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R625731a90101443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Recfb6d95a5584639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2013-14 Local Government Waste Tire Amnesty Grant (TA1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -911,51 +911,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb244151a4b0d4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R625731a90101443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18ab8ea4338b4b08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3112c93395d34b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Recfb6d95a5584639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf534e36c18e64481" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2163,29 +2163,29 @@
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:12 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>