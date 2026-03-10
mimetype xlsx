--- v3 (2025-12-25)
+++ v4 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d187bb04c7245fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d0597c8756c444b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Recfb6d95a5584639"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra8f8ef25d7474d3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2013-14 Local Government Waste Tire Amnesty Grant (TA1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -911,51 +911,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3112c93395d34b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Recfb6d95a5584639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf534e36c18e64481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R708f89a230c84c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra8f8ef25d7474d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R51b9a2bfa5fa42ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2163,29 +2163,29 @@
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:12 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 7:04 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>