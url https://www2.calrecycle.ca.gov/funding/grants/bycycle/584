--- v0 (2025-12-24)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d32b70a22c948ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bd4b9c459bf47f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0285eb1c939b4094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3579c96bbbee449e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Local Government Waste Tire Cleanup Grant (TCU15)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -648,51 +648,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf55b4827805c42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0285eb1c939b4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R98fd2be6dc9a45af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6eb307ad6fc4d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3579c96bbbee449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R905a5f5988f54d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1350,29 +1350,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:21 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>