--- v0 (2025-12-24)
+++ v1 (2026-03-08)
@@ -1,234 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5683242e33b7454a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c32c16104f4e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R66147af12b584537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R088e4b04a2ca46da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Beverage Container Recycling Grant Program (RBC26)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Community Services &amp; Employment Training, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teresa Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597324194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rhoderick Estrada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Community Services &amp; Employment Training, Inc. (CSET) will increase beverage container recycling by placing approximately 730 beverage container recycling bins and provide education/outreach campaigns at a minimum of four local high schools within Tulare County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617236208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increase beverage container recycling by placing beverage container recycling bins throughout the City of Lancaster and providing a city-wide education and outreach campaign.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Michael Chandler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253723517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shamila Tooker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increase beverage container recycling by providing recycling education and outreach to the Martinez Unified School District, and distributing beverage container recycling bins throughout the downtown area and city parks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Eric Wolff</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586942468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tharon Wright</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increase beverage container recycling at approximately 28 multi-family complexes through education, outreach and by providing approximately 5,000 convenient beverage container recycling bins for the residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loyola Marymount University</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Trevor Wiseman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103382963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provide approximately 41 new recycling stations and an education and outreach campaign targeting four campus housing buildings.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco Community College District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Iilona McGriff</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152393979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increase CRV beverage container collection at three City College of San Francisco locations by an approximate total of 43.4 tons through the implementation of adequate CRV recycling infrastructure.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr William Worrell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057828530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increase beverage container recycling in seven cities and the unincorporated areas of San Luis Obispo County by placing approximately 151 beverage container recycling bins at multi-family complexes, parks and recreational areas, and purchasing a baler for Atascadero’s certified recycling center.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valley Women's Club Association of San Lorenzo Valley Incorporated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Matt Harris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8313351728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increase beverage container recycling for the County of Santa Cruz by replacing existing beverage container processing equipment with a current and more efficient baler at the Ben Lomond Recycling Center.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County Regional Park and Open-Space District</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Jeanne McLeod</x:t>
   </x:si>
   <x:si>
     <x:t>9519553819</x:t>
   </x:si>
   <x:si>
-    <x:t>Rhoderick Estrada</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Implement a district-wide beverage container recycling program by installing infrastructure and offering recycling education and outreach to all District sites throughout Riverside County.</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Tehama              </x:t>
   </x:si>
   <x:si>
     <x:t>Tehama County Solid Waste Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Rachel Ross</x:t>
   </x:si>
   <x:si>
     <x:t>530-528-1103</x:t>
   </x:si>
   <x:si>
     <x:t>Increase beverage container recycling at approximately 63 locations by installing beverage container recycling bins. Provide an education and outreach campaign throughout the county of Tehama.</x:t>
-  </x:si>
-[...103 lines deleted...]
-    <x:t>Increase CRV beverage container collection at three City College of San Francisco locations by an approximate total of 43.4 tons through the implementation of adequate CRV recycling infrastructure.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 10</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -363,51 +363,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc9df7c78e4d4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66147af12b584537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra0b738ed7b044207" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb9a3ec4138740d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R088e4b04a2ca46da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R908741c7661d43d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -455,314 +455,314 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
+    <x:row ht="241.48348999023438" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>133318</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4771728515625" customHeight="1" collapsed="0">
+    <x:row ht="172.48818969726563" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>92987</x:v>
+        <x:v>152894</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="195.47711181640625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>100301</x:v>
+        <x:v>92987</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
+    <x:row ht="218.4945068359375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>133318</x:v>
+        <x:v>50341</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46136474609375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.4818115234375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>66500</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.4881591796875" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>152894</x:v>
+        <x:v>134400</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>176549</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50341</x:v>
+        <x:v>176549</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="183.996826171875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>66500</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.488037109375" customHeight="1" collapsed="0">
+    <x:row ht="195.477294921875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>134400</x:v>
+        <x:v>100301</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400146484375" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A16" s="10" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="10" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="10"/>
       <x:c r="D16" s="11" t="n">
         <x:v>1357290</x:v>
       </x:c>
       <x:c r="E16" s="10" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="10" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="10" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="10" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 8, 2026 3:00 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>