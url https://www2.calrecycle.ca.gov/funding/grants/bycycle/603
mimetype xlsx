--- v0 (2025-12-16)
+++ v1 (2025-12-24)
@@ -1,303 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R341accba213949b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1fde81e9a242e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra423b09ad3d0459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfd869e9621d84af8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Rubberized Pavement Grant Program (TRP5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Romeo David</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094772740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized Pavement Projects on Major arterial and secondary street thru out the City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Stephanie Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094680380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resurface existing 32'-56' wide pavement with 0.21' RAC over pavement reinforcing fabric from Escalon City Limits to Mariposa Road.  Construction is estimated to begin August of 2015.  Crumb rubber, hot mix asphalt is estimated to be 6,500 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Karen Youel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used in conjunction with the Citywide annual pavement maintenance program. The City will repave approximately 318,000 square yards of City roads using a rubberized chip seal material over a two-year paving cycle.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Agoura Hills</x:t>
-[...5 lines deleted...]
-    <x:t>8185977314</x:t>
+    <x:t>City of Calabasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Tatiana Holden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182241674</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
-    <x:t>The City purposes to utilize 10,649 tons of Rubberize Asphalt concrete as part of its annual street resurfacing program.  Project will cover two fiscal years, FY 2015-16 and FY 2016-17.</x:t>
-[...17 lines deleted...]
-    <x:t>Place rubberized chip seal over various streets. the project will start in July 2015 and completed in October 2015</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Total Project will use 6582.2 tons of RAC (20lb of crumb rubber per ton of RAC or Binder). Proposed construction date,  6/2015 at. Locations: Jameson Dr., 103 Tons of RAC; Willow Glen St., 331.6 tons of RAC; Orchid Ln., 231.1 tons of RAC; Peacock Ct., 143.1 tons of RAC; Dorothy Rd., 200 tons of RAC; Dry Cyn. Cold Creek Rd., 2,420 tons of RAC; Las Virgenes Rd., 1013 tons of RAC; Shadow Hills  Rd., 330 tons of RAC.
+Proposed construction date,  6/2016 at Location: Meadow Creek Ln., 648.1 tons of RAC; Wrencrest Dr., 162.22 tons of RAC; Park Miramar, 317.55 tons of RAC; Harney Place, 99 tons of RAC; Park Sorrento, 582 tons of RAC;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Renee Mathis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project consists of the repair and maintenance of various local City streets utilizing 199,631 square yards of rubberized chip seal material.  The anticipated construction date is spring 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Fleisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application is a request for recycled pavement grant funds in the amount of $249,937 to pave forty-two (42) roadways throughout the unincorporated areas of Ventura County with rubberized asphalt concrete.  This request is based on a thickness of 1.5 inches of rubberized asphalt concrete material consisting of no less than 300 pounds (15%) of crumb rubber per ton of rubberized binder.  If approved, these grant funds will allow the county to pave 26.4 road miles of county-maintained roadways and 27.3-foot weighted width with 35,705 tons of rubberized asphalt concrete. 
+Advertising for the project would not commence until the county received a Notice to Proceed, however based on the Notice of Funds Available, anticipated contruction would begin no earlier than April 2015 and end no later than six months prior to the April 2017 due date to submit the Final Report or November 2016.  Construction or installation of the pavement would occur during this 18-month window.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Ana Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to pave three segments on Brookhurst Street, encompassing two miles of road rehabilitation. The first segment is from Chapman Avenue to Katella Avenue, the second from Trask Avenue to Larson Avenue, and the third from Hazard Avenue to Westminster Avenue. All Brookhurst segments will use approximately 12,600 tons of asphalt rubber/field blend. Average daily traffic for all three Brookhurst segments is 41,613 vehicles.    
+The City will also pave Westminster Avenue from Bowen Street to Euclid Street encompassing half a mile and using 2,876 tons of asphalt rubber/field blend. Average daily traffic for this segment is approximately 23,662 vehicles. All construction for Brookhurst and Westminster segments will start by August 2015. No work will start before issuance of a Notice to Proceed or be complete after the April 1, 2017 deadline.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pismo Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Chad Stoehr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057734656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 2014 Pavement Maintenance Project.  This project is aimed at performing maintenance to select roadways throughout the City based on our adopted Pavement Management System (PMS). The anticipated start date for the construction is the beginning of November 2014 and utilizes approximately 4,300 tons of Rubberized Hot mix Asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Anabel Dubois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project is intended to keep County roadways in good and safe operable condition.  The project is located in the unincorporated areas of Florence-Firestone, Willowbrook, Athens, and Del Aire.  The project is 2.1 miles long and includes Firestone Blvd, Hooper Avenue, Compton Avenue, Century Boulevard, and 120th Street.  The existing roadway will be cold milled the full width 1-7/8 inches in depth.  The resurfacing includes constructing a 3/8-inch thick rubberized asphalt chip seal interlayer called Asphalt Rubber Aggregate Membrane (ARAM) over the cold milled surface and constructing 1-1/2 inches of ARHM-GG-C over the ARAM.  The project also includes reconstruction of damaged curb, sidewalk, driveways and curb ramps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Jurupa Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gary Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513326464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAN BUREN BOULEVARD PAVEMENT REHABILITATION PROJECT (PHASE 2): Jurupa Road to Bellegrave Avenue
+Van Buren Boulevard is a 4 lane divided roadway (expressway classification).  The proposed $1.38 million project covers a one mile segment and involves rehabilitation of existing AC pavement, including grinding existing AC pavement, removal or grinding of additional AC pavement in failed areas, removal of pavement fabric, sealing existing cracks, paving hot mix asphalt in failed areas, installing asphalt rubber hot mix over the entire project, constructing AC overside drains and two right-turn pockets at the Rutile Street intersection.  In addition, a video detection system, battery backup system, loop detectors, striping, markings, and pavement markers will be installed.
+The eastern portion of Van Buren Boulevard within the project limits borders a residential area which is defined as a disadvantaged community where residents/property owners have a median household income less than 80% of the statewide median, based on the current census tract data. 
+It is estimated 5,444 tons of hot mix asphalt (type B) and 5,070 tons of rubberized asphalt concrete (ARHM GG-C) will be constructed. All crumb rubber used in the proposed project(s) will be derived from only California-generated waste tires and processed in California.  All binder material used in this project will contain a minimum of 300 pounds (or equivalent to [15%] by weight) of the tire-derived crumb rubber per ton of rubberized binder.
+This project is listed in the City of Jurupa Valley's adopted Capital Improvement Program with a proposed construction timeframe of 30 working days scheduled for the third quarter of 2016.
+FY 2015-16 PAVEMENT REHABILITATION (ARAM) PROJECT
+Based on our most recent Pavement Management Report and feedback from property owners the City has identified 27 residential street segments with a Pavement Condition Index (PCI) rating of &lt;49 (failed, very poor, poor, and at-risk) as a prime candidates for pavement rehabilitation utilizing a rubberized chip seal application.  This will involve 100,000 square yards of ARAM (rubberized chip seal) material.  These streets are in close proximity to disadvantaged communities that have a median household income less than 80% of the statewide median, based on the current census tract data.  Since July, 2011 the City has maintained approximately 24 lane miles of local residential streets using asphalt rubber aggregate membrane (ARAM).  
+This project is included in the City of Jurupa Valley's Capital Improvement Program with a proposed construction timeframe of 60 working days scheduled for the second quarter of 2016.
+The City has successfully utilized rubberized asphalt strategies and other environmentally friendly infrastructure improvement applications (e.g. recycling of base material in-place) on previous pavement rehabilitation projects, saving the City construction costs of up to $70,000 and incorporating “Green” recycle methodologies (reuse scrap tires, leverage local processing facilities, less pollution and truck activity).</x:t>
   </x:si>
   <x:si>
     <x:t>City of Bell</x:t>
   </x:si>
   <x:si>
     <x:t> Terry Rodrigue</x:t>
   </x:si>
   <x:si>
     <x:t>3235886211</x:t>
   </x:si>
   <x:si>
     <x:t>This project will reconstruct asphalt paving and construct an aspahlt overlay on streets throughout the City of Bell using Rubberized Aspahlt Concrete (RAC). The Project is estimated to use 25,663 tons of RAC. The Project will be constructed in three phases, with  an anticipated construction start date of July 2015 for phase I, January 2016 for phase II and January 2017 for phase III.
 The Project includes various roadway segments throughout the City, as described in the Project Summary &amp; Calculation.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Calabasas</x:t>
-[...11 lines deleted...]
-  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Ceres</x:t>
-[...26 lines deleted...]
-    <x:t>The proposed project consists of the repair and maintenance of various local City streets utilizing 199,631 square yards of rubberized chip seal material.  The anticipated construction date is spring 2015.</x:t>
+    <x:t>City of Turlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Wayne York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2096685520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will involve the overlay and rehabilitation of two different sections of roadway: Fulkerth Rd., between Del's Ln. and N. Olive Ave.; and Geer Rd., between Monte Vista Ave. and Taylor Rd.  The City expects to use approximately 10,555 tons of material and being construction in Apr/May 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis A. Celaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City purposes to utilize 10,649 tons of Rubberize Asphalt concrete as part of its annual street resurfacing program.  Project will cover two fiscal years, FY 2015-16 and FY 2016-17.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Sun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147445544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rehabilitation of various streets within the City of Orange. A minimum of two inch thick rubberized pavement will be used to overlay street pavement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ernest Wong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098648732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes pavement rehabilitation using RAC at seven locations in the City of Highland, including Base Line (Yarnell Road to East of Marigold), Greenspot Road (Boulder Avenue to Plunge Creek), Highland Avenue (Orchard Road to Church Street), Base Line (Del Rosa Drive to Cole Avenue), 3rd Street ( Victoria Avenue to Palm Avenue), Base Line (SR-210 to Boulder Avenue), and Pacific Street (Victoria Avenue to Boulder Avenue). The projects will be constructed between 04/2015 and 04/2016 and will use a total of 35,917 Tons RAC. The Final Report and Final Payment Request will be submitted prior to April 1, 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two projects involving the application of chip seals scheduled for the summers of 2015 and 2016.  The amount of chip seal material to be used covers 504,000 square yards of pavement surface.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yorba Linda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Rick Yee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149617171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The La Palma Avenue Roadway Improvement will provide for roadway surface improvements and Americans with Disabilities Act (ADA) curb ramp upgrades between Weir Canyon and Camino De Bryant.  The roadway improvements will include cold milling and overlaying with leveling course asphalt concrete and a finish course of 2” Asphalt Rubber Hot Mix.  Various portions of the roadway will receive full depth reconstruction as recommended by the geotechnical report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sambath Chrun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095254133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberize chip sealing approximately 123,000 square yards of roads in the city of Salida and Oakdale and the County community of Del Rio. Anticipated construction is date is August 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Maryam Babaki</x:t>
   </x:si>
   <x:si>
     <x:t>3237224805</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Commerce will undergo three significant Capital Improvement Projects for the current and upcoming Fiscal Year that will utilize the latest in Rubberized Asphalt Pavement advances.
 The first project, the Washington Boulevard Reconstruction Project will widen Washington Boulevard from West City Limit at Indiana Street to I-5 Freeway SB on and off ramps from existing 2 lanes in each direction to 3 lanes in each direction increasing roadway capacity including a center median and/or turn lane.  The project features 6,771 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians.  The existing BNSF spur crossing west of Commerce Way will be removed.  The City will install City-owned LED, energy saving street lighting as part of the project.  Improvements also include upgrading traffic signals as necessary to accommodate the widening.  Finally, the scope of work includes installation of raised medians and parkway landscaping improvements with water quality features and drought tolerant elements.  This project will commence paving operations beginning in June 2015.
 The second project, the Eastern Avenue Rehabilitation Project, will rehabilitate asphalt pavement from Atlantic Avenue to the South City Limit.  The project features 3,650 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians and curb ramps.  This project will commence paving operations beginning in June 2015.
 The third project, the Slauson Avenue Sidewalk Improvement Project, is a tree reforestation and road resurfacing project on Slauson Avenue from I-710 freeway to Telegraph Road.  The project will repair the severe displacement of sidewalks and other hardscape caused by Ficus tree roots and to construct sidewalks and other ADA improvements on Slauson Avenue.  The project features 4,100 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  This project will commence paving operations beginning in July 2015.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...111 lines deleted...]
-    <x:t>This project includes pavement rehabilitation using RAC at seven locations in the City of Highland, including Base Line (Yarnell Road to East of Marigold), Greenspot Road (Boulder Avenue to Plunge Creek), Highland Avenue (Orchard Road to Church Street), Base Line (Del Rosa Drive to Cole Avenue), 3rd Street ( Victoria Avenue to Palm Avenue), Base Line (SR-210 to Boulder Avenue), and Pacific Street (Victoria Avenue to Boulder Avenue). The projects will be constructed between 04/2015 and 04/2016 and will use a total of 35,917 Tons RAC. The Final Report and Final Payment Request will be submitted prior to April 1, 2017.</x:t>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Ahmed Abu Aly</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257796130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized chip seal over various streets. the project will start in July 2015 and completed in October 2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Kabalin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley Main Street Pavement Project
+The City of Oakley will use Rubberized Asphalt Concrete (RAC) for the Main Street Pavement Project.  This project encompasses one mile of Main Street from Bridgehead Road to Big Break Road in Oakley.  The section of Main Street is a five lane, major East-West thoroughfare connecting CA-160 with our City.  
+Construction will begin by June 2013 and will be completed shortly after that.  The involved area:
+Main Street from Bridgehead Street to Big Break Road will require 6,000 tons of RAC Material.
+Total tonnage of RAC to be used: 6,000
+Funds Requested = $60,000.00
+(6,000 tons RAC x $10.00 Reimbursement Rate)
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Paso Robles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ditas Esperanza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052373861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Install approximately 7900 tons of rubberized asphalt concrete as part of the City's annual street maintenance program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Any grant funds, if awarded, will be used by the City of Pasadena to continue to enjoy the benefits of rubberized asphalt paving, which has performed extremely well in previous projects throughout the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Holly Boyd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503292618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of milling all existing asphalt along too arterial roads down to the underlying PCC structure, the placement of an Asphalt Concrete leveling course, followed by a two-inch thick rubber asphalt concrete overlay covering the entire street totaling 6000 tons.
+The project limits are Alma Street from Addison Avenue to Rinconada Avenue and Middlefield Road from Lytton Avenue to Embarcadero Road, covering 5.5 lane miles of arterial roadways in RAC.
+The project also includes removing and replacing deteriorated sections of curb and gutter, removing and replacing concrete driveways, the upgrade of access ramps to current ADA requirements, adjusting utilities to grade, installing traffic delineation, and installing signal loops.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Craig Dierling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project proposes to construct approximately 124,700 SY of rubberized chip seal using at least 15% rubber in the binder, in July and August of 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Huntington Beach</x:t>
   </x:si>
   <x:si>
     <x:t> James Wagner, PE</x:t>
   </x:si>
   <x:si>
     <x:t>7145365467</x:t>
   </x:si>
   <x:si>
     <x:t>Using rubberized asphalt concrete (RAC) provides an opportunity to reduce landfill waste and recycle tires.  For example, a two-inch layer of RAC is used on typical street rehabilitation projects. It is estimated that about 2,000 California waste tires are used per lane mile. 
 The City will place rubberized pavement over approximately 37 lane miles, which recycles approximately 73,600 California generated waste tires, in a two-year period.  This equates to approximately 35,714 tons of RAC during the RAC-3 Rubberized Pavement Grant period from NTP to April 2017.
 The City has previous experiences using rubberized asphalt concrete pavement for the rehabilitation of arterial streets.  In the previous two years, the City of Huntington Beach has paved eight (8) arterial streets with rubberized asphalt concrete.  The rubberized pavement has provided evenly colored, quiet, and pleasant driving surface throughout our newly paved roads and supports the City’s efforts in continuing to pursue environmentally friendly recycling efforts.  We publicize the RAC-2 (our previous CalRecycle Rubberized Asphalt Grant) on the City’s Web-Site at  http://www.huntingtonbeachca.gov/government/departments/public_works/rubberized-asphalt-project.cfm
 The CalRecycle RAC-3 grant will be used to provide funding assistance to the City’s transportation and environmental efforts on arterial streets.  The City’s budget will provide for pavement rehabilitation of 9 miles of full width arterial streets in the next two years during the RAC-3 Rubberize Pavement Grant period. The rehabilitated arterial streets have been selected based on Pavement Condition Index as identified by the City’s Pavement Management Program.  This systematic method assures that the funds go first to the more severely deteriorated streets.    
 The City Public Works Department rehabilitates deteriorated arterial streets with a design to last another 10 to 20 years.  The arterial streets will be evaluated for existing conditions based on traffic volume and existing soil properties.  The Engineer will design a pavement section that will meet the objective of street longevity using a pavement section including a finishing course of 2” RAC.  The pavement sections are incorporated into the plans and specifications and the Public Works Commission will review it before it is publicly advertised for open competitive public bidding.  
 After bids are opened publicly, the City Council at a Public Council Meeting will review bid results and will approve the contract and approve funding for construction.  
 Following a pre-construction meeting, the City will issue a Notice to Proceed for the Contractor to proceed with the rehabilitation of the arterial streets in the project.  The anticipated projects are listed in Table 1.
 Table 1.  Huntington Beach RAC-3 Rehabilitation Summary
 Construction
 Dates                        Arterial Streets                                    TON  RAC
                Gothard St From Edinger Ave To McFadden Ave         2,010
                Center From Gothard To UPRR Track                            520
 04/2015                                                                     Subtotal 2,530
                 Lake St From Indianapolis Ave To Adams Ave         1,870 
@@ -308,613 +461,460 @@
                Atlanta Ave From Delaware St To Beach Blvd                 1,030
                Indianapolis Ave From Beach Blvd To Magnolia St         3,100
 10/2015                                                                     Subtotal 8,540
                 Graham St From Slater Ave To Warner Ave                 1,930 
                Heil Ave   From Goldenwest St To Gothard St         1,470
                Talbert Ave From Gothard St To Beach Blvd                 3,230 
 10/2016                                                                    Subtotal 6,630
                 Adams  From Beach Blvd To Newland                         2,780
                Edinger From Graham To Springdale                         2,040 
 10/2016                                                                     Subtotal 4,820
                Atlanta Ave  From Beach Blvd To Newland St                 2,130
                Heil Ave   From Edwards St To Goldenwest St         1,970
                Bolsa Ave From Graham St To Edwards St                 1,654 
 01/2017                                                                     Subtotal 5,754 
                                                                                                  --------
                        Total New Pavement Arterial Streets                        35,714 
 The City’s Construction Management Group, including inspectors, will monitor the construction process and quality of work.  Periodic testing for proper density and asphalt concrete mix will ensure that the Rubberized Asphalt Concrete cap meets requirements and was installed properly.  The City will accept or reject portions of the project based on the completion of all requirements of the Plans and Specifications including verification of pavement mix and source to assure that the RAC is from 100% California waste tires and meets min 300 pounds of tire-derived crumb rubber per ton of rubberized binder.
 The City will request the maximum RAC-3 grant of two hundred and fifty thousand dollars ($250,000) based on 35,714 tons to be used during the program.  The cost basis for reimbursement is set at $7 per Ton of RAC and the calculation is shown on Table 2.
 Table 2: Calculation for RAC-3 Grant  - ((A * B) = C
                   A                                        B                  C
         Amount of RAC                 X                RAC-3 Rate           =Total
        (Tons)                                          ($7 / Ton) 
                 35,714                X                     $7      =$250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>City of La Canada Flintridge</x:t>
-[...8 lines deleted...]
-    <x:t>Over three fiscal year budgets, the City of La Canada estimates the use of 12,350 tons of RAC in the overlay 19 street segments:  FY 14/15 - Alta Canyada Road (from El Vago Road to Fairmont Avenue), Green Lane (from La Canada Boulevard to Angeles Crest Hwy), Chehalem Road (from Commonwealth Avenue to Angeles Crest Hwy), Milmada Road (from Commonwealth Avenue to Angeles Crest Hwy), Commonwealth Avenue (from Lynnhaven Lane to Foothill Blvd), Woodleigh Lane (Foothill Blvd to Berkshire Avenue);  FY 15/16 -  Los Amigos (from Castle Road to Jessen Drive), Ocean View Boulevard(from Castle Road to Cul-de-sac), Normanton Drive (from Ocean View Blvd to Cul-de-sac), Eanslow Drive (from Ocean View Blvd to Cul-de-sac), Canalda Drive (from Ocean View Blvd to Cul-de-sac), Derwood Drive (from Ocean View Blvd to Cul-de-sac), Bristol Drive (from Ocean View Blvd to Cul-de-sac), Verdugo Blvd (from Foothill Blvd to La Tour Wy); FY 16/17 -  Descano Drive (from Verdugo Blvd to Chevy Chase Drive), Berkshire Avenue (from Summerset Place to Chevy Chase Drive), Loma Vista Drive (from Foothill Blvd to Flanders Drive), Leycross Drive (from Descanso Drive to Cul-de-sac), Regent Park Drive (from Chevy Chase Drive to Inverness Drive).</x:t>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Materials used will be rubberized hot mix asphalt-gap graded (wet process) and the thickness of the new overlay is designed to be 2 inches. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Desert</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Gayler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607766393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Desert will repave a section of Portola Avenue and Town Center Way.  The streets will be capped with 2" of rubberized asphalt.  Construction is anticipated in April 2015.  It is estimated that 4,775 tons of rubberized asphalt will be used on the project.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Margaret Talamantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104588721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cold-milling and RAC overlay for various streets under the City's FY14-15 and FY15-16 Annual Paving Program and 2 alleys under the FY14-15 Alley Resurfacing Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Matthew Pilarz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096203652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The purpose of the proposed project is the rehabilitation of various streets within the City of Pomona, California.  The overall length is approximately 12,160 linear feet (2.30 miles) and will use approximately 7,176 tons of RAC with the binder material to contain a minimum of 300 pounds (equivalent to 15% by weight) of tire-derived crumb rubber per ton of rubberized binder.  An average depth of three (3) inches is expected to be constructed during the early spring months of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redwood City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sayed Zahori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507807321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2014/2015, 15/16 Rubber chip seal projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Tim Young</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307495420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized asphalt concrete on various roads in Yuba County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ojai</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Mackey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056465581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Road Rehabilitation Project on various residential streets in the City of Ojai. The work comprises, but not limited to, cold planing, milling, and placing Rubberized Asphalt Concrete (RAC). The total budget for the project is 2.3 million. We anticipate using approximately 10,000 tons of Rubberized Asphalt Concrete and paving six roadway miles in the City of Ojai. </x:t>
   </x:si>
   <x:si>
     <x:t>City of La Verne</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Dan Keesey</x:t>
   </x:si>
   <x:si>
     <x:t>9095968741</x:t>
   </x:si>
   <x:si>
     <x:t>The City of La Verne is applying for funds under the Rubberized Pavement Program for the rehabilitation of Esperanza Avenue.  The project wishes to provide 10,100 tons of rubberized pavement (hot mix) for length of the street measuring approximately 10,000 linear feet in length by 48 linear feet wide, beginning at the intersection of Baseline Rd. to the north. The project intends to provide a 3" cold mill followed by a 3" rubberized lift.
 The street has some deflections in the pavement, where there are areas experiences depression and the quality of asphalt material is substandard.  There is also longitudinal and transverse crackling (alligator cracking) and utility cuts that have opened up.  The pavement has lost its oxidation and the pavement condition is at 70 on the pavement condition index, which is considered a lower ranking for grind and overlay projects.  
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Barbara       </x:t>
-[...24 lines deleted...]
-Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
+    <x:t>Town of Moraga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edric Kwan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258887025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Twelve of the streets included in the application are the Town's paving program for 2015.  These streets are in very poor condition, are collector and residential roads throughout the Town, and are the third and final phase of an aggressive paving program financed by a voter approved local sales tax measure.  The Town is planning to use RHMA as a wearing course for its full depth reconstruction sections.  Construction is anticipated to begin June of 2015.  The section of Moraga Road is an arterial that is in poor condition and the Town plans to begin construction for rehabilitation in June 2016.  It is estimated that a total of 10,684 tons of RHMA will be used for these projects.  The amount of tire-derived crumb rubber used for these projects will be based the required minimum 300 pounds per ton of rubberized binder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Leisser Mazariegos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will provide pavement rehabilitation on Mitchell Road from Whitmore to Roeding Road in the City of Ceres.  Mitchell Road is a 6-lane major arterial corridor in the City.  The project will install approx. 2" depth of rubberized asphalt concrete, reconstruct failed pavement areas, improve sidewalks, curb and gutter, curb ramps, and traffic loops.  The project work should extend the pavement life for 15+ years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Canada Flintridge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Joe Bellomo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052796856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over three fiscal year budgets, the City of La Canada estimates the use of 12,350 tons of RAC in the overlay 19 street segments:  FY 14/15 - Alta Canyada Road (from El Vago Road to Fairmont Avenue), Green Lane (from La Canada Boulevard to Angeles Crest Hwy), Chehalem Road (from Commonwealth Avenue to Angeles Crest Hwy), Milmada Road (from Commonwealth Avenue to Angeles Crest Hwy), Commonwealth Avenue (from Lynnhaven Lane to Foothill Blvd), Woodleigh Lane (Foothill Blvd to Berkshire Avenue);  FY 15/16 -  Los Amigos (from Castle Road to Jessen Drive), Ocean View Boulevard(from Castle Road to Cul-de-sac), Normanton Drive (from Ocean View Blvd to Cul-de-sac), Eanslow Drive (from Ocean View Blvd to Cul-de-sac), Canalda Drive (from Ocean View Blvd to Cul-de-sac), Derwood Drive (from Ocean View Blvd to Cul-de-sac), Bristol Drive (from Ocean View Blvd to Cul-de-sac), Verdugo Blvd (from Foothill Blvd to La Tour Wy); FY 16/17 -  Descano Drive (from Verdugo Blvd to Chevy Chase Drive), Berkshire Avenue (from Summerset Place to Chevy Chase Drive), Loma Vista Drive (from Foothill Blvd to Flanders Drive), Leycross Drive (from Descanso Drive to Cul-de-sac), Regent Park Drive (from Chevy Chase Drive to Inverness Drive).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Berkeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donald Irby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109816439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will apply funds from a recently passed sales tax measure (Measure M) to pave a significant amount of the City's streets over three years (2014 through 2016).  The 2015 paving program, included in this grant application, includes streets receiving pavement preserving rubber cape seals (comprised of rubber chip seal and slurry seal), HMA and RHMA overlays, and pavement reconstruction throughout the City.  The project is planned to go to construction in June 2015.  The amount of crumb rubber used in the project will be based on the required 300 lb of tire-derived crumb rubber per ton of rubberized binder for the grant.  The project is expected to include almost 5600 tons of RHMA and over 86,000 sy of asphalt rubber chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mill Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jill Barnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153884033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In conjunction with the streetscape improvements, the City of Mill Valley will be rehabilitating pavement along its primary arterial corridor, Miller Avenue.  City staff and community groups have planned the improvements over the last several years and City council adopted the final implementation plan in October 2014.  Plans are now being advanced to the 60% level of design for construction commencing in late 2015.  The project includes both overlays and reconstruction of about 2 miles of Miller Avenue commencing at Almonte Boulevard and concluding and Sunnyside Avenue.  The use of rubberized asphalt concrete is key to cost effectively rehabilitating Miller Avenue.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gridley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruce Nash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308951422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will include the placement of approximately 51,586 square yards of chip seal onto city streets in the Downtown area.  The material placed will be able to cover approximately 8,441 linear feet of existing 55 foot width of improved roadway where imminent failure exists.  The streets are located in the Downtown area and a part of an ongoing Downtown street rehabilitation program.  The city recently completed the Hazel Street TE Grant improvements; the TE grant program was the keystone project to upgrade the streets.  Attached to the uploaded documents is a map reflecting the scope of work to place the chip seal.  The proposed construction date will begin after 7/1/2015.  The chip seal will contain a binder of a minimum of 300 pounds of the tire derived rubber per ton that is generated from waste tire generated and processed in California. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alvin Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154962403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Larkspur is currently undergoing extensive roadway improvements. The Rubberized Pavement Grant will help fund the rehabilitation of unsafe cracked and potholed arterials and neighborhood streets. 
+Project Timeline:
+Fiscal year 2015/16 Road Rehabilitation Project 
+Construction start date of April 2015
+Project Locations: Madrone Ave, Magnolia Ave, Larkspur Plaza Drive, N. Almenar Drive
+Fiscal year 2016/17 Road Rehabilitation Project 
+Construction start date of April 2016
+Project Locations: Spread through various Larkspur residential streets
+Materials:
+A total of 8,225 tons of rubberized asphalt concrete will be used. 3,093 tons of RHMA will be used for the FY 2015/16 Road Rehabilitation Projects. 5,132 tons of RHMA will be used for the FY 2016/17 Road Rehabilitation Projects. The amount of crumb rubber (per ton) of RAC or binder for both projects will be a minimum of 300 lb/ton (binder).</x:t>
   </x:si>
   <x:si>
     <x:t>City of Monterey Park</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Rey Alfonso</x:t>
   </x:si>
   <x:si>
     <x:t>6263071330</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Monterey Park is requesting $117,690 in funds for 35 site locations. The projects will use 9,690 tons of hot mix and 99,720 square yards of chip seal material. Proposed construction start date is April 2015 for chip seal projects and October 2015 for hot mix projects.</x:t>
   </x:si>
   <x:si>
-    <x:t>Ventura             </x:t>
-[...14 lines deleted...]
-    <x:t>San Luis Obispo     </x:t>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Russell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dublin is proposing to use rubberized hot mix asphalt on Dougherty Road from Sierra Lane to North City Limit for approximately 1.9 miles with an estimated total tonnage of 8,600 tons.  Dougherty Road will be widened from 4 to 6 travel lanes and the existing asphalt pavement will be overlayed with RHMA.  The purpose of using  rubberized hot mix asphalt is to reduce the traffic-related noise along the stretch of the roadway (as a result of using RHMA) and to reduce California-generated waster tires, in support of the City's environmental policies.  This will be the first time the City will use rubberized hot mix asphalt.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Morro Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jarrod Whelan</x:t>
   </x:si>
   <x:si>
     <x:t>8057726564</x:t>
   </x:si>
   <x:si>
     <x:t>The project will apply rubberized chip seal to streets withing city limits. Work will be scheduled in fall of 2015 and 2016. We intend to rubberized chip seal on 50,000 SY of city streets.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Ojai</x:t>
-[...100 lines deleted...]
-    <x:t>Rubberized Pavement Projects on Major arterial and secondary street thru out the City</x:t>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kristen Hoy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place an asphalt rubber chip seal on selected roads (refer to attached project summary &amp; calc. sht.) in the Bay Point area of unincorporated Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stockton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thinh Phan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099378201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The resurfacing project is the installation of rubberized Chip-seal followed by Micro-surfacing application at various local streets in the City of Stockton. The work includes removal and replacement of pavement striping, pavement markings and pavement legends. The estimated total area of the resurfacing is 225,700.00 square yard. The chipseal rubber binder will contain a minimum 300 pounds of tire-derived crumb rubber per ton of rubberized binder.  The proposed schedule for the project is summer of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168745354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized pavement overlays in unincorporated Sacramento County.  Locations include: Fair Oakls Boulevard, Hazel Avenue, Eastern Avenue, ElCamino Avenue, Greenback Lane, Marconi Avenue and Sunrize Boulevard.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Rialto</x:t>
   </x:si>
   <x:si>
     <x:t> Jeffrey Schafer</x:t>
   </x:si>
   <x:si>
     <x:t>9098202531</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Rialto proposed pavement rehabilitation on the following streets:
 Riverside Pavement Rehab Project
 - RIVERSIDE AVENUE (NORTH OF THE METROLINK RAILROAD TRACK TO FOOTHILL BLVD.)
 2013/14 &amp; 2014/15 Annual Street Overlay Projects
 - SLOVER AVENUE (CACTUS AVENUE TO RIVERSIDE AVENUE)
 - CEDAR AVENUE (MERRILL AVENUE TO RIALTO AVENUE)
 - RIALTO AVENUE (CEDAR AVENUE TO WILLOW AVENUE)
 - EASTON AVENUE (WILLOW AVENUE TO RIVERSIDE AVENUE)
 The Plans &amp; Specs are done for the above mentioned projects.  The anticipated construction date will be March, 2015.  Improvement Plans are uploaded in GMS.
 In addition to the above projects, our 5-Years Annual Street Overlay CIP also identified the following street segments to be rehabilitated by 2017:
 - Cactus Ave from Foothill Blvd to San Bernardino Ave
 - Randall Ave from Maple Ave to Cactus Ave
 - San Bernardino Ave from Larch Ave to Lilac Ave
 - Bloomington Ave from Lilac Ave to Merrill Ave
 - Valley Blvd from Lilac Ave to Riverside Ave
 - Merrill Ave from Maple Ave to Linden Ave
 - Merrill Ave from Cedar Ave to Willow Ave
 The uploaded 5-Years Annual Street Overlay CIP exhibit shows these streets and the year they are scheduled to complete.
 The amount of crumb rubber will be verified during construction.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...23 lines deleted...]
-    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Materials used will be rubberized hot mix asphalt-gap graded (wet process) and the thickness of the new overlay is designed to be 2 inches. </x:t>
+    <x:t>City of Moorpark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Sean Corrigan, P.E.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055176200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bi-annual road maintenance project involving resurfacing of approximately one-third of the City’s streets every other year.  The scope of work often includes the removal and replacement of pavement in poor condition, and the application of crack sealer where needed.  The size of the project is approximately 63,000 square yards of ARAM.  The project is currently scheduled for Summer 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Downey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ed Norris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629047110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are seeking funds to repave and resurface eight roads in Downey using RAC Hot-Mix material. Our project will require 31,069 tons of RAC Hot-Mix material. Proposed construction start dates are as follows:   Work on Fifth Street Boulevard, from the Brookshire Avenue to the Lakewood Boulevard intersections, will begin in April 2015. Work on Firestone Boulevard, from Lakewood Boulevard to the east city limit, will begin in April 2015.  Work on Lakewood Boulevard, from Gallatin Road to Telegraph Road, will begin in June 2015.  Work on Bellflower Boulevard, from Stewart &amp; Gray Road to the Foster Road intersections, will begin in November 2015. Work on Old River School Road, from the Imperial Highway to Arnett Street intersections, will begin in August 2015. Work on Brookshire Avenue, from the Imperial Highway to the Gardendale Street intersections, will begin in February 2016. Work on an additional identified stretch of Brookshire Avenue, from the Firestone Boulevard to Florence Avenue intersections, will begin in May 2016. Work on Woodruff Avenue, from Stewart and Gray Road to Imperial Highway intersections, will begin in August 2016. We expect completion of all projects by December 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Nathan Newell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project 1: Rubberized Chip Seal
+Apply Rubberized Chip Seal at various locations throughout the County, totaling 5.12 miles of Rubberized Chip Seal application, or 72,090 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+Project 2: Rubberized Chip/Cape Seal
+Apply Rubberized Chip Seal followed by Rubberized Cape Seal at various locations throughout the County, totaling 9.49 miles of Rubberized Chip Seal and Rubberized Cape Seal application, or 133,760 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+The contract will have an option to be bid with either Terminal Blend or Crumb Rubber, satisfying minimum percentage of rubber per square yard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lynwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lorry Hempe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106030220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of paving major arterial Rd.; Long Beach Blvd. from Magnolia Ave. to north City limit; Tweedy Blvd.
+Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of San Marino</x:t>
   </x:si>
   <x:si>
     <x:t> Dean Werner</x:t>
   </x:si>
   <x:si>
     <x:t>6263000793</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Marino would like to apply for funds under the RAC Hot Mix Project.  Rubberized asphalt will be used in most of the major streets in the City.  The street rehabilitation projects identified for this grant are the following:
      Locations                                                                               Approx. Tonnage
      Allen Ave.                                                                               1,200
      Santa Anita Ave.                                                                      2,500
      Warwick Rd.                                                                            1,200
      Windsor Rd.                                                                            1,200
      Inner Circle/Loop at Lacy Park                                                     500
      El Molino Ave. (Old Mill Rd. to Huntington Dr.)                            3,400
      Huntington Dr. (Winston Ave. to Sierra Madre Blvd.)                   2,000
      Huntington Dr. (Sierra Madre Blvd. to Cambridge Westbound)      3,800
      Del Mar Ave. (Huntington Dr. to Lorain Rd.)                                2,200
      Del Mar Ave. (Lorain Rd. to Longden Ave.)                                  1,600   
      Alleyways - South of Huntington Dr.
           San Gabriel to Belhaven                                                           50
           Del Mar to Ridgeway                                                               240
           San Marino to Bedford                                                             200
           Colonial Kitchen to Granada                                                     300
      Alleyways - Mission District
           Euclid to El Molino                                                                   105
      Alleyways - North of Huntington Dr.
           West Haven to Monterey                                                          53
           Monterey to Sierra Madre                                                         60
           Ridgeway to Winston                                                              250
           Gainsborough to Palomar                                                        170
 The total tonnage for the above projects is 21,028.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Santa Monica</x:t>
-[...268 lines deleted...]
-    <x:t>Install approximately 7900 tons of rubberized asphalt concrete as part of the City's annual street maintenance program</x:t>
+    <x:t>City of Cypress</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul  Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7142296746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The scope of work for this project will include cold milling the existing asphalt pavement and construct a 1.2"-2" rubberized-asphalt overlay over the entire street surface.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 54</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1049,51 +1049,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd87bbadc5124440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra423b09ad3d0459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbcd4d8837f734266" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf5ba2b59e84ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd869e9621d84af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3a66cfbd27114c99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1141,1347 +1141,1347 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
+    <x:row ht="80.503944396972656" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>74542</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
+    <x:row ht="206.98582458496094" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>45500</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45828247070313" customHeight="1" collapsed="0">
+    <x:row ht="195.47714233398438" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>147144</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>46075</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.456787109375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>68070</x:v>
+        <x:v>99815</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9793701171875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4298095703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>99815</x:v>
+        <x:v>249937</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="1954.8284912109375" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>145210</x:v>
+        <x:v>108500</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.990478515625" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>70700</x:v>
+        <x:v>100620</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.41552734375" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>39135</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2828.74951171875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>86000</x:v>
+        <x:v>100700</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>147144</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>105550</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>108500</x:v>
+        <x:v>74542</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>25793</x:v>
+        <x:v>106820</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row ht="4864.0810546875" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>123500</x:v>
+        <x:v>121900</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="758.947265625" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4873046875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>101000</x:v>
+        <x:v>61396</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.9912109375" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1954.8291015625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>62350</x:v>
+        <x:v>145210</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>62000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.43359375" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
-[...12 lines deleted...]
-      </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>117690</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>31500</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>25060</x:v>
+        <x:v>190190</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>63000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.9912109375" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>106820</x:v>
+        <x:v>62350</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.97265625" customHeight="1" collapsed="0">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4864.0810546875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>47750</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4453125" customHeight="1" collapsed="0">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>63000</x:v>
+        <x:v>249900</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>190190</x:v>
+        <x:v>47750</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.982421875" customHeight="1" collapsed="0">
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>100620</x:v>
+        <x:v>90160</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
         <x:v>71764</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.501953125" customHeight="1" collapsed="0">
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-    <x:row ht="1287.89453125" customHeight="1" collapsed="0">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.994140625" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>233058</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>179144</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="758.947265625" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>249900</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
+        <x:v>165</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>210280</x:v>
+        <x:v>106840</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>168</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+        <x:v>169</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>90160</x:v>
+        <x:v>68070</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>172</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+        <x:v>173</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>102925</x:v>
+        <x:v>123500</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>61396</x:v>
+        <x:v>99257</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>112850</x:v>
+        <x:v>132100</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+    <x:row ht="735.931640625" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>105550</x:v>
+        <x:v>25793</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.431640625" customHeight="1" collapsed="0">
+        <x:v>191</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.41796875" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>249937</x:v>
+        <x:v>86360</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.99609375" customHeight="1" collapsed="0">
+        <x:v>195</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.482421875" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>195</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>117690</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.951171875" customHeight="1" collapsed="0">
+    <x:row ht="540.455078125" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>106840</x:v>
+        <x:v>86000</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.431640625" customHeight="1" collapsed="0">
+    <x:row ht="149.5" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>60000</x:v>
+        <x:v>25060</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.419921875" customHeight="1" collapsed="0">
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B50" s="8" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>86360</x:v>
+        <x:v>125511</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F50" s="8" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="F50" s="8" t="s">
+      <x:c r="G50" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H50" s="8" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="G50" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H50" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+      <x:c r="A51" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B51" s="8" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>132100</x:v>
+        <x:v>112850</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F51" s="8" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
+        <x:v>215</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A52" s="8" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>121900</x:v>
+        <x:v>179144</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+    <x:row ht="1287.892578125" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B53" s="8" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>233058</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="F53" s="8" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F53" s="8" t="s">
+      <x:c r="G53" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H53" s="8" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="G53" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H53" s="8" t="s">
+    </x:row>
+    <x:row ht="321.9609375" customHeight="1" collapsed="0">
+      <x:c r="A54" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B54" s="8" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>99257</x:v>
+        <x:v>31500</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F54" s="8" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="F54" s="8" t="s">
+      <x:c r="G54" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H54" s="8" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="G54" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H54" s="8" t="s">
+    </x:row>
+    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+      <x:c r="A55" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B55" s="8" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>39135</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F55" s="8" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F55" s="8" t="s">
+      <x:c r="G55" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H55" s="8" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="G55" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H55" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+      <x:c r="A56" s="8" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>45500</x:v>
+        <x:v>102925</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2828.751953125" customHeight="1" collapsed="0">
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>100700</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.498046875" customHeight="1" collapsed="0">
+    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>125511</x:v>
+        <x:v>210280</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115" customHeight="1" collapsed="0">
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B59" s="8" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>79000</x:v>
+        <x:v>70700</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F59" s="8" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.40234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B60" s="10" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C60" s="10"/>
       <x:c r="D60" s="11" t="n">
         <x:v>6916596</x:v>
       </x:c>
       <x:c r="E60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -2526,29 +2526,29 @@
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 9:55 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:36 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>