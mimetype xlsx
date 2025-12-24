--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1fde81e9a242e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fab95e864d348bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfd869e9621d84af8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1a286b107b9242b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Rubberized Pavement Grant Program (TRP5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1049,51 +1049,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf5ba2b59e84ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd869e9621d84af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3a66cfbd27114c99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e51c9c0a66428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a286b107b9242b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd1f0f3dcdc6b4d4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2526,29 +2526,29 @@
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:36 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>