--- v2 (2025-12-24)
+++ v3 (2026-01-15)
@@ -1,456 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fab95e864d348bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf769c811234c54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1a286b107b9242b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc5382298cdaf4610"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Rubberized Pavement Grant Program (TRP5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis A. Celaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City purposes to utilize 10,649 tons of Rubberize Asphalt concrete as part of its annual street resurfacing program.  Project will cover two fiscal years, FY 2015-16 and FY 2016-17.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Ahmed Abu Aly</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257796130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized chip seal over various streets. the project will start in July 2015 and completed in October 2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bell</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Terry Rodrigue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235886211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will reconstruct asphalt paving and construct an aspahlt overlay on streets throughout the City of Bell using Rubberized Aspahlt Concrete (RAC). The Project is estimated to use 25,663 tons of RAC. The Project will be constructed in three phases, with  an anticipated construction start date of July 2015 for phase I, January 2016 for phase II and January 2017 for phase III.
+The Project includes various roadway segments throughout the City, as described in the Project Summary &amp; Calculation.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Calabasas</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Tatiana Holden</x:t>
   </x:si>
   <x:si>
     <x:t>8182241674</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Total Project will use 6582.2 tons of RAC (20lb of crumb rubber per ton of RAC or Binder). Proposed construction date,  6/2015 at. Locations: Jameson Dr., 103 Tons of RAC; Willow Glen St., 331.6 tons of RAC; Orchid Ln., 231.1 tons of RAC; Peacock Ct., 143.1 tons of RAC; Dorothy Rd., 200 tons of RAC; Dry Cyn. Cold Creek Rd., 2,420 tons of RAC; Las Virgenes Rd., 1013 tons of RAC; Shadow Hills  Rd., 330 tons of RAC.
 Proposed construction date,  6/2016 at Location: Meadow Creek Ln., 648.1 tons of RAC; Wrencrest Dr., 162.22 tons of RAC; Park Miramar, 317.55 tons of RAC; Harney Place, 99 tons of RAC; Park Sorrento, 582 tons of RAC;</x:t>
   </x:si>
   <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Leisser Mazariegos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will provide pavement rehabilitation on Mitchell Road from Whitmore to Roeding Road in the City of Ceres.  Mitchell Road is a 6-lane major arterial corridor in the City.  The project will install approx. 2" depth of rubberized asphalt concrete, reconstruct failed pavement areas, improve sidewalks, curb and gutter, curb ramps, and traffic loops.  The project work should extend the pavement life for 15+ years.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Clovis</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Renee Mathis</x:t>
   </x:si>
   <x:si>
     <x:t>5593242351</x:t>
   </x:si>
   <x:si>
     <x:t>The proposed project consists of the repair and maintenance of various local City streets utilizing 199,631 square yards of rubberized chip seal material.  The anticipated construction date is spring 2015.</x:t>
-  </x:si>
-[...186 lines deleted...]
-    <x:t>Rubberize chip sealing approximately 123,000 square yards of roads in the city of Salida and Oakdale and the County community of Del Rio. Anticipated construction is date is August 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Maryam Babaki</x:t>
   </x:si>
   <x:si>
     <x:t>3237224805</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Commerce will undergo three significant Capital Improvement Projects for the current and upcoming Fiscal Year that will utilize the latest in Rubberized Asphalt Pavement advances.
 The first project, the Washington Boulevard Reconstruction Project will widen Washington Boulevard from West City Limit at Indiana Street to I-5 Freeway SB on and off ramps from existing 2 lanes in each direction to 3 lanes in each direction increasing roadway capacity including a center median and/or turn lane.  The project features 6,771 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians.  The existing BNSF spur crossing west of Commerce Way will be removed.  The City will install City-owned LED, energy saving street lighting as part of the project.  Improvements also include upgrading traffic signals as necessary to accommodate the widening.  Finally, the scope of work includes installation of raised medians and parkway landscaping improvements with water quality features and drought tolerant elements.  This project will commence paving operations beginning in June 2015.
 The second project, the Eastern Avenue Rehabilitation Project, will rehabilitate asphalt pavement from Atlantic Avenue to the South City Limit.  The project features 3,650 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians and curb ramps.  This project will commence paving operations beginning in June 2015.
 The third project, the Slauson Avenue Sidewalk Improvement Project, is a tree reforestation and road resurfacing project on Slauson Avenue from I-710 freeway to Telegraph Road.  The project will repair the severe displacement of sidewalks and other hardscape caused by Ficus tree roots and to construct sidewalks and other ADA improvements on Slauson Avenue.  The project features 4,100 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  This project will commence paving operations beginning in July 2015.</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...86 lines deleted...]
-    <x:t>The project proposes to construct approximately 124,700 SY of rubberized chip seal using at least 15% rubber in the binder, in July and August of 2015.</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cypress</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul  Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7142296746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The scope of work for this project will include cold milling the existing asphalt pavement and construct a 1.2"-2" rubberized-asphalt overlay over the entire street surface.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Downey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ed Norris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629047110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are seeking funds to repave and resurface eight roads in Downey using RAC Hot-Mix material. Our project will require 31,069 tons of RAC Hot-Mix material. Proposed construction start dates are as follows:   Work on Fifth Street Boulevard, from the Brookshire Avenue to the Lakewood Boulevard intersections, will begin in April 2015. Work on Firestone Boulevard, from Lakewood Boulevard to the east city limit, will begin in April 2015.  Work on Lakewood Boulevard, from Gallatin Road to Telegraph Road, will begin in June 2015.  Work on Bellflower Boulevard, from Stewart &amp; Gray Road to the Foster Road intersections, will begin in November 2015. Work on Old River School Road, from the Imperial Highway to Arnett Street intersections, will begin in August 2015. Work on Brookshire Avenue, from the Imperial Highway to the Gardendale Street intersections, will begin in February 2016. Work on an additional identified stretch of Brookshire Avenue, from the Firestone Boulevard to Florence Avenue intersections, will begin in May 2016. Work on Woodruff Avenue, from Stewart and Gray Road to Imperial Highway intersections, will begin in August 2016. We expect completion of all projects by December 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Russell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dublin is proposing to use rubberized hot mix asphalt on Dougherty Road from Sierra Lane to North City Limit for approximately 1.9 miles with an estimated total tonnage of 8,600 tons.  Dougherty Road will be widened from 4 to 6 travel lanes and the existing asphalt pavement will be overlayed with RHMA.  The purpose of using  rubberized hot mix asphalt is to reduce the traffic-related noise along the stretch of the roadway (as a result of using RHMA) and to reduce California-generated waster tires, in support of the City's environmental policies.  This will be the first time the City will use rubberized hot mix asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Karen Youel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used in conjunction with the Citywide annual pavement maintenance program. The City will repave approximately 318,000 square yards of City roads using a rubberized chip seal material over a two-year paving cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two projects involving the application of chip seals scheduled for the summers of 2015 and 2016.  The amount of chip seal material to be used covers 504,000 square yards of pavement surface.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Ana Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to pave three segments on Brookhurst Street, encompassing two miles of road rehabilitation. The first segment is from Chapman Avenue to Katella Avenue, the second from Trask Avenue to Larson Avenue, and the third from Hazard Avenue to Westminster Avenue. All Brookhurst segments will use approximately 12,600 tons of asphalt rubber/field blend. Average daily traffic for all three Brookhurst segments is 41,613 vehicles.    
+The City will also pave Westminster Avenue from Bowen Street to Euclid Street encompassing half a mile and using 2,876 tons of asphalt rubber/field blend. Average daily traffic for this segment is approximately 23,662 vehicles. All construction for Brookhurst and Westminster segments will start by August 2015. No work will start before issuance of a Notice to Proceed or be complete after the April 1, 2017 deadline.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gridley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruce Nash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308951422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will include the placement of approximately 51,586 square yards of chip seal onto city streets in the Downtown area.  The material placed will be able to cover approximately 8,441 linear feet of existing 55 foot width of improved roadway where imminent failure exists.  The streets are located in the Downtown area and a part of an ongoing Downtown street rehabilitation program.  The city recently completed the Hazel Street TE Grant improvements; the TE grant program was the keystone project to upgrade the streets.  Attached to the uploaded documents is a map reflecting the scope of work to place the chip seal.  The proposed construction date will begin after 7/1/2015.  The chip seal will contain a binder of a minimum of 300 pounds of the tire derived rubber per ton that is generated from waste tire generated and processed in California. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ernest Wong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098648732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes pavement rehabilitation using RAC at seven locations in the City of Highland, including Base Line (Yarnell Road to East of Marigold), Greenspot Road (Boulder Avenue to Plunge Creek), Highland Avenue (Orchard Road to Church Street), Base Line (Del Rosa Drive to Cole Avenue), 3rd Street ( Victoria Avenue to Palm Avenue), Base Line (SR-210 to Boulder Avenue), and Pacific Street (Victoria Avenue to Boulder Avenue). The projects will be constructed between 04/2015 and 04/2016 and will use a total of 35,917 Tons RAC. The Final Report and Final Payment Request will be submitted prior to April 1, 2017.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Huntington Beach</x:t>
   </x:si>
   <x:si>
     <x:t> James Wagner, PE</x:t>
   </x:si>
   <x:si>
     <x:t>7145365467</x:t>
   </x:si>
   <x:si>
     <x:t>Using rubberized asphalt concrete (RAC) provides an opportunity to reduce landfill waste and recycle tires.  For example, a two-inch layer of RAC is used on typical street rehabilitation projects. It is estimated that about 2,000 California waste tires are used per lane mile. 
 The City will place rubberized pavement over approximately 37 lane miles, which recycles approximately 73,600 California generated waste tires, in a two-year period.  This equates to approximately 35,714 tons of RAC during the RAC-3 Rubberized Pavement Grant period from NTP to April 2017.
 The City has previous experiences using rubberized asphalt concrete pavement for the rehabilitation of arterial streets.  In the previous two years, the City of Huntington Beach has paved eight (8) arterial streets with rubberized asphalt concrete.  The rubberized pavement has provided evenly colored, quiet, and pleasant driving surface throughout our newly paved roads and supports the City’s efforts in continuing to pursue environmentally friendly recycling efforts.  We publicize the RAC-2 (our previous CalRecycle Rubberized Asphalt Grant) on the City’s Web-Site at  http://www.huntingtonbeachca.gov/government/departments/public_works/rubberized-asphalt-project.cfm
 The CalRecycle RAC-3 grant will be used to provide funding assistance to the City’s transportation and environmental efforts on arterial streets.  The City’s budget will provide for pavement rehabilitation of 9 miles of full width arterial streets in the next two years during the RAC-3 Rubberize Pavement Grant period. The rehabilitated arterial streets have been selected based on Pavement Condition Index as identified by the City’s Pavement Management Program.  This systematic method assures that the funds go first to the more severely deteriorated streets.    
 The City Public Works Department rehabilitates deteriorated arterial streets with a design to last another 10 to 20 years.  The arterial streets will be evaluated for existing conditions based on traffic volume and existing soil properties.  The Engineer will design a pavement section that will meet the objective of street longevity using a pavement section including a finishing course of 2” RAC.  The pavement sections are incorporated into the plans and specifications and the Public Works Commission will review it before it is publicly advertised for open competitive public bidding.  
 After bids are opened publicly, the City Council at a Public Council Meeting will review bid results and will approve the contract and approve funding for construction.  
 Following a pre-construction meeting, the City will issue a Notice to Proceed for the Contractor to proceed with the rehabilitation of the arterial streets in the project.  The anticipated projects are listed in Table 1.
 Table 1.  Huntington Beach RAC-3 Rehabilitation Summary
 Construction
 Dates                        Arterial Streets                                    TON  RAC
                Gothard St From Edinger Ave To McFadden Ave         2,010
                Center From Gothard To UPRR Track                            520
 04/2015                                                                     Subtotal 2,530
                 Lake St From Indianapolis Ave To Adams Ave         1,870 
@@ -461,460 +308,613 @@
                Atlanta Ave From Delaware St To Beach Blvd                 1,030
                Indianapolis Ave From Beach Blvd To Magnolia St         3,100
 10/2015                                                                     Subtotal 8,540
                 Graham St From Slater Ave To Warner Ave                 1,930 
                Heil Ave   From Goldenwest St To Gothard St         1,470
                Talbert Ave From Gothard St To Beach Blvd                 3,230 
 10/2016                                                                    Subtotal 6,630
                 Adams  From Beach Blvd To Newland                         2,780
                Edinger From Graham To Springdale                         2,040 
 10/2016                                                                     Subtotal 4,820
                Atlanta Ave  From Beach Blvd To Newland St                 2,130
                Heil Ave   From Edwards St To Goldenwest St         1,970
                Bolsa Ave From Graham St To Edwards St                 1,654 
 01/2017                                                                     Subtotal 5,754 
                                                                                                  --------
                        Total New Pavement Arterial Streets                        35,714 
 The City’s Construction Management Group, including inspectors, will monitor the construction process and quality of work.  Periodic testing for proper density and asphalt concrete mix will ensure that the Rubberized Asphalt Concrete cap meets requirements and was installed properly.  The City will accept or reject portions of the project based on the completion of all requirements of the Plans and Specifications including verification of pavement mix and source to assure that the RAC is from 100% California waste tires and meets min 300 pounds of tire-derived crumb rubber per ton of rubberized binder.
 The City will request the maximum RAC-3 grant of two hundred and fifty thousand dollars ($250,000) based on 35,714 tons to be used during the program.  The cost basis for reimbursement is set at $7 per Ton of RAC and the calculation is shown on Table 2.
 Table 2: Calculation for RAC-3 Grant  - ((A * B) = C
                   A                                        B                  C
         Amount of RAC                 X                RAC-3 Rate           =Total
        (Tons)                                          ($7 / Ton) 
                 35,714                X                     $7      =$250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>City of San Jose</x:t>
-[...86 lines deleted...]
-    <x:t>Road Rehabilitation Project on various residential streets in the City of Ojai. The work comprises, but not limited to, cold planing, milling, and placing Rubberized Asphalt Concrete (RAC). The total budget for the project is 2.3 million. We anticipate using approximately 10,000 tons of Rubberized Asphalt Concrete and paving six roadway miles in the City of Ojai. </x:t>
+    <x:t>City of La Canada Flintridge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Joe Bellomo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052796856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over three fiscal year budgets, the City of La Canada estimates the use of 12,350 tons of RAC in the overlay 19 street segments:  FY 14/15 - Alta Canyada Road (from El Vago Road to Fairmont Avenue), Green Lane (from La Canada Boulevard to Angeles Crest Hwy), Chehalem Road (from Commonwealth Avenue to Angeles Crest Hwy), Milmada Road (from Commonwealth Avenue to Angeles Crest Hwy), Commonwealth Avenue (from Lynnhaven Lane to Foothill Blvd), Woodleigh Lane (Foothill Blvd to Berkshire Avenue);  FY 15/16 -  Los Amigos (from Castle Road to Jessen Drive), Ocean View Boulevard(from Castle Road to Cul-de-sac), Normanton Drive (from Ocean View Blvd to Cul-de-sac), Eanslow Drive (from Ocean View Blvd to Cul-de-sac), Canalda Drive (from Ocean View Blvd to Cul-de-sac), Derwood Drive (from Ocean View Blvd to Cul-de-sac), Bristol Drive (from Ocean View Blvd to Cul-de-sac), Verdugo Blvd (from Foothill Blvd to La Tour Wy); FY 16/17 -  Descano Drive (from Verdugo Blvd to Chevy Chase Drive), Berkshire Avenue (from Summerset Place to Chevy Chase Drive), Loma Vista Drive (from Foothill Blvd to Flanders Drive), Leycross Drive (from Descanso Drive to Cul-de-sac), Regent Park Drive (from Chevy Chase Drive to Inverness Drive).</x:t>
   </x:si>
   <x:si>
     <x:t>City of La Verne</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Dan Keesey</x:t>
   </x:si>
   <x:si>
     <x:t>9095968741</x:t>
   </x:si>
   <x:si>
     <x:t>The City of La Verne is applying for funds under the Rubberized Pavement Program for the rehabilitation of Esperanza Avenue.  The project wishes to provide 10,100 tons of rubberized pavement (hot mix) for length of the street measuring approximately 10,000 linear feet in length by 48 linear feet wide, beginning at the intersection of Baseline Rd. to the north. The project intends to provide a 3" cold mill followed by a 3" rubberized lift.
 The street has some deflections in the pavement, where there are areas experiences depression and the quality of asphalt material is substandard.  There is also longitudinal and transverse crackling (alligator cracking) and utility cuts that have opened up.  The pavement has lost its oxidation and the pavement condition is at 70 on the pavement condition index, which is considered a lower ranking for grind and overlay projects.  
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Town of Moraga</x:t>
-[...95 lines deleted...]
-A total of 8,225 tons of rubberized asphalt concrete will be used. 3,093 tons of RHMA will be used for the FY 2015/16 Road Rehabilitation Projects. 5,132 tons of RHMA will be used for the FY 2016/17 Road Rehabilitation Projects. The amount of crumb rubber (per ton) of RAC or binder for both projects will be a minimum of 300 lb/ton (binder).</x:t>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Craig Dierling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project proposes to construct approximately 124,700 SY of rubberized chip seal using at least 15% rubber in the binder, in July and August of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lynwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lorry Hempe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106030220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of paving major arterial Rd.; Long Beach Blvd. from Magnolia Ave. to north City limit; Tweedy Blvd.
+Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Monterey Park</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Rey Alfonso</x:t>
   </x:si>
   <x:si>
     <x:t>6263071330</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Monterey Park is requesting $117,690 in funds for 35 site locations. The projects will use 9,690 tons of hot mix and 99,720 square yards of chip seal material. Proposed construction start date is April 2015 for chip seal projects and October 2015 for hot mix projects.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Dublin</x:t>
-[...8 lines deleted...]
-    <x:t>The City of Dublin is proposing to use rubberized hot mix asphalt on Dougherty Road from Sierra Lane to North City Limit for approximately 1.9 miles with an estimated total tonnage of 8,600 tons.  Dougherty Road will be widened from 4 to 6 travel lanes and the existing asphalt pavement will be overlayed with RHMA.  The purpose of using  rubberized hot mix asphalt is to reduce the traffic-related noise along the stretch of the roadway (as a result of using RHMA) and to reduce California-generated waster tires, in support of the City's environmental policies.  This will be the first time the City will use rubberized hot mix asphalt.</x:t>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moorpark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Sean Corrigan, P.E.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055176200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bi-annual road maintenance project involving resurfacing of approximately one-third of the City’s streets every other year.  The scope of work often includes the removal and replacement of pavement in poor condition, and the application of crack sealer where needed.  The size of the project is approximately 63,000 square yards of ARAM.  The project is currently scheduled for Summer 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
   </x:si>
   <x:si>
     <x:t>City of Morro Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jarrod Whelan</x:t>
   </x:si>
   <x:si>
     <x:t>8057726564</x:t>
   </x:si>
   <x:si>
     <x:t>The project will apply rubberized chip seal to streets withing city limits. Work will be scheduled in fall of 2015 and 2016. We intend to rubberized chip seal on 50,000 SY of city streets.</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa County</x:t>
-[...35 lines deleted...]
-    <x:t>Rubberized pavement overlays in unincorporated Sacramento County.  Locations include: Fair Oakls Boulevard, Hazel Avenue, Eastern Avenue, ElCamino Avenue, Greenback Lane, Marconi Avenue and Sunrize Boulevard.</x:t>
+    <x:t>City of Ojai</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Mackey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056465581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Road Rehabilitation Project on various residential streets in the City of Ojai. The work comprises, but not limited to, cold planing, milling, and placing Rubberized Asphalt Concrete (RAC). The total budget for the project is 2.3 million. We anticipate using approximately 10,000 tons of Rubberized Asphalt Concrete and paving six roadway miles in the City of Ojai. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Sun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147445544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rehabilitation of various streets within the City of Orange. A minimum of two inch thick rubberized pavement will be used to overlay street pavement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Desert</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Gayler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607766393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Desert will repave a section of Portola Avenue and Town Center Way.  The streets will be capped with 2" of rubberized asphalt.  Construction is anticipated in April 2015.  It is estimated that 4,775 tons of rubberized asphalt will be used on the project.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Holly Boyd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503292618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of milling all existing asphalt along too arterial roads down to the underlying PCC structure, the placement of an Asphalt Concrete leveling course, followed by a two-inch thick rubber asphalt concrete overlay covering the entire street totaling 6000 tons.
+The project limits are Alma Street from Addison Avenue to Rinconada Avenue and Middlefield Road from Lytton Avenue to Embarcadero Road, covering 5.5 lane miles of arterial roadways in RAC.
+The project also includes removing and replacing deteriorated sections of curb and gutter, removing and replacing concrete driveways, the upgrade of access ramps to current ADA requirements, adjusting utilities to grade, installing traffic delineation, and installing signal loops.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Any grant funds, if awarded, will be used by the City of Pasadena to continue to enjoy the benefits of rubberized asphalt paving, which has performed extremely well in previous projects throughout the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pismo Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Chad Stoehr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057734656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 2014 Pavement Maintenance Project.  This project is aimed at performing maintenance to select roadways throughout the City based on our adopted Pavement Management System (PMS). The anticipated start date for the construction is the beginning of November 2014 and utilizes approximately 4,300 tons of Rubberized Hot mix Asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Matthew Pilarz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096203652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The purpose of the proposed project is the rehabilitation of various streets within the City of Pomona, California.  The overall length is approximately 12,160 linear feet (2.30 miles) and will use approximately 7,176 tons of RAC with the binder material to contain a minimum of 300 pounds (equivalent to 15% by weight) of tire-derived crumb rubber per ton of rubberized binder.  An average depth of three (3) inches is expected to be constructed during the early spring months of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Romeo David</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094772740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized Pavement Projects on Major arterial and secondary street thru out the City</x:t>
   </x:si>
   <x:si>
     <x:t>City of Rialto</x:t>
   </x:si>
   <x:si>
     <x:t> Jeffrey Schafer</x:t>
   </x:si>
   <x:si>
     <x:t>9098202531</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Rialto proposed pavement rehabilitation on the following streets:
 Riverside Pavement Rehab Project
 - RIVERSIDE AVENUE (NORTH OF THE METROLINK RAILROAD TRACK TO FOOTHILL BLVD.)
 2013/14 &amp; 2014/15 Annual Street Overlay Projects
 - SLOVER AVENUE (CACTUS AVENUE TO RIVERSIDE AVENUE)
 - CEDAR AVENUE (MERRILL AVENUE TO RIALTO AVENUE)
 - RIALTO AVENUE (CEDAR AVENUE TO WILLOW AVENUE)
 - EASTON AVENUE (WILLOW AVENUE TO RIVERSIDE AVENUE)
 The Plans &amp; Specs are done for the above mentioned projects.  The anticipated construction date will be March, 2015.  Improvement Plans are uploaded in GMS.
 In addition to the above projects, our 5-Years Annual Street Overlay CIP also identified the following street segments to be rehabilitated by 2017:
 - Cactus Ave from Foothill Blvd to San Bernardino Ave
 - Randall Ave from Maple Ave to Cactus Ave
 - San Bernardino Ave from Larch Ave to Lilac Ave
 - Bloomington Ave from Lilac Ave to Merrill Ave
 - Valley Blvd from Lilac Ave to Riverside Ave
 - Merrill Ave from Maple Ave to Linden Ave
 - Merrill Ave from Cedar Ave to Willow Ave
 The uploaded 5-Years Annual Street Overlay CIP exhibit shows these streets and the year they are scheduled to complete.
 The amount of crumb rubber will be verified during construction.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Moorpark</x:t>
-[...52 lines deleted...]
-Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168745354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized pavement overlays in unincorporated Sacramento County.  Locations include: Fair Oakls Boulevard, Hazel Avenue, Eastern Avenue, ElCamino Avenue, Greenback Lane, Marconi Avenue and Sunrize Boulevard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Materials used will be rubberized hot mix asphalt-gap graded (wet process) and the thickness of the new overlay is designed to be 2 inches. </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Marino</x:t>
   </x:si>
   <x:si>
     <x:t> Dean Werner</x:t>
   </x:si>
   <x:si>
     <x:t>6263000793</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Marino would like to apply for funds under the RAC Hot Mix Project.  Rubberized asphalt will be used in most of the major streets in the City.  The street rehabilitation projects identified for this grant are the following:
      Locations                                                                               Approx. Tonnage
      Allen Ave.                                                                               1,200
      Santa Anita Ave.                                                                      2,500
      Warwick Rd.                                                                            1,200
      Windsor Rd.                                                                            1,200
      Inner Circle/Loop at Lacy Park                                                     500
      El Molino Ave. (Old Mill Rd. to Huntington Dr.)                            3,400
      Huntington Dr. (Winston Ave. to Sierra Madre Blvd.)                   2,000
      Huntington Dr. (Sierra Madre Blvd. to Cambridge Westbound)      3,800
      Del Mar Ave. (Huntington Dr. to Lorain Rd.)                                2,200
      Del Mar Ave. (Lorain Rd. to Longden Ave.)                                  1,600   
      Alleyways - South of Huntington Dr.
           San Gabriel to Belhaven                                                           50
           Del Mar to Ridgeway                                                               240
           San Marino to Bedford                                                             200
           Colonial Kitchen to Granada                                                     300
      Alleyways - Mission District
           Euclid to El Molino                                                                   105
      Alleyways - North of Huntington Dr.
           West Haven to Monterey                                                          53
           Monterey to Sierra Madre                                                         60
           Ridgeway to Winston                                                              250
           Gainsborough to Palomar                                                        170
 The total tonnage for the above projects is 21,028.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Cypress</x:t>
-[...8 lines deleted...]
-    <x:t>The scope of work for this project will include cold milling the existing asphalt pavement and construct a 1.2"-2" rubberized-asphalt overlay over the entire street surface.</x:t>
+    <x:t>City of Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Margaret Talamantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104588721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cold-milling and RAC overlay for various streets under the City's FY14-15 and FY15-16 Annual Paving Program and 2 alleys under the FY14-15 Alley Resurfacing Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Nathan Newell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project 1: Rubberized Chip Seal
+Apply Rubberized Chip Seal at various locations throughout the County, totaling 5.12 miles of Rubberized Chip Seal application, or 72,090 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+Project 2: Rubberized Chip/Cape Seal
+Apply Rubberized Chip Seal followed by Rubberized Cape Seal at various locations throughout the County, totaling 9.49 miles of Rubberized Chip Seal and Rubberized Cape Seal application, or 133,760 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+The contract will have an option to be bid with either Terminal Blend or Crumb Rubber, satisfying minimum percentage of rubber per square yard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sambath Chrun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095254133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberize chip sealing approximately 123,000 square yards of roads in the city of Salida and Oakdale and the County community of Del Rio. Anticipated construction is date is August 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stockton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thinh Phan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099378201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The resurfacing project is the installation of rubberized Chip-seal followed by Micro-surfacing application at various local streets in the City of Stockton. The work includes removal and replacement of pavement striping, pavement markings and pavement legends. The estimated total area of the resurfacing is 225,700.00 square yard. The chipseal rubber binder will contain a minimum 300 pounds of tire-derived crumb rubber per ton of rubberized binder.  The proposed schedule for the project is summer of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Turlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Wayne York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2096685520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will involve the overlay and rehabilitation of two different sections of roadway: Fulkerth Rd., between Del's Ln. and N. Olive Ave.; and Geer Rd., between Monte Vista Ave. and Taylor Rd.  The City expects to use approximately 10,555 tons of material and being construction in Apr/May 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Fleisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application is a request for recycled pavement grant funds in the amount of $249,937 to pave forty-two (42) roadways throughout the unincorporated areas of Ventura County with rubberized asphalt concrete.  This request is based on a thickness of 1.5 inches of rubberized asphalt concrete material consisting of no less than 300 pounds (15%) of crumb rubber per ton of rubberized binder.  If approved, these grant funds will allow the county to pave 26.4 road miles of county-maintained roadways and 27.3-foot weighted width with 35,705 tons of rubberized asphalt concrete. 
+Advertising for the project would not commence until the county received a Notice to Proceed, however based on the Notice of Funds Available, anticipated contruction would begin no earlier than April 2015 and end no later than six months prior to the April 2017 due date to submit the Final Report or November 2016.  Construction or installation of the pavement would occur during this 18-month window.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Tim Young</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307495420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized asphalt concrete on various roads in Yuba County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Moraga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edric Kwan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258887025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Twelve of the streets included in the application are the Town's paving program for 2015.  These streets are in very poor condition, are collector and residential roads throughout the Town, and are the third and final phase of an aggressive paving program financed by a voter approved local sales tax measure.  The Town is planning to use RHMA as a wearing course for its full depth reconstruction sections.  Construction is anticipated to begin June of 2015.  The section of Moraga Road is an arterial that is in poor condition and the Town plans to begin construction for rehabilitation in June 2016.  It is estimated that a total of 10,684 tons of RHMA will be used for these projects.  The amount of tire-derived crumb rubber used for these projects will be based the required minimum 300 pounds per ton of rubberized binder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Kabalin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley Main Street Pavement Project
+The City of Oakley will use Rubberized Asphalt Concrete (RAC) for the Main Street Pavement Project.  This project encompasses one mile of Main Street from Bridgehead Road to Big Break Road in Oakley.  The section of Main Street is a five lane, major East-West thoroughfare connecting CA-160 with our City.  
+Construction will begin by June 2013 and will be completed shortly after that.  The involved area:
+Main Street from Bridgehead Street to Big Break Road will require 6,000 tons of RAC Material.
+Total tonnage of RAC to be used: 6,000
+Funds Requested = $60,000.00
+(6,000 tons RAC x $10.00 Reimbursement Rate)
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alvin Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154962403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Larkspur is currently undergoing extensive roadway improvements. The Rubberized Pavement Grant will help fund the rehabilitation of unsafe cracked and potholed arterials and neighborhood streets. 
+Project Timeline:
+Fiscal year 2015/16 Road Rehabilitation Project 
+Construction start date of April 2015
+Project Locations: Madrone Ave, Magnolia Ave, Larkspur Plaza Drive, N. Almenar Drive
+Fiscal year 2016/17 Road Rehabilitation Project 
+Construction start date of April 2016
+Project Locations: Spread through various Larkspur residential streets
+Materials:
+A total of 8,225 tons of rubberized asphalt concrete will be used. 3,093 tons of RHMA will be used for the FY 2015/16 Road Rehabilitation Projects. 5,132 tons of RHMA will be used for the FY 2016/17 Road Rehabilitation Projects. The amount of crumb rubber (per ton) of RAC or binder for both projects will be a minimum of 300 lb/ton (binder).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mill Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jill Barnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153884033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In conjunction with the streetscape improvements, the City of Mill Valley will be rehabilitating pavement along its primary arterial corridor, Miller Avenue.  City staff and community groups have planned the improvements over the last several years and City council adopted the final implementation plan in October 2014.  Plans are now being advanced to the 60% level of design for construction commencing in late 2015.  The project includes both overlays and reconstruction of about 2 miles of Miller Avenue commencing at Almonte Boulevard and concluding and Sunnyside Avenue.  The use of rubberized asphalt concrete is key to cost effectively rehabilitating Miller Avenue.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yorba Linda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Rick Yee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149617171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The La Palma Avenue Roadway Improvement will provide for roadway surface improvements and Americans with Disabilities Act (ADA) curb ramp upgrades between Weir Canyon and Camino De Bryant.  The roadway improvements will include cold milling and overlaying with leveling course asphalt concrete and a finish course of 2” Asphalt Rubber Hot Mix.  Various portions of the roadway will receive full depth reconstruction as recommended by the geotechnical report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redwood City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sayed Zahori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507807321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2014/2015, 15/16 Rubber chip seal projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Berkeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donald Irby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109816439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will apply funds from a recently passed sales tax measure (Measure M) to pave a significant amount of the City's streets over three years (2014 through 2016).  The 2015 paving program, included in this grant application, includes streets receiving pavement preserving rubber cape seals (comprised of rubber chip seal and slurry seal), HMA and RHMA overlays, and pavement reconstruction throughout the City.  The project is planned to go to construction in June 2015.  The amount of crumb rubber used in the project will be based on the required 300 lb of tire-derived crumb rubber per ton of rubberized binder for the grant.  The project is expected to include almost 5600 tons of RHMA and over 86,000 sy of asphalt rubber chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Anabel Dubois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project is intended to keep County roadways in good and safe operable condition.  The project is located in the unincorporated areas of Florence-Firestone, Willowbrook, Athens, and Del Aire.  The project is 2.1 miles long and includes Firestone Blvd, Hooper Avenue, Compton Avenue, Century Boulevard, and 120th Street.  The existing roadway will be cold milled the full width 1-7/8 inches in depth.  The resurfacing includes constructing a 3/8-inch thick rubberized asphalt chip seal interlayer called Asphalt Rubber Aggregate Membrane (ARAM) over the cold milled surface and constructing 1-1/2 inches of ARHM-GG-C over the ARAM.  The project also includes reconstruction of damaged curb, sidewalk, driveways and curb ramps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Stephanie Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094680380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resurface existing 32'-56' wide pavement with 0.21' RAC over pavement reinforcing fabric from Escalon City Limits to Mariposa Road.  Construction is estimated to begin August of 2015.  Crumb rubber, hot mix asphalt is estimated to be 6,500 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Jurupa Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gary Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513326464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAN BUREN BOULEVARD PAVEMENT REHABILITATION PROJECT (PHASE 2): Jurupa Road to Bellegrave Avenue
+Van Buren Boulevard is a 4 lane divided roadway (expressway classification).  The proposed $1.38 million project covers a one mile segment and involves rehabilitation of existing AC pavement, including grinding existing AC pavement, removal or grinding of additional AC pavement in failed areas, removal of pavement fabric, sealing existing cracks, paving hot mix asphalt in failed areas, installing asphalt rubber hot mix over the entire project, constructing AC overside drains and two right-turn pockets at the Rutile Street intersection.  In addition, a video detection system, battery backup system, loop detectors, striping, markings, and pavement markers will be installed.
+The eastern portion of Van Buren Boulevard within the project limits borders a residential area which is defined as a disadvantaged community where residents/property owners have a median household income less than 80% of the statewide median, based on the current census tract data. 
+It is estimated 5,444 tons of hot mix asphalt (type B) and 5,070 tons of rubberized asphalt concrete (ARHM GG-C) will be constructed. All crumb rubber used in the proposed project(s) will be derived from only California-generated waste tires and processed in California.  All binder material used in this project will contain a minimum of 300 pounds (or equivalent to [15%] by weight) of the tire-derived crumb rubber per ton of rubberized binder.
+This project is listed in the City of Jurupa Valley's adopted Capital Improvement Program with a proposed construction timeframe of 30 working days scheduled for the third quarter of 2016.
+FY 2015-16 PAVEMENT REHABILITATION (ARAM) PROJECT
+Based on our most recent Pavement Management Report and feedback from property owners the City has identified 27 residential street segments with a Pavement Condition Index (PCI) rating of &lt;49 (failed, very poor, poor, and at-risk) as a prime candidates for pavement rehabilitation utilizing a rubberized chip seal application.  This will involve 100,000 square yards of ARAM (rubberized chip seal) material.  These streets are in close proximity to disadvantaged communities that have a median household income less than 80% of the statewide median, based on the current census tract data.  Since July, 2011 the City has maintained approximately 24 lane miles of local residential streets using asphalt rubber aggregate membrane (ARAM).  
+This project is included in the City of Jurupa Valley's Capital Improvement Program with a proposed construction timeframe of 60 working days scheduled for the second quarter of 2016.
+The City has successfully utilized rubberized asphalt strategies and other environmentally friendly infrastructure improvement applications (e.g. recycling of base material in-place) on previous pavement rehabilitation projects, saving the City construction costs of up to $70,000 and incorporating “Green” recycle methodologies (reuse scrap tires, leverage local processing facilities, less pollution and truck activity).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kristen Hoy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place an asphalt rubber chip seal on selected roads (refer to attached project summary &amp; calc. sht.) in the Bay Point area of unincorporated Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Paso Robles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ditas Esperanza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052373861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Install approximately 7900 tons of rubberized asphalt concrete as part of the City's annual street maintenance program</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 54</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1049,51 +1049,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e51c9c0a66428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a286b107b9242b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd1f0f3dcdc6b4d4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02203cf7a6ae4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5382298cdaf4610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R17e48d0c1ebc458a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1141,1347 +1141,1347 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.503944396972656" customHeight="1" collapsed="0">
+    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>74542</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.98582458496094" customHeight="1" collapsed="0">
+    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>45500</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.47714233398438" customHeight="1" collapsed="0">
+    <x:row ht="471.45828247070313" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>147144</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>46075</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+    </x:row>
+    <x:row ht="356.456787109375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>99815</x:v>
+        <x:v>68070</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="160.9793701171875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>249937</x:v>
+        <x:v>99815</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="1954.8284912109375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>108500</x:v>
+        <x:v>145210</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.990478515625" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100620</x:v>
+        <x:v>70700</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.41552734375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>39135</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>100700</x:v>
+        <x:v>86000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>147144</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="H16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>105550</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>74542</x:v>
+        <x:v>108500</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>106820</x:v>
+        <x:v>25793</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+    <x:row ht="4864.0810546875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
+    </x:row>
+    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>121900</x:v>
+        <x:v>123500</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="758.947265625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>61396</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="137.9912109375" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>145210</x:v>
+        <x:v>62350</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+    </x:row>
+    <x:row ht="241.482421875" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>60000</x:v>
+        <x:v>117690</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+      <x:c r="B27" s="8" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>79000</x:v>
+        <x:v>31500</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+      <x:c r="G27" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+    </x:row>
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>190190</x:v>
+        <x:v>25060</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>63000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="G29" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H29" s="8" t="s">
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>62350</x:v>
+        <x:v>106820</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.97265625" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B31" s="8" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>47750</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="678.4453125" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>249900</x:v>
+        <x:v>63000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>47750</x:v>
+        <x:v>190190</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+    <x:row ht="275.982421875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>90160</x:v>
+        <x:v>100620</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96875" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
         <x:v>71764</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+    <x:row ht="80.501953125" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B36" s="8" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="F36" s="8" t="s">
+      <x:c r="G36" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="G36" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H36" s="8" t="s">
+    </x:row>
+    <x:row ht="1287.89453125" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B37" s="8" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>233058</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F37" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="G37" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H37" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="F37" s="8" t="s">
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A38" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="G37" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H37" s="8" t="s">
+      <x:c r="B38" s="8" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>179144</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F38" s="8" t="s">
+      <x:c r="G38" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="G38" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="8" t="s">
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B39" s="8" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>101000</x:v>
+        <x:v>249900</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="G39" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="8" t="s">
+    </x:row>
+    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B40" s="8" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>106840</x:v>
+        <x:v>210280</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F40" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F40" s="8" t="s">
+      <x:c r="G40" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H40" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="G40" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H40" s="8" t="s">
+    </x:row>
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+      <x:c r="A41" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B41" s="8" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>68070</x:v>
+        <x:v>90160</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F41" s="8" t="s">
+      <x:c r="G41" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="G41" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H41" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>123500</x:v>
+        <x:v>102925</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.453125" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>99257</x:v>
+        <x:v>61396</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>132100</x:v>
+        <x:v>112850</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.931640625" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B45" s="8" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>25793</x:v>
+        <x:v>105550</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F45" s="8" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F45" s="8" t="s">
+      <x:c r="G45" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H45" s="8" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="G45" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H45" s="8" t="s">
+    </x:row>
+    <x:row ht="885.431640625" customHeight="1" collapsed="0">
+      <x:c r="A46" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B46" s="8" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>86360</x:v>
+        <x:v>249937</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="F46" s="8" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F46" s="8" t="s">
+      <x:c r="G46" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H46" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="G46" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H46" s="8" t="s">
+    </x:row>
+    <x:row ht="68.99609375" customHeight="1" collapsed="0">
+      <x:c r="A47" s="8" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>117690</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.455078125" customHeight="1" collapsed="0">
+    <x:row ht="689.951171875" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>86000</x:v>
+        <x:v>106840</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+    <x:row ht="701.431640625" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>25060</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.498046875" customHeight="1" collapsed="0">
+    <x:row ht="908.419921875" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B50" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>125511</x:v>
+        <x:v>86360</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F50" s="8" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G50" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H50" s="8" t="s">
-        <x:v>211</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+        <x:v>212</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.458984375" customHeight="1" collapsed="0">
       <x:c r="A51" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B51" s="8" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>112850</x:v>
+        <x:v>132100</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F51" s="8" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+        <x:v>216</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A52" s="8" t="s">
-        <x:v>216</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>179144</x:v>
+        <x:v>121900</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1287.892578125" customHeight="1" collapsed="0">
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>233058</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.9609375" customHeight="1" collapsed="0">
+        <x:v>225</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>31500</x:v>
+        <x:v>99257</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.94921875" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B55" s="8" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>39135</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F55" s="8" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G55" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H55" s="8" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+        <x:v>233</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A56" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>102925</x:v>
+        <x:v>45500</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+    <x:row ht="2828.751953125" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>62000</x:v>
+        <x:v>100700</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>210280</x:v>
+        <x:v>125511</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B59" s="8" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>70700</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F59" s="8" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.40234375" customHeight="1" collapsed="0">
       <x:c r="A60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B60" s="10" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C60" s="10"/>
       <x:c r="D60" s="11" t="n">
         <x:v>6916596</x:v>
       </x:c>
       <x:c r="E60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -2526,29 +2526,29 @@
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 14, 2026 8:54 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>