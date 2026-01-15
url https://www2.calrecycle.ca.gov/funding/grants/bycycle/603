--- v3 (2026-01-15)
+++ v4 (2026-01-15)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf769c811234c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2632d0ca68714490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc5382298cdaf4610"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb9fdb83120b249f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Rubberized Pavement Grant Program (TRP5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1049,51 +1049,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02203cf7a6ae4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5382298cdaf4610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R17e48d0c1ebc458a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e50463f6d1473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb9fdb83120b249f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R442e49c35fdb40fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2526,29 +2526,29 @@
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 14, 2026 8:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 14, 2026 9:47 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>