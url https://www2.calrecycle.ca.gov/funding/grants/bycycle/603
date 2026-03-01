--- v4 (2026-01-15)
+++ v5 (2026-03-01)
@@ -1,303 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2632d0ca68714490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89cfa703eb8d4811" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb9fdb83120b249f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb6b8302f0e764c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Rubberized Pavement Grant Program (TRP5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Romeo David</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094772740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized Pavement Projects on Major arterial and secondary street thru out the City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Stephanie Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094680380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resurface existing 32'-56' wide pavement with 0.21' RAC over pavement reinforcing fabric from Escalon City Limits to Mariposa Road.  Construction is estimated to begin August of 2015.  Crumb rubber, hot mix asphalt is estimated to be 6,500 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Karen Youel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used in conjunction with the Citywide annual pavement maintenance program. The City will repave approximately 318,000 square yards of City roads using a rubberized chip seal material over a two-year paving cycle.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Agoura Hills</x:t>
-[...5 lines deleted...]
-    <x:t>8185977314</x:t>
+    <x:t>City of Calabasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Tatiana Holden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182241674</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
-    <x:t>The City purposes to utilize 10,649 tons of Rubberize Asphalt concrete as part of its annual street resurfacing program.  Project will cover two fiscal years, FY 2015-16 and FY 2016-17.</x:t>
-[...17 lines deleted...]
-    <x:t>Place rubberized chip seal over various streets. the project will start in July 2015 and completed in October 2015</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Total Project will use 6582.2 tons of RAC (20lb of crumb rubber per ton of RAC or Binder). Proposed construction date,  6/2015 at. Locations: Jameson Dr., 103 Tons of RAC; Willow Glen St., 331.6 tons of RAC; Orchid Ln., 231.1 tons of RAC; Peacock Ct., 143.1 tons of RAC; Dorothy Rd., 200 tons of RAC; Dry Cyn. Cold Creek Rd., 2,420 tons of RAC; Las Virgenes Rd., 1013 tons of RAC; Shadow Hills  Rd., 330 tons of RAC.
+Proposed construction date,  6/2016 at Location: Meadow Creek Ln., 648.1 tons of RAC; Wrencrest Dr., 162.22 tons of RAC; Park Miramar, 317.55 tons of RAC; Harney Place, 99 tons of RAC; Park Sorrento, 582 tons of RAC;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Renee Mathis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project consists of the repair and maintenance of various local City streets utilizing 199,631 square yards of rubberized chip seal material.  The anticipated construction date is spring 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Fleisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application is a request for recycled pavement grant funds in the amount of $249,937 to pave forty-two (42) roadways throughout the unincorporated areas of Ventura County with rubberized asphalt concrete.  This request is based on a thickness of 1.5 inches of rubberized asphalt concrete material consisting of no less than 300 pounds (15%) of crumb rubber per ton of rubberized binder.  If approved, these grant funds will allow the county to pave 26.4 road miles of county-maintained roadways and 27.3-foot weighted width with 35,705 tons of rubberized asphalt concrete. 
+Advertising for the project would not commence until the county received a Notice to Proceed, however based on the Notice of Funds Available, anticipated contruction would begin no earlier than April 2015 and end no later than six months prior to the April 2017 due date to submit the Final Report or November 2016.  Construction or installation of the pavement would occur during this 18-month window.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Ana Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to pave three segments on Brookhurst Street, encompassing two miles of road rehabilitation. The first segment is from Chapman Avenue to Katella Avenue, the second from Trask Avenue to Larson Avenue, and the third from Hazard Avenue to Westminster Avenue. All Brookhurst segments will use approximately 12,600 tons of asphalt rubber/field blend. Average daily traffic for all three Brookhurst segments is 41,613 vehicles.    
+The City will also pave Westminster Avenue from Bowen Street to Euclid Street encompassing half a mile and using 2,876 tons of asphalt rubber/field blend. Average daily traffic for this segment is approximately 23,662 vehicles. All construction for Brookhurst and Westminster segments will start by August 2015. No work will start before issuance of a Notice to Proceed or be complete after the April 1, 2017 deadline.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pismo Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Chad Stoehr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057734656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 2014 Pavement Maintenance Project.  This project is aimed at performing maintenance to select roadways throughout the City based on our adopted Pavement Management System (PMS). The anticipated start date for the construction is the beginning of November 2014 and utilizes approximately 4,300 tons of Rubberized Hot mix Asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Anabel Dubois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project is intended to keep County roadways in good and safe operable condition.  The project is located in the unincorporated areas of Florence-Firestone, Willowbrook, Athens, and Del Aire.  The project is 2.1 miles long and includes Firestone Blvd, Hooper Avenue, Compton Avenue, Century Boulevard, and 120th Street.  The existing roadway will be cold milled the full width 1-7/8 inches in depth.  The resurfacing includes constructing a 3/8-inch thick rubberized asphalt chip seal interlayer called Asphalt Rubber Aggregate Membrane (ARAM) over the cold milled surface and constructing 1-1/2 inches of ARHM-GG-C over the ARAM.  The project also includes reconstruction of damaged curb, sidewalk, driveways and curb ramps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Jurupa Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gary Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513326464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAN BUREN BOULEVARD PAVEMENT REHABILITATION PROJECT (PHASE 2): Jurupa Road to Bellegrave Avenue
+Van Buren Boulevard is a 4 lane divided roadway (expressway classification).  The proposed $1.38 million project covers a one mile segment and involves rehabilitation of existing AC pavement, including grinding existing AC pavement, removal or grinding of additional AC pavement in failed areas, removal of pavement fabric, sealing existing cracks, paving hot mix asphalt in failed areas, installing asphalt rubber hot mix over the entire project, constructing AC overside drains and two right-turn pockets at the Rutile Street intersection.  In addition, a video detection system, battery backup system, loop detectors, striping, markings, and pavement markers will be installed.
+The eastern portion of Van Buren Boulevard within the project limits borders a residential area which is defined as a disadvantaged community where residents/property owners have a median household income less than 80% of the statewide median, based on the current census tract data. 
+It is estimated 5,444 tons of hot mix asphalt (type B) and 5,070 tons of rubberized asphalt concrete (ARHM GG-C) will be constructed. All crumb rubber used in the proposed project(s) will be derived from only California-generated waste tires and processed in California.  All binder material used in this project will contain a minimum of 300 pounds (or equivalent to [15%] by weight) of the tire-derived crumb rubber per ton of rubberized binder.
+This project is listed in the City of Jurupa Valley's adopted Capital Improvement Program with a proposed construction timeframe of 30 working days scheduled for the third quarter of 2016.
+FY 2015-16 PAVEMENT REHABILITATION (ARAM) PROJECT
+Based on our most recent Pavement Management Report and feedback from property owners the City has identified 27 residential street segments with a Pavement Condition Index (PCI) rating of &lt;49 (failed, very poor, poor, and at-risk) as a prime candidates for pavement rehabilitation utilizing a rubberized chip seal application.  This will involve 100,000 square yards of ARAM (rubberized chip seal) material.  These streets are in close proximity to disadvantaged communities that have a median household income less than 80% of the statewide median, based on the current census tract data.  Since July, 2011 the City has maintained approximately 24 lane miles of local residential streets using asphalt rubber aggregate membrane (ARAM).  
+This project is included in the City of Jurupa Valley's Capital Improvement Program with a proposed construction timeframe of 60 working days scheduled for the second quarter of 2016.
+The City has successfully utilized rubberized asphalt strategies and other environmentally friendly infrastructure improvement applications (e.g. recycling of base material in-place) on previous pavement rehabilitation projects, saving the City construction costs of up to $70,000 and incorporating “Green” recycle methodologies (reuse scrap tires, leverage local processing facilities, less pollution and truck activity).</x:t>
   </x:si>
   <x:si>
     <x:t>City of Bell</x:t>
   </x:si>
   <x:si>
     <x:t> Terry Rodrigue</x:t>
   </x:si>
   <x:si>
     <x:t>3235886211</x:t>
   </x:si>
   <x:si>
     <x:t>This project will reconstruct asphalt paving and construct an aspahlt overlay on streets throughout the City of Bell using Rubberized Aspahlt Concrete (RAC). The Project is estimated to use 25,663 tons of RAC. The Project will be constructed in three phases, with  an anticipated construction start date of July 2015 for phase I, January 2016 for phase II and January 2017 for phase III.
 The Project includes various roadway segments throughout the City, as described in the Project Summary &amp; Calculation.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Calabasas</x:t>
-[...11 lines deleted...]
-  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Ceres</x:t>
-[...26 lines deleted...]
-    <x:t>The proposed project consists of the repair and maintenance of various local City streets utilizing 199,631 square yards of rubberized chip seal material.  The anticipated construction date is spring 2015.</x:t>
+    <x:t>City of Turlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Wayne York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2096685520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will involve the overlay and rehabilitation of two different sections of roadway: Fulkerth Rd., between Del's Ln. and N. Olive Ave.; and Geer Rd., between Monte Vista Ave. and Taylor Rd.  The City expects to use approximately 10,555 tons of material and being construction in Apr/May 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis A. Celaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City purposes to utilize 10,649 tons of Rubberize Asphalt concrete as part of its annual street resurfacing program.  Project will cover two fiscal years, FY 2015-16 and FY 2016-17.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Sun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147445544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rehabilitation of various streets within the City of Orange. A minimum of two inch thick rubberized pavement will be used to overlay street pavement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ernest Wong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098648732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes pavement rehabilitation using RAC at seven locations in the City of Highland, including Base Line (Yarnell Road to East of Marigold), Greenspot Road (Boulder Avenue to Plunge Creek), Highland Avenue (Orchard Road to Church Street), Base Line (Del Rosa Drive to Cole Avenue), 3rd Street ( Victoria Avenue to Palm Avenue), Base Line (SR-210 to Boulder Avenue), and Pacific Street (Victoria Avenue to Boulder Avenue). The projects will be constructed between 04/2015 and 04/2016 and will use a total of 35,917 Tons RAC. The Final Report and Final Payment Request will be submitted prior to April 1, 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two projects involving the application of chip seals scheduled for the summers of 2015 and 2016.  The amount of chip seal material to be used covers 504,000 square yards of pavement surface.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yorba Linda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Rick Yee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149617171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The La Palma Avenue Roadway Improvement will provide for roadway surface improvements and Americans with Disabilities Act (ADA) curb ramp upgrades between Weir Canyon and Camino De Bryant.  The roadway improvements will include cold milling and overlaying with leveling course asphalt concrete and a finish course of 2” Asphalt Rubber Hot Mix.  Various portions of the roadway will receive full depth reconstruction as recommended by the geotechnical report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sambath Chrun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095254133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberize chip sealing approximately 123,000 square yards of roads in the city of Salida and Oakdale and the County community of Del Rio. Anticipated construction is date is August 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Maryam Babaki</x:t>
   </x:si>
   <x:si>
     <x:t>3237224805</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Commerce will undergo three significant Capital Improvement Projects for the current and upcoming Fiscal Year that will utilize the latest in Rubberized Asphalt Pavement advances.
 The first project, the Washington Boulevard Reconstruction Project will widen Washington Boulevard from West City Limit at Indiana Street to I-5 Freeway SB on and off ramps from existing 2 lanes in each direction to 3 lanes in each direction increasing roadway capacity including a center median and/or turn lane.  The project features 6,771 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians.  The existing BNSF spur crossing west of Commerce Way will be removed.  The City will install City-owned LED, energy saving street lighting as part of the project.  Improvements also include upgrading traffic signals as necessary to accommodate the widening.  Finally, the scope of work includes installation of raised medians and parkway landscaping improvements with water quality features and drought tolerant elements.  This project will commence paving operations beginning in June 2015.
 The second project, the Eastern Avenue Rehabilitation Project, will rehabilitate asphalt pavement from Atlantic Avenue to the South City Limit.  The project features 3,650 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians and curb ramps.  This project will commence paving operations beginning in June 2015.
 The third project, the Slauson Avenue Sidewalk Improvement Project, is a tree reforestation and road resurfacing project on Slauson Avenue from I-710 freeway to Telegraph Road.  The project will repair the severe displacement of sidewalks and other hardscape caused by Ficus tree roots and to construct sidewalks and other ADA improvements on Slauson Avenue.  The project features 4,100 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  This project will commence paving operations beginning in July 2015.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...111 lines deleted...]
-    <x:t>This project includes pavement rehabilitation using RAC at seven locations in the City of Highland, including Base Line (Yarnell Road to East of Marigold), Greenspot Road (Boulder Avenue to Plunge Creek), Highland Avenue (Orchard Road to Church Street), Base Line (Del Rosa Drive to Cole Avenue), 3rd Street ( Victoria Avenue to Palm Avenue), Base Line (SR-210 to Boulder Avenue), and Pacific Street (Victoria Avenue to Boulder Avenue). The projects will be constructed between 04/2015 and 04/2016 and will use a total of 35,917 Tons RAC. The Final Report and Final Payment Request will be submitted prior to April 1, 2017.</x:t>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Ahmed Abu Aly</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257796130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized chip seal over various streets. the project will start in July 2015 and completed in October 2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Kabalin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley Main Street Pavement Project
+The City of Oakley will use Rubberized Asphalt Concrete (RAC) for the Main Street Pavement Project.  This project encompasses one mile of Main Street from Bridgehead Road to Big Break Road in Oakley.  The section of Main Street is a five lane, major East-West thoroughfare connecting CA-160 with our City.  
+Construction will begin by June 2013 and will be completed shortly after that.  The involved area:
+Main Street from Bridgehead Street to Big Break Road will require 6,000 tons of RAC Material.
+Total tonnage of RAC to be used: 6,000
+Funds Requested = $60,000.00
+(6,000 tons RAC x $10.00 Reimbursement Rate)
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Paso Robles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ditas Esperanza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052373861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Install approximately 7900 tons of rubberized asphalt concrete as part of the City's annual street maintenance program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Any grant funds, if awarded, will be used by the City of Pasadena to continue to enjoy the benefits of rubberized asphalt paving, which has performed extremely well in previous projects throughout the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Holly Boyd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503292618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of milling all existing asphalt along too arterial roads down to the underlying PCC structure, the placement of an Asphalt Concrete leveling course, followed by a two-inch thick rubber asphalt concrete overlay covering the entire street totaling 6000 tons.
+The project limits are Alma Street from Addison Avenue to Rinconada Avenue and Middlefield Road from Lytton Avenue to Embarcadero Road, covering 5.5 lane miles of arterial roadways in RAC.
+The project also includes removing and replacing deteriorated sections of curb and gutter, removing and replacing concrete driveways, the upgrade of access ramps to current ADA requirements, adjusting utilities to grade, installing traffic delineation, and installing signal loops.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Craig Dierling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project proposes to construct approximately 124,700 SY of rubberized chip seal using at least 15% rubber in the binder, in July and August of 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Huntington Beach</x:t>
   </x:si>
   <x:si>
     <x:t> James Wagner, PE</x:t>
   </x:si>
   <x:si>
     <x:t>7145365467</x:t>
   </x:si>
   <x:si>
     <x:t>Using rubberized asphalt concrete (RAC) provides an opportunity to reduce landfill waste and recycle tires.  For example, a two-inch layer of RAC is used on typical street rehabilitation projects. It is estimated that about 2,000 California waste tires are used per lane mile. 
 The City will place rubberized pavement over approximately 37 lane miles, which recycles approximately 73,600 California generated waste tires, in a two-year period.  This equates to approximately 35,714 tons of RAC during the RAC-3 Rubberized Pavement Grant period from NTP to April 2017.
 The City has previous experiences using rubberized asphalt concrete pavement for the rehabilitation of arterial streets.  In the previous two years, the City of Huntington Beach has paved eight (8) arterial streets with rubberized asphalt concrete.  The rubberized pavement has provided evenly colored, quiet, and pleasant driving surface throughout our newly paved roads and supports the City’s efforts in continuing to pursue environmentally friendly recycling efforts.  We publicize the RAC-2 (our previous CalRecycle Rubberized Asphalt Grant) on the City’s Web-Site at  http://www.huntingtonbeachca.gov/government/departments/public_works/rubberized-asphalt-project.cfm
 The CalRecycle RAC-3 grant will be used to provide funding assistance to the City’s transportation and environmental efforts on arterial streets.  The City’s budget will provide for pavement rehabilitation of 9 miles of full width arterial streets in the next two years during the RAC-3 Rubberize Pavement Grant period. The rehabilitated arterial streets have been selected based on Pavement Condition Index as identified by the City’s Pavement Management Program.  This systematic method assures that the funds go first to the more severely deteriorated streets.    
 The City Public Works Department rehabilitates deteriorated arterial streets with a design to last another 10 to 20 years.  The arterial streets will be evaluated for existing conditions based on traffic volume and existing soil properties.  The Engineer will design a pavement section that will meet the objective of street longevity using a pavement section including a finishing course of 2” RAC.  The pavement sections are incorporated into the plans and specifications and the Public Works Commission will review it before it is publicly advertised for open competitive public bidding.  
 After bids are opened publicly, the City Council at a Public Council Meeting will review bid results and will approve the contract and approve funding for construction.  
 Following a pre-construction meeting, the City will issue a Notice to Proceed for the Contractor to proceed with the rehabilitation of the arterial streets in the project.  The anticipated projects are listed in Table 1.
 Table 1.  Huntington Beach RAC-3 Rehabilitation Summary
 Construction
 Dates                        Arterial Streets                                    TON  RAC
                Gothard St From Edinger Ave To McFadden Ave         2,010
                Center From Gothard To UPRR Track                            520
 04/2015                                                                     Subtotal 2,530
                 Lake St From Indianapolis Ave To Adams Ave         1,870 
@@ -308,613 +461,460 @@
                Atlanta Ave From Delaware St To Beach Blvd                 1,030
                Indianapolis Ave From Beach Blvd To Magnolia St         3,100
 10/2015                                                                     Subtotal 8,540
                 Graham St From Slater Ave To Warner Ave                 1,930 
                Heil Ave   From Goldenwest St To Gothard St         1,470
                Talbert Ave From Gothard St To Beach Blvd                 3,230 
 10/2016                                                                    Subtotal 6,630
                 Adams  From Beach Blvd To Newland                         2,780
                Edinger From Graham To Springdale                         2,040 
 10/2016                                                                     Subtotal 4,820
                Atlanta Ave  From Beach Blvd To Newland St                 2,130
                Heil Ave   From Edwards St To Goldenwest St         1,970
                Bolsa Ave From Graham St To Edwards St                 1,654 
 01/2017                                                                     Subtotal 5,754 
                                                                                                  --------
                        Total New Pavement Arterial Streets                        35,714 
 The City’s Construction Management Group, including inspectors, will monitor the construction process and quality of work.  Periodic testing for proper density and asphalt concrete mix will ensure that the Rubberized Asphalt Concrete cap meets requirements and was installed properly.  The City will accept or reject portions of the project based on the completion of all requirements of the Plans and Specifications including verification of pavement mix and source to assure that the RAC is from 100% California waste tires and meets min 300 pounds of tire-derived crumb rubber per ton of rubberized binder.
 The City will request the maximum RAC-3 grant of two hundred and fifty thousand dollars ($250,000) based on 35,714 tons to be used during the program.  The cost basis for reimbursement is set at $7 per Ton of RAC and the calculation is shown on Table 2.
 Table 2: Calculation for RAC-3 Grant  - ((A * B) = C
                   A                                        B                  C
         Amount of RAC                 X                RAC-3 Rate           =Total
        (Tons)                                          ($7 / Ton) 
                 35,714                X                     $7      =$250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>City of La Canada Flintridge</x:t>
-[...8 lines deleted...]
-    <x:t>Over three fiscal year budgets, the City of La Canada estimates the use of 12,350 tons of RAC in the overlay 19 street segments:  FY 14/15 - Alta Canyada Road (from El Vago Road to Fairmont Avenue), Green Lane (from La Canada Boulevard to Angeles Crest Hwy), Chehalem Road (from Commonwealth Avenue to Angeles Crest Hwy), Milmada Road (from Commonwealth Avenue to Angeles Crest Hwy), Commonwealth Avenue (from Lynnhaven Lane to Foothill Blvd), Woodleigh Lane (Foothill Blvd to Berkshire Avenue);  FY 15/16 -  Los Amigos (from Castle Road to Jessen Drive), Ocean View Boulevard(from Castle Road to Cul-de-sac), Normanton Drive (from Ocean View Blvd to Cul-de-sac), Eanslow Drive (from Ocean View Blvd to Cul-de-sac), Canalda Drive (from Ocean View Blvd to Cul-de-sac), Derwood Drive (from Ocean View Blvd to Cul-de-sac), Bristol Drive (from Ocean View Blvd to Cul-de-sac), Verdugo Blvd (from Foothill Blvd to La Tour Wy); FY 16/17 -  Descano Drive (from Verdugo Blvd to Chevy Chase Drive), Berkshire Avenue (from Summerset Place to Chevy Chase Drive), Loma Vista Drive (from Foothill Blvd to Flanders Drive), Leycross Drive (from Descanso Drive to Cul-de-sac), Regent Park Drive (from Chevy Chase Drive to Inverness Drive).</x:t>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Materials used will be rubberized hot mix asphalt-gap graded (wet process) and the thickness of the new overlay is designed to be 2 inches. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Desert</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Gayler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607766393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Desert will repave a section of Portola Avenue and Town Center Way.  The streets will be capped with 2" of rubberized asphalt.  Construction is anticipated in April 2015.  It is estimated that 4,775 tons of rubberized asphalt will be used on the project.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Margaret Talamantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104588721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cold-milling and RAC overlay for various streets under the City's FY14-15 and FY15-16 Annual Paving Program and 2 alleys under the FY14-15 Alley Resurfacing Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Matthew Pilarz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096203652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The purpose of the proposed project is the rehabilitation of various streets within the City of Pomona, California.  The overall length is approximately 12,160 linear feet (2.30 miles) and will use approximately 7,176 tons of RAC with the binder material to contain a minimum of 300 pounds (equivalent to 15% by weight) of tire-derived crumb rubber per ton of rubberized binder.  An average depth of three (3) inches is expected to be constructed during the early spring months of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redwood City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sayed Zahori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507807321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2014/2015, 15/16 Rubber chip seal projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Tim Young</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307495420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized asphalt concrete on various roads in Yuba County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ojai</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Mackey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056465581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Road Rehabilitation Project on various residential streets in the City of Ojai. The work comprises, but not limited to, cold planing, milling, and placing Rubberized Asphalt Concrete (RAC). The total budget for the project is 2.3 million. We anticipate using approximately 10,000 tons of Rubberized Asphalt Concrete and paving six roadway miles in the City of Ojai. </x:t>
   </x:si>
   <x:si>
     <x:t>City of La Verne</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Dan Keesey</x:t>
   </x:si>
   <x:si>
     <x:t>9095968741</x:t>
   </x:si>
   <x:si>
     <x:t>The City of La Verne is applying for funds under the Rubberized Pavement Program for the rehabilitation of Esperanza Avenue.  The project wishes to provide 10,100 tons of rubberized pavement (hot mix) for length of the street measuring approximately 10,000 linear feet in length by 48 linear feet wide, beginning at the intersection of Baseline Rd. to the north. The project intends to provide a 3" cold mill followed by a 3" rubberized lift.
 The street has some deflections in the pavement, where there are areas experiences depression and the quality of asphalt material is substandard.  There is also longitudinal and transverse crackling (alligator cracking) and utility cuts that have opened up.  The pavement has lost its oxidation and the pavement condition is at 70 on the pavement condition index, which is considered a lower ranking for grind and overlay projects.  
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Barbara       </x:t>
-[...24 lines deleted...]
-Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
+    <x:t>Town of Moraga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edric Kwan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258887025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Twelve of the streets included in the application are the Town's paving program for 2015.  These streets are in very poor condition, are collector and residential roads throughout the Town, and are the third and final phase of an aggressive paving program financed by a voter approved local sales tax measure.  The Town is planning to use RHMA as a wearing course for its full depth reconstruction sections.  Construction is anticipated to begin June of 2015.  The section of Moraga Road is an arterial that is in poor condition and the Town plans to begin construction for rehabilitation in June 2016.  It is estimated that a total of 10,684 tons of RHMA will be used for these projects.  The amount of tire-derived crumb rubber used for these projects will be based the required minimum 300 pounds per ton of rubberized binder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Leisser Mazariegos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will provide pavement rehabilitation on Mitchell Road from Whitmore to Roeding Road in the City of Ceres.  Mitchell Road is a 6-lane major arterial corridor in the City.  The project will install approx. 2" depth of rubberized asphalt concrete, reconstruct failed pavement areas, improve sidewalks, curb and gutter, curb ramps, and traffic loops.  The project work should extend the pavement life for 15+ years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Canada Flintridge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Joe Bellomo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052796856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over three fiscal year budgets, the City of La Canada estimates the use of 12,350 tons of RAC in the overlay 19 street segments:  FY 14/15 - Alta Canyada Road (from El Vago Road to Fairmont Avenue), Green Lane (from La Canada Boulevard to Angeles Crest Hwy), Chehalem Road (from Commonwealth Avenue to Angeles Crest Hwy), Milmada Road (from Commonwealth Avenue to Angeles Crest Hwy), Commonwealth Avenue (from Lynnhaven Lane to Foothill Blvd), Woodleigh Lane (Foothill Blvd to Berkshire Avenue);  FY 15/16 -  Los Amigos (from Castle Road to Jessen Drive), Ocean View Boulevard(from Castle Road to Cul-de-sac), Normanton Drive (from Ocean View Blvd to Cul-de-sac), Eanslow Drive (from Ocean View Blvd to Cul-de-sac), Canalda Drive (from Ocean View Blvd to Cul-de-sac), Derwood Drive (from Ocean View Blvd to Cul-de-sac), Bristol Drive (from Ocean View Blvd to Cul-de-sac), Verdugo Blvd (from Foothill Blvd to La Tour Wy); FY 16/17 -  Descano Drive (from Verdugo Blvd to Chevy Chase Drive), Berkshire Avenue (from Summerset Place to Chevy Chase Drive), Loma Vista Drive (from Foothill Blvd to Flanders Drive), Leycross Drive (from Descanso Drive to Cul-de-sac), Regent Park Drive (from Chevy Chase Drive to Inverness Drive).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Berkeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donald Irby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109816439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will apply funds from a recently passed sales tax measure (Measure M) to pave a significant amount of the City's streets over three years (2014 through 2016).  The 2015 paving program, included in this grant application, includes streets receiving pavement preserving rubber cape seals (comprised of rubber chip seal and slurry seal), HMA and RHMA overlays, and pavement reconstruction throughout the City.  The project is planned to go to construction in June 2015.  The amount of crumb rubber used in the project will be based on the required 300 lb of tire-derived crumb rubber per ton of rubberized binder for the grant.  The project is expected to include almost 5600 tons of RHMA and over 86,000 sy of asphalt rubber chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mill Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jill Barnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153884033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In conjunction with the streetscape improvements, the City of Mill Valley will be rehabilitating pavement along its primary arterial corridor, Miller Avenue.  City staff and community groups have planned the improvements over the last several years and City council adopted the final implementation plan in October 2014.  Plans are now being advanced to the 60% level of design for construction commencing in late 2015.  The project includes both overlays and reconstruction of about 2 miles of Miller Avenue commencing at Almonte Boulevard and concluding and Sunnyside Avenue.  The use of rubberized asphalt concrete is key to cost effectively rehabilitating Miller Avenue.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gridley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruce Nash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308951422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will include the placement of approximately 51,586 square yards of chip seal onto city streets in the Downtown area.  The material placed will be able to cover approximately 8,441 linear feet of existing 55 foot width of improved roadway where imminent failure exists.  The streets are located in the Downtown area and a part of an ongoing Downtown street rehabilitation program.  The city recently completed the Hazel Street TE Grant improvements; the TE grant program was the keystone project to upgrade the streets.  Attached to the uploaded documents is a map reflecting the scope of work to place the chip seal.  The proposed construction date will begin after 7/1/2015.  The chip seal will contain a binder of a minimum of 300 pounds of the tire derived rubber per ton that is generated from waste tire generated and processed in California. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alvin Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154962403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Larkspur is currently undergoing extensive roadway improvements. The Rubberized Pavement Grant will help fund the rehabilitation of unsafe cracked and potholed arterials and neighborhood streets. 
+Project Timeline:
+Fiscal year 2015/16 Road Rehabilitation Project 
+Construction start date of April 2015
+Project Locations: Madrone Ave, Magnolia Ave, Larkspur Plaza Drive, N. Almenar Drive
+Fiscal year 2016/17 Road Rehabilitation Project 
+Construction start date of April 2016
+Project Locations: Spread through various Larkspur residential streets
+Materials:
+A total of 8,225 tons of rubberized asphalt concrete will be used. 3,093 tons of RHMA will be used for the FY 2015/16 Road Rehabilitation Projects. 5,132 tons of RHMA will be used for the FY 2016/17 Road Rehabilitation Projects. The amount of crumb rubber (per ton) of RAC or binder for both projects will be a minimum of 300 lb/ton (binder).</x:t>
   </x:si>
   <x:si>
     <x:t>City of Monterey Park</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Rey Alfonso</x:t>
   </x:si>
   <x:si>
     <x:t>6263071330</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Monterey Park is requesting $117,690 in funds for 35 site locations. The projects will use 9,690 tons of hot mix and 99,720 square yards of chip seal material. Proposed construction start date is April 2015 for chip seal projects and October 2015 for hot mix projects.</x:t>
   </x:si>
   <x:si>
-    <x:t>Ventura             </x:t>
-[...14 lines deleted...]
-    <x:t>San Luis Obispo     </x:t>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Russell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dublin is proposing to use rubberized hot mix asphalt on Dougherty Road from Sierra Lane to North City Limit for approximately 1.9 miles with an estimated total tonnage of 8,600 tons.  Dougherty Road will be widened from 4 to 6 travel lanes and the existing asphalt pavement will be overlayed with RHMA.  The purpose of using  rubberized hot mix asphalt is to reduce the traffic-related noise along the stretch of the roadway (as a result of using RHMA) and to reduce California-generated waster tires, in support of the City's environmental policies.  This will be the first time the City will use rubberized hot mix asphalt.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Morro Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jarrod Whelan</x:t>
   </x:si>
   <x:si>
     <x:t>8057726564</x:t>
   </x:si>
   <x:si>
     <x:t>The project will apply rubberized chip seal to streets withing city limits. Work will be scheduled in fall of 2015 and 2016. We intend to rubberized chip seal on 50,000 SY of city streets.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Ojai</x:t>
-[...100 lines deleted...]
-    <x:t>Rubberized Pavement Projects on Major arterial and secondary street thru out the City</x:t>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kristen Hoy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place an asphalt rubber chip seal on selected roads (refer to attached project summary &amp; calc. sht.) in the Bay Point area of unincorporated Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stockton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thinh Phan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099378201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The resurfacing project is the installation of rubberized Chip-seal followed by Micro-surfacing application at various local streets in the City of Stockton. The work includes removal and replacement of pavement striping, pavement markings and pavement legends. The estimated total area of the resurfacing is 225,700.00 square yard. The chipseal rubber binder will contain a minimum 300 pounds of tire-derived crumb rubber per ton of rubberized binder.  The proposed schedule for the project is summer of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168745354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized pavement overlays in unincorporated Sacramento County.  Locations include: Fair Oakls Boulevard, Hazel Avenue, Eastern Avenue, ElCamino Avenue, Greenback Lane, Marconi Avenue and Sunrize Boulevard.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Rialto</x:t>
   </x:si>
   <x:si>
     <x:t> Jeffrey Schafer</x:t>
   </x:si>
   <x:si>
     <x:t>9098202531</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Rialto proposed pavement rehabilitation on the following streets:
 Riverside Pavement Rehab Project
 - RIVERSIDE AVENUE (NORTH OF THE METROLINK RAILROAD TRACK TO FOOTHILL BLVD.)
 2013/14 &amp; 2014/15 Annual Street Overlay Projects
 - SLOVER AVENUE (CACTUS AVENUE TO RIVERSIDE AVENUE)
 - CEDAR AVENUE (MERRILL AVENUE TO RIALTO AVENUE)
 - RIALTO AVENUE (CEDAR AVENUE TO WILLOW AVENUE)
 - EASTON AVENUE (WILLOW AVENUE TO RIVERSIDE AVENUE)
 The Plans &amp; Specs are done for the above mentioned projects.  The anticipated construction date will be March, 2015.  Improvement Plans are uploaded in GMS.
 In addition to the above projects, our 5-Years Annual Street Overlay CIP also identified the following street segments to be rehabilitated by 2017:
 - Cactus Ave from Foothill Blvd to San Bernardino Ave
 - Randall Ave from Maple Ave to Cactus Ave
 - San Bernardino Ave from Larch Ave to Lilac Ave
 - Bloomington Ave from Lilac Ave to Merrill Ave
 - Valley Blvd from Lilac Ave to Riverside Ave
 - Merrill Ave from Maple Ave to Linden Ave
 - Merrill Ave from Cedar Ave to Willow Ave
 The uploaded 5-Years Annual Street Overlay CIP exhibit shows these streets and the year they are scheduled to complete.
 The amount of crumb rubber will be verified during construction.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...23 lines deleted...]
-    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Materials used will be rubberized hot mix asphalt-gap graded (wet process) and the thickness of the new overlay is designed to be 2 inches. </x:t>
+    <x:t>City of Moorpark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Sean Corrigan, P.E.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055176200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bi-annual road maintenance project involving resurfacing of approximately one-third of the City’s streets every other year.  The scope of work often includes the removal and replacement of pavement in poor condition, and the application of crack sealer where needed.  The size of the project is approximately 63,000 square yards of ARAM.  The project is currently scheduled for Summer 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Downey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ed Norris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629047110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are seeking funds to repave and resurface eight roads in Downey using RAC Hot-Mix material. Our project will require 31,069 tons of RAC Hot-Mix material. Proposed construction start dates are as follows:   Work on Fifth Street Boulevard, from the Brookshire Avenue to the Lakewood Boulevard intersections, will begin in April 2015. Work on Firestone Boulevard, from Lakewood Boulevard to the east city limit, will begin in April 2015.  Work on Lakewood Boulevard, from Gallatin Road to Telegraph Road, will begin in June 2015.  Work on Bellflower Boulevard, from Stewart &amp; Gray Road to the Foster Road intersections, will begin in November 2015. Work on Old River School Road, from the Imperial Highway to Arnett Street intersections, will begin in August 2015. Work on Brookshire Avenue, from the Imperial Highway to the Gardendale Street intersections, will begin in February 2016. Work on an additional identified stretch of Brookshire Avenue, from the Firestone Boulevard to Florence Avenue intersections, will begin in May 2016. Work on Woodruff Avenue, from Stewart and Gray Road to Imperial Highway intersections, will begin in August 2016. We expect completion of all projects by December 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Nathan Newell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project 1: Rubberized Chip Seal
+Apply Rubberized Chip Seal at various locations throughout the County, totaling 5.12 miles of Rubberized Chip Seal application, or 72,090 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+Project 2: Rubberized Chip/Cape Seal
+Apply Rubberized Chip Seal followed by Rubberized Cape Seal at various locations throughout the County, totaling 9.49 miles of Rubberized Chip Seal and Rubberized Cape Seal application, or 133,760 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+The contract will have an option to be bid with either Terminal Blend or Crumb Rubber, satisfying minimum percentage of rubber per square yard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lynwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lorry Hempe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106030220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of paving major arterial Rd.; Long Beach Blvd. from Magnolia Ave. to north City limit; Tweedy Blvd.
+Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of San Marino</x:t>
   </x:si>
   <x:si>
     <x:t> Dean Werner</x:t>
   </x:si>
   <x:si>
     <x:t>6263000793</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Marino would like to apply for funds under the RAC Hot Mix Project.  Rubberized asphalt will be used in most of the major streets in the City.  The street rehabilitation projects identified for this grant are the following:
      Locations                                                                               Approx. Tonnage
      Allen Ave.                                                                               1,200
      Santa Anita Ave.                                                                      2,500
      Warwick Rd.                                                                            1,200
      Windsor Rd.                                                                            1,200
      Inner Circle/Loop at Lacy Park                                                     500
      El Molino Ave. (Old Mill Rd. to Huntington Dr.)                            3,400
      Huntington Dr. (Winston Ave. to Sierra Madre Blvd.)                   2,000
      Huntington Dr. (Sierra Madre Blvd. to Cambridge Westbound)      3,800
      Del Mar Ave. (Huntington Dr. to Lorain Rd.)                                2,200
      Del Mar Ave. (Lorain Rd. to Longden Ave.)                                  1,600   
      Alleyways - South of Huntington Dr.
           San Gabriel to Belhaven                                                           50
           Del Mar to Ridgeway                                                               240
           San Marino to Bedford                                                             200
           Colonial Kitchen to Granada                                                     300
      Alleyways - Mission District
           Euclid to El Molino                                                                   105
      Alleyways - North of Huntington Dr.
           West Haven to Monterey                                                          53
           Monterey to Sierra Madre                                                         60
           Ridgeway to Winston                                                              250
           Gainsborough to Palomar                                                        170
 The total tonnage for the above projects is 21,028.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Santa Monica</x:t>
-[...268 lines deleted...]
-    <x:t>Install approximately 7900 tons of rubberized asphalt concrete as part of the City's annual street maintenance program</x:t>
+    <x:t>City of Cypress</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul  Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7142296746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The scope of work for this project will include cold milling the existing asphalt pavement and construct a 1.2"-2" rubberized-asphalt overlay over the entire street surface.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 54</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1049,51 +1049,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e50463f6d1473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb9fdb83120b249f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R442e49c35fdb40fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R391dd92da84948cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6b8302f0e764c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R63492d5bef9249bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1141,1347 +1141,1347 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
+    <x:row ht="80.503944396972656" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>74542</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
+    <x:row ht="206.98582458496094" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>45500</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45828247070313" customHeight="1" collapsed="0">
+    <x:row ht="195.47714233398438" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>147144</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>46075</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.456787109375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>68070</x:v>
+        <x:v>99815</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9793701171875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4298095703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>99815</x:v>
+        <x:v>249937</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="1954.8284912109375" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>145210</x:v>
+        <x:v>108500</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.990478515625" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>70700</x:v>
+        <x:v>100620</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.41552734375" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>39135</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2828.74951171875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>86000</x:v>
+        <x:v>100700</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>147144</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>105550</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>108500</x:v>
+        <x:v>74542</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>25793</x:v>
+        <x:v>106820</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row ht="4864.0810546875" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>123500</x:v>
+        <x:v>121900</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="758.947265625" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4873046875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>101000</x:v>
+        <x:v>61396</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.9912109375" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1954.8291015625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>62350</x:v>
+        <x:v>145210</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>62000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.43359375" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
-[...12 lines deleted...]
-      </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>117690</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>31500</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>25060</x:v>
+        <x:v>190190</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>63000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.9912109375" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>106820</x:v>
+        <x:v>62350</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.97265625" customHeight="1" collapsed="0">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4864.0810546875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>47750</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4453125" customHeight="1" collapsed="0">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>63000</x:v>
+        <x:v>249900</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>190190</x:v>
+        <x:v>47750</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.982421875" customHeight="1" collapsed="0">
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>100620</x:v>
+        <x:v>90160</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
         <x:v>71764</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.501953125" customHeight="1" collapsed="0">
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-    <x:row ht="1287.89453125" customHeight="1" collapsed="0">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.994140625" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>233058</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>179144</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="758.947265625" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>249900</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
+        <x:v>165</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>210280</x:v>
+        <x:v>106840</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>168</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+        <x:v>169</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>90160</x:v>
+        <x:v>68070</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>172</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+        <x:v>173</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>102925</x:v>
+        <x:v>123500</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>61396</x:v>
+        <x:v>99257</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>112850</x:v>
+        <x:v>132100</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+    <x:row ht="735.931640625" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>105550</x:v>
+        <x:v>25793</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.431640625" customHeight="1" collapsed="0">
+        <x:v>191</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.41796875" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>249937</x:v>
+        <x:v>86360</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.99609375" customHeight="1" collapsed="0">
+        <x:v>195</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.482421875" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>195</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>117690</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.951171875" customHeight="1" collapsed="0">
+    <x:row ht="540.455078125" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>106840</x:v>
+        <x:v>86000</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.431640625" customHeight="1" collapsed="0">
+    <x:row ht="149.5" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>60000</x:v>
+        <x:v>25060</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.419921875" customHeight="1" collapsed="0">
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B50" s="8" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>86360</x:v>
+        <x:v>125511</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F50" s="8" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="F50" s="8" t="s">
+      <x:c r="G50" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H50" s="8" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="G50" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H50" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+      <x:c r="A51" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B51" s="8" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>132100</x:v>
+        <x:v>112850</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F51" s="8" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
+        <x:v>215</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A52" s="8" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>121900</x:v>
+        <x:v>179144</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+    <x:row ht="1287.892578125" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B53" s="8" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>233058</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="F53" s="8" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F53" s="8" t="s">
+      <x:c r="G53" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H53" s="8" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="G53" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H53" s="8" t="s">
+    </x:row>
+    <x:row ht="321.9609375" customHeight="1" collapsed="0">
+      <x:c r="A54" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B54" s="8" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>99257</x:v>
+        <x:v>31500</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F54" s="8" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="F54" s="8" t="s">
+      <x:c r="G54" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H54" s="8" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="G54" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H54" s="8" t="s">
+    </x:row>
+    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+      <x:c r="A55" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B55" s="8" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>39135</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F55" s="8" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F55" s="8" t="s">
+      <x:c r="G55" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H55" s="8" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="G55" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H55" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+      <x:c r="A56" s="8" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>45500</x:v>
+        <x:v>102925</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2828.751953125" customHeight="1" collapsed="0">
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>100700</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.498046875" customHeight="1" collapsed="0">
+    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>125511</x:v>
+        <x:v>210280</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115" customHeight="1" collapsed="0">
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B59" s="8" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>79000</x:v>
+        <x:v>70700</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F59" s="8" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.40234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B60" s="10" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C60" s="10"/>
       <x:c r="D60" s="11" t="n">
         <x:v>6916596</x:v>
       </x:c>
       <x:c r="E60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -2526,29 +2526,29 @@
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 14, 2026 9:47 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 1, 2026 12:14 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>