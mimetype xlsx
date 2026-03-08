--- v5 (2026-03-01)
+++ v6 (2026-03-08)
@@ -1,456 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89cfa703eb8d4811" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646f9cc7cb6b47f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb6b8302f0e764c7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R892befd3f64b4e73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Rubberized Pavement Grant Program (TRP5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis A. Celaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City purposes to utilize 10,649 tons of Rubberize Asphalt concrete as part of its annual street resurfacing program.  Project will cover two fiscal years, FY 2015-16 and FY 2016-17.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Ahmed Abu Aly</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257796130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized chip seal over various streets. the project will start in July 2015 and completed in October 2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bell</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Terry Rodrigue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235886211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will reconstruct asphalt paving and construct an aspahlt overlay on streets throughout the City of Bell using Rubberized Aspahlt Concrete (RAC). The Project is estimated to use 25,663 tons of RAC. The Project will be constructed in three phases, with  an anticipated construction start date of July 2015 for phase I, January 2016 for phase II and January 2017 for phase III.
+The Project includes various roadway segments throughout the City, as described in the Project Summary &amp; Calculation.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Calabasas</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Tatiana Holden</x:t>
   </x:si>
   <x:si>
     <x:t>8182241674</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Total Project will use 6582.2 tons of RAC (20lb of crumb rubber per ton of RAC or Binder). Proposed construction date,  6/2015 at. Locations: Jameson Dr., 103 Tons of RAC; Willow Glen St., 331.6 tons of RAC; Orchid Ln., 231.1 tons of RAC; Peacock Ct., 143.1 tons of RAC; Dorothy Rd., 200 tons of RAC; Dry Cyn. Cold Creek Rd., 2,420 tons of RAC; Las Virgenes Rd., 1013 tons of RAC; Shadow Hills  Rd., 330 tons of RAC.
 Proposed construction date,  6/2016 at Location: Meadow Creek Ln., 648.1 tons of RAC; Wrencrest Dr., 162.22 tons of RAC; Park Miramar, 317.55 tons of RAC; Harney Place, 99 tons of RAC; Park Sorrento, 582 tons of RAC;</x:t>
   </x:si>
   <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Leisser Mazariegos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will provide pavement rehabilitation on Mitchell Road from Whitmore to Roeding Road in the City of Ceres.  Mitchell Road is a 6-lane major arterial corridor in the City.  The project will install approx. 2" depth of rubberized asphalt concrete, reconstruct failed pavement areas, improve sidewalks, curb and gutter, curb ramps, and traffic loops.  The project work should extend the pavement life for 15+ years.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Clovis</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Renee Mathis</x:t>
   </x:si>
   <x:si>
     <x:t>5593242351</x:t>
   </x:si>
   <x:si>
     <x:t>The proposed project consists of the repair and maintenance of various local City streets utilizing 199,631 square yards of rubberized chip seal material.  The anticipated construction date is spring 2015.</x:t>
-  </x:si>
-[...186 lines deleted...]
-    <x:t>Rubberize chip sealing approximately 123,000 square yards of roads in the city of Salida and Oakdale and the County community of Del Rio. Anticipated construction is date is August 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Maryam Babaki</x:t>
   </x:si>
   <x:si>
     <x:t>3237224805</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Commerce will undergo three significant Capital Improvement Projects for the current and upcoming Fiscal Year that will utilize the latest in Rubberized Asphalt Pavement advances.
 The first project, the Washington Boulevard Reconstruction Project will widen Washington Boulevard from West City Limit at Indiana Street to I-5 Freeway SB on and off ramps from existing 2 lanes in each direction to 3 lanes in each direction increasing roadway capacity including a center median and/or turn lane.  The project features 6,771 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians.  The existing BNSF spur crossing west of Commerce Way will be removed.  The City will install City-owned LED, energy saving street lighting as part of the project.  Improvements also include upgrading traffic signals as necessary to accommodate the widening.  Finally, the scope of work includes installation of raised medians and parkway landscaping improvements with water quality features and drought tolerant elements.  This project will commence paving operations beginning in June 2015.
 The second project, the Eastern Avenue Rehabilitation Project, will rehabilitate asphalt pavement from Atlantic Avenue to the South City Limit.  The project features 3,650 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians and curb ramps.  This project will commence paving operations beginning in June 2015.
 The third project, the Slauson Avenue Sidewalk Improvement Project, is a tree reforestation and road resurfacing project on Slauson Avenue from I-710 freeway to Telegraph Road.  The project will repair the severe displacement of sidewalks and other hardscape caused by Ficus tree roots and to construct sidewalks and other ADA improvements on Slauson Avenue.  The project features 4,100 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  This project will commence paving operations beginning in July 2015.</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...86 lines deleted...]
-    <x:t>The project proposes to construct approximately 124,700 SY of rubberized chip seal using at least 15% rubber in the binder, in July and August of 2015.</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cypress</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul  Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7142296746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The scope of work for this project will include cold milling the existing asphalt pavement and construct a 1.2"-2" rubberized-asphalt overlay over the entire street surface.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Downey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ed Norris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629047110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are seeking funds to repave and resurface eight roads in Downey using RAC Hot-Mix material. Our project will require 31,069 tons of RAC Hot-Mix material. Proposed construction start dates are as follows:   Work on Fifth Street Boulevard, from the Brookshire Avenue to the Lakewood Boulevard intersections, will begin in April 2015. Work on Firestone Boulevard, from Lakewood Boulevard to the east city limit, will begin in April 2015.  Work on Lakewood Boulevard, from Gallatin Road to Telegraph Road, will begin in June 2015.  Work on Bellflower Boulevard, from Stewart &amp; Gray Road to the Foster Road intersections, will begin in November 2015. Work on Old River School Road, from the Imperial Highway to Arnett Street intersections, will begin in August 2015. Work on Brookshire Avenue, from the Imperial Highway to the Gardendale Street intersections, will begin in February 2016. Work on an additional identified stretch of Brookshire Avenue, from the Firestone Boulevard to Florence Avenue intersections, will begin in May 2016. Work on Woodruff Avenue, from Stewart and Gray Road to Imperial Highway intersections, will begin in August 2016. We expect completion of all projects by December 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Russell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dublin is proposing to use rubberized hot mix asphalt on Dougherty Road from Sierra Lane to North City Limit for approximately 1.9 miles with an estimated total tonnage of 8,600 tons.  Dougherty Road will be widened from 4 to 6 travel lanes and the existing asphalt pavement will be overlayed with RHMA.  The purpose of using  rubberized hot mix asphalt is to reduce the traffic-related noise along the stretch of the roadway (as a result of using RHMA) and to reduce California-generated waster tires, in support of the City's environmental policies.  This will be the first time the City will use rubberized hot mix asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Karen Youel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used in conjunction with the Citywide annual pavement maintenance program. The City will repave approximately 318,000 square yards of City roads using a rubberized chip seal material over a two-year paving cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two projects involving the application of chip seals scheduled for the summers of 2015 and 2016.  The amount of chip seal material to be used covers 504,000 square yards of pavement surface.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Ana Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to pave three segments on Brookhurst Street, encompassing two miles of road rehabilitation. The first segment is from Chapman Avenue to Katella Avenue, the second from Trask Avenue to Larson Avenue, and the third from Hazard Avenue to Westminster Avenue. All Brookhurst segments will use approximately 12,600 tons of asphalt rubber/field blend. Average daily traffic for all three Brookhurst segments is 41,613 vehicles.    
+The City will also pave Westminster Avenue from Bowen Street to Euclid Street encompassing half a mile and using 2,876 tons of asphalt rubber/field blend. Average daily traffic for this segment is approximately 23,662 vehicles. All construction for Brookhurst and Westminster segments will start by August 2015. No work will start before issuance of a Notice to Proceed or be complete after the April 1, 2017 deadline.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gridley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruce Nash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308951422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will include the placement of approximately 51,586 square yards of chip seal onto city streets in the Downtown area.  The material placed will be able to cover approximately 8,441 linear feet of existing 55 foot width of improved roadway where imminent failure exists.  The streets are located in the Downtown area and a part of an ongoing Downtown street rehabilitation program.  The city recently completed the Hazel Street TE Grant improvements; the TE grant program was the keystone project to upgrade the streets.  Attached to the uploaded documents is a map reflecting the scope of work to place the chip seal.  The proposed construction date will begin after 7/1/2015.  The chip seal will contain a binder of a minimum of 300 pounds of the tire derived rubber per ton that is generated from waste tire generated and processed in California. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ernest Wong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098648732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes pavement rehabilitation using RAC at seven locations in the City of Highland, including Base Line (Yarnell Road to East of Marigold), Greenspot Road (Boulder Avenue to Plunge Creek), Highland Avenue (Orchard Road to Church Street), Base Line (Del Rosa Drive to Cole Avenue), 3rd Street ( Victoria Avenue to Palm Avenue), Base Line (SR-210 to Boulder Avenue), and Pacific Street (Victoria Avenue to Boulder Avenue). The projects will be constructed between 04/2015 and 04/2016 and will use a total of 35,917 Tons RAC. The Final Report and Final Payment Request will be submitted prior to April 1, 2017.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Huntington Beach</x:t>
   </x:si>
   <x:si>
     <x:t> James Wagner, PE</x:t>
   </x:si>
   <x:si>
     <x:t>7145365467</x:t>
   </x:si>
   <x:si>
     <x:t>Using rubberized asphalt concrete (RAC) provides an opportunity to reduce landfill waste and recycle tires.  For example, a two-inch layer of RAC is used on typical street rehabilitation projects. It is estimated that about 2,000 California waste tires are used per lane mile. 
 The City will place rubberized pavement over approximately 37 lane miles, which recycles approximately 73,600 California generated waste tires, in a two-year period.  This equates to approximately 35,714 tons of RAC during the RAC-3 Rubberized Pavement Grant period from NTP to April 2017.
 The City has previous experiences using rubberized asphalt concrete pavement for the rehabilitation of arterial streets.  In the previous two years, the City of Huntington Beach has paved eight (8) arterial streets with rubberized asphalt concrete.  The rubberized pavement has provided evenly colored, quiet, and pleasant driving surface throughout our newly paved roads and supports the City’s efforts in continuing to pursue environmentally friendly recycling efforts.  We publicize the RAC-2 (our previous CalRecycle Rubberized Asphalt Grant) on the City’s Web-Site at  http://www.huntingtonbeachca.gov/government/departments/public_works/rubberized-asphalt-project.cfm
 The CalRecycle RAC-3 grant will be used to provide funding assistance to the City’s transportation and environmental efforts on arterial streets.  The City’s budget will provide for pavement rehabilitation of 9 miles of full width arterial streets in the next two years during the RAC-3 Rubberize Pavement Grant period. The rehabilitated arterial streets have been selected based on Pavement Condition Index as identified by the City’s Pavement Management Program.  This systematic method assures that the funds go first to the more severely deteriorated streets.    
 The City Public Works Department rehabilitates deteriorated arterial streets with a design to last another 10 to 20 years.  The arterial streets will be evaluated for existing conditions based on traffic volume and existing soil properties.  The Engineer will design a pavement section that will meet the objective of street longevity using a pavement section including a finishing course of 2” RAC.  The pavement sections are incorporated into the plans and specifications and the Public Works Commission will review it before it is publicly advertised for open competitive public bidding.  
 After bids are opened publicly, the City Council at a Public Council Meeting will review bid results and will approve the contract and approve funding for construction.  
 Following a pre-construction meeting, the City will issue a Notice to Proceed for the Contractor to proceed with the rehabilitation of the arterial streets in the project.  The anticipated projects are listed in Table 1.
 Table 1.  Huntington Beach RAC-3 Rehabilitation Summary
 Construction
 Dates                        Arterial Streets                                    TON  RAC
                Gothard St From Edinger Ave To McFadden Ave         2,010
                Center From Gothard To UPRR Track                            520
 04/2015                                                                     Subtotal 2,530
                 Lake St From Indianapolis Ave To Adams Ave         1,870 
@@ -461,460 +308,613 @@
                Atlanta Ave From Delaware St To Beach Blvd                 1,030
                Indianapolis Ave From Beach Blvd To Magnolia St         3,100
 10/2015                                                                     Subtotal 8,540
                 Graham St From Slater Ave To Warner Ave                 1,930 
                Heil Ave   From Goldenwest St To Gothard St         1,470
                Talbert Ave From Gothard St To Beach Blvd                 3,230 
 10/2016                                                                    Subtotal 6,630
                 Adams  From Beach Blvd To Newland                         2,780
                Edinger From Graham To Springdale                         2,040 
 10/2016                                                                     Subtotal 4,820
                Atlanta Ave  From Beach Blvd To Newland St                 2,130
                Heil Ave   From Edwards St To Goldenwest St         1,970
                Bolsa Ave From Graham St To Edwards St                 1,654 
 01/2017                                                                     Subtotal 5,754 
                                                                                                  --------
                        Total New Pavement Arterial Streets                        35,714 
 The City’s Construction Management Group, including inspectors, will monitor the construction process and quality of work.  Periodic testing for proper density and asphalt concrete mix will ensure that the Rubberized Asphalt Concrete cap meets requirements and was installed properly.  The City will accept or reject portions of the project based on the completion of all requirements of the Plans and Specifications including verification of pavement mix and source to assure that the RAC is from 100% California waste tires and meets min 300 pounds of tire-derived crumb rubber per ton of rubberized binder.
 The City will request the maximum RAC-3 grant of two hundred and fifty thousand dollars ($250,000) based on 35,714 tons to be used during the program.  The cost basis for reimbursement is set at $7 per Ton of RAC and the calculation is shown on Table 2.
 Table 2: Calculation for RAC-3 Grant  - ((A * B) = C
                   A                                        B                  C
         Amount of RAC                 X                RAC-3 Rate           =Total
        (Tons)                                          ($7 / Ton) 
                 35,714                X                     $7      =$250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>City of San Jose</x:t>
-[...86 lines deleted...]
-    <x:t>Road Rehabilitation Project on various residential streets in the City of Ojai. The work comprises, but not limited to, cold planing, milling, and placing Rubberized Asphalt Concrete (RAC). The total budget for the project is 2.3 million. We anticipate using approximately 10,000 tons of Rubberized Asphalt Concrete and paving six roadway miles in the City of Ojai. </x:t>
+    <x:t>City of La Canada Flintridge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Joe Bellomo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052796856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over three fiscal year budgets, the City of La Canada estimates the use of 12,350 tons of RAC in the overlay 19 street segments:  FY 14/15 - Alta Canyada Road (from El Vago Road to Fairmont Avenue), Green Lane (from La Canada Boulevard to Angeles Crest Hwy), Chehalem Road (from Commonwealth Avenue to Angeles Crest Hwy), Milmada Road (from Commonwealth Avenue to Angeles Crest Hwy), Commonwealth Avenue (from Lynnhaven Lane to Foothill Blvd), Woodleigh Lane (Foothill Blvd to Berkshire Avenue);  FY 15/16 -  Los Amigos (from Castle Road to Jessen Drive), Ocean View Boulevard(from Castle Road to Cul-de-sac), Normanton Drive (from Ocean View Blvd to Cul-de-sac), Eanslow Drive (from Ocean View Blvd to Cul-de-sac), Canalda Drive (from Ocean View Blvd to Cul-de-sac), Derwood Drive (from Ocean View Blvd to Cul-de-sac), Bristol Drive (from Ocean View Blvd to Cul-de-sac), Verdugo Blvd (from Foothill Blvd to La Tour Wy); FY 16/17 -  Descano Drive (from Verdugo Blvd to Chevy Chase Drive), Berkshire Avenue (from Summerset Place to Chevy Chase Drive), Loma Vista Drive (from Foothill Blvd to Flanders Drive), Leycross Drive (from Descanso Drive to Cul-de-sac), Regent Park Drive (from Chevy Chase Drive to Inverness Drive).</x:t>
   </x:si>
   <x:si>
     <x:t>City of La Verne</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Dan Keesey</x:t>
   </x:si>
   <x:si>
     <x:t>9095968741</x:t>
   </x:si>
   <x:si>
     <x:t>The City of La Verne is applying for funds under the Rubberized Pavement Program for the rehabilitation of Esperanza Avenue.  The project wishes to provide 10,100 tons of rubberized pavement (hot mix) for length of the street measuring approximately 10,000 linear feet in length by 48 linear feet wide, beginning at the intersection of Baseline Rd. to the north. The project intends to provide a 3" cold mill followed by a 3" rubberized lift.
 The street has some deflections in the pavement, where there are areas experiences depression and the quality of asphalt material is substandard.  There is also longitudinal and transverse crackling (alligator cracking) and utility cuts that have opened up.  The pavement has lost its oxidation and the pavement condition is at 70 on the pavement condition index, which is considered a lower ranking for grind and overlay projects.  
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Town of Moraga</x:t>
-[...95 lines deleted...]
-A total of 8,225 tons of rubberized asphalt concrete will be used. 3,093 tons of RHMA will be used for the FY 2015/16 Road Rehabilitation Projects. 5,132 tons of RHMA will be used for the FY 2016/17 Road Rehabilitation Projects. The amount of crumb rubber (per ton) of RAC or binder for both projects will be a minimum of 300 lb/ton (binder).</x:t>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Craig Dierling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project proposes to construct approximately 124,700 SY of rubberized chip seal using at least 15% rubber in the binder, in July and August of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lynwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lorry Hempe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106030220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of paving major arterial Rd.; Long Beach Blvd. from Magnolia Ave. to north City limit; Tweedy Blvd.
+Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Monterey Park</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Rey Alfonso</x:t>
   </x:si>
   <x:si>
     <x:t>6263071330</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Monterey Park is requesting $117,690 in funds for 35 site locations. The projects will use 9,690 tons of hot mix and 99,720 square yards of chip seal material. Proposed construction start date is April 2015 for chip seal projects and October 2015 for hot mix projects.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Dublin</x:t>
-[...8 lines deleted...]
-    <x:t>The City of Dublin is proposing to use rubberized hot mix asphalt on Dougherty Road from Sierra Lane to North City Limit for approximately 1.9 miles with an estimated total tonnage of 8,600 tons.  Dougherty Road will be widened from 4 to 6 travel lanes and the existing asphalt pavement will be overlayed with RHMA.  The purpose of using  rubberized hot mix asphalt is to reduce the traffic-related noise along the stretch of the roadway (as a result of using RHMA) and to reduce California-generated waster tires, in support of the City's environmental policies.  This will be the first time the City will use rubberized hot mix asphalt.</x:t>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moorpark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Sean Corrigan, P.E.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055176200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bi-annual road maintenance project involving resurfacing of approximately one-third of the City’s streets every other year.  The scope of work often includes the removal and replacement of pavement in poor condition, and the application of crack sealer where needed.  The size of the project is approximately 63,000 square yards of ARAM.  The project is currently scheduled for Summer 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
   </x:si>
   <x:si>
     <x:t>City of Morro Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jarrod Whelan</x:t>
   </x:si>
   <x:si>
     <x:t>8057726564</x:t>
   </x:si>
   <x:si>
     <x:t>The project will apply rubberized chip seal to streets withing city limits. Work will be scheduled in fall of 2015 and 2016. We intend to rubberized chip seal on 50,000 SY of city streets.</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa County</x:t>
-[...35 lines deleted...]
-    <x:t>Rubberized pavement overlays in unincorporated Sacramento County.  Locations include: Fair Oakls Boulevard, Hazel Avenue, Eastern Avenue, ElCamino Avenue, Greenback Lane, Marconi Avenue and Sunrize Boulevard.</x:t>
+    <x:t>City of Ojai</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Mackey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056465581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Road Rehabilitation Project on various residential streets in the City of Ojai. The work comprises, but not limited to, cold planing, milling, and placing Rubberized Asphalt Concrete (RAC). The total budget for the project is 2.3 million. We anticipate using approximately 10,000 tons of Rubberized Asphalt Concrete and paving six roadway miles in the City of Ojai. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Sun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147445544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rehabilitation of various streets within the City of Orange. A minimum of two inch thick rubberized pavement will be used to overlay street pavement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Desert</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Gayler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607766393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Desert will repave a section of Portola Avenue and Town Center Way.  The streets will be capped with 2" of rubberized asphalt.  Construction is anticipated in April 2015.  It is estimated that 4,775 tons of rubberized asphalt will be used on the project.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Holly Boyd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503292618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of milling all existing asphalt along too arterial roads down to the underlying PCC structure, the placement of an Asphalt Concrete leveling course, followed by a two-inch thick rubber asphalt concrete overlay covering the entire street totaling 6000 tons.
+The project limits are Alma Street from Addison Avenue to Rinconada Avenue and Middlefield Road from Lytton Avenue to Embarcadero Road, covering 5.5 lane miles of arterial roadways in RAC.
+The project also includes removing and replacing deteriorated sections of curb and gutter, removing and replacing concrete driveways, the upgrade of access ramps to current ADA requirements, adjusting utilities to grade, installing traffic delineation, and installing signal loops.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Any grant funds, if awarded, will be used by the City of Pasadena to continue to enjoy the benefits of rubberized asphalt paving, which has performed extremely well in previous projects throughout the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pismo Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Chad Stoehr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057734656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 2014 Pavement Maintenance Project.  This project is aimed at performing maintenance to select roadways throughout the City based on our adopted Pavement Management System (PMS). The anticipated start date for the construction is the beginning of November 2014 and utilizes approximately 4,300 tons of Rubberized Hot mix Asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Matthew Pilarz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096203652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The purpose of the proposed project is the rehabilitation of various streets within the City of Pomona, California.  The overall length is approximately 12,160 linear feet (2.30 miles) and will use approximately 7,176 tons of RAC with the binder material to contain a minimum of 300 pounds (equivalent to 15% by weight) of tire-derived crumb rubber per ton of rubberized binder.  An average depth of three (3) inches is expected to be constructed during the early spring months of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Romeo David</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094772740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized Pavement Projects on Major arterial and secondary street thru out the City</x:t>
   </x:si>
   <x:si>
     <x:t>City of Rialto</x:t>
   </x:si>
   <x:si>
     <x:t> Jeffrey Schafer</x:t>
   </x:si>
   <x:si>
     <x:t>9098202531</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Rialto proposed pavement rehabilitation on the following streets:
 Riverside Pavement Rehab Project
 - RIVERSIDE AVENUE (NORTH OF THE METROLINK RAILROAD TRACK TO FOOTHILL BLVD.)
 2013/14 &amp; 2014/15 Annual Street Overlay Projects
 - SLOVER AVENUE (CACTUS AVENUE TO RIVERSIDE AVENUE)
 - CEDAR AVENUE (MERRILL AVENUE TO RIALTO AVENUE)
 - RIALTO AVENUE (CEDAR AVENUE TO WILLOW AVENUE)
 - EASTON AVENUE (WILLOW AVENUE TO RIVERSIDE AVENUE)
 The Plans &amp; Specs are done for the above mentioned projects.  The anticipated construction date will be March, 2015.  Improvement Plans are uploaded in GMS.
 In addition to the above projects, our 5-Years Annual Street Overlay CIP also identified the following street segments to be rehabilitated by 2017:
 - Cactus Ave from Foothill Blvd to San Bernardino Ave
 - Randall Ave from Maple Ave to Cactus Ave
 - San Bernardino Ave from Larch Ave to Lilac Ave
 - Bloomington Ave from Lilac Ave to Merrill Ave
 - Valley Blvd from Lilac Ave to Riverside Ave
 - Merrill Ave from Maple Ave to Linden Ave
 - Merrill Ave from Cedar Ave to Willow Ave
 The uploaded 5-Years Annual Street Overlay CIP exhibit shows these streets and the year they are scheduled to complete.
 The amount of crumb rubber will be verified during construction.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Moorpark</x:t>
-[...52 lines deleted...]
-Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168745354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized pavement overlays in unincorporated Sacramento County.  Locations include: Fair Oakls Boulevard, Hazel Avenue, Eastern Avenue, ElCamino Avenue, Greenback Lane, Marconi Avenue and Sunrize Boulevard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Materials used will be rubberized hot mix asphalt-gap graded (wet process) and the thickness of the new overlay is designed to be 2 inches. </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Marino</x:t>
   </x:si>
   <x:si>
     <x:t> Dean Werner</x:t>
   </x:si>
   <x:si>
     <x:t>6263000793</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Marino would like to apply for funds under the RAC Hot Mix Project.  Rubberized asphalt will be used in most of the major streets in the City.  The street rehabilitation projects identified for this grant are the following:
      Locations                                                                               Approx. Tonnage
      Allen Ave.                                                                               1,200
      Santa Anita Ave.                                                                      2,500
      Warwick Rd.                                                                            1,200
      Windsor Rd.                                                                            1,200
      Inner Circle/Loop at Lacy Park                                                     500
      El Molino Ave. (Old Mill Rd. to Huntington Dr.)                            3,400
      Huntington Dr. (Winston Ave. to Sierra Madre Blvd.)                   2,000
      Huntington Dr. (Sierra Madre Blvd. to Cambridge Westbound)      3,800
      Del Mar Ave. (Huntington Dr. to Lorain Rd.)                                2,200
      Del Mar Ave. (Lorain Rd. to Longden Ave.)                                  1,600   
      Alleyways - South of Huntington Dr.
           San Gabriel to Belhaven                                                           50
           Del Mar to Ridgeway                                                               240
           San Marino to Bedford                                                             200
           Colonial Kitchen to Granada                                                     300
      Alleyways - Mission District
           Euclid to El Molino                                                                   105
      Alleyways - North of Huntington Dr.
           West Haven to Monterey                                                          53
           Monterey to Sierra Madre                                                         60
           Ridgeway to Winston                                                              250
           Gainsborough to Palomar                                                        170
 The total tonnage for the above projects is 21,028.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Cypress</x:t>
-[...8 lines deleted...]
-    <x:t>The scope of work for this project will include cold milling the existing asphalt pavement and construct a 1.2"-2" rubberized-asphalt overlay over the entire street surface.</x:t>
+    <x:t>City of Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Margaret Talamantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104588721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cold-milling and RAC overlay for various streets under the City's FY14-15 and FY15-16 Annual Paving Program and 2 alleys under the FY14-15 Alley Resurfacing Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Nathan Newell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project 1: Rubberized Chip Seal
+Apply Rubberized Chip Seal at various locations throughout the County, totaling 5.12 miles of Rubberized Chip Seal application, or 72,090 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+Project 2: Rubberized Chip/Cape Seal
+Apply Rubberized Chip Seal followed by Rubberized Cape Seal at various locations throughout the County, totaling 9.49 miles of Rubberized Chip Seal and Rubberized Cape Seal application, or 133,760 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+The contract will have an option to be bid with either Terminal Blend or Crumb Rubber, satisfying minimum percentage of rubber per square yard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sambath Chrun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095254133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberize chip sealing approximately 123,000 square yards of roads in the city of Salida and Oakdale and the County community of Del Rio. Anticipated construction is date is August 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stockton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thinh Phan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099378201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The resurfacing project is the installation of rubberized Chip-seal followed by Micro-surfacing application at various local streets in the City of Stockton. The work includes removal and replacement of pavement striping, pavement markings and pavement legends. The estimated total area of the resurfacing is 225,700.00 square yard. The chipseal rubber binder will contain a minimum 300 pounds of tire-derived crumb rubber per ton of rubberized binder.  The proposed schedule for the project is summer of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Turlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Wayne York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2096685520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will involve the overlay and rehabilitation of two different sections of roadway: Fulkerth Rd., between Del's Ln. and N. Olive Ave.; and Geer Rd., between Monte Vista Ave. and Taylor Rd.  The City expects to use approximately 10,555 tons of material and being construction in Apr/May 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Fleisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application is a request for recycled pavement grant funds in the amount of $249,937 to pave forty-two (42) roadways throughout the unincorporated areas of Ventura County with rubberized asphalt concrete.  This request is based on a thickness of 1.5 inches of rubberized asphalt concrete material consisting of no less than 300 pounds (15%) of crumb rubber per ton of rubberized binder.  If approved, these grant funds will allow the county to pave 26.4 road miles of county-maintained roadways and 27.3-foot weighted width with 35,705 tons of rubberized asphalt concrete. 
+Advertising for the project would not commence until the county received a Notice to Proceed, however based on the Notice of Funds Available, anticipated contruction would begin no earlier than April 2015 and end no later than six months prior to the April 2017 due date to submit the Final Report or November 2016.  Construction or installation of the pavement would occur during this 18-month window.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Tim Young</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307495420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized asphalt concrete on various roads in Yuba County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Moraga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edric Kwan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258887025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Twelve of the streets included in the application are the Town's paving program for 2015.  These streets are in very poor condition, are collector and residential roads throughout the Town, and are the third and final phase of an aggressive paving program financed by a voter approved local sales tax measure.  The Town is planning to use RHMA as a wearing course for its full depth reconstruction sections.  Construction is anticipated to begin June of 2015.  The section of Moraga Road is an arterial that is in poor condition and the Town plans to begin construction for rehabilitation in June 2016.  It is estimated that a total of 10,684 tons of RHMA will be used for these projects.  The amount of tire-derived crumb rubber used for these projects will be based the required minimum 300 pounds per ton of rubberized binder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Kabalin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley Main Street Pavement Project
+The City of Oakley will use Rubberized Asphalt Concrete (RAC) for the Main Street Pavement Project.  This project encompasses one mile of Main Street from Bridgehead Road to Big Break Road in Oakley.  The section of Main Street is a five lane, major East-West thoroughfare connecting CA-160 with our City.  
+Construction will begin by June 2013 and will be completed shortly after that.  The involved area:
+Main Street from Bridgehead Street to Big Break Road will require 6,000 tons of RAC Material.
+Total tonnage of RAC to be used: 6,000
+Funds Requested = $60,000.00
+(6,000 tons RAC x $10.00 Reimbursement Rate)
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alvin Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154962403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Larkspur is currently undergoing extensive roadway improvements. The Rubberized Pavement Grant will help fund the rehabilitation of unsafe cracked and potholed arterials and neighborhood streets. 
+Project Timeline:
+Fiscal year 2015/16 Road Rehabilitation Project 
+Construction start date of April 2015
+Project Locations: Madrone Ave, Magnolia Ave, Larkspur Plaza Drive, N. Almenar Drive
+Fiscal year 2016/17 Road Rehabilitation Project 
+Construction start date of April 2016
+Project Locations: Spread through various Larkspur residential streets
+Materials:
+A total of 8,225 tons of rubberized asphalt concrete will be used. 3,093 tons of RHMA will be used for the FY 2015/16 Road Rehabilitation Projects. 5,132 tons of RHMA will be used for the FY 2016/17 Road Rehabilitation Projects. The amount of crumb rubber (per ton) of RAC or binder for both projects will be a minimum of 300 lb/ton (binder).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mill Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jill Barnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153884033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In conjunction with the streetscape improvements, the City of Mill Valley will be rehabilitating pavement along its primary arterial corridor, Miller Avenue.  City staff and community groups have planned the improvements over the last several years and City council adopted the final implementation plan in October 2014.  Plans are now being advanced to the 60% level of design for construction commencing in late 2015.  The project includes both overlays and reconstruction of about 2 miles of Miller Avenue commencing at Almonte Boulevard and concluding and Sunnyside Avenue.  The use of rubberized asphalt concrete is key to cost effectively rehabilitating Miller Avenue.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yorba Linda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Rick Yee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149617171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The La Palma Avenue Roadway Improvement will provide for roadway surface improvements and Americans with Disabilities Act (ADA) curb ramp upgrades between Weir Canyon and Camino De Bryant.  The roadway improvements will include cold milling and overlaying with leveling course asphalt concrete and a finish course of 2” Asphalt Rubber Hot Mix.  Various portions of the roadway will receive full depth reconstruction as recommended by the geotechnical report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redwood City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sayed Zahori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507807321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2014/2015, 15/16 Rubber chip seal projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Berkeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donald Irby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109816439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will apply funds from a recently passed sales tax measure (Measure M) to pave a significant amount of the City's streets over three years (2014 through 2016).  The 2015 paving program, included in this grant application, includes streets receiving pavement preserving rubber cape seals (comprised of rubber chip seal and slurry seal), HMA and RHMA overlays, and pavement reconstruction throughout the City.  The project is planned to go to construction in June 2015.  The amount of crumb rubber used in the project will be based on the required 300 lb of tire-derived crumb rubber per ton of rubberized binder for the grant.  The project is expected to include almost 5600 tons of RHMA and over 86,000 sy of asphalt rubber chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Anabel Dubois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project is intended to keep County roadways in good and safe operable condition.  The project is located in the unincorporated areas of Florence-Firestone, Willowbrook, Athens, and Del Aire.  The project is 2.1 miles long and includes Firestone Blvd, Hooper Avenue, Compton Avenue, Century Boulevard, and 120th Street.  The existing roadway will be cold milled the full width 1-7/8 inches in depth.  The resurfacing includes constructing a 3/8-inch thick rubberized asphalt chip seal interlayer called Asphalt Rubber Aggregate Membrane (ARAM) over the cold milled surface and constructing 1-1/2 inches of ARHM-GG-C over the ARAM.  The project also includes reconstruction of damaged curb, sidewalk, driveways and curb ramps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Stephanie Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094680380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resurface existing 32'-56' wide pavement with 0.21' RAC over pavement reinforcing fabric from Escalon City Limits to Mariposa Road.  Construction is estimated to begin August of 2015.  Crumb rubber, hot mix asphalt is estimated to be 6,500 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Jurupa Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gary Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513326464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAN BUREN BOULEVARD PAVEMENT REHABILITATION PROJECT (PHASE 2): Jurupa Road to Bellegrave Avenue
+Van Buren Boulevard is a 4 lane divided roadway (expressway classification).  The proposed $1.38 million project covers a one mile segment and involves rehabilitation of existing AC pavement, including grinding existing AC pavement, removal or grinding of additional AC pavement in failed areas, removal of pavement fabric, sealing existing cracks, paving hot mix asphalt in failed areas, installing asphalt rubber hot mix over the entire project, constructing AC overside drains and two right-turn pockets at the Rutile Street intersection.  In addition, a video detection system, battery backup system, loop detectors, striping, markings, and pavement markers will be installed.
+The eastern portion of Van Buren Boulevard within the project limits borders a residential area which is defined as a disadvantaged community where residents/property owners have a median household income less than 80% of the statewide median, based on the current census tract data. 
+It is estimated 5,444 tons of hot mix asphalt (type B) and 5,070 tons of rubberized asphalt concrete (ARHM GG-C) will be constructed. All crumb rubber used in the proposed project(s) will be derived from only California-generated waste tires and processed in California.  All binder material used in this project will contain a minimum of 300 pounds (or equivalent to [15%] by weight) of the tire-derived crumb rubber per ton of rubberized binder.
+This project is listed in the City of Jurupa Valley's adopted Capital Improvement Program with a proposed construction timeframe of 30 working days scheduled for the third quarter of 2016.
+FY 2015-16 PAVEMENT REHABILITATION (ARAM) PROJECT
+Based on our most recent Pavement Management Report and feedback from property owners the City has identified 27 residential street segments with a Pavement Condition Index (PCI) rating of &lt;49 (failed, very poor, poor, and at-risk) as a prime candidates for pavement rehabilitation utilizing a rubberized chip seal application.  This will involve 100,000 square yards of ARAM (rubberized chip seal) material.  These streets are in close proximity to disadvantaged communities that have a median household income less than 80% of the statewide median, based on the current census tract data.  Since July, 2011 the City has maintained approximately 24 lane miles of local residential streets using asphalt rubber aggregate membrane (ARAM).  
+This project is included in the City of Jurupa Valley's Capital Improvement Program with a proposed construction timeframe of 60 working days scheduled for the second quarter of 2016.
+The City has successfully utilized rubberized asphalt strategies and other environmentally friendly infrastructure improvement applications (e.g. recycling of base material in-place) on previous pavement rehabilitation projects, saving the City construction costs of up to $70,000 and incorporating “Green” recycle methodologies (reuse scrap tires, leverage local processing facilities, less pollution and truck activity).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kristen Hoy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place an asphalt rubber chip seal on selected roads (refer to attached project summary &amp; calc. sht.) in the Bay Point area of unincorporated Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Paso Robles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ditas Esperanza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052373861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Install approximately 7900 tons of rubberized asphalt concrete as part of the City's annual street maintenance program</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 54</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1049,51 +1049,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R391dd92da84948cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6b8302f0e764c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R63492d5bef9249bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcb1e76291a48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R892befd3f64b4e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb80b5a0149de4c86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1141,1347 +1141,1347 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.503944396972656" customHeight="1" collapsed="0">
+    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>74542</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.98582458496094" customHeight="1" collapsed="0">
+    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>45500</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.47714233398438" customHeight="1" collapsed="0">
+    <x:row ht="471.45828247070313" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>147144</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>46075</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+    </x:row>
+    <x:row ht="356.456787109375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>99815</x:v>
+        <x:v>68070</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="160.9793701171875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>249937</x:v>
+        <x:v>99815</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="1954.8284912109375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>108500</x:v>
+        <x:v>145210</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.990478515625" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100620</x:v>
+        <x:v>70700</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.41552734375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>39135</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>100700</x:v>
+        <x:v>86000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>147144</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="H16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>105550</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>74542</x:v>
+        <x:v>108500</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>106820</x:v>
+        <x:v>25793</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+    <x:row ht="4864.0810546875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
+    </x:row>
+    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>121900</x:v>
+        <x:v>123500</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="758.947265625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>61396</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="137.9912109375" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>145210</x:v>
+        <x:v>62350</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+    </x:row>
+    <x:row ht="241.482421875" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>60000</x:v>
+        <x:v>117690</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+      <x:c r="B27" s="8" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>79000</x:v>
+        <x:v>31500</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+      <x:c r="G27" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+    </x:row>
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>190190</x:v>
+        <x:v>25060</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>63000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="G29" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H29" s="8" t="s">
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>62350</x:v>
+        <x:v>106820</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.97265625" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B31" s="8" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>47750</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="678.4453125" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>249900</x:v>
+        <x:v>63000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>47750</x:v>
+        <x:v>190190</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+    <x:row ht="275.982421875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>90160</x:v>
+        <x:v>100620</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96875" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
         <x:v>71764</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+    <x:row ht="80.501953125" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B36" s="8" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="F36" s="8" t="s">
+      <x:c r="G36" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="G36" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H36" s="8" t="s">
+    </x:row>
+    <x:row ht="1287.89453125" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B37" s="8" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>233058</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F37" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="G37" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H37" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="F37" s="8" t="s">
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A38" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="G37" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H37" s="8" t="s">
+      <x:c r="B38" s="8" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>179144</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F38" s="8" t="s">
+      <x:c r="G38" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="G38" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="8" t="s">
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B39" s="8" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>101000</x:v>
+        <x:v>249900</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="G39" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="8" t="s">
+    </x:row>
+    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B40" s="8" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>106840</x:v>
+        <x:v>210280</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F40" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F40" s="8" t="s">
+      <x:c r="G40" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H40" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="G40" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H40" s="8" t="s">
+    </x:row>
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+      <x:c r="A41" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B41" s="8" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>68070</x:v>
+        <x:v>90160</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F41" s="8" t="s">
+      <x:c r="G41" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="G41" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H41" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>123500</x:v>
+        <x:v>102925</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.453125" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>99257</x:v>
+        <x:v>61396</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>132100</x:v>
+        <x:v>112850</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.931640625" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B45" s="8" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>25793</x:v>
+        <x:v>105550</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F45" s="8" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F45" s="8" t="s">
+      <x:c r="G45" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H45" s="8" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="G45" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H45" s="8" t="s">
+    </x:row>
+    <x:row ht="885.431640625" customHeight="1" collapsed="0">
+      <x:c r="A46" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B46" s="8" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>86360</x:v>
+        <x:v>249937</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="F46" s="8" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F46" s="8" t="s">
+      <x:c r="G46" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H46" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="G46" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H46" s="8" t="s">
+    </x:row>
+    <x:row ht="68.99609375" customHeight="1" collapsed="0">
+      <x:c r="A47" s="8" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>117690</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.455078125" customHeight="1" collapsed="0">
+    <x:row ht="689.951171875" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>86000</x:v>
+        <x:v>106840</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+    <x:row ht="701.431640625" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>25060</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.498046875" customHeight="1" collapsed="0">
+    <x:row ht="908.419921875" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B50" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>125511</x:v>
+        <x:v>86360</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F50" s="8" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="G50" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H50" s="8" t="s">
-        <x:v>211</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+        <x:v>212</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.458984375" customHeight="1" collapsed="0">
       <x:c r="A51" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B51" s="8" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>112850</x:v>
+        <x:v>132100</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F51" s="8" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+        <x:v>216</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A52" s="8" t="s">
-        <x:v>216</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>179144</x:v>
+        <x:v>121900</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1287.892578125" customHeight="1" collapsed="0">
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>233058</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.9609375" customHeight="1" collapsed="0">
+        <x:v>225</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>31500</x:v>
+        <x:v>99257</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.94921875" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B55" s="8" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>39135</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F55" s="8" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G55" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H55" s="8" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+        <x:v>233</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A56" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>102925</x:v>
+        <x:v>45500</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+    <x:row ht="2828.751953125" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>62000</x:v>
+        <x:v>100700</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>210280</x:v>
+        <x:v>125511</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B59" s="8" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>70700</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F59" s="8" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.40234375" customHeight="1" collapsed="0">
       <x:c r="A60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B60" s="10" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C60" s="10"/>
       <x:c r="D60" s="11" t="n">
         <x:v>6916596</x:v>
       </x:c>
       <x:c r="E60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -2526,29 +2526,29 @@
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 1, 2026 12:14 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 8, 2026 3:01 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>