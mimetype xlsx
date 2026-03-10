--- v6 (2026-03-08)
+++ v7 (2026-03-10)
@@ -1,303 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646f9cc7cb6b47f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9cb016eb9a4299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R892befd3f64b4e73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9efb43c8decd4d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Rubberized Pavement Grant Program (TRP5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Romeo David</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094772740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized Pavement Projects on Major arterial and secondary street thru out the City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Stephanie Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094680380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resurface existing 32'-56' wide pavement with 0.21' RAC over pavement reinforcing fabric from Escalon City Limits to Mariposa Road.  Construction is estimated to begin August of 2015.  Crumb rubber, hot mix asphalt is estimated to be 6,500 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Karen Youel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used in conjunction with the Citywide annual pavement maintenance program. The City will repave approximately 318,000 square yards of City roads using a rubberized chip seal material over a two-year paving cycle.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Agoura Hills</x:t>
-[...5 lines deleted...]
-    <x:t>8185977314</x:t>
+    <x:t>City of Calabasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Tatiana Holden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182241674</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
-    <x:t>The City purposes to utilize 10,649 tons of Rubberize Asphalt concrete as part of its annual street resurfacing program.  Project will cover two fiscal years, FY 2015-16 and FY 2016-17.</x:t>
-[...17 lines deleted...]
-    <x:t>Place rubberized chip seal over various streets. the project will start in July 2015 and completed in October 2015</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Total Project will use 6582.2 tons of RAC (20lb of crumb rubber per ton of RAC or Binder). Proposed construction date,  6/2015 at. Locations: Jameson Dr., 103 Tons of RAC; Willow Glen St., 331.6 tons of RAC; Orchid Ln., 231.1 tons of RAC; Peacock Ct., 143.1 tons of RAC; Dorothy Rd., 200 tons of RAC; Dry Cyn. Cold Creek Rd., 2,420 tons of RAC; Las Virgenes Rd., 1013 tons of RAC; Shadow Hills  Rd., 330 tons of RAC.
+Proposed construction date,  6/2016 at Location: Meadow Creek Ln., 648.1 tons of RAC; Wrencrest Dr., 162.22 tons of RAC; Park Miramar, 317.55 tons of RAC; Harney Place, 99 tons of RAC; Park Sorrento, 582 tons of RAC;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Renee Mathis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project consists of the repair and maintenance of various local City streets utilizing 199,631 square yards of rubberized chip seal material.  The anticipated construction date is spring 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Fleisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application is a request for recycled pavement grant funds in the amount of $249,937 to pave forty-two (42) roadways throughout the unincorporated areas of Ventura County with rubberized asphalt concrete.  This request is based on a thickness of 1.5 inches of rubberized asphalt concrete material consisting of no less than 300 pounds (15%) of crumb rubber per ton of rubberized binder.  If approved, these grant funds will allow the county to pave 26.4 road miles of county-maintained roadways and 27.3-foot weighted width with 35,705 tons of rubberized asphalt concrete. 
+Advertising for the project would not commence until the county received a Notice to Proceed, however based on the Notice of Funds Available, anticipated contruction would begin no earlier than April 2015 and end no later than six months prior to the April 2017 due date to submit the Final Report or November 2016.  Construction or installation of the pavement would occur during this 18-month window.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Ana Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to pave three segments on Brookhurst Street, encompassing two miles of road rehabilitation. The first segment is from Chapman Avenue to Katella Avenue, the second from Trask Avenue to Larson Avenue, and the third from Hazard Avenue to Westminster Avenue. All Brookhurst segments will use approximately 12,600 tons of asphalt rubber/field blend. Average daily traffic for all three Brookhurst segments is 41,613 vehicles.    
+The City will also pave Westminster Avenue from Bowen Street to Euclid Street encompassing half a mile and using 2,876 tons of asphalt rubber/field blend. Average daily traffic for this segment is approximately 23,662 vehicles. All construction for Brookhurst and Westminster segments will start by August 2015. No work will start before issuance of a Notice to Proceed or be complete after the April 1, 2017 deadline.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pismo Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Chad Stoehr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057734656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 2014 Pavement Maintenance Project.  This project is aimed at performing maintenance to select roadways throughout the City based on our adopted Pavement Management System (PMS). The anticipated start date for the construction is the beginning of November 2014 and utilizes approximately 4,300 tons of Rubberized Hot mix Asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Anabel Dubois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project is intended to keep County roadways in good and safe operable condition.  The project is located in the unincorporated areas of Florence-Firestone, Willowbrook, Athens, and Del Aire.  The project is 2.1 miles long and includes Firestone Blvd, Hooper Avenue, Compton Avenue, Century Boulevard, and 120th Street.  The existing roadway will be cold milled the full width 1-7/8 inches in depth.  The resurfacing includes constructing a 3/8-inch thick rubberized asphalt chip seal interlayer called Asphalt Rubber Aggregate Membrane (ARAM) over the cold milled surface and constructing 1-1/2 inches of ARHM-GG-C over the ARAM.  The project also includes reconstruction of damaged curb, sidewalk, driveways and curb ramps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Jurupa Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gary Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513326464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAN BUREN BOULEVARD PAVEMENT REHABILITATION PROJECT (PHASE 2): Jurupa Road to Bellegrave Avenue
+Van Buren Boulevard is a 4 lane divided roadway (expressway classification).  The proposed $1.38 million project covers a one mile segment and involves rehabilitation of existing AC pavement, including grinding existing AC pavement, removal or grinding of additional AC pavement in failed areas, removal of pavement fabric, sealing existing cracks, paving hot mix asphalt in failed areas, installing asphalt rubber hot mix over the entire project, constructing AC overside drains and two right-turn pockets at the Rutile Street intersection.  In addition, a video detection system, battery backup system, loop detectors, striping, markings, and pavement markers will be installed.
+The eastern portion of Van Buren Boulevard within the project limits borders a residential area which is defined as a disadvantaged community where residents/property owners have a median household income less than 80% of the statewide median, based on the current census tract data. 
+It is estimated 5,444 tons of hot mix asphalt (type B) and 5,070 tons of rubberized asphalt concrete (ARHM GG-C) will be constructed. All crumb rubber used in the proposed project(s) will be derived from only California-generated waste tires and processed in California.  All binder material used in this project will contain a minimum of 300 pounds (or equivalent to [15%] by weight) of the tire-derived crumb rubber per ton of rubberized binder.
+This project is listed in the City of Jurupa Valley's adopted Capital Improvement Program with a proposed construction timeframe of 30 working days scheduled for the third quarter of 2016.
+FY 2015-16 PAVEMENT REHABILITATION (ARAM) PROJECT
+Based on our most recent Pavement Management Report and feedback from property owners the City has identified 27 residential street segments with a Pavement Condition Index (PCI) rating of &lt;49 (failed, very poor, poor, and at-risk) as a prime candidates for pavement rehabilitation utilizing a rubberized chip seal application.  This will involve 100,000 square yards of ARAM (rubberized chip seal) material.  These streets are in close proximity to disadvantaged communities that have a median household income less than 80% of the statewide median, based on the current census tract data.  Since July, 2011 the City has maintained approximately 24 lane miles of local residential streets using asphalt rubber aggregate membrane (ARAM).  
+This project is included in the City of Jurupa Valley's Capital Improvement Program with a proposed construction timeframe of 60 working days scheduled for the second quarter of 2016.
+The City has successfully utilized rubberized asphalt strategies and other environmentally friendly infrastructure improvement applications (e.g. recycling of base material in-place) on previous pavement rehabilitation projects, saving the City construction costs of up to $70,000 and incorporating “Green” recycle methodologies (reuse scrap tires, leverage local processing facilities, less pollution and truck activity).</x:t>
   </x:si>
   <x:si>
     <x:t>City of Bell</x:t>
   </x:si>
   <x:si>
     <x:t> Terry Rodrigue</x:t>
   </x:si>
   <x:si>
     <x:t>3235886211</x:t>
   </x:si>
   <x:si>
     <x:t>This project will reconstruct asphalt paving and construct an aspahlt overlay on streets throughout the City of Bell using Rubberized Aspahlt Concrete (RAC). The Project is estimated to use 25,663 tons of RAC. The Project will be constructed in three phases, with  an anticipated construction start date of July 2015 for phase I, January 2016 for phase II and January 2017 for phase III.
 The Project includes various roadway segments throughout the City, as described in the Project Summary &amp; Calculation.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Calabasas</x:t>
-[...11 lines deleted...]
-  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Ceres</x:t>
-[...26 lines deleted...]
-    <x:t>The proposed project consists of the repair and maintenance of various local City streets utilizing 199,631 square yards of rubberized chip seal material.  The anticipated construction date is spring 2015.</x:t>
+    <x:t>City of Turlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Wayne York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2096685520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will involve the overlay and rehabilitation of two different sections of roadway: Fulkerth Rd., between Del's Ln. and N. Olive Ave.; and Geer Rd., between Monte Vista Ave. and Taylor Rd.  The City expects to use approximately 10,555 tons of material and being construction in Apr/May 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis A. Celaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City purposes to utilize 10,649 tons of Rubberize Asphalt concrete as part of its annual street resurfacing program.  Project will cover two fiscal years, FY 2015-16 and FY 2016-17.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Sun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147445544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rehabilitation of various streets within the City of Orange. A minimum of two inch thick rubberized pavement will be used to overlay street pavement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ernest Wong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098648732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes pavement rehabilitation using RAC at seven locations in the City of Highland, including Base Line (Yarnell Road to East of Marigold), Greenspot Road (Boulder Avenue to Plunge Creek), Highland Avenue (Orchard Road to Church Street), Base Line (Del Rosa Drive to Cole Avenue), 3rd Street ( Victoria Avenue to Palm Avenue), Base Line (SR-210 to Boulder Avenue), and Pacific Street (Victoria Avenue to Boulder Avenue). The projects will be constructed between 04/2015 and 04/2016 and will use a total of 35,917 Tons RAC. The Final Report and Final Payment Request will be submitted prior to April 1, 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two projects involving the application of chip seals scheduled for the summers of 2015 and 2016.  The amount of chip seal material to be used covers 504,000 square yards of pavement surface.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yorba Linda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Rick Yee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149617171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The La Palma Avenue Roadway Improvement will provide for roadway surface improvements and Americans with Disabilities Act (ADA) curb ramp upgrades between Weir Canyon and Camino De Bryant.  The roadway improvements will include cold milling and overlaying with leveling course asphalt concrete and a finish course of 2” Asphalt Rubber Hot Mix.  Various portions of the roadway will receive full depth reconstruction as recommended by the geotechnical report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sambath Chrun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095254133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberize chip sealing approximately 123,000 square yards of roads in the city of Salida and Oakdale and the County community of Del Rio. Anticipated construction is date is August 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs. Maryam Babaki</x:t>
   </x:si>
   <x:si>
     <x:t>3237224805</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Commerce will undergo three significant Capital Improvement Projects for the current and upcoming Fiscal Year that will utilize the latest in Rubberized Asphalt Pavement advances.
 The first project, the Washington Boulevard Reconstruction Project will widen Washington Boulevard from West City Limit at Indiana Street to I-5 Freeway SB on and off ramps from existing 2 lanes in each direction to 3 lanes in each direction increasing roadway capacity including a center median and/or turn lane.  The project features 6,771 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians.  The existing BNSF spur crossing west of Commerce Way will be removed.  The City will install City-owned LED, energy saving street lighting as part of the project.  Improvements also include upgrading traffic signals as necessary to accommodate the widening.  Finally, the scope of work includes installation of raised medians and parkway landscaping improvements with water quality features and drought tolerant elements.  This project will commence paving operations beginning in June 2015.
 The second project, the Eastern Avenue Rehabilitation Project, will rehabilitate asphalt pavement from Atlantic Avenue to the South City Limit.  The project features 3,650 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project will include ADA compliant sidewalks for pedestrians and curb ramps.  This project will commence paving operations beginning in June 2015.
 The third project, the Slauson Avenue Sidewalk Improvement Project, is a tree reforestation and road resurfacing project on Slauson Avenue from I-710 freeway to Telegraph Road.  The project will repair the severe displacement of sidewalks and other hardscape caused by Ficus tree roots and to construct sidewalks and other ADA improvements on Slauson Avenue.  The project features 4,100 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  This project will commence paving operations beginning in July 2015.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...111 lines deleted...]
-    <x:t>This project includes pavement rehabilitation using RAC at seven locations in the City of Highland, including Base Line (Yarnell Road to East of Marigold), Greenspot Road (Boulder Avenue to Plunge Creek), Highland Avenue (Orchard Road to Church Street), Base Line (Del Rosa Drive to Cole Avenue), 3rd Street ( Victoria Avenue to Palm Avenue), Base Line (SR-210 to Boulder Avenue), and Pacific Street (Victoria Avenue to Boulder Avenue). The projects will be constructed between 04/2015 and 04/2016 and will use a total of 35,917 Tons RAC. The Final Report and Final Payment Request will be submitted prior to April 1, 2017.</x:t>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Ahmed Abu Aly</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257796130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized chip seal over various streets. the project will start in July 2015 and completed in October 2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Kabalin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley Main Street Pavement Project
+The City of Oakley will use Rubberized Asphalt Concrete (RAC) for the Main Street Pavement Project.  This project encompasses one mile of Main Street from Bridgehead Road to Big Break Road in Oakley.  The section of Main Street is a five lane, major East-West thoroughfare connecting CA-160 with our City.  
+Construction will begin by June 2013 and will be completed shortly after that.  The involved area:
+Main Street from Bridgehead Street to Big Break Road will require 6,000 tons of RAC Material.
+Total tonnage of RAC to be used: 6,000
+Funds Requested = $60,000.00
+(6,000 tons RAC x $10.00 Reimbursement Rate)
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Paso Robles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ditas Esperanza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052373861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Install approximately 7900 tons of rubberized asphalt concrete as part of the City's annual street maintenance program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Any grant funds, if awarded, will be used by the City of Pasadena to continue to enjoy the benefits of rubberized asphalt paving, which has performed extremely well in previous projects throughout the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Holly Boyd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503292618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of milling all existing asphalt along too arterial roads down to the underlying PCC structure, the placement of an Asphalt Concrete leveling course, followed by a two-inch thick rubber asphalt concrete overlay covering the entire street totaling 6000 tons.
+The project limits are Alma Street from Addison Avenue to Rinconada Avenue and Middlefield Road from Lytton Avenue to Embarcadero Road, covering 5.5 lane miles of arterial roadways in RAC.
+The project also includes removing and replacing deteriorated sections of curb and gutter, removing and replacing concrete driveways, the upgrade of access ramps to current ADA requirements, adjusting utilities to grade, installing traffic delineation, and installing signal loops.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Craig Dierling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project proposes to construct approximately 124,700 SY of rubberized chip seal using at least 15% rubber in the binder, in July and August of 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Huntington Beach</x:t>
   </x:si>
   <x:si>
     <x:t> James Wagner, PE</x:t>
   </x:si>
   <x:si>
     <x:t>7145365467</x:t>
   </x:si>
   <x:si>
     <x:t>Using rubberized asphalt concrete (RAC) provides an opportunity to reduce landfill waste and recycle tires.  For example, a two-inch layer of RAC is used on typical street rehabilitation projects. It is estimated that about 2,000 California waste tires are used per lane mile. 
 The City will place rubberized pavement over approximately 37 lane miles, which recycles approximately 73,600 California generated waste tires, in a two-year period.  This equates to approximately 35,714 tons of RAC during the RAC-3 Rubberized Pavement Grant period from NTP to April 2017.
 The City has previous experiences using rubberized asphalt concrete pavement for the rehabilitation of arterial streets.  In the previous two years, the City of Huntington Beach has paved eight (8) arterial streets with rubberized asphalt concrete.  The rubberized pavement has provided evenly colored, quiet, and pleasant driving surface throughout our newly paved roads and supports the City’s efforts in continuing to pursue environmentally friendly recycling efforts.  We publicize the RAC-2 (our previous CalRecycle Rubberized Asphalt Grant) on the City’s Web-Site at  http://www.huntingtonbeachca.gov/government/departments/public_works/rubberized-asphalt-project.cfm
 The CalRecycle RAC-3 grant will be used to provide funding assistance to the City’s transportation and environmental efforts on arterial streets.  The City’s budget will provide for pavement rehabilitation of 9 miles of full width arterial streets in the next two years during the RAC-3 Rubberize Pavement Grant period. The rehabilitated arterial streets have been selected based on Pavement Condition Index as identified by the City’s Pavement Management Program.  This systematic method assures that the funds go first to the more severely deteriorated streets.    
 The City Public Works Department rehabilitates deteriorated arterial streets with a design to last another 10 to 20 years.  The arterial streets will be evaluated for existing conditions based on traffic volume and existing soil properties.  The Engineer will design a pavement section that will meet the objective of street longevity using a pavement section including a finishing course of 2” RAC.  The pavement sections are incorporated into the plans and specifications and the Public Works Commission will review it before it is publicly advertised for open competitive public bidding.  
 After bids are opened publicly, the City Council at a Public Council Meeting will review bid results and will approve the contract and approve funding for construction.  
 Following a pre-construction meeting, the City will issue a Notice to Proceed for the Contractor to proceed with the rehabilitation of the arterial streets in the project.  The anticipated projects are listed in Table 1.
 Table 1.  Huntington Beach RAC-3 Rehabilitation Summary
 Construction
 Dates                        Arterial Streets                                    TON  RAC
                Gothard St From Edinger Ave To McFadden Ave         2,010
                Center From Gothard To UPRR Track                            520
 04/2015                                                                     Subtotal 2,530
                 Lake St From Indianapolis Ave To Adams Ave         1,870 
@@ -308,613 +461,460 @@
                Atlanta Ave From Delaware St To Beach Blvd                 1,030
                Indianapolis Ave From Beach Blvd To Magnolia St         3,100
 10/2015                                                                     Subtotal 8,540
                 Graham St From Slater Ave To Warner Ave                 1,930 
                Heil Ave   From Goldenwest St To Gothard St         1,470
                Talbert Ave From Gothard St To Beach Blvd                 3,230 
 10/2016                                                                    Subtotal 6,630
                 Adams  From Beach Blvd To Newland                         2,780
                Edinger From Graham To Springdale                         2,040 
 10/2016                                                                     Subtotal 4,820
                Atlanta Ave  From Beach Blvd To Newland St                 2,130
                Heil Ave   From Edwards St To Goldenwest St         1,970
                Bolsa Ave From Graham St To Edwards St                 1,654 
 01/2017                                                                     Subtotal 5,754 
                                                                                                  --------
                        Total New Pavement Arterial Streets                        35,714 
 The City’s Construction Management Group, including inspectors, will monitor the construction process and quality of work.  Periodic testing for proper density and asphalt concrete mix will ensure that the Rubberized Asphalt Concrete cap meets requirements and was installed properly.  The City will accept or reject portions of the project based on the completion of all requirements of the Plans and Specifications including verification of pavement mix and source to assure that the RAC is from 100% California waste tires and meets min 300 pounds of tire-derived crumb rubber per ton of rubberized binder.
 The City will request the maximum RAC-3 grant of two hundred and fifty thousand dollars ($250,000) based on 35,714 tons to be used during the program.  The cost basis for reimbursement is set at $7 per Ton of RAC and the calculation is shown on Table 2.
 Table 2: Calculation for RAC-3 Grant  - ((A * B) = C
                   A                                        B                  C
         Amount of RAC                 X                RAC-3 Rate           =Total
        (Tons)                                          ($7 / Ton) 
                 35,714                X                     $7      =$250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>City of La Canada Flintridge</x:t>
-[...8 lines deleted...]
-    <x:t>Over three fiscal year budgets, the City of La Canada estimates the use of 12,350 tons of RAC in the overlay 19 street segments:  FY 14/15 - Alta Canyada Road (from El Vago Road to Fairmont Avenue), Green Lane (from La Canada Boulevard to Angeles Crest Hwy), Chehalem Road (from Commonwealth Avenue to Angeles Crest Hwy), Milmada Road (from Commonwealth Avenue to Angeles Crest Hwy), Commonwealth Avenue (from Lynnhaven Lane to Foothill Blvd), Woodleigh Lane (Foothill Blvd to Berkshire Avenue);  FY 15/16 -  Los Amigos (from Castle Road to Jessen Drive), Ocean View Boulevard(from Castle Road to Cul-de-sac), Normanton Drive (from Ocean View Blvd to Cul-de-sac), Eanslow Drive (from Ocean View Blvd to Cul-de-sac), Canalda Drive (from Ocean View Blvd to Cul-de-sac), Derwood Drive (from Ocean View Blvd to Cul-de-sac), Bristol Drive (from Ocean View Blvd to Cul-de-sac), Verdugo Blvd (from Foothill Blvd to La Tour Wy); FY 16/17 -  Descano Drive (from Verdugo Blvd to Chevy Chase Drive), Berkshire Avenue (from Summerset Place to Chevy Chase Drive), Loma Vista Drive (from Foothill Blvd to Flanders Drive), Leycross Drive (from Descanso Drive to Cul-de-sac), Regent Park Drive (from Chevy Chase Drive to Inverness Drive).</x:t>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Materials used will be rubberized hot mix asphalt-gap graded (wet process) and the thickness of the new overlay is designed to be 2 inches. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Desert</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Gayler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607766393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Desert will repave a section of Portola Avenue and Town Center Way.  The streets will be capped with 2" of rubberized asphalt.  Construction is anticipated in April 2015.  It is estimated that 4,775 tons of rubberized asphalt will be used on the project.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Margaret Talamantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104588721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cold-milling and RAC overlay for various streets under the City's FY14-15 and FY15-16 Annual Paving Program and 2 alleys under the FY14-15 Alley Resurfacing Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Matthew Pilarz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096203652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The purpose of the proposed project is the rehabilitation of various streets within the City of Pomona, California.  The overall length is approximately 12,160 linear feet (2.30 miles) and will use approximately 7,176 tons of RAC with the binder material to contain a minimum of 300 pounds (equivalent to 15% by weight) of tire-derived crumb rubber per ton of rubberized binder.  An average depth of three (3) inches is expected to be constructed during the early spring months of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redwood City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sayed Zahori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507807321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2014/2015, 15/16 Rubber chip seal projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Tim Young</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307495420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place rubberized asphalt concrete on various roads in Yuba County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ojai</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Mackey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056465581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Road Rehabilitation Project on various residential streets in the City of Ojai. The work comprises, but not limited to, cold planing, milling, and placing Rubberized Asphalt Concrete (RAC). The total budget for the project is 2.3 million. We anticipate using approximately 10,000 tons of Rubberized Asphalt Concrete and paving six roadway miles in the City of Ojai. </x:t>
   </x:si>
   <x:si>
     <x:t>City of La Verne</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Dan Keesey</x:t>
   </x:si>
   <x:si>
     <x:t>9095968741</x:t>
   </x:si>
   <x:si>
     <x:t>The City of La Verne is applying for funds under the Rubberized Pavement Program for the rehabilitation of Esperanza Avenue.  The project wishes to provide 10,100 tons of rubberized pavement (hot mix) for length of the street measuring approximately 10,000 linear feet in length by 48 linear feet wide, beginning at the intersection of Baseline Rd. to the north. The project intends to provide a 3" cold mill followed by a 3" rubberized lift.
 The street has some deflections in the pavement, where there are areas experiences depression and the quality of asphalt material is substandard.  There is also longitudinal and transverse crackling (alligator cracking) and utility cuts that have opened up.  The pavement has lost its oxidation and the pavement condition is at 70 on the pavement condition index, which is considered a lower ranking for grind and overlay projects.  
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Barbara       </x:t>
-[...24 lines deleted...]
-Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
+    <x:t>Town of Moraga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edric Kwan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258887025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Twelve of the streets included in the application are the Town's paving program for 2015.  These streets are in very poor condition, are collector and residential roads throughout the Town, and are the third and final phase of an aggressive paving program financed by a voter approved local sales tax measure.  The Town is planning to use RHMA as a wearing course for its full depth reconstruction sections.  Construction is anticipated to begin June of 2015.  The section of Moraga Road is an arterial that is in poor condition and the Town plans to begin construction for rehabilitation in June 2016.  It is estimated that a total of 10,684 tons of RHMA will be used for these projects.  The amount of tire-derived crumb rubber used for these projects will be based the required minimum 300 pounds per ton of rubberized binder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Leisser Mazariegos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will provide pavement rehabilitation on Mitchell Road from Whitmore to Roeding Road in the City of Ceres.  Mitchell Road is a 6-lane major arterial corridor in the City.  The project will install approx. 2" depth of rubberized asphalt concrete, reconstruct failed pavement areas, improve sidewalks, curb and gutter, curb ramps, and traffic loops.  The project work should extend the pavement life for 15+ years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Canada Flintridge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Joe Bellomo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052796856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over three fiscal year budgets, the City of La Canada estimates the use of 12,350 tons of RAC in the overlay 19 street segments:  FY 14/15 - Alta Canyada Road (from El Vago Road to Fairmont Avenue), Green Lane (from La Canada Boulevard to Angeles Crest Hwy), Chehalem Road (from Commonwealth Avenue to Angeles Crest Hwy), Milmada Road (from Commonwealth Avenue to Angeles Crest Hwy), Commonwealth Avenue (from Lynnhaven Lane to Foothill Blvd), Woodleigh Lane (Foothill Blvd to Berkshire Avenue);  FY 15/16 -  Los Amigos (from Castle Road to Jessen Drive), Ocean View Boulevard(from Castle Road to Cul-de-sac), Normanton Drive (from Ocean View Blvd to Cul-de-sac), Eanslow Drive (from Ocean View Blvd to Cul-de-sac), Canalda Drive (from Ocean View Blvd to Cul-de-sac), Derwood Drive (from Ocean View Blvd to Cul-de-sac), Bristol Drive (from Ocean View Blvd to Cul-de-sac), Verdugo Blvd (from Foothill Blvd to La Tour Wy); FY 16/17 -  Descano Drive (from Verdugo Blvd to Chevy Chase Drive), Berkshire Avenue (from Summerset Place to Chevy Chase Drive), Loma Vista Drive (from Foothill Blvd to Flanders Drive), Leycross Drive (from Descanso Drive to Cul-de-sac), Regent Park Drive (from Chevy Chase Drive to Inverness Drive).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Berkeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donald Irby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109816439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will apply funds from a recently passed sales tax measure (Measure M) to pave a significant amount of the City's streets over three years (2014 through 2016).  The 2015 paving program, included in this grant application, includes streets receiving pavement preserving rubber cape seals (comprised of rubber chip seal and slurry seal), HMA and RHMA overlays, and pavement reconstruction throughout the City.  The project is planned to go to construction in June 2015.  The amount of crumb rubber used in the project will be based on the required 300 lb of tire-derived crumb rubber per ton of rubberized binder for the grant.  The project is expected to include almost 5600 tons of RHMA and over 86,000 sy of asphalt rubber chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mill Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jill Barnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153884033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In conjunction with the streetscape improvements, the City of Mill Valley will be rehabilitating pavement along its primary arterial corridor, Miller Avenue.  City staff and community groups have planned the improvements over the last several years and City council adopted the final implementation plan in October 2014.  Plans are now being advanced to the 60% level of design for construction commencing in late 2015.  The project includes both overlays and reconstruction of about 2 miles of Miller Avenue commencing at Almonte Boulevard and concluding and Sunnyside Avenue.  The use of rubberized asphalt concrete is key to cost effectively rehabilitating Miller Avenue.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gridley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruce Nash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308951422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will include the placement of approximately 51,586 square yards of chip seal onto city streets in the Downtown area.  The material placed will be able to cover approximately 8,441 linear feet of existing 55 foot width of improved roadway where imminent failure exists.  The streets are located in the Downtown area and a part of an ongoing Downtown street rehabilitation program.  The city recently completed the Hazel Street TE Grant improvements; the TE grant program was the keystone project to upgrade the streets.  Attached to the uploaded documents is a map reflecting the scope of work to place the chip seal.  The proposed construction date will begin after 7/1/2015.  The chip seal will contain a binder of a minimum of 300 pounds of the tire derived rubber per ton that is generated from waste tire generated and processed in California. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alvin Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154962403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Larkspur is currently undergoing extensive roadway improvements. The Rubberized Pavement Grant will help fund the rehabilitation of unsafe cracked and potholed arterials and neighborhood streets. 
+Project Timeline:
+Fiscal year 2015/16 Road Rehabilitation Project 
+Construction start date of April 2015
+Project Locations: Madrone Ave, Magnolia Ave, Larkspur Plaza Drive, N. Almenar Drive
+Fiscal year 2016/17 Road Rehabilitation Project 
+Construction start date of April 2016
+Project Locations: Spread through various Larkspur residential streets
+Materials:
+A total of 8,225 tons of rubberized asphalt concrete will be used. 3,093 tons of RHMA will be used for the FY 2015/16 Road Rehabilitation Projects. 5,132 tons of RHMA will be used for the FY 2016/17 Road Rehabilitation Projects. The amount of crumb rubber (per ton) of RAC or binder for both projects will be a minimum of 300 lb/ton (binder).</x:t>
   </x:si>
   <x:si>
     <x:t>City of Monterey Park</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Rey Alfonso</x:t>
   </x:si>
   <x:si>
     <x:t>6263071330</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Monterey Park is requesting $117,690 in funds for 35 site locations. The projects will use 9,690 tons of hot mix and 99,720 square yards of chip seal material. Proposed construction start date is April 2015 for chip seal projects and October 2015 for hot mix projects.</x:t>
   </x:si>
   <x:si>
-    <x:t>Ventura             </x:t>
-[...14 lines deleted...]
-    <x:t>San Luis Obispo     </x:t>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andrew Russell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dublin is proposing to use rubberized hot mix asphalt on Dougherty Road from Sierra Lane to North City Limit for approximately 1.9 miles with an estimated total tonnage of 8,600 tons.  Dougherty Road will be widened from 4 to 6 travel lanes and the existing asphalt pavement will be overlayed with RHMA.  The purpose of using  rubberized hot mix asphalt is to reduce the traffic-related noise along the stretch of the roadway (as a result of using RHMA) and to reduce California-generated waster tires, in support of the City's environmental policies.  This will be the first time the City will use rubberized hot mix asphalt.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Morro Bay</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jarrod Whelan</x:t>
   </x:si>
   <x:si>
     <x:t>8057726564</x:t>
   </x:si>
   <x:si>
     <x:t>The project will apply rubberized chip seal to streets withing city limits. Work will be scheduled in fall of 2015 and 2016. We intend to rubberized chip seal on 50,000 SY of city streets.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Ojai</x:t>
-[...100 lines deleted...]
-    <x:t>Rubberized Pavement Projects on Major arterial and secondary street thru out the City</x:t>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kristen Hoy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Place an asphalt rubber chip seal on selected roads (refer to attached project summary &amp; calc. sht.) in the Bay Point area of unincorporated Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stockton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thinh Phan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099378201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The resurfacing project is the installation of rubberized Chip-seal followed by Micro-surfacing application at various local streets in the City of Stockton. The work includes removal and replacement of pavement striping, pavement markings and pavement legends. The estimated total area of the resurfacing is 225,700.00 square yard. The chipseal rubber binder will contain a minimum 300 pounds of tire-derived crumb rubber per ton of rubberized binder.  The proposed schedule for the project is summer of 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168745354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized pavement overlays in unincorporated Sacramento County.  Locations include: Fair Oakls Boulevard, Hazel Avenue, Eastern Avenue, ElCamino Avenue, Greenback Lane, Marconi Avenue and Sunrize Boulevard.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Rialto</x:t>
   </x:si>
   <x:si>
     <x:t> Jeffrey Schafer</x:t>
   </x:si>
   <x:si>
     <x:t>9098202531</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Rialto proposed pavement rehabilitation on the following streets:
 Riverside Pavement Rehab Project
 - RIVERSIDE AVENUE (NORTH OF THE METROLINK RAILROAD TRACK TO FOOTHILL BLVD.)
 2013/14 &amp; 2014/15 Annual Street Overlay Projects
 - SLOVER AVENUE (CACTUS AVENUE TO RIVERSIDE AVENUE)
 - CEDAR AVENUE (MERRILL AVENUE TO RIALTO AVENUE)
 - RIALTO AVENUE (CEDAR AVENUE TO WILLOW AVENUE)
 - EASTON AVENUE (WILLOW AVENUE TO RIVERSIDE AVENUE)
 The Plans &amp; Specs are done for the above mentioned projects.  The anticipated construction date will be March, 2015.  Improvement Plans are uploaded in GMS.
 In addition to the above projects, our 5-Years Annual Street Overlay CIP also identified the following street segments to be rehabilitated by 2017:
 - Cactus Ave from Foothill Blvd to San Bernardino Ave
 - Randall Ave from Maple Ave to Cactus Ave
 - San Bernardino Ave from Larch Ave to Lilac Ave
 - Bloomington Ave from Lilac Ave to Merrill Ave
 - Valley Blvd from Lilac Ave to Riverside Ave
 - Merrill Ave from Maple Ave to Linden Ave
 - Merrill Ave from Cedar Ave to Willow Ave
 The uploaded 5-Years Annual Street Overlay CIP exhibit shows these streets and the year they are scheduled to complete.
 The amount of crumb rubber will be verified during construction.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...23 lines deleted...]
-    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Materials used will be rubberized hot mix asphalt-gap graded (wet process) and the thickness of the new overlay is designed to be 2 inches. </x:t>
+    <x:t>City of Moorpark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Sean Corrigan, P.E.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055176200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bi-annual road maintenance project involving resurfacing of approximately one-third of the City’s streets every other year.  The scope of work often includes the removal and replacement of pavement in poor condition, and the application of crack sealer where needed.  The size of the project is approximately 63,000 square yards of ARAM.  The project is currently scheduled for Summer 2015.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Downey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ed Norris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629047110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are seeking funds to repave and resurface eight roads in Downey using RAC Hot-Mix material. Our project will require 31,069 tons of RAC Hot-Mix material. Proposed construction start dates are as follows:   Work on Fifth Street Boulevard, from the Brookshire Avenue to the Lakewood Boulevard intersections, will begin in April 2015. Work on Firestone Boulevard, from Lakewood Boulevard to the east city limit, will begin in April 2015.  Work on Lakewood Boulevard, from Gallatin Road to Telegraph Road, will begin in June 2015.  Work on Bellflower Boulevard, from Stewart &amp; Gray Road to the Foster Road intersections, will begin in November 2015. Work on Old River School Road, from the Imperial Highway to Arnett Street intersections, will begin in August 2015. Work on Brookshire Avenue, from the Imperial Highway to the Gardendale Street intersections, will begin in February 2016. Work on an additional identified stretch of Brookshire Avenue, from the Firestone Boulevard to Florence Avenue intersections, will begin in May 2016. Work on Woodruff Avenue, from Stewart and Gray Road to Imperial Highway intersections, will begin in August 2016. We expect completion of all projects by December 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Nathan Newell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project 1: Rubberized Chip Seal
+Apply Rubberized Chip Seal at various locations throughout the County, totaling 5.12 miles of Rubberized Chip Seal application, or 72,090 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+Project 2: Rubberized Chip/Cape Seal
+Apply Rubberized Chip Seal followed by Rubberized Cape Seal at various locations throughout the County, totaling 9.49 miles of Rubberized Chip Seal and Rubberized Cape Seal application, or 133,760 square yards of rubberized chip seal material. Construction proposed to begin August 2015.
+The contract will have an option to be bid with either Terminal Blend or Crumb Rubber, satisfying minimum percentage of rubber per square yard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lynwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lorry Hempe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106030220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of paving major arterial Rd.; Long Beach Blvd. from Magnolia Ave. to north City limit; Tweedy Blvd.
+Project will use approximately 6,200 tons of Rubberized Asphalt. Construction is proposed to start around January 2015.</x:t>
   </x:si>
   <x:si>
     <x:t>City of San Marino</x:t>
   </x:si>
   <x:si>
     <x:t> Dean Werner</x:t>
   </x:si>
   <x:si>
     <x:t>6263000793</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Marino would like to apply for funds under the RAC Hot Mix Project.  Rubberized asphalt will be used in most of the major streets in the City.  The street rehabilitation projects identified for this grant are the following:
      Locations                                                                               Approx. Tonnage
      Allen Ave.                                                                               1,200
      Santa Anita Ave.                                                                      2,500
      Warwick Rd.                                                                            1,200
      Windsor Rd.                                                                            1,200
      Inner Circle/Loop at Lacy Park                                                     500
      El Molino Ave. (Old Mill Rd. to Huntington Dr.)                            3,400
      Huntington Dr. (Winston Ave. to Sierra Madre Blvd.)                   2,000
      Huntington Dr. (Sierra Madre Blvd. to Cambridge Westbound)      3,800
      Del Mar Ave. (Huntington Dr. to Lorain Rd.)                                2,200
      Del Mar Ave. (Lorain Rd. to Longden Ave.)                                  1,600   
      Alleyways - South of Huntington Dr.
           San Gabriel to Belhaven                                                           50
           Del Mar to Ridgeway                                                               240
           San Marino to Bedford                                                             200
           Colonial Kitchen to Granada                                                     300
      Alleyways - Mission District
           Euclid to El Molino                                                                   105
      Alleyways - North of Huntington Dr.
           West Haven to Monterey                                                          53
           Monterey to Sierra Madre                                                         60
           Ridgeway to Winston                                                              250
           Gainsborough to Palomar                                                        170
 The total tonnage for the above projects is 21,028.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Santa Monica</x:t>
-[...268 lines deleted...]
-    <x:t>Install approximately 7900 tons of rubberized asphalt concrete as part of the City's annual street maintenance program</x:t>
+    <x:t>City of Cypress</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul  Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7142296746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The scope of work for this project will include cold milling the existing asphalt pavement and construct a 1.2"-2" rubberized-asphalt overlay over the entire street surface.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 54</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1049,51 +1049,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcb1e76291a48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R892befd3f64b4e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb80b5a0149de4c86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142e980ec1ef4dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9efb43c8decd4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R529a128376ab4102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1141,1347 +1141,1347 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99685668945313" customHeight="1" collapsed="0">
+    <x:row ht="80.503944396972656" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>74542</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
+    <x:row ht="206.98582458496094" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>45500</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45828247070313" customHeight="1" collapsed="0">
+    <x:row ht="195.47714233398438" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>147144</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>46075</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.456787109375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>68070</x:v>
+        <x:v>99815</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9793701171875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4298095703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>99815</x:v>
+        <x:v>249937</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="1954.8284912109375" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>145210</x:v>
+        <x:v>108500</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.990478515625" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>70700</x:v>
+        <x:v>100620</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.41552734375" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>39135</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2828.74951171875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>86000</x:v>
+        <x:v>100700</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>147144</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>105550</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>108500</x:v>
+        <x:v>74542</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>25793</x:v>
+        <x:v>106820</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row ht="4864.0810546875" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>123500</x:v>
+        <x:v>121900</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="758.947265625" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4873046875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>101000</x:v>
+        <x:v>61396</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.9912109375" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1954.8291015625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>62350</x:v>
+        <x:v>145210</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>62000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.43359375" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
-[...12 lines deleted...]
-      </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>117690</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>31500</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>25060</x:v>
+        <x:v>190190</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>63000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.9912109375" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>106820</x:v>
+        <x:v>62350</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.97265625" customHeight="1" collapsed="0">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4864.0810546875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>47750</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4453125" customHeight="1" collapsed="0">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>63000</x:v>
+        <x:v>249900</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>190190</x:v>
+        <x:v>47750</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.982421875" customHeight="1" collapsed="0">
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>100620</x:v>
+        <x:v>90160</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
         <x:v>71764</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.501953125" customHeight="1" collapsed="0">
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-    <x:row ht="1287.89453125" customHeight="1" collapsed="0">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.994140625" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>233058</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>179144</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="758.947265625" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>249900</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
+        <x:v>165</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>210280</x:v>
+        <x:v>106840</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>168</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+        <x:v>169</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>90160</x:v>
+        <x:v>68070</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>172</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+        <x:v>173</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>102925</x:v>
+        <x:v>123500</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>61396</x:v>
+        <x:v>99257</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>112850</x:v>
+        <x:v>132100</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+    <x:row ht="735.931640625" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>105550</x:v>
+        <x:v>25793</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.431640625" customHeight="1" collapsed="0">
+        <x:v>191</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.41796875" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>249937</x:v>
+        <x:v>86360</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.99609375" customHeight="1" collapsed="0">
+        <x:v>195</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.482421875" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>195</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>117690</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.951171875" customHeight="1" collapsed="0">
+    <x:row ht="540.455078125" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>106840</x:v>
+        <x:v>86000</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.431640625" customHeight="1" collapsed="0">
+    <x:row ht="149.5" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>60000</x:v>
+        <x:v>25060</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.419921875" customHeight="1" collapsed="0">
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B50" s="8" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>86360</x:v>
+        <x:v>125511</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F50" s="8" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="F50" s="8" t="s">
+      <x:c r="G50" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H50" s="8" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="G50" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H50" s="8" t="s">
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+      <x:c r="A51" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B51" s="8" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>132100</x:v>
+        <x:v>112850</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F51" s="8" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
+        <x:v>215</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A52" s="8" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>121900</x:v>
+        <x:v>179144</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+    <x:row ht="1287.892578125" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B53" s="8" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>233058</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="F53" s="8" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F53" s="8" t="s">
+      <x:c r="G53" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H53" s="8" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="G53" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H53" s="8" t="s">
+    </x:row>
+    <x:row ht="321.9609375" customHeight="1" collapsed="0">
+      <x:c r="A54" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B54" s="8" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>99257</x:v>
+        <x:v>31500</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F54" s="8" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="F54" s="8" t="s">
+      <x:c r="G54" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H54" s="8" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="G54" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H54" s="8" t="s">
+    </x:row>
+    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+      <x:c r="A55" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B55" s="8" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>39135</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F55" s="8" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F55" s="8" t="s">
+      <x:c r="G55" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H55" s="8" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="G55" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H55" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+      <x:c r="A56" s="8" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>45500</x:v>
+        <x:v>102925</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2828.751953125" customHeight="1" collapsed="0">
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>100700</x:v>
+        <x:v>62000</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.498046875" customHeight="1" collapsed="0">
+    <x:row ht="1184.400390625" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>125511</x:v>
+        <x:v>210280</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115" customHeight="1" collapsed="0">
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B59" s="8" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>79000</x:v>
+        <x:v>70700</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F59" s="8" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.40234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B60" s="10" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C60" s="10"/>
       <x:c r="D60" s="11" t="n">
         <x:v>6916596</x:v>
       </x:c>
       <x:c r="E60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H60" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -2526,29 +2526,29 @@
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 8, 2026 3:01 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 7:08 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>