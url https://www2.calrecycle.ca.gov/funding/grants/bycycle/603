--- v7 (2026-03-10)
+++ v8 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9cb016eb9a4299" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11639767e8da481f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9efb43c8decd4d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R87d2d9bef6654c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2014-15 Rubberized Pavement Grant Program (TRP5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1049,51 +1049,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142e980ec1ef4dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9efb43c8decd4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R529a128376ab4102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ac01d63013548ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R87d2d9bef6654c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rad4dea0a33be42c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2526,29 +2526,29 @@
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 7:08 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:29 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>