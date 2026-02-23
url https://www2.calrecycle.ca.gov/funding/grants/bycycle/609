--- v0 (2025-12-13)
+++ v1 (2026-02-23)
@@ -1,681 +1,681 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210b1a1c511440d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba857332e814900" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd7d66c1e94ca4c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R20cc1ef9c7ff4eca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2015-16 Local Government Waste Tire Amnesty Grant (TA3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Amador              </x:t>
-[...8 lines deleted...]
-    <x:t>2092236429</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Greg Stanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216658</x:t>
   </x:si>
   <x:si>
     <x:t>Carla Repucci</x:t>
   </x:si>
   <x:si>
-    <x:t>The Amador County Waste Tire Amnesty Collection and recycling events have been very successful in the past and there is a need to continue these events.  On a selected Saturday, county staff volunteer time to conduct the one-day event.  The county contracts with a certified waste tire hauler to deliver trailers the day prior to the event.  Usually hundreds of tires are collected, sometimes in excess of a thousand, from residents of the county.  No business or commercially-generated tires are accepted.  These events keep tires from being illegally dumped on the roadsides or in ditches or other waterways.</x:t>
+    <x:t>El Dorado County Community Development Agency Environmental Management Division (CDA/EMD) is proposing to collect up to 20,000 waste tires during this grant period. CDA/EMD plans to hold routine waste tire amnesty collection events at the two Materials Recovery Facilities (MRF) operated by franchised waste haulers in the County. One is located in Placerville and the other is in South Lake Tahoe.  Waste tire amnesty days will be held once per month at each of the MRFs where County residents will be permitted to bring up to 9 waste tires per trip.  CDA/EMD also plans to hold two, one time waste tire amnesty collection events at two of the more remote areas in the  County, Somerset and Georgetown.  CDA/EMD will contract with the Local Conservation Corps for the labor at those events. CDA/EMD will advertise in several local newspapers to inform County residents of the opportunity for free disposal of their waste tires. Additionally,  MRF operator notifications will publicize the event days. Waste tire collected will be delivered to and recycled by Tri-C Manufacturing, Inc. (TPID# 1480835) and Ray's Tire Exchange, inc. (TPID# 1000748). </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kati Galvani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072621618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Passenger vehicle tires will be accepted at no charge for residents of Lake County at both local recycling centers on amnesty days until grant funds are fully expended. Residents will be able to bring up to 9 passenger tires to the recycling yards for proper disposal. Tire Amnesty events help to prevent illegal dumping and keep Lake County free from excess waste. The tires will be recycled. Tires will not be going into the landfill. The TA1 grant for amnesty was a success and almost all funds have been expended as the residents utilize this resource and appreciate the amnesty days. A business can also drop off tires for a fee and clean up  projects or non-profits can request a waiver if they will have over 9 tires for drop off in a one day period. CalRecycle and Public Services have seen great improvement in the illegal dumping of tires on roadways, properties and in the landfill by being able to provide amnesty days for residents at ino charge.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Viola Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596615116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Madera, City of Chowchilla, and the County of Madera will hold 7, 3, and 9 amnesty events respectively in FY 2016 &amp; FY 2017 for a total of nineteen events. The Fresno LCC will be participating in the program and an agreement has been uploaded.  As reservation only events, participants must call and register in advance to participate. An exemption letter is then mailed to the participant that must be submitted at the event for access to the Amnesty Event. As in the past volunteer labor will mainly be used at events to move tires and check-in participants with three to four staff organizing and helping. One employee will operate a skip loader to deal with large tires. 
+All Amnesty Events are date specific utilizing six different sites, no more often than one per month per site. At time of registration participants will be screened to verify that no tire generators are allowed (PRC §42954(7)). Any individual hauling 10 to 20 waste tires will receive written authorization by the LEA prior to the amnesty event date. Violations will be reported to CalRecycle within 30 days on the Unregistered Hauler &amp; Comprehensive Trip Log Substitution Form (CIWMB204). All advertising will clearly state that the amnesty event is limited to 20 tires, with the appropriate written authorization from the LEA.  
+Total estimated tires to be recycled in two years 26,000.
+Estimated cost per tire $3.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elisa Calderon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To supplement the City's free oversized collection program, residents will have the opportunity, through this grant, to properly dispose of tires at eight separate tire amnesty events (4 annually). These events will be widely publicized through the City's website, newspaper ads and flyers. Promotional materials and information will also be available at City facilities such as libraries and recreational venues. At each of the amnesty events, the City will provide one forty-yard roll-off container and adequate staffing to assist residents with their tire disposal. The containers will be hauled to Crumb Rubber Manufacturing (CRM) for recycling. The City of Long Beach will supply staff and a LNG powered vehicle to collect and haul the tires to CRM. Each amnesty event will require 1 forty-yard container to be hauled to CRM. A Recycling Specialist  will organize all the events; coordinate the advertising and educational materials. In addition to the Recycling Specialist working the events, there will be two staff personnel assisting residents with the waste tires. Freeth/Moroz, a local graphic design firm, will design the flyer/ad and website. In addition, ads will be placed in local newspapers and social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Vicki Rice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has designed a two tiered combined approach for the removal and recycling of waste tires through the Waste Tire Amnesty Grant for FY 15/16 and 16/17.
+The first approach will be a Waste Tire Amnesty Coupon Program created to encourage residents to recycle their discarded waste tires. Residents can recycle up to 9 tires at no cost per amnesty event with their coupon. Once they have the coupon, they can take their tires to one of our local garbage haulers that are partnering with the City of Modesto. Residents will be notified of the availability of the program through advertising such as the newspaper, local magazines, utility billings and PSA's. Coupons will be distributed upon request and confirmed through address verification. Based on historical numbers from prior events, we estimate the Waste Tire Amnesty Coupon Program will collect 1,750 waste tires each fiscal year for a total of 3,500 waste tires during the complete grant cycle.
+The second approach will be the Waste Tire Amnesty Collection Events. The City of Modesto will partner with a CalRecycle permitted end-use facility to provide six times a year, one or two trailers per event depending on the area, for a total of 10 trailers during the complete grant cycle, to collect an estimated 2,500 waste tires. Based on the historical data document by the Waste Tire Cleanup Grant, we have targeted specific areas that have been subject to a high rate of illegal dumping and will hold the events in those areas. Residents will be notified by direct mail prior to each event and be given the opportunity to bring up to 9 tires per household to be recycled. In addition, the City will have one event within the grant cycle in conjunction with a Citywide Cleanup open to all residents.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Town of Apple Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Jonathan Wood</x:t>
   </x:si>
   <x:si>
     <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>The Town of Apple Valley is requesting funds to provide eight Tire Amnesty events within the grant term to residents for free disposal of waste tires in accordance with CalRecycle requirements and regulations. Tire Amnesty events will take place at Lion’s Park, where the majority of Town events are conducted. Staff will focus on conducting a public outreach campaign to publicize events and promote proper disposal of waste tires. The events will be advertised in the local newspaper, in accordance with CalRecycle guidelines. Further, events will be publicized through Facebook, Twitter, the Town of Apple Valley’s website, and in the “Our Town” quarterly newspaper. Flyers will be created, printed and distributed through handouts and mailings to Apple Valley residents. 
 All waste tires collected during the events will be transported by Burrtec Waste Industries, utilizing a 40 cubic yard roll off container. Waste tires will be transported to a recycling facility (Mitsubishi Cement Corporation located in Lucerne Valley, California) for proper handling. 
 Funds will be used for the costs related to transportation, equipment, and container usage for collection on event days. The estimated cost per tire for each event is $2.21. Town staff anticipates collecting approximately 1,250 waste tires per event, totaling 10,000 waste tires collected throughout the grant period. 
 The program is focused on preventing potential environmental hazards discarded waste tires pose. Due to increased costs waste tires are often illegally dumped instead of being properly disposed of. Typically, waste tires are illegally dumped within 1,000 feet of residential homes, schools, commercial or industrial centers, residential areas, airports and electrical transmission lines. If funding for this program is not available, illegal dumping will increase and the health and safety of the Town’s residents will be at risk. The Town will collect and dispose of waste tires utilizing efficiency and cost effectiveness to obtain the maximum impact for the environment. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...45 lines deleted...]
-  <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Fresno</x:t>
   </x:si>
   <x:si>
     <x:t> Ana Manzula</x:t>
   </x:si>
   <x:si>
     <x:t>5596218453</x:t>
   </x:si>
   <x:si>
     <x:t>This grant provide the residents of the City of Fresno an opportunity to dispose of waste tires they have been storing in backyards and garages, as well as tires that have been illegally dumped on their property. All collected waste tires will be taken to a recycling facility to be processed for other uses. Through the year, the amnesty events held by the City of Fresno Code Enforcement Division have removed thousands of waste tires that would have been otherwise left on properties or illegally dumped on streets, alleys, and public right-of-ways.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno County</x:t>
-[...88 lines deleted...]
-Estimated cost per tire $3.84</x:t>
+    <x:t>Kings               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avenal</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Fernando Santillan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593865782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Avenal is seeking to organize three waste tire collection events for the citizens of Avenal. The events will be held at the Mid Valley Disposal yard in Avenal and Mid Valley will provide roll-off bins. They will also ship the tires to a recycling facility. 
+This grant cycle the City is pleased to partner with Sequoia Community Corps, a Certified Conservation Corps. SCC will assist with staffing the three events and will provide additional services at the collection events such as recycling education and potential recruitment for participation in the SCC’s job training programs.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Marin County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Steve Devine</x:t>
   </x:si>
   <x:si>
     <x:t>4154732711</x:t>
   </x:si>
   <x:si>
     <x:t>The County of Marin Department of Public Works will hold two waste tire events in 2015. Public Works staff will refine and disseminate educational flyers and educational materials, provide advertising to local newspapers and report our success to CalRecycle upon completion. 
 The first event will be held at Marin Resource Recovery in San Rafael. This event will last two weeks and will cater to residents of central and southern Marin primarily. This is a central location and is conveniently located next to Marin's main freeway. Previous events have been successfully held at this location. The second event will held simultaneously at Redwood Landfill in Novato. This location will accommodate residents in west and north Marin. This site is also located along the main freeway in Marin and has been home to multiple events. 
 Tires will be hauled by West Coast Rubber Recycling, Inc. Staff at West Coast Rubber Recycling will also periodically assist in loading excess tires and may need to switch our full trailers. Marin Resource Recovery will also provide staff to load and organize waste tires. Since fewer tires were collected during the last event, staff expects approximately 4,000 will be collected in 2015. The overall cost per tire is $3.60. 
 Public Works staff will modify and distribute educational materials from years past. These materials will be delivered to local libraries, tire repair shops and community centers. Electronic copies will be made available through the Zero Waste Marin website and advertisements will be place in local newspapers and periodicals. In addition, flyers will be sent out through garbage hauler billing inserts and a local conservation organization will assist in advertising. Finally, a press release will be sent to the County public information officer for dissemination.</x:t>
   </x:si>
   <x:si>
-    <x:t>Mendocino           </x:t>
-[...59 lines deleted...]
-    <x:t>To hold recycle tire amnesty events throughout the County.</x:t>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Halpin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To cover the recycling/disposal costs associated to the surrendering of waste tires by the public to jurisdictions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coachella Valley Association of Governments</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Benjamin Druyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603461127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We plan on holding 10 - 12 events with a goal to collect approximately 13,000 tires which will be sent to an approved recycling facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Partner with the Los Angeles Conservation Corps to conduct 8-10 waste tire collection events in L.A. County. 
+Partner with the Cities of Palmdale and Lancaster on this regional application.</x:t>
   </x:si>
   <x:si>
     <x:t>Yuba                </x:t>
   </x:si>
   <x:si>
     <x:t>Regional Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Keith Martin</x:t>
   </x:si>
   <x:si>
     <x:t>5306346890</x:t>
   </x:si>
   <x:si>
     <x:t>The Regional Waste Management Authority (RWMA) is proposing to collect 6,000 waste tires through a free tire recycling coupon program at two local transfer stations operated by the local franchised waste hauler, Recology Yuba-Sutter, plus another 4,000 waste tires in ten (10) 40-yard waste tire bins provided to community clean-up events. The 6,000 waste tire figure is based on the current waste tire amnesty program (TA1-13-10) in which 4,806 waste tires have been collected through early January 2015 with five and a half months remaining of this two-year grant program. The 4,000 waste tires proposed to be collected in ten (10) 40-yard waste tire bins provided to community clean-up events is based on an estimated 400 waste tires per 40-yard bin and also on the number of 40-yard bins utilized in the current two-year waste tire amnesty program (TA1-13-10) in which five community clean-up events have been held thus far with additional events being scheduled for the Spring of 2015.  The free tire recycling coupons will allow residents to deliver up to 20 waste tires to the transfer stations within a 30-day period. Written authorization for residents to haul more than nine (9) waste tires with the free tire recycling coupons will be requested from the Local Enforcement Agency. Residents will be limited to hauling no more than nine (9) waste tires to community clean-up events.  The RWMA will update and distribute the public education and information campaign utilized for previous waste tire amnesty projects to inform the public about tire maintenance and safety issues to prolong the useful life of tires; health and safety issues related to improper storage and disposal of waste tires; and the availability of free tire recycling coupons for the proper disposal of waste tires. RWMA and Recology Yuba-Sutter staff will coordinate with the sponsors of the community clean-up events to provide waste tire collection bins and appropriate messages regarding tire collection for event promotional materials. Tires collected through the coupon program and at community collection events will be recycled.</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside County</x:t>
-[...132 lines deleted...]
-    <x:t>The Yurok Tribe Environmental Program (YTEP) - Pollution Prevention Division is requesting $21,000 for the implementation of a tire amnesty and disposal assistance program to be put in place on the Yurok Indian Reservation over the course of the 2 year grant period.  An estimated of 3000 tires will be removed over the course of the two year period. Previous collection efforts have averaged approximately 1000 tires per year. YTEP Pollution Prevention Division  is a comprehensive solid waste management and remediation program, protecting tribal resources within the Lower Klamath watershed. YTEP is continually conducting cleanups of illegally dumped refuse , in which tires are commonly found. YTEP will increase outreach and education efforts in support of the tire amnesty events. YTEP is proposing 2 annual amnesty events to be held at the Weitchpec Transfer station within the Yurok  Indian Reservation. YTEP is also seeking funding assistance for the hauling and disposal fees of waste tires.</x:t>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia will host eight Tire Amnesty events during the two-year grant term.  One event per quarter will be scheduled with the anticipation of collecting 7,134 waste tires during the events.  By partnering with the Glen Helen Work Release Program through the County of San Bernardino, City Code Enforcement staff and inmates assigned to complete work release hours will assist with the events.  This program allows inmates the opportunity to regain their self-esteem and provide their families with an avenue for re-establishing stability. This inmate labor provides countless man hours to the City at no cost.  
+The estimated cost per tire is $1.25 for passenger cars; $1.55 for light truck tires; $4.61 for medium truck tires; and $20.86 for tractor size tires.  Passenger car, light truck and medium truck tires are expeced to be the majority based on the tires collected at previous amnesty events.  All tires will be delivered to a recycling facility to be used for fuel.  
+In addition, the City of Hesperia is requesting up to 15% reimbursement of salaries and benefits for personnel who are involved in the administration and oversight of the amnesty events, including the preparation of payment requests and the final report, and up to 10% for the creation of educational materials and advertisements in support of the amnesty events.  The City will also be partnering with the Local Conservation Corps (LCC) in creating public outreach materials.  Events will be advertised through the newspaper, banners, bus shelter posters, social media, brochure distribution and the LCC marketing material to help promote events and encourage a cleaner environment.</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Bob Douthitt</x:t>
   </x:si>
   <x:si>
     <x:t>7603374589</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial County is a unique community consisting of seven cities with a large Hispanic population (86%). The City of Mexicali, with a population of over a million residents is just across the border. The yearly crossing is over 8,000,000. Imperial County generates approximately 65,000 used and waste tire annually. The county's incorporate and unincorporated communities comprise less than two % of the land this provides ample desolate, isolated and unobservable areas  where individuals could illegally dump tires.
 Results of previous and on going Tire Grant Programs:
 2001/2002  TCU7   collection and recycle of 65,455 illegally disposed tires
 2002/2003  TCU8        70,483
 2003/2004  TCU11      “            “      “         “   43,660    “             “            “
 2004/2005  TCU12      “            “      “         “   48,597    “             “            “
 2005/2006  TCA1        “            “      “          “   41,709   “             “             “
 2006/2007  TCA2        “            “      “          “   70,692    “            “              “
 2007/2008  TCA3        “            “       “         “   52,721    “            “              “
 2008/2009  TCA4        “            “       “         “   28,113     “            “              “
 2009/2010  TCA6        “            “       “         “   34,289    “            “              “
 2010/2011  TCA8       “              “      “         “    23,687    “            “              “
 2012/2014  TCU14 
 2014/2016 TCU15    We are on track to collect and recycle over 36,000 illegally dumped tires for this grant cycle.
 Even one of these following factors would substantially contribute to the number of illegally dumped and discarded tires, but taken together, creates a formidable environment of unsightly and disease-bearing discarded/illegally dumped tires:  Close proximity to Mexico Border Crossings; Imperial Valley inherits many tires rejected by the Mexican Recycling Industry; large number of seasonal visitors attracting recreational vehicle owners with vehicles in tow, off-road visitors to the Imperial Sand Dunes (each of these licensed vehicles-paying admission to BLM land is approximately 456,300 street legal vehicles for FY 2010)  typically hauls an average of three off-road vehicles); high usage of passenger, truck, semi-truck and equipment tires in the Imperial County agricultural industry; low income, unemployment and lack of financial resources; and irrigation canals (canals are cleaned quarterly and illegally disposed tires are removed).
 All of our tires now are going to Rubber Recovery Inc. located at 10672-B Calabash Avenue Fontana, CA. 92337.  Nothing goes to a landfill. The tires transported from Imperial Valley to Rubber Recovery Inc. go to be crumbed, buffing, or molding to manufacture retail products. All contractors must agree to take all collected tires to a recycling facility. 
 Community Support for the Tire Cleanup Program includes Local Enforcement Agency and Elected Officials:  Imperial County has developed an Illegally Dumping Task Force, in 2009, which has brought awareness to the residents of Imperial County of the problems associated with illegally dumping. We now have enforcement provided by County Sheriff Department, Highway Patrol, and the LEA.
 In 2008, the Imperial County Board of Supervisors passed Ordinance #1436, Chapter 8.73 – Unlawful and Unauthorized Dumping of Solid Waste. 
 Illegal Dumping of tires is a serious threat to public Health and Safety. In the proximity of densely populated areas to residential homes, schools, and commercial locations our tire crew has come in contact with rattlesnakes, rodents, feral cats, rodents, bees, mosquitoes, spiders, bird droppings and dead animals.  Imperial County covers approximately 4,597 square miles of predominantly agricultural land with many schools in Imperial County are in remote areas where tires are frequently illegally dumped. San Pasqual Valley Unified School District is located 90 miles from a populated area. Pine Elementary School, Magnolia Union Elementary, Mulberry Elementary School District, Westside Elementary, McCabe/Corfman Union School District, and Meadows Union School Districts are schools in rural and agricultural areas in Imperial County. Threats can be found from field mice nesting in illegally dumped tires that may carry Hantavirus Pulmonary Syndrome (HPS), a respiratory disease caused by a virus known as Sin Nombre Virus, can produce a deadly infection in people-over 50% have been fatal.  The flu-like symptoms are very severe. The mice can carry the virus without any ill effects and distribute the virus in urine, feces and saliva. Humans become infected with the Hanta-virus when they inhale dust that has been contaminated with rodent fluids. Most people who have been infected with the virus have lived or worked in areas that are heavily exposed to rodent droppings. If someone becomes infected, signs of illness appear approximately two weeks after exposure, although the time frame can be from a few days to as long as six weeks.  The first signs of infection are fever, headache, abdominal pain, joint pain and back pain.  Then the lungs begin to fill with fluid and breathing becomes very difficult.  A high percentage of the patients die, but early treatment offers the best chance of survival.  Threats from pigeon droppings result from large populations of pigeons (aka Rock Dove) find illegally discarded tires a favorite roosting and nesting place.  These are typically near roadways that are less densely populated and illegally dumped tires are found.  Fungal diseases are transmitted to humans by contaminated soil and airborne fungus spores.  The diseases can cause high fever, blood abnormalities, pneumonia, lung infection, spread to the nervous system, and can even cause death if left untreated. The most common fungal diseases associated with bat and bird droppings are histoplasmosis and cryptococcosis. Histoplasmosis is caused by a fungus and the disease is transmitted to humans by airborne fungus spores in contaminated soil from pigeon droppings. The inactive and active pigeon roosts have been found to be heavily contaminated with fungus spores.  Infection occurs when air-borne spores are inhaled-especially when a roost has been disturbed.  Most infections are mild and produce no symptoms or a minor flu-like illness.  On occasion, the illness can cause high fever, blood abnormalities, pneumonia and even death.  Cryptococcosis is commonly found is soil that has been contaminated with decaying pigeon droppings.  The organism enters the individual by breathing in the form of dehydrated yeast or as spores. The illness begins with a lung infection and spreads to other areas of the body, particularly the central nervous system, and is usually fatal if not treated.  Pigeon droppings are believed to be the most common source of fungus cryptococcosis.  
 Water collecting in discarded tires, particularly along canal banks, makes them an ideal ground for disease-carrying mosquitoes. Encephalitis viruses can be contracted from mosquito bites.  The West Nile Virus is transmitted primarily by mosquitoes, although is really an infection that exists in birds, and the mosquitoes transmit the virus from bird to bird.  The West Nile Virus was found in mosquitoes collected in traps in August, 2003 near the Salton Sea in Imperial County (the first cases in Imperial Valley were diagnosed in Niland, an unincorporated area in Imperial County).  Illegal dumping of tires is common in rural, secluded, agricultural areas.  Pesticide residue has been found in tires. Exposure to pesticides can be from swallowing, breathing, skin contact, and eye contact. Open lesions or conditions of dermatitis and higher temperatures (typical of the low desert climate of Imperial Valley, enhance the absorption of pesticides. Physical injuries can also result from sharp or pointed objects becoming trapped inside discarded tires.  Tire collection crews have reported finding needles, broken glass, and dangerous objects.  Piles of illegally discarded tires that contain trash or dry brush are a potential fire hazard.  When tires burn, the toxic chemicals are released directly into the atmosphere. This can cause both short and long term health hazards to residents. Compounds from melted tires can also pollute soil, surface water, and ground water.  A tremendous health hazard is created when illegally discarded tires accumulate on roads that run through farmland, and the pile of tires is ignited.  Up to 17 heavy metals are found in tires and when these are released into the air, new and more toxic compounds are created.  These hazardous air pollutants are released into the air when tires burn openly can cause short and long term health hazards to residents and fire fighters. Possible ill-health effects from exposure to chemicals from burning tires can include irritation to the skin, eyes, and mucous membranes, respiratory effects, central nervous system depression, and cancer. Over 479,406 illegally dumped tires have been collected from Imperial County roadways and other public areas with grants from CalRecyle/CIWMB. IVRMA has exhibited wise and judicious use of Cal Recycle/CIWMB grant funds which will continue. IVRMA has developed significant experience and has managed to keep the cost of collection and recycling illegally disposed tires low.</x:t>
   </x:si>
   <x:si>
-    <x:t>Merced              </x:t>
-[...39 lines deleted...]
-Partner with the Cities of Palmdale and Lancaster on this regional application.</x:t>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arthur Boyd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Address has changed from P.O. Box 1127 to 190 Greenhorn Road Yreka, CA 96097 (CR 2/16/16) 
+Siskiyou County will hold eight tire amnesty events over a large, rural geographical area over the two year grant term.  During these events Siskiyou County hopes to collect at least 8000 tires to be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308763340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Paradise (Paradise) requests $35,000 to hold 2 waste tire collection events; one in 2015 and one in 2016, to provide needed disposal to Paradise and surrounding communities. The one day events will include the collection, removal, and transportation of waste tires. Remaining funds not exceeded at the events will be used to support a coupon program that will allow citizens to take waste tires to the transfer station on specified days. 
+Paradise’s population of approximately 26,000 (12% of the County total) represents the main business area located in the eastern foothills of Butte County. The surrounding area includes the unincorporated town of Magalia and outlying areas that are collectively referred to as the Upper Ridge and constitute an additional 18,000 residents (8.3% of the County total). 
+Contingent upon grant funding, Paradise in partnership with Northern Recycling and Waste Services  and the California Conservation Corps (Chico Branch) (see Attachment 1) proposes to hold one day events within the town limits to accommodate the entire underserved area of the Upper Ridge. Paradise believes that due to the large distances to travel (as shown in Attachment 2), residents in Paradise and the Upper Ridge are reluctant to utilize past County waste tire amnesty event locations, due to large travel distances. 
+By providing an annual “free” drop off event in our community, Paradise believes that 100% of the Upper Ridge will be served. These events will provide the public with a waste tire disposal outlet as well as educational information that gives people the information needed to promote environmentally safe behavior in regards to using and transporting waste tires. 
+This event will be held at Northern Recycling and Waste Services Recycling Yard, located at 920 American Way in Paradise. Event will take place on a Saturday in October/ November 2015 &amp; 2016 (pending award notification and schedule of waste tire hauler at that time), from 9 a.m. to 1 p.m. With an estimated cost of $2.00 per passenger and pickup tires (see Attachment 3). All tires will be recycled. We previous tire grant funding we have been successful at recycle waste tire and expect to expand our previous efforts, and collect approximately 10,000 to 15,000 tires over the next two years (past events have averaged 5,000 tire per event).
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Contaoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Management Department (WMD) conducts approximately 22 bulky item cleanups in a year and over the two year grant period we can have an estimated 44 cleanups.  For the past several years, the County has accepted tires at these cleanups as part of Tire Amnesty events.  
+Advertise bulky item community cleanups and Tire Amnesty events through flyers, town hall meetings and on WMD website.  
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jen Winfrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586942463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of San Diego is applying for funds to hold seven (7) public waste tire amnesty events in county unincorporated area communities of Alpine, Fallbrook, Lakeside, Ramona, Rancho San Diego/Spring Valley, Valley Center and one additional event and/or community to be determined. The County of San Diego is requesting $31,980 in grant funds from Cal Recycle to collect 6,500 waste tires at these events.  (Projected tire count based on the amount of tires collected at events over the previous five years.)  All tires collected will be sent to a recycling facility (currently our waste tire hauler has a contract with BAS Recycling).
+San Diego County will partner with community groups and organizations to conduct tire amnesty events in conjunction with community cleanups.  This will enable communities to collect abandoned tires from roadsides and other illegal dumping areas and not be charged for disposal or recycling fees.  These groups include Chambers of Commerce, service groups, and non-profit organizations. The County has been successfully partnering with organizations like these for tire events since 2004.
+Each amnesty event will be scheduled as a one day event to collect tires from residents.  Amnesty events in the unincorporated areas will be scheduled, whenever possible, to coincide with community cleanups and targeted to be accessible to a majority of County unincorporated area residents. In previous years, events have been held in the communities of Fallbrook, Ramona, Spring Valley, Lakeside, Alpine, and Valley Center.  These communities hold more than 60% of the unincorporated population.
+Since 2004 the County has hosted thirty-three (33) amnesty events and collected over 25,000 tires from the public.  In the past several years County Staff has worked diligently with community event organizers to combine tire amnesty events with community cleanups, providing residents and community activists a free disposal option.  
+To date, in 2014/2015 the County conducted five (5) amnesty events resulting in 4,210 tires being collected from the communities of Ramona, Spring Valley, Campo, Valley Center, and Lakeside.
+In 2013/2014 the County conducted two (2) amnesty collection events in the unincorporated communities of Alpine and Rancho San Diego/Spring Valley.  During these events 1,183 tires were collected.  
+In 2012/2013 the County conducted two (2) amnesty events resulting in 1,698 tires being collected from the communities of Ramona and Fallbrook.
+In 2011/2012 the County conducted two (2) amnesty events collecting 2129 tires in Alpine and Valley Center.  
+In 2010/2011 the County was awarded a waste tire cleanup and amnesty event grant from CalRecycle and conducted six (6) amnesty events collecting 4,966 tires in Fallbrook, Spring Valley, Lakeside, Ramona, Alpine and Valley Center.  
+In 2009/2010 the County was awarded a waste tire cleanup and amnesty event grant from the California Integrated Waste Management Board (CIWMB). The County conducted five (5) public amnesty events.  Altogether the events resulted in the collection of 5,119 tires. 
+In 2007/2008, the County was granted a CIWMB waste tire grant and worked collaboratively with regional Indian Tribes, local community organizations, and local residents to cleanup and recycle tires in the unincorporated communities of Lakeside, Ramona, Fallbrook, Campo, Jacumba, the County’s Tijuana River Park, and Pala, San Pasqual, and Campo Tribal Lands. The County overall conducted seven (7) public amnesty events that were carried out over a wide geographical area of the county in order to provide collection opportunities to as many County residents as possible. A total of 3,824 waste tires were collected with CIMWB grant funding.  
+In 2004/2005, with CIWMB grant funding the County conducted four (4) amnesty collection events in the unincorporated cities of Spring Valley, Ramona, Alpine, and Fallbrook.  During these events 4,498 tires were collected.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Elsinore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole McCalmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516743124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will undertake the following activities to provide for the safe collection and recycling of waste tires in the Lake Elsinore community:
+1. The City will hold four (4) community scrap tire collection events.  Two of the events will be held in conjunction with the City's community-wide cleanup events and two will be held as stand-alone tire collection events.
+2. The City will install a scrap tire collection roll-off box at the City Yard which will be available to residents for the free disposal of scrap tires anytime during the year.  This collection box will also be used for tires collected by City crews from areas where they had been illegally dumped in the City.
+3. The City will use a portion of the grant funds to cleanup approximately 100 large construction equipment tires that had been dumped into Lake Elsinore.  Due to the drought and the lowering lake level, these tires have been uncovered and are now located on dry land and are accessible to the City for cleanup.
+4. The City will provide education and outreach to the community to promote the tire collection opportunities made available through the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steve Rodowick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308795352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County will hold two tire amnesty events during this grant period.  We have historically collected between 70 to 90 tons of tires during each event.  We generally contract with Waste Recovery West who have either used the waste tire for co generation or grinding them for other beneficial uses.  (Rubberized surfaces, etc.)  In no event will these waste tires be landfilled.  We have historically held our cost-per-tire below $3.00.  Barring any significant increase in contracted hauling or labor, we should stay at or below the $3.00 per tire range.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Damien Frank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302836490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To hold recycle tire amnesty events throughout the County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen Regional Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Paula Wesch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302521273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Lassen Regional Solid Waste Management Authority plans to hold nine Tire Amnesty events over the course of this Tire Amnesty Grant.  Four of the events will be held at the main Landfill just outside of Susanville.  The other five events will be held at remote Transfer Stations - Bieber, Herlong, Spalding, Ravendale and Westwood.  Staff is estimating approximately 7700 tires to be collected from these nine events.  We expect the majority of tires will be recycled and used for alternative energy (cement plant).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Counties ESJPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mary Pitto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164474806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On behalf of Colusa, Inyo, Mariposa, Sierra, and Tuolumne Counties, the Rural Counties' Environmental Services Joint Powers Authority (ESJPA) will administer a regional tire amnesty grant.  These five Counties were participants in the TA1 grant.  Tire Amnesty Events with five jurisdictions will require careful monitoring of the grant budget but all participants will endeavor to maximize funds for tire collection.  Under the TA1 grant, Colusa County will be utilizing the Sacramento Local Conservation Corps and the ESJPA has had discussions with utilizing the Corps for the other grant jurisdictions.  The Sacramento Corps is the closest one to the Participating Counties and is interested in providing this service but is not prepared to commit resources to the extensive travel required to service these rural areas.  If arrangements can be established, the type and frequency of tire amnesty acceptance might need to be revised.  At this time, all five counties plan to hold events in the Fall of 2015 and Spring and Fall of 2016 and into 2017 provided funds are available.  Collections will typically be held at solid waste transfer stations.  Collection events may be conducted as one day events or continue for a period such as week or month long events.  The longer events are proving successful under the TA1 grant.  The numbers of tires estimated to be collected are 60.000 tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jim McHargue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092236429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Amador County Waste Tire Amnesty Collection and recycling events have been very successful in the past and there is a need to continue these events.  On a selected Saturday, county staff volunteer time to conduct the one-day event.  The county contracts with a certified waste tire hauler to deliver trailers the day prior to the event.  Usually hundreds of tires are collected, sometimes in excess of a thousand, from residents of the county.  No business or commercially-generated tires are accepted.  These events keep tires from being illegally dumped on the roadsides or in ditches or other waterways.</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity             </x:t>
   </x:si>
   <x:si>
     <x:t>Trinity County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Diane Rader</x:t>
   </x:si>
   <x:si>
     <x:t>5306231326</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary:
 Trinity County Solid Waste will hold four amnesty events to collect tires in the county, two events in the fall 2015 and two events in the spring of 2016.  They will be held on Saturdays for two consecutive weekends in October and March.  These events will be at Weaverville, Hayfork, Burnt Ranch and Ruth transfer stations.  Our goal is to collect 4300 tires during these events.  Solid Waste held an amnesty event in 2011 which brought in 4311 tires.
 The rural population of Trinity County is 13,448(2013). Weaverville has the largest population followed by Hayfork.   Trinity County Solid Waste services all areas of Trinity County with satellite transfer stations.  There are a number of residents that tend to hoard tires.  This becomes an issue with the mosquitoes hatching in water collected in the tires but moreover we have had several seasons where we have faced wild land fires and found abandoned tires in the forests which burned.  The drought continues this year 2015.  We hope to encourage our rural residents to take advantage of the tire amnesty event and clear their property of unused tires.  
 We are estimating 4300 tires for 2015 tire events staying close to the actual amount collected during the last event.  If we collect more tires this will be a bonus to remove the additional tires from the communities.
 We contacted Mr. Baldeo Sing, Director of Work Training Programs and Operations at the Sacramento Regional Conservation Corps.  We have verbal approval with Mr. Sing, to contract with the Conservation Corps.  to assist in the amnesty events at the cost of $16,587.00 matching funds.  This will allow our events to run smoothly with the help of stacking tires and directing traffic at the events.  They will supply a supervisor and four workers to work Weaverville and Hayfork transfer sites.  Burnt Ranch and Ruth are smaller communities which will bring in a smaller amount of tires than Weaverville and Hayfork.  
 Advertising will be conducted through our local newspapers, the Trinity Journal and the Advertiser with a circulation of 6,400 post office boxes weekly.   The Journal runs a weekly newspaper for Trinity County.  The ads will be an 18 inch with a yellow background, which will catch the eye of readers.   The ads will kick off the events in the fall and spring.  
 A mailable flyer will be delivered to the post offices for a blanket delivery to all post office and rural delivery boxes in the county, and the local elementary schools.  These flyers will provide the LEA form required for transportation of more than nine tires on the highways.  The flyers will need signatures of authorization before they can be used.   
 Solid Waste contracts with Waste Recovery West to remove the tires from our sites as well as transport to the recycling plants.  Our majority of tires are sent to a cement plant for fuels.  Our non –burnable tires are sent used for civil engineering products.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino County</x:t>
-[...59 lines deleted...]
-  <x:si>
     <x:t>Tehama              </x:t>
   </x:si>
   <x:si>
     <x:t>Tehama County Solid Waste Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Rachel Ross</x:t>
   </x:si>
   <x:si>
     <x:t>5305281103</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Tehama County Sanitary Landfill Agency (TCSLA) plans a total of eight collection events (four each year) with locations to be finalized upon receipt of a Notice to Proceed. 
 The Tehama County Sanitary Landfill Agency (TCSLA) proposes six passenger and light truck tire amnesty events to be scheduled for September 2015, January 2016, April 2016, September 2016, January 2017, and April 2017. These one day events will be held at various Tehama County locations. Previous one day waste tire amnesty events were held at the Tehama County/Red Bluff Landfill, at sites in the communities of Corning and Cottonwood, and at Tehama County Transfer Stations – Los Molinos, Rancho Tehama, Mineral, Paynes Creek and Manton. If the grant budget allows, passenger tires on-the-rim will be accepted at the April 2016 and April 2017 passenger tire collection events. 
 The TCSLA contracts with Waste Tire Products of Orland (WTP). WTP is a CalRecycle certified tire hauler and recycler and is responsible for staging, transport, and recycling of tires collected at these events. In most cases, 100% of the collected tires are recycled into new products or crumb rubber. WTP charges $3.00 per passenger tire. The TCSLA is billed after the tires are collected and returned to their facility for processing. (Please see uploaded document Waste Tire Quote for an estimate of costs from Waste Tire Products). To publicize the events, advertisements and press releases are submitted to local newspapers before each event. During the amnesty tire events, TCSLA staff maintains a participant sign-in sheet, which includes the number of tires reported to have been brought to the collection event. Waste Tire Products also tracks the number of tires received at the events. During the events, TCSLA staff also distributes educational materials, manages traffic, and collects data. 
 Tehama County is a rural county with over 1,000,000 harvested acres. Like many rural counties, Tehama County is also below the state average in per capita income. For this reason, the TCSLA feels strongly about the need to provide at least one annual tire event dedicated to the agricultural community, although this has an adverse affect on the overall cost per tire. 
 The TCSLA proposes to conduct a voucher redemption program for collection of agricultural and equipment tires. The agricultural tire event proposed will be held for a one month period in February 2016 and February 2017 to allow farmers and ranchers time to complete harvest, roundups, and other seasonal activities. The vouchers are good for the disposal of two agricultural tires and will be made available through the Agricultural Commissioner’s office, Tehama County/Red Bluff Landfill, Tehama County Farm Bureau, Red Bluff Bull Sale office, and at Corning City Hall. A limit of three vouchers, for a total of six tires per address is proposed for the agricultural tire collection event. Tractor, grader, backhoe, and farm tires will be collected. Earth-mover tires will not be accepted. The vouchers and tires are to be surrendered at the Tehama County/Red Bluff Landfill. At the end of the  month Waste Tire Products will collect the tires for processing. 
 Waste Tire Products charges by weight for agricultural tires. Their invoice is supported by surrendered vouchers and scale tickets from the Landfill. Agricultural Tire Collection costs are estimated to be $23.00 per tire.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Avneet Mahil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County Department of Environmental (DER) proposes to administer this grant funding for seven cities within the county to hold clean up events or to issue vouchers for the recycling of waste tires.  Total number of tire events for the grant term is 23.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Rosemary Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Ceres project involves the following:
+Hold at least two Tire Amnesty Events at the Bertolotti Transfer Station during the two year grant period. The estimated number of old tires to be collected during the drop-off events: 842.
+The waste tires will be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Jorgenson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098844056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: During the grant term, San Bernardino County Code Enforcement anticipates holding 15 Waste Tire Amnesty Events, either as stand-alone tire collection events or in conjunction with traditional Community Cleanup events.  It is expected that approximately 10,000 tires would be collected over the course of two years.  All tires collected would be recycled - either utilized as fuel for a local cement production plant, or deposited with a regional permitted Major Waste Tire Collection facility for redistribution to various local manufacturing facilities.  We look forward to partnering with the Urban Conservation Corps of the Inland Empire to assist with event staffing and to provide educational outreach to event attendees.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Salinas Valley is a rural agricultural valley in Monterey County with five major cities: Gonzales, Greenfield, King City, Salinas, and Soledad.  The Salinas Valley Solid Waste Authority (Authority) is a Joint Powers Authority representing the five cities and the unincorporated area of eastern Monterey County.  The Authority's mission is to manage Salinas Valley solid waste as a resource, promoting sustainable, environmentally sound and cost effective practices through an integrated system of waste reduction, reuse, recycling, innovative technology, customer service and education. Procuring Waste Tire Amnesty Grant funding is consistent with the Authority’s mission, vision, values and diversion goals.
+In the Authority's jurisdiction, fees for tire disposal range from $2.00 per auto/light duty tires up to $150.00 per equipment tires.  The tire amnesty program serves two important purposes:  1) to continue to offer the public the opportunity to legally dispose of tires at no cost, thus reducing instances of illegal dumping, improper storage and potential public health issues and; 2) to utilize the events as an educational opportunity to promote the proper disposal/recycling of waste tires.  
+If funded, residents in the Authority’s jurisdiction will be informed through flyers, print ads, radio, email blasts, website information, and/or garbage and recycling bill inserts/newsletters about the opportunity to take their tires to one of the Authority's three sites (1 landfill and 2 transfer stations) for free disposal.  
+The Authority has a history of holding successful tire amnesty events with the assistance of waste tire amnesty grant funds.  Since 2000, the Authority has held 11 very successful tire amnesty events as the result of previous Waste Tire Amnesty Grants. During these past events, the Authority collected and recycled a total of 214,449 tires at a total cost of $299,966, or $1.40 per tire. It is our intent to conduct four similar events over the 2-year grant term with FY15-16 funds, in hopes of collecting and recycling 36,000 tires at a cost of $1.46 per tire.
+These events continue to be a very important resource and outlet for proper waste tire disposal in the Salinas Valley. By capitalizing on the successful aspects of previous events, and expanding those successes, the Authority has had the ability to significantly reduce the amount of waste tires that may have otherwise been illegally dumped, improperly stored or buried in the landfill. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Corey Collins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In order to reduce illegal dumping and stockpiling of tires, we propose to accept up to four (4) passenger tires at County Solid Waste facilities at no charge for residents of the County.  Ads will be placed with local publications and other mediums.  Instead of cutting out the ad, customers will only be required to tell the cashiers where they saw it.  Along with ads, a paper coupon will be made available on the County's web site and distributed at outreach events and other locations.  The County will also provide tire recycling for local community cleanup events, such as Coastal Cleanup Day.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yurok Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Koiya  Tuttle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074821822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Yurok Tribe Environmental Program (YTEP) - Pollution Prevention Division is requesting $21,000 for the implementation of a tire amnesty and disposal assistance program to be put in place on the Yurok Indian Reservation over the course of the 2 year grant period.  An estimated of 3000 tires will be removed over the course of the two year period. Previous collection efforts have averaged approximately 1000 tires per year. YTEP Pollution Prevention Division  is a comprehensive solid waste management and remediation program, protecting tribal resources within the Lower Klamath watershed. YTEP is continually conducting cleanups of illegally dumped refuse , in which tires are commonly found. YTEP will increase outreach and education efforts in support of the tire amnesty events. YTEP is proposing 2 annual amnesty events to be held at the Weitchpec Transfer station within the Yurok  Indian Reservation. YTEP is also seeking funding assistance for the hauling and disposal fees of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County staff proposes to host 11 Tire Amnesty events for the TA3 grant performance period.  Events will be held at the various Road Maintenance Yards throughout the County.  Residents are invited to the events via a Tire Amnesty mailer that emphasizes the event’s importance in preventing illegal tire disposal.  Additionally, staff distributes various educational/outreach materials oriented toward automotive care (proper tire care, used oil/filter recycling, etc.).  Staff will coordinate with Fresno County Sheriff’s Office Jail Operations staff to provide inmate labor for purposes of loading tires into trailers.  Fresno County contracts with Golden By-Products, Inc., a state permitted tire hauler and recycler, to transport tires to its recycling facility located in Ballico, CA.  Waste tires are ground and shredded for purposes of creating feed stock and crumb rubber for use in producing recycled rubber products such as landscape bark and rubber floor mats.
+County staff is requesting $40,000.00 in grant funding to offset the costs of hosting the Tire Amnesty events.  It is anticipated that staff will meet the $5.00 per tire cost parameter established by CalRecycle Administration, by collecting a minimum of 8,000 tires.  The County currently pays $1,350.00 per trailer for waste tire hauling services provided by Golden By-Products.  Staff plans to utilize approximately 22 trailers during the grant performance period.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Collette Streight</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County, through its Department of Resource Management (Department), as lead agency in a regional application with the Cities of Anderson and Shasta Lake, proposes to hold approximately 3 waste tire amnesty events over the 2 year grant period.  The events will be held at several locations, such as Fairgrounds, County facilities, or community group property.  The Department may set a maximum number of tires on rims to accept from participants or not allow rims; however participants that have brought rims or exceeded the limit have not been turned away.  
+Based on weights of tires collected at amnesty events from TCA6, TCA8, and a portion of the current TA1 grant cycles, an estimated 28,581 Passenger Tire Equivalents (PTE’s) will be collected, at a cost of $3.50 per tire (see Cost Per Tire Calculation Sheet).  If adequate funding remains, additional events will be held.  Sites listed are possible locations, and additional or fewer sites may be used depending on amnesty event outcomes. 
+It should be noted that there is no option for Shasta County to partner with a Local Conservation Corps (LCC).  In fact, there is no LCC that serves Shasta County, or any other County in the North State area.  The nearest LCC is the Sacramento Regional Conservation Corps, which currently serves Sacramento, Yolo, El Dorado, Placer and eastern Solano counties.  Therefore, although our cost per tire is less than $5.00, Shasta County is unfortunately not able to meet the Rank 1 Criteria, and does not even have an option to do so.  Instead, the County will work with its current licensed waste tire hauler, Waste Recovery West, to host the events and load/transport waste tires to an approved recycling and/or disposal facility(s).  Tires collected will be transported to Waste Recovery West’s facilities, and be recycled into crumb rubber or burned for fuel.  The County may be required to update sections of the existing contract with Waste Recovery West for services under the grant term.
+Tasks include grant management and project oversight, publicity and education, pre-amnesty day event preparation, and amnesty day event staffing, and amnesty day tire management (see Work Plan).  The Department has planned a comprehensive advertising and educational plan, which includes budgeting for publicity/advertising for the events.  The events may be advertised utilizing a combination of local newspapers, press releases, and be included in the quarterly “Trash Talk” newsletter and/or customer bills distributed by franchise haulers.  In addition, the Department coordinates with a number of cities, departments, and community organizations to ensure the events are well advertised.  Department staff will also order and distribute educational brochures addressing tire care and disposal options on-site at the amnesty events, and within communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Robert Carlson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074689710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Mendocino Solid Waste Management Authority proposes to repeat the successful program of tire amnesty collection that has been funded for many years under this grant program.
+Our system for the tire amnesty is to provide free collection at the transfer stations in Willits, South Coast and Caspar. We also utilize this property for the grant in the Ukiah area. Event planning, publicity and tire loading are provided by the Authority’s personnel. Tire disposal/recycling is provided by Waste Recovery West which has identified a cement kiln in Redding, California as the destination and end use.
+Based on past experience, we anticipate collecting approximately 12,000 tires per year.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 36</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -810,51 +810,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b4b8d132034d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7d66c1e94ca4c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R79aafead5e3f452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21010ec0bd6a4843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R20cc1ef9c7ff4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf49171e4efe5450b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -902,900 +902,900 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="1000.4032592773438" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>28850</x:v>
+        <x:v>87716</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1701.86474609375" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>22117</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+    <x:row ht="1138.3936767578125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.494384765625" customHeight="1" collapsed="0">
+    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>4000</x:v>
+        <x:v>18471</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.001708984375" customHeight="1" collapsed="0">
+    <x:row ht="1552.365234375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>68930</x:v>
+        <x:v>22230</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+    <x:row ht="1701.86474609375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>22117</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1207.38916015625" customHeight="1" collapsed="0">
+    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="1437.36376953125" customHeight="1" collapsed="0">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>33831</x:v>
+        <x:v>6420</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-    <x:row ht="988.9228515625" customHeight="1" collapsed="0">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1563.873046875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>35000</x:v>
+        <x:v>14410</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>28517</x:v>
+        <x:v>74821</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="1046.40869140625" customHeight="1" collapsed="0">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>18471</x:v>
+        <x:v>68930</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.39453125" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="1563.8740234375" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1816.8388671875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>14410</x:v>
+        <x:v>49534</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1437.3623046875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>95000</x:v>
+        <x:v>33831</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="1552.3642578125" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="7957.3330078125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>22230</x:v>
+        <x:v>41151</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="2046.8134765625" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.98046875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>35000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.4853515625" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2046.8125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>22771</x:v>
+        <x:v>35000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="1816.83984375" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.966796875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>49534</x:v>
+        <x:v>38665</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3645.18359375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>38665</x:v>
+        <x:v>31980</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="2150.3046875" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="988.923828125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>52535</x:v>
+        <x:v>35000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row ht="3645.185546875" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>31980</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.96484375" customHeight="1" collapsed="0">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.486328125" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>72701</x:v>
+        <x:v>22771</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.984375" customHeight="1" collapsed="0">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>28517</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.97265625" customHeight="1" collapsed="0">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1172.890625" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>58420</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-    <x:row ht="1172.890625" customHeight="1" collapsed="0">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.95703125" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>28850</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>128</x:v>
-[...2 lines deleted...]
-    <x:row ht="873.921875" customHeight="1" collapsed="0">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2437.796875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>21000</x:v>
+        <x:v>29915</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-    <x:row ht="7957.33203125" customHeight="1" collapsed="0">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3070.23046875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>41151</x:v>
+        <x:v>86520</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-    <x:row ht="91.984375" customHeight="1" collapsed="0">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.9765625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>74821</x:v>
+        <x:v>58420</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+    <x:row ht="218.4921875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B34" s="8" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>4000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F34" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F34" s="8" t="s">
+      <x:c r="G34" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H34" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="G34" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H34" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+      <x:c r="A35" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B35" s="8" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>39990</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="F35" s="8" t="s">
+      <x:c r="G35" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="G35" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H35" s="8" t="s">
+    </x:row>
+    <x:row ht="2150.30859375" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A36" s="8" t="s">
+      <x:c r="B36" s="8" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>29915</x:v>
+        <x:v>52535</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="F36" s="8" t="s">
+      <x:c r="G36" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="G36" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H36" s="8" t="s">
+    </x:row>
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>39990</x:v>
+        <x:v>72701</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.94140625" customHeight="1" collapsed="0">
+    <x:row ht="873.91796875" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>6420</x:v>
+        <x:v>21000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>167</x:v>
-[...2 lines deleted...]
-    <x:row ht="2472.296875" customHeight="1" collapsed="0">
+        <x:v>168</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1207.390625" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
+    <x:row ht="2472.2890625" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>87716</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="3070.234375" customHeight="1" collapsed="0">
+    <x:row ht="609.453125" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>86520</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A42" s="10" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B42" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C42" s="10"/>
       <x:c r="D42" s="11" t="n">
         <x:v>1720495</x:v>
       </x:c>
@@ -1837,29 +1837,29 @@
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 2:01 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 23, 2026 12:00 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>