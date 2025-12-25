--- v0 (2025-12-24)
+++ v1 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea1b7f03a1e494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e6395cb15d440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd5965a92c6944c8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Race3e84c8c0843bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2015-16 Rubberized Pavement Grant Program (TRP6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -830,51 +830,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76586c8d618946de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd5965a92c6944c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R63ab621b5b9349ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc41f39ca704392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Race3e84c8c0843bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R00869f90344d4e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2032,29 +2032,29 @@
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:09 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>