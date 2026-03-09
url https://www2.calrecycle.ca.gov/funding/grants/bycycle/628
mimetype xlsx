--- v1 (2025-12-25)
+++ v2 (2026-03-09)
@@ -1,701 +1,701 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e6395cb15d440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4460ef0f59fb4a59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Race3e84c8c0843bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6e5675fdaaa94e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2015-16 Rubberized Pavement Grant Program (TRP6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...8 lines deleted...]
-    <x:t>5308726291</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis Celaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City purposes to utilize 3,610 tons of Rubberized Asphalt concrete as part of its annual street resurfacing program.  Project will cover FY 2015-16 and 2016-17.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lori Medeiros</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257797050</x:t>
   </x:si>
   <x:si>
     <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
-    <x:t>The Town of Paradise is proposing a road rehabilitation project along Pearson Road between Clark Road and Pentz Road. This project will combine a rubberized hot mix asphalt overlay with a SAMI-R chip seal. SAMI-R is a rubber stress absorbing membrane interlayer that is overlaid the existing roadway, underneath the proposed rubberized hot mix asphalt overlay. The proposed project includes 3,690 tons of RHMA and 44,288 square yards of chip seal. The project is estimated to start construction in early spring 2016.</x:t>
+    <x:t>Rubberized Cape Seal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Baldwin Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Gutierrez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269604011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Street Rehabilitation Project- 2" Grind and pave of various Arterial and Collector Streets Citywide.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calabasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Tatiana Holden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182241674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Road Resurfacing for various roads within the jurisdiction of the City of Calabasas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cathedral City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bill Simons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607700360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects will provide rubberized asphalt pavement for two miles of Vista Chino, a four lane arterial roadway in Cathedral City. Vista Chino is a primary economic and life line corridor through the Coachella Valley.  The corridor is relied on by the public and others for commerce, residential, regional circulation and other uses.  Vista Chino connects the City of Cathedral City with the City of Palm Springs, the County of Riverside and State Route 111. Vista Chino is a main connector route between Cathedral City and Palm Springs and for the Cathedral City emergency response at Fire Station 413.  The Corridor would serve as a primary alternate route to I-10 in the event of a major closure between the Indian Avenue Interchange and the Date Palm Drive interchange. Initial studies have been completed to identify the needs and constraints in the corridor.  The purpose is to fully develop the usefulness of the corridor for economic, transportation and pedestrian circulation as a focused service, shopping, and commercial mixed use destination corridor.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maryam Babaki</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3237224805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Provide Rubberized Asphalt Concrete (RAC) to approximately two (2)  million square feet of pavement as part of the City's Annual Street Pavement Rehabilitation Program.  The project will feature approximately 23,705.88 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project also include upgrades to ADA compliant curb ramps, as needed.  The project is scheduled to begin design in Summer of 2016, with construction tentatively scheduled for Spring 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Mario Camorongan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concord Various Street, Project No. 2292, will rehabilitate asphalt pavement by grinding and replacing the top 2.5 inches of asphalt concrete from gutter lip to gutter lip. The project will replace the standard asphalt concrete with a rubberized hot mix asphalt to provide additional structural support and address the pavement distress.  The above work will occur on two main Concord arterial streets: Concord Boulevard (from Sixth Street to Port Chicago Highway); and Arnold Industrial Way (from Port Chicago Highway to Pike Lane). Construction is proposed to begin in April, 2016. Project will use an estimated 700 tons of RAC Hot-mix material on Arnold Industrial Way and an estimated 1,200 tons of RAC Hot-Mix material on Concord Blvd.
+FY14-15 Pavement Rehabilitation, Project No. 2331, will construct pavement rehabilitation improvements on Salvio Street from Port Chicago Hwy to Parkside Drive. Construction is proposed to begin in April, 2016. This project will use an estimated 1,100 tons of RAC Hot-Mix material.
+Pavement Rehabilitation #1, Project No. 2359, will consist of pavement rehabilitation improvements on Hillsborough Drive from Labrador Street to St. George Drive and along E. Olivera Road from Port Chicago Highway to Wexford Drive.  The project will also include pot-hole/base repairs along E. Olivera Road from Wexford Drive to Willow Pass Road. Construction is proposed to begin in June, 2016. This project will use an estimated 1,800 tons of RAC Hot-Mix material on Hillsborough Dr. and an estimated 1,100 tons of RAC Hot-Mix material on East Olivera Rd.
+Pavement Rehabilitation #2, Project No. 2361, will consist of pavement rehabilitation improvements on Solano Way from Broadmoor Avenue to the City Limit, Wren Avenue from Farm Bureau Road to Clayton Way, and Sixth Street from Clayton Road to Willow Pass Road. Construction is proposed to begin in June, 2016. This project will use an estimated 3,000 tons of RAC Hot-Mix material on Solano Way, and estimated 700 tons of RAC Hot-Mix material on Wren Avenue, and an estimated 2,000 tons of RAC Hot-Mix material on Sixth Street.
+Pavement Rehabilitation #3, Project No. 2362, will consist of pavement rehabilitation improvements on Walters Way from Detroit Avenue to Monument Boulevard, and at the intersection of Monument Blvd/Detroit Ave. Construction is proposed to begin in June, 2016. This project will use an estimated 700 tons of RAC Hot-Mix material.
+In Pavement Rehabilitation Projects (Project Nos. 2331, 2359, 2361, &amp; 2362) the term “Pavement Rehabilitation” is in reference to full street width improvements-curb to curb.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Gilbertson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263845491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The purpose of the proposed project is the rehabilitation of Grand Avenue from San Bernardino Road to Arrow Highway within the City of Covina, County of Los Angeles, California.  The overall length is approximately 5,385 linear feet (1.02 miles) and will use approximately 4,255 tons of RAC with the binder material to contain a minimum of 300 pounds (equivalent to 15% by weight) of tire-derived crumb rubber per ton of rubberized binder.  An average depth of two (2) inches is expected to be constructed using this material during the early summer of 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diana Szymanski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102535623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Project will reconstruct asphalt paving and construct an aspahlt overlay on streets throughout the City of Culver City using Rubberized Aspahlt Concrete (RAC). The Project is estimated to use 18,388 tons of RAC. The Project will be constructed in three phases, with an anticipated construction start date of April 2016 for Phase I, April 2017 for Phase II and October 2017 for Phase III.
+The Project includes various roadway segments throughout the City, as described in the Project Summary &amp; Calculation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Del Mar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Minicilli</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587553294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project consists of arterial roadway improvements, totaling 8,836 tons of Rubberized Asphalt Concrete hot-mix composed of tire-derived crumb rubber additives and 72,620 square yards of Rubberized Chip Seal, to be constructed in years 2016 and 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elaine Jeng</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265802055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Monte is applying for funds via the CalRecycle Rubberized Pavement Grant Program for the rehabilitation of Lexington Avenue (between Brockway Street and Ramona Boulevard), Washington Avenue (between Brockway Street and Ramona Boulevard), Granada Avenue (between Valley Mall and Owens Way), California Avenue (between Ramona Boulevard and Mildred Street) and Nevada Avenue (between Ramona Boulevard and Elliot Avenue).
+El Monte has currently completed its 5-year Pavement Management Program that identifies Lexington, Granada, Washington, Nevada and California Avenues for fiscal year 2016-17 resurfacing projects.  The City is planning to design, resurface and complete the five corridor resurfacing projects by June 2017.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
-  </x:si>
-[...206 lines deleted...]
-     This project will extend the pavement life and provide comprehensive street improvements where they are most needed throughout our City.  These streets consist of our main corridors and are highly visible and highly traversed.  Additionally, these streets consist of school zones, which provide the next generation a tangible example of recycling in our community.  Our City is significantly residential so the quieter and smoother roadway advantages of rubberized asphalt are also ideal.  This project uses 16,931 tons of RAC hot-mix material and 42,807 square yards of rubberized chip-seal material.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Fontana</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Keith Kramer</x:t>
   </x:si>
   <x:si>
     <x:t>9093506644</x:t>
   </x:si>
   <x:si>
     <x:t>As part of the City Annual Pavement Rehabilitation Program, the scope of this project is to remove and replace 2" of existing asphalt with Rubberized Asphalt Concrete (RAC hot-mix). 
 A primary goal of the grant is to promote markets for RAC hot-mix products utilizing crumb rubber derived from only California-generated waste tires that may be diverted from landfills. 
 For first time participation in this grant program, the grantee will be reimbursed at the rate of $10 per ton, up to 25,000 tons. This project is planned to use approximately 25,000 tons of Rubberized Asphalt Concrete (RAC hot-mix).
 Candidate Street Segments are:
 Baseline Avenue; East Avenue, to Cherry Avenue - 9,000 tons
 Sierra Avenue; Valley Boulevard to Slover Avenue - 3,600 tons 
 Sierra Avenue; Slover Avenue to Jurupa Avenue - 6,700 tons, 
 Slover Avenue; 750 feet, w/o Sierra Avenue to Tamarind Avenue - 5,700 tons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to pave three separate street segments in the City. The first segment will be on Knott Street, from Garden Grove Boulevard to Lampson Avenue (3,500 tons). The second segment will be on Magnolia Street, from Trask Avenue to Garden Grove Boulevard (3,500 tons), and the third segment will be on Westminster Avenue, from Bowen Street to Euclid Street (3,800 tons).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jose Castaneda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.5 inch overlay of McCabe Road from Dogwood Rd to Pitzer Rd using an estimated amount of 3,550 tons of RAC Hot-Mix material.  Proposed construction is expected to start in March of 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Elsinore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole McCalmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516743124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will be for the Collier Avenue Overlay Project from Nichols Rd to Riverside Drive.  This pavement project will utilize 5,528 tons of 2.5" ARHM for the overlay.  The approximate length is 6,100. The proposed start date is September 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lathrop</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael King</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099417454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lathrop is proposing to use funds from the Rubberized Pavement Grant Program for the following projects:
+FY 2015/16
+- 2016 Citywide Pavement Project (various roadway segments)
+- Lathrop Road Widening Project
+FY 2016/17
+- 2017 Citywide Pavement Project (various streets), 
+Collectively these projects will use 6,366 tons of rubberized HMA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pamela Newman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will apply rubberized chip-seal throughout the City. The project is scheduled to begin in the late spring through fall of 2016, weather permitting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gary Kellison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asphalt overlay of streets in Oceanside and Vista using asphalt tire rubber.  More specifically, the participating agencies' contractor will use MAC-15TR as an overlay course two to four inches in thickness (exact depth varies by street) on existing asphalt with prepared with asphalt grinding and removal of unsuitable base layers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palos Verdes Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Rukavina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103780383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Each year the City of Palos Verdes Estates budgets for street construction and maintenance and slurry seal in order to rehabilitate and seal the existing roadway pavement. The purpose of this work is to prevent any further deterioration of the roadway by restoring the road to its original condition. The amount of proposed hot mix is 5,623 tons and the expected construction start date will be in the month of February, 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marc Mattox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308726291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Paradise is proposing a road rehabilitation project along Pearson Road between Clark Road and Pentz Road. This project will combine a rubberized hot mix asphalt overlay with a SAMI-R chip seal. SAMI-R is a rubber stress absorbing membrane interlayer that is overlaid the existing roadway, underneath the proposed rubberized hot mix asphalt overlay. The proposed project includes 3,690 tons of RHMA and 44,288 square yards of chip seal. The project is estimated to start construction in early spring 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The awarded funds will be used to continue the City's rubberized asphalt resurfacing program, which has produced good results and contributed to the City's sustainable focus in previous years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residential Resurfacing Program - Phase "G" entails the resurfacing of approximately 100 streets/segments citywide per our latest Pavement Management System (PMS) Report.  The proposed construction date would be at the beginning of next Fiscal Year, July 2016.  300,000 sq. yards of chip seal materials anticipated to be used.  Per US Census Bureau City's median household income is $57,550.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Romeo David</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094772740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized Pavement Projects on Major Arterial and Secondary Street thru out the City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tawfic Halaby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106211612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Richmond has a median household income that is less than 80% of the statewide median household income.
+The project proposes to install rubberized asphalt hot mix on portions of several streets in the City of Richmond, namely, 22nd Street, Barrett Avenue, Macdonald Avenue, and Ohio Avenue.
+The paving is anticipated to occur in the spring of 2016, after April 1, 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Edward Lara</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9518265341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Riverside is proposing pavement maintenance projects (during the 2016/2017 and 2017/2018 fiscal years) on both arterial and minor streets throughout the city. For arterial streets, the City will use gas tax funds in conjunction with the grant to re-pave streets using 17,000 Tons of Asphalt Rubber Hot Mix (ARHM) that will match the RAC specifications of CalRecycle. For minor streets, the City will use gas tax funds in conjunction with the grant to re-pave 160,000 Square Yards of streets using an Asphalt Rubber Aggregate Membrane (ARAM) that will match the chip seal specifications of CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rolling Hills Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Joe Bellomo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052796856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Resurfacing projects on arterial and residential streets with a cumulative RAC ton of approximately 8,312 tons.  These projects are scheduled over three fiscal years, with the first project commencing upon receipt of an NTP from CalRecycle and the final project completed prior to April 1, 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Arebalo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586943889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of resurfacing X miles of roadways with over XX,XXX tons of rubberized asphalt concrete pavement throughout San Diego County unincorporated areas.  The binder material will contain at least 300 pounds of tire-derived crumb rubber, generated from California waste tires only, per ton of rubberized binder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Dimas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Krishna Patel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093946240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funding from this grant will be used to supplement our budgeted funds and contributions from the County in STPL monies for streets we share jurisdictionally.  The project scope is to cap key segments of the following streets with a 2 inch overlay of rubberized hot-mix pavement: Badillo Street, Covina Hills Road, Via Verde, Cienega Avenue, San Dimas Avenue, Puente Street and Bonita Avenue in the downtown corridor.  Additionally, the project includes a chip-seal overlay for portions of Allen Avenue, Walnut Avenue, and Payson Street.  These streets, as part of our “super projects” street rehabilitation and reconstruction, are programmed to be completed in next three fiscal cycles (FY 15-16, FY 16-17, and FY 17-18).  
+     This project will extend the pavement life and provide comprehensive street improvements where they are most needed throughout our City.  These streets consist of our main corridors and are highly visible and highly traversed.  Additionally, these streets consist of school zones, which provide the next generation a tangible example of recycling in our community.  Our City is significantly residential so the quieter and smoother roadway advantages of rubberized asphalt are also ideal.  This project uses 16,931 tons of RAC hot-mix material and 42,807 square yards of rubberized chip-seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Fernando</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nick Kimball</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8188981201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Fernando is applying for funds via the CalRecycle Rubberized Pavement Grant Program for the rehabilitation of Glenoaks Boulevard (from City limits to City limits), one of the City's major thoroughfares.  The quality of the existing asphalt is substandard along this 6,748-foot stretch of the 80-foot wide thoroughfare, causing unnecessary wear and tear on vehicles and making travel for bicyclists and pedestrians difficult and dangerous.  The proposed improvements entail the installation of 9,784.60 tons of asphalt-rubber/field blend (hot-mix) along the project area, as identified in the Project Summary and Calculation.
+This CalRecycle grant is very timely, in that Glenoaks Boulevard is currently slated for resurfacing in FY 2016/2017.  Design engineering is expected to begin in July 2016, with completion in November 2016.  Construction is expected to begin in March 2017, with the project completed in June 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Final wearing course materials used will be rubberized hot mix asphalt-gap graded (wet process).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Leandro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Kyle Lei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105773302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If received, this grant will be used towards the City of San Leandro's Annual Street Sealing program to be constructed during the summers of 2016 and 2017.  The 2016 program will apply an estimated 62,015 square yards of field blend asphalt rubber chip seal, and the 2017 is estimated to include 102,430 square yards of field blend asphalt rubber chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Marino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dean Werner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263000793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Marino would like to apply for the following projects:
+Street Name                                                              Estimated Tonnage
+Winston Ave. (Robles Ave. to North City Limits)            1,600
+Huntington Dr. (Winston Ave. to Virginia Rd.)               5,500
+El Molino Ave. (Huntington Dr. to Northerly Limits)       1,600
+Stratford Rd. (Oxford to San Marino Ave.)                      100
+Virginia Rd. (Circle Dr. to Oak Grove Ave.)                   1,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Gate</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Ferrer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235639579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>As part of the City of South Gate's Street Rehabilitation Program, the City will implement 75,000 sq., yd., of street rehabilitation projects were crumb rubber will be used to rehabilitated the streets located in Neighborhoods 10 and 12 (Map Attached), also known as: (10) Home Gardens West and (12) Magnolia Park.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Thousand Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mike Tohidian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054492516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Thousand Oaks' Fiscal Year 2016 Pavement Rehabilitation and Resurfacing Program includes overlaying residential and arterial streets throughout the City with Asphalt Rubber Hot Mix (ARHM), Thin Maintenance Overlay (TMO), micro-surfacing, and slurry seal.  The annual pavement program preserves street pavement in “good” working condition, and rehabilitates street surfaces that are in need of repair.  The program protects street surfaces by adding useful life to the pavement, and in turn provides economic and environmental benefits.   
+Prolonging the life expectancy of existing pavement conditions (by implementing lower-cost maintenance strategies) reduces the frequency and need for future high-cost pavement removal and replacement.  The City will benefit financially from prolonging pavement usage, because the need for larger scale (pavement removal and replacement) projects is reduced.  Another benefit to reducing the number of pavement removal/replacement and overlay projects is less impact to the environment on local, regional and global scales.    
+The locations that will receive maintenance during this cycle were prioritized in accordance with the City’s Pavement Management Program (PMP), and are based on existing street pavement condition indexes, average daily traffic counts, loads, resident requests, and geographical equity on residential and arterial streets.  
+The two-inch thick ARHM overlay will be placed over 1.53 road miles on arterial streets at various locations in the City, and the TMO is a cost-saving treatment the City will be using for the first time on 5.4 miles of residential streets.  The TMO is a relatively new asphalt product that has shown (in nearby cities) to preserve and prolong pavement life, and is less expensive than a two-inch thick overlay.  It will be used on streets with minor stresses caused by environment and conditions that do not currently require a full overlay.  TMO is similar to ARHM, with smaller aggregate rock (3/8-inch), higher binder content, and placed 0.1-ft thick.
+The City needs approximately $12.9 million in funding to maintain all streets scheduled in the 2016 Pavement Maintenance Program.  This includes $8.2 million for ARHM overlay and TMO, and $4.7 million for micro-surfacing and slurry seal.  The City budget for the 2016 Program is $4.1 million, including $3.4 million from Gas Tax funding and $650,000 from a Federal Grant (STP).  The City budget is short $8.4 million.
+The City’s FY 2016 program total project costs are $4.4 million, including $2.5 million for pavement overlay and TMO, and $1.9 million for micro-surfacing and slurry.  The City’s budget is $4.1 million, funded with $3.4 million from Gas Tax funding, and an expected $650,000 Federal grant.  The City is requesting $156,320 for reimbursement of 15,632 tons of ARHM to help offset costs.  
+Construction is expected to start in July, 2016, with completion during Fall 2016.  All work related to this grant will be complete prior to April 1, 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Upland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Critchfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092912946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Upland proposes to construct approximately 12,300 tons of hot mix rubberized asphalt concrete to rehabilitate both collector and arterial roadways utilized by the motoring public.  Rubberized asphalt has been used successfully by the City on past roadway rehabilitation projects and is a proven material to help mitigate reflective cracking.  Construction on these important roadway projects will begin in the Summer of 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Fleisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application is a request for recycled pavement grant funds in the amount of $114,037 to pave fifteen (15) roadways throughout the unincorporated areas of Ventura County with rubberized asphalt concrete.  This request is based on a thickness of 1.5 inches of rubberized asphalt concrete material consisting of no less than 300 pounds (15%) of crumb rubber per ton of rubberized binder.  If approved, these grant funds will allow the county to pave 14 road miles of county-maintained roadways and 23.5-foot weighted width with 16,291 tons of rubberized asphalt concrete. 
+Advertising for the project would not commence until the county receives the Notice to Proceed (NTP).  The Grant Term would begin sometime between February and May 2016.  When the PWATD receives the NTP, then the paving would occur.  A progress report is due by April 2017.  All paving and the final report and payment request are due no later than April 2018.  The PWATD window for paving would begin sometime between February and May 2016 and end around November 2017 to allow six (6) months to finalize the final report and progress payment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yuba City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manu Dhaliwal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308227685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yuba City
+2017 Pavement Rehabilitation Project
+The project involves the use of Rubberized Chip Seal for the maintenance and rehabilitation of East Onstott Road, Pease Road, Railroad Avenue, El Margarita Road, Hooper Road, and Poole Boulevard. Project construction is anticipated early summer 2017. The project aims to rehabilitate over 70,000 square yards of roadway in Yuba City using recycled crumb rubber materials.
+The City anticipates approximately 160 tons of rubberized binder being used in this project for an estimated 51,520 pounds of crumb rubber used and a total of 4,300 passenger tire equivalent waste tires diverted from the waste stream.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Kabalin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oakley is requesting funds to complete RAC projects at 15 sites throughout the city. The total tonnage is 3,955 tons of rubberized product, with 3 sites using a terminal blend product. The total street surface being resurfaced is 11,594 feet total. The City does have a EPPP policy in place and has successfully applied for one prior CalRecycle Rubberized Pavement grant award. The estimated date to begin construction on the project is May 2016 with an estimated completion date of July 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cupertino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Roger Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087773354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project requests funds to apply 50,800 square yards of rubberized chip seal and 12,547 tons of RHMA overlay.  Work will occur in the Summer/Fall 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shaun Pelletier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project #1 - Pacific Park Drive Rehabilitation (Chase to 73 Freeway)
+Project #2 - Aliso Viejo Parkway Rehabilitation (Cedarbrook to Moulton Parkway)
+The projects consists of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Jurupa Valley</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Gary Thompson</x:t>
   </x:si>
   <x:si>
     <x:t>9513326464</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City has identified three projects for funding under this grant cycle:
 VAN BUREN BOULEVARD PAVEMENT REHABILITATION PROJECT (PHASE 1A): Van Buren Boulevard from Limonite Avenue to 56th Street, is a 4 lane divided roadway (expressway classification). The proposed $800,000 project covers a 3/4 mile segment and involves rehabilitation of existing AC pavement, including grinding existing AC pavement, removal or grinding of additional AC pavement in failed areas, removal of pavement fabric, sealing existing cracks, paving hot mix asphalt in failed areas, installing asphalt rubber hot mix over the entire project, and constructing AC overside drains. 
 The western portion of Van Buren Boulevard within the project limits borders a residential area which is defined as a disadvantaged community where residents/property owners have a median household income less than 80% of the statewide median, based on the current census tract data.
 It is estimated 1,200 tons of hot mix asphalt (type B) and 3,200 tons of rubberized asphalt concrete (ARHM GG-C) will be constructed. All crumb rubber used in the proposed project(s) will be derived from only California-generated waste tires and processed in California. 
 All binder material used in this project will contain a minimum of 300 pounds (or equivalent to 15% by weight) of the tire-derived crumb rubber per ton of rubberized binder.  This project is listed in the City of Jurupa Valley's adopted Capital Improvement Program with a proposed construction timeframe of 30 working days scheduled for the third quarter of 2017.
 FY 2016-17 PAVEMENT REHABILITATION (ARAM) PROJECT
 Based on our most recent Pavement Management Report and feedback from property owners the City has identified various residential street segments with a Pavement Condition Index (PCI) rating of &lt;24 (failed to very poor) as a prime candidates for pavement rehabilitation utilizing a chip seal application. This will involve 94,186 square yards of Rubberized AC chip seal (ARAM) material. These streets are in close proximity to disadvantaged communities that have a median household income less than 80% of the statewide median, based on the current census tract data. Since July, 2011 the City has maintained approximately 35+ lane miles of local residential streets using asphalt rubber aggregate membrane (ARAM).
 This project is included in the City of Jurupa Valley's Capital Improvement Program with a proposed construction timeframe of 60 working days scheduled for the third quarter of 2016.
 LIMONITE AVENUE PAVEMENT REHABILITATION (ETIWANDA TO BAIN)
 It is estimated 4,400 tons of rubberized asphalt concrete (ARHM GG-C) will be constructed. All crumb rubber used in the proposed project(s) will be derived from only California-generated waste tires and processed in California. 
 This project is included in the City of Jurupa Valley's Capital Improvement Program with a proposed construction timeframe of 175 working days scheduled for the second quarter of 2017.
 The City has successfully utilized rubberized asphalt strategies on previous pavement rehabilitation projects, saving the City construction costs of up to $70,000 and incorporating "Green" recycle methodologies (reuse scrap tires, leverage local processing facilities, less pollution and truck activity).</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Pasadena</x:t>
-[...244 lines deleted...]
-    <x:t>The City of Upland proposes to construct approximately 12,300 tons of hot mix rubberized asphalt concrete to rehabilitate both collector and arterial roadways utilized by the motoring public.  Rubberized asphalt has been used successfully by the City on past roadway rehabilitation projects and is a proven material to help mitigate reflective cracking.  Construction on these important roadway projects will begin in the Summer of 2016.</x:t>
+    <x:t>City of Paso Robles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ditas Esperanza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052373861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spring Street--1st to 10th
+Spring Street--10th to 16th
+Spring Street--24th to 36th
+Union Road--Golden Hill to Hwy 46East</x:t>
   </x:si>
   <x:si>
     <x:t>City of Ontario</x:t>
   </x:si>
   <x:si>
     <x:t> William Braun</x:t>
   </x:si>
   <x:si>
     <x:t>9093952129</x:t>
   </x:si>
   <x:si>
     <x:t>Reimbursement of additional cost for rubberized pavement placed on the streets of the City of Ontario.</x:t>
-  </x:si>
-[...90 lines deleted...]
-    <x:t>Street Rehabilitation Project- 2" Grind and pave of various Arterial and Collector Streets Citywide.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 43</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -830,51 +830,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc41f39ca704392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Race3e84c8c0843bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R00869f90344d4e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dcc014a9ec74c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e5675fdaaa94e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfb5a8813653548d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -922,1083 +922,1083 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96697998046875" customHeight="1" collapsed="0">
+    <x:row ht="160.97955322265625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>59044</x:v>
+        <x:v>25277</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+    <x:row ht="22.98895263671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>249998</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>21714</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="80.503936767578125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>21714</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.4188232421875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>66000</x:v>
+        <x:v>93150</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>93150</x:v>
+        <x:v>237059</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2357.291259765625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>39550</x:v>
+        <x:v>123000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>114037</x:v>
+        <x:v>42550</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.96728515625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>35451</x:v>
+        <x:v>183880</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>237059</x:v>
+        <x:v>124670</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.49267578125" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>69400</x:v>
+        <x:v>138511</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>24850</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46337890625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>63660</x:v>
+        <x:v>75600</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-    <x:row ht="1149.90185546875" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>190714</x:v>
+        <x:v>24850</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.49462890625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>55280</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="3127.74755859375" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>103093</x:v>
+        <x:v>63660</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>45892</x:v>
+        <x:v>24385</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row ht="275.9814453125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>398910</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>25277</x:v>
+        <x:v>56230</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="G24" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>124670</x:v>
+        <x:v>59044</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>82223</x:v>
+        <x:v>45892</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>75600</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>249998</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-    <x:row ht="2575.7861328125" customHeight="1" collapsed="0">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>109424</x:v>
+        <x:v>70300</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>55280</x:v>
+        <x:v>148000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>56230</x:v>
+        <x:v>83123</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>37500</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>138511</x:v>
+        <x:v>190714</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>150870</x:v>
+        <x:v>97846</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-    <x:row ht="22.98828125" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="G35" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.9580078125" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="F35" s="8" t="s">
+      <x:c r="B36" s="8" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>398910</x:v>
+        <x:v>82223</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-    <x:row ht="2357.291015625" customHeight="1" collapsed="0">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>123000</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>154</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>83123</x:v>
+        <x:v>37500</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="G38" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="F38" s="8" t="s">
+    </x:row>
+    <x:row ht="2575.78515625" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="G38" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="8" t="s">
+      <x:c r="B39" s="8" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>70300</x:v>
+        <x:v>109424</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
         <x:v>86100</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="F40" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="F40" s="8" t="s">
+      <x:c r="G40" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H40" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="G40" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H40" s="8" t="s">
+    </x:row>
+    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+      <x:c r="A41" s="8" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="B41" s="8" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>114037</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="F41" s="8" t="s">
+      <x:c r="G41" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="G41" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H41" s="8" t="s">
+    </x:row>
+    <x:row ht="643.947265625" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>42550</x:v>
+        <x:v>35451</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+    <x:row ht="505.955078125" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>105000</x:v>
+        <x:v>39550</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>148000</x:v>
+        <x:v>150870</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+    <x:row ht="367.966796875" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>24385</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="3127.748046875" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>183880</x:v>
+        <x:v>103093</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+    <x:row ht="103.490234375" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>97846</x:v>
+        <x:v>69400</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.4921875" customHeight="1" collapsed="0">
+    <x:row ht="91.986328125" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.40234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B49" s="10" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C49" s="10"/>
       <x:c r="D49" s="11" t="n">
         <x:v>5282291</x:v>
       </x:c>
       <x:c r="E49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -2032,29 +2032,29 @@
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:09 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:17 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>