--- v2 (2026-03-09)
+++ v3 (2026-03-10)
@@ -1,701 +1,701 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4460ef0f59fb4a59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb31fb385f3ab4617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6e5675fdaaa94e60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4ad12c5db4714b8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2015-16 Rubberized Pavement Grant Program (TRP6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marc Mattox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308726291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Paradise is proposing a road rehabilitation project along Pearson Road between Clark Road and Pentz Road. This project will combine a rubberized hot mix asphalt overlay with a SAMI-R chip seal. SAMI-R is a rubber stress absorbing membrane interlayer that is overlaid the existing roadway, underneath the proposed rubberized hot mix asphalt overlay. The proposed project includes 3,690 tons of RHMA and 44,288 square yards of chip seal. The project is estimated to start construction in early spring 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Romeo David</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094772740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized Pavement Projects on Major Arterial and Secondary Street thru out the City</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Agoura Hills</x:t>
-[...5 lines deleted...]
-    <x:t>8185977314</x:t>
+    <x:t>City of Calabasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Tatiana Holden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182241674</x:t>
   </x:si>
   <x:si>
     <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
-    <x:t>The City purposes to utilize 3,610 tons of Rubberized Asphalt concrete as part of its annual street resurfacing program.  Project will cover FY 2015-16 and 2016-17.</x:t>
+    <x:t>Road Resurfacing for various roads within the jurisdiction of the City of Calabasas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Arebalo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586943889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project consists of resurfacing X miles of roadways with over XX,XXX tons of rubberized asphalt concrete pavement throughout San Diego County unincorporated areas.  The binder material will contain at least 300 pounds of tire-derived crumb rubber, generated from California waste tires only, per ton of rubberized binder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shaun Pelletier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project #1 - Pacific Park Drive Rehabilitation (Chase to 73 Freeway)
+Project #2 - Aliso Viejo Parkway Rehabilitation (Cedarbrook to Moulton Parkway)
+The projects consists of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cathedral City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bill Simons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607700360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects will provide rubberized asphalt pavement for two miles of Vista Chino, a four lane arterial roadway in Cathedral City. Vista Chino is a primary economic and life line corridor through the Coachella Valley.  The corridor is relied on by the public and others for commerce, residential, regional circulation and other uses.  Vista Chino connects the City of Cathedral City with the City of Palm Springs, the County of Riverside and State Route 111. Vista Chino is a main connector route between Cathedral City and Palm Springs and for the Cathedral City emergency response at Fire Station 413.  The Corridor would serve as a primary alternate route to I-10 in the event of a major closure between the Indian Avenue Interchange and the Date Palm Drive interchange. Initial studies have been completed to identify the needs and constraints in the corridor.  The purpose is to fully develop the usefulness of the corridor for economic, transportation and pedestrian circulation as a focused service, shopping, and commercial mixed use destination corridor.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Antioch</x:t>
-[...53 lines deleted...]
-    <x:t>Projects will provide rubberized asphalt pavement for two miles of Vista Chino, a four lane arterial roadway in Cathedral City. Vista Chino is a primary economic and life line corridor through the Coachella Valley.  The corridor is relied on by the public and others for commerce, residential, regional circulation and other uses.  Vista Chino connects the City of Cathedral City with the City of Palm Springs, the County of Riverside and State Route 111. Vista Chino is a main connector route between Cathedral City and Palm Springs and for the Cathedral City emergency response at Fire Station 413.  The Corridor would serve as a primary alternate route to I-10 in the event of a major closure between the Indian Avenue Interchange and the Date Palm Drive interchange. Initial studies have been completed to identify the needs and constraints in the corridor.  The purpose is to fully develop the usefulness of the corridor for economic, transportation and pedestrian circulation as a focused service, shopping, and commercial mixed use destination corridor.</x:t>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Kabalin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oakley is requesting funds to complete RAC projects at 15 sites throughout the city. The total tonnage is 3,955 tons of rubberized product, with 3 sites using a terminal blend product. The total street surface being resurfaced is 11,594 feet total. The City does have a EPPP policy in place and has successfully applied for one prior CalRecycle Rubberized Pavement grant award. The estimated date to begin construction on the project is May 2016 with an estimated completion date of July 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Fleisch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application is a request for recycled pavement grant funds in the amount of $114,037 to pave fifteen (15) roadways throughout the unincorporated areas of Ventura County with rubberized asphalt concrete.  This request is based on a thickness of 1.5 inches of rubberized asphalt concrete material consisting of no less than 300 pounds (15%) of crumb rubber per ton of rubberized binder.  If approved, these grant funds will allow the county to pave 14 road miles of county-maintained roadways and 23.5-foot weighted width with 16,291 tons of rubberized asphalt concrete. 
+Advertising for the project would not commence until the county receives the Notice to Proceed (NTP).  The Grant Term would begin sometime between February and May 2016.  When the PWATD receives the NTP, then the paving would occur.  A progress report is due by April 2017.  All paving and the final report and payment request are due no later than April 2018.  The PWATD window for paving would begin sometime between February and May 2016 and end around November 2017 to allow six (6) months to finalize the final report and progress payment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yuba City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manu Dhaliwal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308227685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yuba City
+2017 Pavement Rehabilitation Project
+The project involves the use of Rubberized Chip Seal for the maintenance and rehabilitation of East Onstott Road, Pease Road, Railroad Avenue, El Margarita Road, Hooper Road, and Poole Boulevard. Project construction is anticipated early summer 2017. The project aims to rehabilitate over 70,000 square yards of roadway in Yuba City using recycled crumb rubber materials.
+The City anticipates approximately 160 tons of rubberized binder being used in this project for an estimated 51,520 pounds of crumb rubber used and a total of 4,300 passenger tire equivalent waste tires diverted from the waste stream.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Commerce</x:t>
   </x:si>
   <x:si>
     <x:t> Maryam Babaki</x:t>
   </x:si>
   <x:si>
     <x:t>3237224805</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Provide Rubberized Asphalt Concrete (RAC) to approximately two (2)  million square feet of pavement as part of the City's Annual Street Pavement Rehabilitation Program.  The project will feature approximately 23,705.88 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  The project also include upgrades to ADA compliant curb ramps, as needed.  The project is scheduled to begin design in Summer of 2016, with construction tentatively scheduled for Spring 2017.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Concord</x:t>
-[...69 lines deleted...]
-    <x:t>San Bernardino      </x:t>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Paso Robles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ditas Esperanza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052373861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spring Street--1st to 10th
+Spring Street--10th to 16th
+Spring Street--24th to 36th
+Union Road--Golden Hill to Hwy 46East</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jose Castaneda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.5 inch overlay of McCabe Road from Dogwood Rd to Pitzer Rd using an estimated amount of 3,550 tons of RAC Hot-Mix material.  Proposed construction is expected to start in March of 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lathrop</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael King</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099417454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lathrop is proposing to use funds from the Rubberized Pavement Grant Program for the following projects:
+FY 2015/16
+- 2016 Citywide Pavement Project (various roadway segments)
+- Lathrop Road Widening Project
+FY 2016/17
+- 2017 Citywide Pavement Project (various streets), 
+Collectively these projects will use 6,366 tons of rubberized HMA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Dimas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Krishna Patel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093946240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funding from this grant will be used to supplement our budgeted funds and contributions from the County in STPL monies for streets we share jurisdictionally.  The project scope is to cap key segments of the following streets with a 2 inch overlay of rubberized hot-mix pavement: Badillo Street, Covina Hills Road, Via Verde, Cienega Avenue, San Dimas Avenue, Puente Street and Bonita Avenue in the downtown corridor.  Additionally, the project includes a chip-seal overlay for portions of Allen Avenue, Walnut Avenue, and Payson Street.  These streets, as part of our “super projects” street rehabilitation and reconstruction, are programmed to be completed in next three fiscal cycles (FY 15-16, FY 16-17, and FY 17-18).  
+     This project will extend the pavement life and provide comprehensive street improvements where they are most needed throughout our City.  These streets consist of our main corridors and are highly visible and highly traversed.  Additionally, these streets consist of school zones, which provide the next generation a tangible example of recycling in our community.  Our City is significantly residential so the quieter and smoother roadway advantages of rubberized asphalt are also ideal.  This project uses 16,931 tons of RAC hot-mix material and 42,807 square yards of rubberized chip-seal material.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Fontana</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Keith Kramer</x:t>
   </x:si>
   <x:si>
     <x:t>9093506644</x:t>
   </x:si>
   <x:si>
     <x:t>As part of the City Annual Pavement Rehabilitation Program, the scope of this project is to remove and replace 2" of existing asphalt with Rubberized Asphalt Concrete (RAC hot-mix). 
 A primary goal of the grant is to promote markets for RAC hot-mix products utilizing crumb rubber derived from only California-generated waste tires that may be diverted from landfills. 
 For first time participation in this grant program, the grantee will be reimbursed at the rate of $10 per ton, up to 25,000 tons. This project is planned to use approximately 25,000 tons of Rubberized Asphalt Concrete (RAC hot-mix).
 Candidate Street Segments are:
 Baseline Avenue; East Avenue, to Cherry Avenue - 9,000 tons
 Sierra Avenue; Valley Boulevard to Slover Avenue - 3,600 tons 
 Sierra Avenue; Slover Avenue to Jurupa Avenue - 6,700 tons, 
 Slover Avenue; 750 feet, w/o Sierra Avenue to Tamarind Avenue - 5,700 tons</x:t>
-  </x:si>
-[...389 lines deleted...]
-The projects consists of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Jurupa Valley</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Gary Thompson</x:t>
   </x:si>
   <x:si>
     <x:t>9513326464</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City has identified three projects for funding under this grant cycle:
 VAN BUREN BOULEVARD PAVEMENT REHABILITATION PROJECT (PHASE 1A): Van Buren Boulevard from Limonite Avenue to 56th Street, is a 4 lane divided roadway (expressway classification). The proposed $800,000 project covers a 3/4 mile segment and involves rehabilitation of existing AC pavement, including grinding existing AC pavement, removal or grinding of additional AC pavement in failed areas, removal of pavement fabric, sealing existing cracks, paving hot mix asphalt in failed areas, installing asphalt rubber hot mix over the entire project, and constructing AC overside drains. 
 The western portion of Van Buren Boulevard within the project limits borders a residential area which is defined as a disadvantaged community where residents/property owners have a median household income less than 80% of the statewide median, based on the current census tract data.
 It is estimated 1,200 tons of hot mix asphalt (type B) and 3,200 tons of rubberized asphalt concrete (ARHM GG-C) will be constructed. All crumb rubber used in the proposed project(s) will be derived from only California-generated waste tires and processed in California. 
 All binder material used in this project will contain a minimum of 300 pounds (or equivalent to 15% by weight) of the tire-derived crumb rubber per ton of rubberized binder.  This project is listed in the City of Jurupa Valley's adopted Capital Improvement Program with a proposed construction timeframe of 30 working days scheduled for the third quarter of 2017.
 FY 2016-17 PAVEMENT REHABILITATION (ARAM) PROJECT
 Based on our most recent Pavement Management Report and feedback from property owners the City has identified various residential street segments with a Pavement Condition Index (PCI) rating of &lt;24 (failed to very poor) as a prime candidates for pavement rehabilitation utilizing a chip seal application. This will involve 94,186 square yards of Rubberized AC chip seal (ARAM) material. These streets are in close proximity to disadvantaged communities that have a median household income less than 80% of the statewide median, based on the current census tract data. Since July, 2011 the City has maintained approximately 35+ lane miles of local residential streets using asphalt rubber aggregate membrane (ARAM).
 This project is included in the City of Jurupa Valley's Capital Improvement Program with a proposed construction timeframe of 60 working days scheduled for the third quarter of 2016.
 LIMONITE AVENUE PAVEMENT REHABILITATION (ETIWANDA TO BAIN)
 It is estimated 4,400 tons of rubberized asphalt concrete (ARHM GG-C) will be constructed. All crumb rubber used in the proposed project(s) will be derived from only California-generated waste tires and processed in California. 
 This project is included in the City of Jurupa Valley's Capital Improvement Program with a proposed construction timeframe of 175 working days scheduled for the second quarter of 2017.
 The City has successfully utilized rubberized asphalt strategies on previous pavement rehabilitation projects, saving the City construction costs of up to $70,000 and incorporating "Green" recycle methodologies (reuse scrap tires, leverage local processing facilities, less pollution and truck activity).</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Paso Robles</x:t>
-[...11 lines deleted...]
-Union Road--Golden Hill to Hwy 46East</x:t>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The awarded funds will be used to continue the City's rubberized asphalt resurfacing program, which has produced good results and contributed to the City's sustainable focus in previous years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose, Department of Transportation, Division of Infrastructure maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Final wearing course materials used will be rubberized hot mix asphalt-gap graded (wet process).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis Celaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City purposes to utilize 3,610 tons of Rubberized Asphalt concrete as part of its annual street resurfacing program.  Project will cover FY 2015-16 and 2016-17.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Del Mar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Minicilli</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587553294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project consists of arterial roadway improvements, totaling 8,836 tons of Rubberized Asphalt Concrete hot-mix composed of tire-derived crumb rubber additives and 72,620 square yards of Rubberized Chip Seal, to be constructed in years 2016 and 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Leandro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Kyle Lei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105773302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If received, this grant will be used towards the City of San Leandro's Annual Street Sealing program to be constructed during the summers of 2016 and 2017.  The 2016 program will apply an estimated 62,015 square yards of field blend asphalt rubber chip seal, and the 2017 is estimated to include 102,430 square yards of field blend asphalt rubber chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Garden Grove is proposing to use asphalt rubber generated from 100% recycled California waste tires to pave three separate street segments in the City. The first segment will be on Knott Street, from Garden Grove Boulevard to Lampson Avenue (3,500 tons). The second segment will be on Magnolia Street, from Trask Avenue to Garden Grove Boulevard (3,500 tons), and the third segment will be on Westminster Avenue, from Bowen Street to Euclid Street (3,800 tons).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residential Resurfacing Program - Phase "G" entails the resurfacing of approximately 100 streets/segments citywide per our latest Pavement Management System (PMS) Report.  The proposed construction date would be at the beginning of next Fiscal Year, July 2016.  300,000 sq. yards of chip seal materials anticipated to be used.  Per US Census Bureau City's median household income is $57,550.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Thousand Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mike Tohidian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054492516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Thousand Oaks' Fiscal Year 2016 Pavement Rehabilitation and Resurfacing Program includes overlaying residential and arterial streets throughout the City with Asphalt Rubber Hot Mix (ARHM), Thin Maintenance Overlay (TMO), micro-surfacing, and slurry seal.  The annual pavement program preserves street pavement in “good” working condition, and rehabilitates street surfaces that are in need of repair.  The program protects street surfaces by adding useful life to the pavement, and in turn provides economic and environmental benefits.   
+Prolonging the life expectancy of existing pavement conditions (by implementing lower-cost maintenance strategies) reduces the frequency and need for future high-cost pavement removal and replacement.  The City will benefit financially from prolonging pavement usage, because the need for larger scale (pavement removal and replacement) projects is reduced.  Another benefit to reducing the number of pavement removal/replacement and overlay projects is less impact to the environment on local, regional and global scales.    
+The locations that will receive maintenance during this cycle were prioritized in accordance with the City’s Pavement Management Program (PMP), and are based on existing street pavement condition indexes, average daily traffic counts, loads, resident requests, and geographical equity on residential and arterial streets.  
+The two-inch thick ARHM overlay will be placed over 1.53 road miles on arterial streets at various locations in the City, and the TMO is a cost-saving treatment the City will be using for the first time on 5.4 miles of residential streets.  The TMO is a relatively new asphalt product that has shown (in nearby cities) to preserve and prolong pavement life, and is less expensive than a two-inch thick overlay.  It will be used on streets with minor stresses caused by environment and conditions that do not currently require a full overlay.  TMO is similar to ARHM, with smaller aggregate rock (3/8-inch), higher binder content, and placed 0.1-ft thick.
+The City needs approximately $12.9 million in funding to maintain all streets scheduled in the 2016 Pavement Maintenance Program.  This includes $8.2 million for ARHM overlay and TMO, and $4.7 million for micro-surfacing and slurry seal.  The City budget for the 2016 Program is $4.1 million, including $3.4 million from Gas Tax funding and $650,000 from a Federal Grant (STP).  The City budget is short $8.4 million.
+The City’s FY 2016 program total project costs are $4.4 million, including $2.5 million for pavement overlay and TMO, and $1.9 million for micro-surfacing and slurry.  The City’s budget is $4.1 million, funded with $3.4 million from Gas Tax funding, and an expected $650,000 Federal grant.  The City is requesting $156,320 for reimbursement of 15,632 tons of ARHM to help offset costs.  
+Construction is expected to start in July, 2016, with completion during Fall 2016.  All work related to this grant will be complete prior to April 1, 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Elsinore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole McCalmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516743124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will be for the Collier Avenue Overlay Project from Nichols Rd to Riverside Drive.  This pavement project will utilize 5,528 tons of 2.5" ARHM for the overlay.  The approximate length is 6,100. The proposed start date is September 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palos Verdes Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Rukavina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103780383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Each year the City of Palos Verdes Estates budgets for street construction and maintenance and slurry seal in order to rehabilitate and seal the existing roadway pavement. The purpose of this work is to prevent any further deterioration of the roadway by restoring the road to its original condition. The amount of proposed hot mix is 5,623 tons and the expected construction start date will be in the month of February, 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Gate</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Ferrer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235639579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>As part of the City of South Gate's Street Rehabilitation Program, the City will implement 75,000 sq., yd., of street rehabilitation projects were crumb rubber will be used to rehabilitated the streets located in Neighborhoods 10 and 12 (Map Attached), also known as: (10) Home Gardens West and (12) Magnolia Park.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elaine Jeng</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265802055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Monte is applying for funds via the CalRecycle Rubberized Pavement Grant Program for the rehabilitation of Lexington Avenue (between Brockway Street and Ramona Boulevard), Washington Avenue (between Brockway Street and Ramona Boulevard), Granada Avenue (between Valley Mall and Owens Way), California Avenue (between Ramona Boulevard and Mildred Street) and Nevada Avenue (between Ramona Boulevard and Elliot Avenue).
+El Monte has currently completed its 5-year Pavement Management Program that identifies Lexington, Granada, Washington, Nevada and California Avenues for fiscal year 2016-17 resurfacing projects.  The City is planning to design, resurface and complete the five corridor resurfacing projects by June 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cupertino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Roger Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087773354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project requests funds to apply 50,800 square yards of rubberized chip seal and 12,547 tons of RHMA overlay.  Work will occur in the Summer/Fall 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lori Medeiros</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257797050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubberized Cape Seal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gary Kellison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asphalt overlay of streets in Oceanside and Vista using asphalt tire rubber.  More specifically, the participating agencies' contractor will use MAC-15TR as an overlay course two to four inches in thickness (exact depth varies by street) on existing asphalt with prepared with asphalt grinding and removal of unsuitable base layers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Mario Camorongan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concord Various Street, Project No. 2292, will rehabilitate asphalt pavement by grinding and replacing the top 2.5 inches of asphalt concrete from gutter lip to gutter lip. The project will replace the standard asphalt concrete with a rubberized hot mix asphalt to provide additional structural support and address the pavement distress.  The above work will occur on two main Concord arterial streets: Concord Boulevard (from Sixth Street to Port Chicago Highway); and Arnold Industrial Way (from Port Chicago Highway to Pike Lane). Construction is proposed to begin in April, 2016. Project will use an estimated 700 tons of RAC Hot-mix material on Arnold Industrial Way and an estimated 1,200 tons of RAC Hot-Mix material on Concord Blvd.
+FY14-15 Pavement Rehabilitation, Project No. 2331, will construct pavement rehabilitation improvements on Salvio Street from Port Chicago Hwy to Parkside Drive. Construction is proposed to begin in April, 2016. This project will use an estimated 1,100 tons of RAC Hot-Mix material.
+Pavement Rehabilitation #1, Project No. 2359, will consist of pavement rehabilitation improvements on Hillsborough Drive from Labrador Street to St. George Drive and along E. Olivera Road from Port Chicago Highway to Wexford Drive.  The project will also include pot-hole/base repairs along E. Olivera Road from Wexford Drive to Willow Pass Road. Construction is proposed to begin in June, 2016. This project will use an estimated 1,800 tons of RAC Hot-Mix material on Hillsborough Dr. and an estimated 1,100 tons of RAC Hot-Mix material on East Olivera Rd.
+Pavement Rehabilitation #2, Project No. 2361, will consist of pavement rehabilitation improvements on Solano Way from Broadmoor Avenue to the City Limit, Wren Avenue from Farm Bureau Road to Clayton Way, and Sixth Street from Clayton Road to Willow Pass Road. Construction is proposed to begin in June, 2016. This project will use an estimated 3,000 tons of RAC Hot-Mix material on Solano Way, and estimated 700 tons of RAC Hot-Mix material on Wren Avenue, and an estimated 2,000 tons of RAC Hot-Mix material on Sixth Street.
+Pavement Rehabilitation #3, Project No. 2362, will consist of pavement rehabilitation improvements on Walters Way from Detroit Avenue to Monument Boulevard, and at the intersection of Monument Blvd/Detroit Ave. Construction is proposed to begin in June, 2016. This project will use an estimated 700 tons of RAC Hot-Mix material.
+In Pavement Rehabilitation Projects (Project Nos. 2331, 2359, 2361, &amp; 2362) the term “Pavement Rehabilitation” is in reference to full street width improvements-curb to curb.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rolling Hills Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Joe Bellomo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052796856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Resurfacing projects on arterial and residential streets with a cumulative RAC ton of approximately 8,312 tons.  These projects are scheduled over three fiscal years, with the first project commencing upon receipt of an NTP from CalRecycle and the final project completed prior to April 1, 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tawfic Halaby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106211612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Richmond has a median household income that is less than 80% of the statewide median household income.
+The project proposes to install rubberized asphalt hot mix on portions of several streets in the City of Richmond, namely, 22nd Street, Barrett Avenue, Macdonald Avenue, and Ohio Avenue.
+The paving is anticipated to occur in the spring of 2016, after April 1, 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Upland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Critchfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092912946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Upland proposes to construct approximately 12,300 tons of hot mix rubberized asphalt concrete to rehabilitate both collector and arterial roadways utilized by the motoring public.  Rubberized asphalt has been used successfully by the City on past roadway rehabilitation projects and is a proven material to help mitigate reflective cracking.  Construction on these important roadway projects will begin in the Summer of 2016.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Ontario</x:t>
   </x:si>
   <x:si>
     <x:t> William Braun</x:t>
   </x:si>
   <x:si>
     <x:t>9093952129</x:t>
   </x:si>
   <x:si>
     <x:t>Reimbursement of additional cost for rubberized pavement placed on the streets of the City of Ontario.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Gilbertson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263845491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The purpose of the proposed project is the rehabilitation of Grand Avenue from San Bernardino Road to Arrow Highway within the City of Covina, County of Los Angeles, California.  The overall length is approximately 5,385 linear feet (1.02 miles) and will use approximately 4,255 tons of RAC with the binder material to contain a minimum of 300 pounds (equivalent to 15% by weight) of tire-derived crumb rubber per ton of rubberized binder.  An average depth of two (2) inches is expected to be constructed using this material during the early summer of 2016.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Marino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dean Werner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263000793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Marino would like to apply for the following projects:
+Street Name                                                              Estimated Tonnage
+Winston Ave. (Robles Ave. to North City Limits)            1,600
+Huntington Dr. (Winston Ave. to Virginia Rd.)               5,500
+El Molino Ave. (Huntington Dr. to Northerly Limits)       1,600
+Stratford Rd. (Oxford to San Marino Ave.)                      100
+Virginia Rd. (Circle Dr. to Oak Grove Ave.)                   1,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Edward Lara</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9518265341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Riverside is proposing pavement maintenance projects (during the 2016/2017 and 2017/2018 fiscal years) on both arterial and minor streets throughout the city. For arterial streets, the City will use gas tax funds in conjunction with the grant to re-pave streets using 17,000 Tons of Asphalt Rubber Hot Mix (ARHM) that will match the RAC specifications of CalRecycle. For minor streets, the City will use gas tax funds in conjunction with the grant to re-pave 160,000 Square Yards of streets using an Asphalt Rubber Aggregate Membrane (ARAM) that will match the chip seal specifications of CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pamela Newman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will apply rubberized chip-seal throughout the City. The project is scheduled to begin in the late spring through fall of 2016, weather permitting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diana Szymanski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102535623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Project will reconstruct asphalt paving and construct an aspahlt overlay on streets throughout the City of Culver City using Rubberized Aspahlt Concrete (RAC). The Project is estimated to use 18,388 tons of RAC. The Project will be constructed in three phases, with an anticipated construction start date of April 2016 for Phase I, April 2017 for Phase II and October 2017 for Phase III.
+The Project includes various roadway segments throughout the City, as described in the Project Summary &amp; Calculation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Fernando</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nick Kimball</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8188981201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Fernando is applying for funds via the CalRecycle Rubberized Pavement Grant Program for the rehabilitation of Glenoaks Boulevard (from City limits to City limits), one of the City's major thoroughfares.  The quality of the existing asphalt is substandard along this 6,748-foot stretch of the 80-foot wide thoroughfare, causing unnecessary wear and tear on vehicles and making travel for bicyclists and pedestrians difficult and dangerous.  The proposed improvements entail the installation of 9,784.60 tons of asphalt-rubber/field blend (hot-mix) along the project area, as identified in the Project Summary and Calculation.
+This CalRecycle grant is very timely, in that Glenoaks Boulevard is currently slated for resurfacing in FY 2016/2017.  Design engineering is expected to begin in July 2016, with completion in November 2016.  Construction is expected to begin in March 2017, with the project completed in June 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Baldwin Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Gutierrez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269604011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Street Rehabilitation Project- 2" Grind and pave of various Arterial and Collector Streets Citywide.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 43</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -830,51 +830,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dcc014a9ec74c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e5675fdaaa94e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfb5a8813653548d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2bafc4e96814ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4ad12c5db4714b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re7df22d9d5274312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -922,1083 +922,1083 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.97955322265625" customHeight="1" collapsed="0">
+    <x:row ht="482.96697998046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>25277</x:v>
+        <x:v>59044</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="22.98895263671875" customHeight="1" collapsed="0">
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>249998</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>21714</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.503936767578125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>21714</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.4188232421875" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>93150</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.4188232421875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>237059</x:v>
+        <x:v>93150</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-    <x:row ht="2357.291259765625" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>123000</x:v>
+        <x:v>39550</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.91162109375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>42550</x:v>
+        <x:v>114037</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.96728515625" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>183880</x:v>
+        <x:v>35451</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>124670</x:v>
+        <x:v>237059</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.49267578125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>138511</x:v>
+        <x:v>69400</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.42333984375" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>24850</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46337890625" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>75600</x:v>
+        <x:v>63660</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1149.90185546875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>24850</x:v>
+        <x:v>190714</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.49462890625" customHeight="1" collapsed="0">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>55280</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3127.74755859375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>63660</x:v>
+        <x:v>103093</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>24385</x:v>
+        <x:v>45892</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row ht="275.9814453125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>398910</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>56230</x:v>
+        <x:v>25277</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>59044</x:v>
+        <x:v>124670</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>45892</x:v>
+        <x:v>82223</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>75600</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>249998</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2575.7861328125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>70300</x:v>
+        <x:v>109424</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>148000</x:v>
+        <x:v>55280</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>83123</x:v>
+        <x:v>56230</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>37500</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>130</x:v>
-[...2 lines deleted...]
-    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>190714</x:v>
+        <x:v>138511</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>97846</x:v>
+        <x:v>150870</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+        <x:v>142</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.98828125" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.9580078125" customHeight="1" collapsed="0">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.982421875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>82223</x:v>
+        <x:v>398910</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>148</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2357.291015625" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>105000</x:v>
+        <x:v>123000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>152</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>154</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>37500</x:v>
+        <x:v>83123</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-    <x:row ht="2575.78515625" customHeight="1" collapsed="0">
+        <x:v>158</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>109424</x:v>
+        <x:v>70300</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
         <x:v>86100</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+        <x:v>166</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>114037</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.947265625" customHeight="1" collapsed="0">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>35451</x:v>
+        <x:v>42550</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.955078125" customHeight="1" collapsed="0">
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>39550</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>150870</x:v>
+        <x:v>148000</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.966796875" customHeight="1" collapsed="0">
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>66000</x:v>
+        <x:v>24385</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
-    <x:row ht="3127.748046875" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>103093</x:v>
+        <x:v>183880</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.490234375" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>69400</x:v>
+        <x:v>97846</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row ht="91.986328125" customHeight="1" collapsed="0">
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.40234375" customHeight="1" collapsed="0">
       <x:c r="A49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B49" s="10" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C49" s="10"/>
       <x:c r="D49" s="11" t="n">
         <x:v>5282291</x:v>
       </x:c>
       <x:c r="E49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H49" s="10" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -2032,29 +2032,29 @@
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:17 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:24 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>