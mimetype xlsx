--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,152 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeba96300e344f66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a7b7e99dfd4b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5caba63cfa5c4af7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3ddbfd6a958d4b3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2015-16 Tire-Derived Aggregate Grant Program (TDA5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Christian Doolittle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057398777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County is proposing to use a conceptual road repair design using mechanically stabilized tire derived aggregate (MSTDA) to mitigate against the continued failure of the roadway on Ortega Ridge Road, in the unincorporated area near Summerland, CA.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Kathleen Utter</x:t>
   </x:si>
   <x:si>
     <x:t>9514863200</x:t>
   </x:si>
   <x:si>
-    <x:t>Victoria Rocha</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Proposed project is for Type A Tire-Derived Aggregate (TDA) for landfill application of horizontal landfill gas collection wells at two 92) landfill sites within Riverside County.  A total of 2,323 tons of TDA is proposed for use.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matt Tuggle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County in conjunction with the California Department of Fish and Wildlife and Ducks Unlimited propose to raise approximately 1 mile of Grizzly Island Road from Hill Slough to Gray Hawk Lane. The need for which is to support the Hill Slough Restoration Project, which will restore tidal marsh habitat and moist grassland habitat to approximately 950 acres of diked seasonal and perennial wetlands.  Based on the calculated embankment settlements, settlement rates, and slope stability analysis light weight fill, specifically Tire Derived Aggregate (TDA) will be needed as lightweight fill material. The proposed project would require 63,200 cubic yards of TDA and approximately 20,000 cubic yards of engineered fill to achieve the needed road height. The desired construction start date for summer 2016.</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Salinas Valley Solid Waste Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Elia Zavala</x:t>
   </x:si>
   <x:si>
     <x:t>8317753010</x:t>
   </x:si>
   <x:si>
     <x:t>Farrah Fadrigon</x:t>
   </x:si>
   <x:si>
     <x:t>The Salinas Valley Solid Waste Authority (Authority) is a Joint Powers Authority that administers the solid waste management system that serves the cities of Gonzales, Greenfield, King City, Salinas, Soledad and the unincorporated area of eastern Monterey County. The Authority's mission is to manage Salinas Valley solid waste as a resource, promoting sustainable, environmentally sound and cost effective practices through an integrated system of waste reduction, reuse, recycling, innovative technology, customer service and education. Procuring Tire-Derived Aggregate (TDA) Grant funding is consistent with the Authority’s mission, vision, values and diversion goals.  
 The Authority owns and operates the Johnson Canyon Landfill, located near Gonzales California. It is the only active landfill in the Authority's jurisdiction, encompassing 163 acres and is estimated to have a remaining capacity of 2.9 million cubic yards. It is projected that if current waste disposal rates continue, the facility will provide capacity through the year 2040. 
 The Authority seeks funding for the installation of 9 horizontal wells, which requires 1,085 tons of Type B TDA. The Authority proposes using TDA as backfill for a horizontal landfill gas collection system in Modules 2A through 6A. Landfill placement of waste will resume in Modules 2A through 6A within the next year or two. In anticipation of that schedule, the Authority planned for the installation of horizontal wells to compliment the existing vertical landfill well field in Modules 2B through 6B. This project would utilize the existing landfill gas header system and would enhance current methane emission controls, as well as capturing new emissions resulting from future waste. Construction is tentatively scheduled to begin by September 2016.
 While the grant covers material, installation, testing, and engineering costs, the Authority plans to limit the material portion to 1,013 tons because there is currently about 72 tons of Type B TDA stockpiled at Johnson Canyon Landfill. In 2013, the Authority was awarded grant funding for the installation of 12 horizontal gas wells at Johnson Canyon Landfill, which utilized approximately 1,445 tons of TDA as backfill. Upon completion of the project, approximately 72 tons of TDA remained that was not incorporated into the project. After deducting the 72 tons of remaining TDA currently on site, the proposed project will require approximately 1,013 tons of TDA. However, to cover installation costs, the Authority used the full build-out of 1,085 tons in the Project Summary &amp; Calculation. To avoid excess TDA upon project completion, the Authority will order only the actual amount needed to to complete 9 horizontal wells. 
 The Authority will cover any additional, unbudgeted costs as in-kind contribution and intends to incorporate technical assistance recommendations from CalRecycle. If not funded, the Authority will absorb all costs associated with the installation of future landfill gas wells necessary to control methane emissions from Modules 2A through 6A. 
 If funded, the tire-derived aggregate grant program would provide the Authority with 1) greatly needed financial assistance; 2) an outlet for the reuse of local waste tires and; 3) an educational opportunity to promote the reuse of waste tires and the “closed-loop” concept. By capitalizing on grant funding, the Authority can potentially reuse more than 100,000 waste tires. Thus, grant programs such as this enable agencies like the Authority to reuse materials that otherwise may be permanently buried in the landfill, never to be repurposed.</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>Solano County in conjunction with the California Department of Fish and Wildlife and Ducks Unlimited propose to raise approximately 1 mile of Grizzly Island Road from Hill Slough to Gray Hawk Lane. The need for which is to support the Hill Slough Restoration Project, which will restore tidal marsh habitat and moist grassland habitat to approximately 950 acres of diked seasonal and perennial wetlands.  Based on the calculated embankment settlements, settlement rates, and slope stability analysis light weight fill, specifically Tire Derived Aggregate (TDA) will be needed as lightweight fill material. The proposed project would require 63,200 cubic yards of TDA and approximately 20,000 cubic yards of engineered fill to achieve the needed road height. The desired construction start date for summer 2016.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -281,51 +281,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3a8931e45964f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5caba63cfa5c4af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ree6ca1a073794b94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f8625a8aee4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ddbfd6a958d4b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re1c96b987a7547e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -373,132 +373,132 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
+    <x:row ht="321.95907592773438" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>133584</x:v>
+        <x:v>133835</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="3139.22802734375" customHeight="1" collapsed="0">
+    <x:row ht="206.98580932617188" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>66373</x:v>
+        <x:v>133584</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>133835</x:v>
+        <x:v>750000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
+    <x:row ht="3139.228271484375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>750000</x:v>
+        <x:v>66373</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="10" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="10"/>
       <x:c r="D10" s="11" t="n">
         <x:v>1083792</x:v>
       </x:c>
@@ -508,29 +508,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:19 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>