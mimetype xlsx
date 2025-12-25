--- v1 (2025-12-24)
+++ v2 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a7b7e99dfd4b4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cede7d1ac7f43b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3ddbfd6a958d4b3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re04295d7f8694b8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2015-16 Tire-Derived Aggregate Grant Program (TDA5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -281,51 +281,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f8625a8aee4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ddbfd6a958d4b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re1c96b987a7547e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92513b0779146b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re04295d7f8694b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R93c8844febbb4736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -508,29 +508,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:19 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:27 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>