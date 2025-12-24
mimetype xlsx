--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,468 +1,468 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf797d127e7784324" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b02372fa8b4dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R672b400a9b1143e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0855e48c43ba4cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2016-17 Local Gov`t Waste Tire Cleanup Grant (TCU16)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...8 lines deleted...]
-    <x:t>7602407000</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elisa Calderon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Town of Apple Valley encompasses 78 square miles of developed and open desert land. The Town attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety and also to discourage further illegal dumping. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout the entire Apple Valley boundaries. Waste tires are removed and transported to Mitsubishi Recycling Plant for proper disposal. We anticipate that approximately 1,800 tires will be illegally dumped in the incorporated boundaries during the grant term. 
-[...4 lines deleted...]
-All tires removed from Apple Valley will be transported by Burrtec Waste Industries, utilizing a 40 cubic yard roll off container. Tires will be transported to Mitsubishi Cement Corporation located in Lucerne Valley at 5805 State Highway 18. The Town is requesting Waste Tire Clean Up Grant funds to offset the disposal and hauling cost of approximately 1,800 waste tires anticipated to be illegally dumped during the grant term.</x:t>
+    <x:t>The City of Long Beach proposes to continue the cleanup efforts around the Los Angeles River area north of the Long Beach Harbor Basin.  This area remains a high priority for the City due to the level of illegal dumping that occurs.
+The first area is east of the LA River between 5th Street and Willow Street (East Project Area), to Magnolia Avenue as the west boundary. The East project area is residential and commercial, including Drake Park and Thomas Edison Elementary School.  Golden Park, Cesar Chavez Park and Seaside Park are also nearby.  The Los Angeles River runs directly west of the project area, with the Long Beach Harbor and Downtown Long Beach less than one mile from the project area.
+The second area is west of the Los Angeles River between 9th Street and Willow Street (West Project Area), to Santa Fe Avenue as the east boundary. The West project area includes industrial and residential areas, including Garfield Elementary School and with Cabrillo High School nearby. Nearby parks include Hudson and Admiral Kidd Parks. The Los Angeles River runs directly east, the Dominguez Channel is about one-half mile to the west and the waters of the Port of Long Beach are directly south.
+In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Vicki Rice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Modesto has an estimated population of 205,000 people who currently occupy an estimated 37 square miles. Within that area, there are 3,050 streets, 1,400 alleys, 78 parks and 3 main waterways. The grant funds will be used to remove illegally dumped waste tires from these areas by assigning a full-time maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition to the labor component, the City of Modesto is requesting funding to contract with Waste Recovery West, Inc. to transport waste tires for recycling. The City of Modesto has purchased a storage container to store tires in until removal is required for transportation to an end-use facility. The current location is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note the City of Modesto will be responsible for providing a 1/2 on pickup with a lift gate, safety equipment and any additional materials necessary to do the job safely and efficiently. Historically, the City of Modesto has collected 1200-1750 illegally dumped tires per year through the grant program. The City of Modesto is estimating that we will collect approximately 1750 illegally dumped tires per year for recycling through a permitted recycler and hauler for a total of 3500 tires during the entire grant cycle.</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t>Mrs Lyudmila Fishman</x:t>
   </x:si>
   <x:si>
     <x:t>6613263144</x:t>
   </x:si>
   <x:si>
     <x:t>The main objective of this grant proposal is to remove illegally dumped tires from several locations throughout the City of Bakersfield and to restore the areas back to their original state. Illegally dumped waste tires create blight, vector control and other health and safety hazards to the public and the environment. Illegal dumpsites not abated in a timely manner potentially contributes to the accumulation of waste tires. The City of Bakersfield cleanup projects are intended to mitigate potential fire and health risks posed by these tire piles within our jurisdiction.
 The City of Bakersfield Solid Waste Division currently responds to citizen complaints of illegal dumping which has occurred along the public right-of-ways or upon their private property.
 The Solid Waste Division dedicates a Solid Waste Equipment Operators almost 25 hours per week towards the collection and removal of waste tires illegally dumped throughout alleys, roadways, sidewalks and other public property.
 All waste tires collected are transported to the City of Bakersfield s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver large and car passenger tires from its city truck/trailer combination to contractor BARC recycling facility for the purpose of recycling.
 An estimated of 25,000 tires are to be removed an recycled.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...14 lines deleted...]
-  <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Fresno</x:t>
   </x:si>
   <x:si>
     <x:t> Ana Manzula</x:t>
   </x:si>
   <x:si>
     <x:t>5596218453</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Fresno is located near the center of the State of California in the central San Joaquin Valley. Fresno has a population of approximately 500,000 and a high concentrated poverty rate. A substantial part of the residential areas are in older neighborhoods which were developed with alleys. Illegally dumped tires and other debris are continually dumped in these alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The City of Fresno employs two staff members who locate and remove these illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility.  Only gas and maintenance fees are charged to the grant; no vehicle lease fees are incurred. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno County</x:t>
-[...10 lines deleted...]
-</x:t>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danyell Henry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617236171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Locate and remove illegally dumped and/or stockpiled waste tires from City of Lancaster public roads, right-of-ways and other public lands. Waste tires will be taken to the City Maintenance Facility and transported by state permitted registered haulers to end use facilities. Priority will be given to sites that pose serious threats to public health and safety and the environment. Several public roads, vacant lots and public land sites are within 1,000 feet of residential homes, schools, and industrial centers where tires are often illegally dumped throughout the City.
+Prior grant cycle awards have helped to clean-up numerous waste tires throughout the City of Lancaster. To date; the City has cleaned up over 400 illegal waste tire piles, recycled over 100 tons of wastes, benefiting local and regional efforts in minimizing risks to public health and safety, and promoting the clean-up and removal of environmental hazards and conservation of natural resources.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Bernardino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy O'Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093845353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of San Bernardino continues to experience a high rate of waste tires that are being illegally dumped.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Hesperia</x:t>
   </x:si>
   <x:si>
     <x:t> Julie Ryan</x:t>
   </x:si>
   <x:si>
     <x:t>7609471589</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Hesperia covers nearly 75 square miles of developed and vacant open desert land. With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping are often times within 1,000 feet of schools, residential neighborhoods, commercial and industrial centers, airport, aqueduct and electrical transmission lines. These locations are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires. Some locations are also near the City water storage tanks or Mojave River causing a serious threat to the City's drinking water.
 City staff attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping. Code Enforcement Officers are available 5-days a week to clean-up City areas littered with waste tires. To assist in the cleanup efforts, the City's Code Enforcement Department contracts with the Work Release Program through the County of San Bernardino Criminal Justice System. Under the supervision of a Code Enforcement Officer, work release crews and City Code Enforcement Officers pick-up the waste
 tires and deliver to the grant Contractor for proper disposal. In addition to Code Enforcement Officers, the City's Public Works personnel may also pick up tires that are located along City right-of-way. The Contractor will transport the waste tires to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...27 lines deleted...]
-In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Contaoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County Department of Waste Resources (Department) operates an Illegal dumping Mop-up and Cleanup Team (IMPACT) which removes illegally dumped solid waste and waste tires on all county roadways. The IMPACT program has been performing this duty since 2002 in the unincorporated areas of Riverside County. The program will continue to remove waste tires dumped in road right-of-way and on private property. The Department has removed waste tires from roadsides and on some instances the Department has taken them off private property, which has resulted in removing over 25,000 waste tires that were illegally dumped. So if awarded the grant for another cycle the Department will continue to do this work. 
+The Department will use the Maintenance and Construction Worker and Crew Lead Worker job classifications to operate exempt-government hauling vehicles (Tire Program Identification Number 1570382-01). The tire loads will be manifested and transported using the government-exempt hauling vehicles (Tire Program Identification Number 1274054-01). The waste tire loads will be hauled to B J Used Tire &amp; Rubber Recycling (TPID Number 1001094).  For the bulk of the labor, the Department will use the Riverside County Sheriff’s Department Riverside Alternative Sentencing Program (RASP) participant’s in removing waste tires from county roads.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanup tires dumped in public right-of-way and abandoned areas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Douthitt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603374589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Imperial County is a unique community of seven cities. The city of Mexicali, with a population of over a million residents borders the City of Calexico. The yearly crossing is over 8,000,000. Imperial County generates approximately 65,000 used and waste tires annually. The County's cities and unincorporated communities comprise less than two percent of the land this provides ample desolate, isolated and unobservable areas where individuals could illegally dump tires. 
+Even one of these following factors would substantially contribute to the number of illegally dumped and discarded tires but taken together, creates a formidable environment of unsightly and disease-bearing discarded illegally dumped tires: Close proximity to the Mexico Border Crossings; Imperial Valley inherits many tires rejected by the Mexican Recycling Industry; large number of seasonal visitors attracting recreational vehicle owners with vehicles in tow, off-road visitors to the Imperial Sand Dunes (each of these licensed vehicles paying admission to BLM land is approximately 456,300 street legal vehicles for FY 2010) typically hauls an average of three off-road vehicles); high usage of passenger, truck, semi-truck and equipment tires in the Imperial County agricultural industry; low income, unemployment and lack of financial resources; and irrigation canals (canals are cleaned quarterly and illegally disposed tires are removed).
+All of Imperial Valley Resource Management Agency (IVRMA) collected tires now are going to Rubber Recovery Inc. located at 10672-B Calabash Avenue, Fontana, CA  92337. Nothing goes to a landfill. The tires transported from the Imperial Valley to Rubber Recovery Inc. go to be crumbed, buffing or molding to manufacture retail products. All contractors must agree to take all collected tires to a recycling facility. 
+Community Support for the Tire Cleanup Program included Local Enforcement Agency and Elected Officials. Imperial County has developed an Illegally Dumping Task Force, in 2009, which has brought awareness to the residents of Imperial County of the problems associated with illegally dumping. We now have enforcement, provided by Imperial County Sheriff Department, California Highway Patrol and the Local Enforcement Agency.  In 2008, the Imperial County Board of Supervisors passed Ordinance #1436, Chapter 8.73-Unlawful and Unauthorized Dumping of Solid Waste.
+Illegal Dumping of ties is a serious threat to Public Health and Safety. In the proximity of densely populated areas to residential homes, schools, and commercial locations. Imperial County covers approximately 4,597 square miles of predominantly agricultural land with many schools in Imperial County in remote areas where tires are frequently illegally dumped. San Pasqual Valley Unified School District is located 90 miles from a populated area. Pine Elementary School, Magnolia Union Elementary School, Mulberry Elementary School District, McCabe/Corfman Union School District, and Meadows Union School District are schools in rural and agricultural areas in Imperial County. Illegal dumping of tires is common in rural, secluded, agricultural areas. Pesticide residue has been found in tires. Physical injuries can also result from sharp or pointed objects becoming trapped inside discarded tires. Tire Collection Crews have reported finding needles, broken glass, and dangerous objects. Piles of illegally discarded tires that contain trash or dry brush are a potential fire hazard. When tires burn, the toxic chemicals are released directly into the atmosphere. This can cause both short and long term health hazards to residents. Compounds from melted tires can also pollute soil, surface water, and ground water. A tremendous health hazard is created when illegally discarded tires accumulate on roads that run through farmland, and the pile of tires is ignited. 
+Over 521,406 illegally dumped tires have been collected from Imperial County roadways and other public areas with grants from Cal Recycle/California Integrated Waste Management Board (CIWMB).  IVRMA has exhibited wise and judicious use of Cal Recycle/CIWMB grant funds which will continue. IVRMA has developed significant experience and has managed to keep the cost of collection and recycling illegally disposed tires low.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Halpin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for the costs associated to tire trailer service for illegally dumped tires.  Tires are removed from right-of-ways by member jurisdictions, and are brought to either the Billy Wright Landfill or the Highway 59 Landfill. Tires are then picked up at either of the two landfill sites by a California tire processing contractor. Participating agencies include: City of Atwater, City of Dos Palos, City of Gustine, City of Livingston, City of Los Banos, City of Merced and Merced County.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Ronaldo Milo</x:t>
   </x:si>
   <x:si>
     <x:t>2134853568</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Los Angeles has an on-going waste tire cleanup program through the City's Department of Public Works (DPW) managed by the Solid Resources Support Services (SRSSD) and the Solid Resources Collection Division (SRCD) of the Los Angeles Sanitation (LASAN). SRCD removes illegally dumped tires within the City`s right-of-ways, alleys and boundaries. Tires collected are delivered to any of the six LASAN's district yards and other City locations approved by LASAN for storage and recording purposes. The district yards and LASAN approved locations provide environmentally sound storage areas for the collection and transportation by a vendor to a tire recycling facility for processing and beneficial reuse. Each of the LASAN district yards has a Tire Program Identification (TPID) Number Certificate issued by Department of Resources Recycling and Recovery (CalRecycle) storing an approved number of tires at a certain time period. LASAN's six district yards are as follows:
 1) West Valley District Yard 
     8840 Vanalden Avenue 
     Northridge, CA 91324 
     818-727-7193 
 2) South Los Angeles District Yard 
     786 South Mission Road 
     Los Angeles, CA 90023 
     213-485-4912 
 3) West Los Angeles District 
     2027 Stoner Avenue 
     Los Angeles,CA 90025 
     310-575-8393 
 4) Harbor District Yard
     1400 North Gaffey Street
     San Pedro, CA 90731
     310-548-7708
 5) East Valley District yard
     11050 Pendleton Street
     Sun Valley, CA 91325
     818-752-5700
 6) North Central District
     452 San Fernando Road
     Los Angeles, CA 90031
     (323) 227-7334
 The City of Los Angeles collects an average of 650 tons of used tires annually through which LASAN estimates 50% are collected from illegally dumped areas. B.J. Used Tire &amp; Rubber Recycling, Inc.       (B.J.- contact: Rita Jankouzian, 909-684-2316) renders its services to the City by collecting and transporting the tires from the district yards to a tire recycling facility for processing and beneficial reuse.  
 Additionally, LASAN will partly utilize the services of Los Angeles Conservation Corps (LACC – contact: Karla Ramos, 213-362-9000) for the removal of tires within the City of Los Angeles. LACC services are limited to the collection and transportation of used/waste tires only and will directly deliver to B.J. LASAN pays B.J for disposal/recycling of the LACC's delivered tires.                                                                                                                                          </x:t>
   </x:si>
   <x:si>
-    <x:t>Madera              </x:t>
-[...30 lines deleted...]
-  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
-    <x:t>Pala Band of Mission Indians</x:t>
-[...38 lines deleted...]
-  <x:si>
     <x:t>San Diego County</x:t>
   </x:si>
   <x:si>
     <x:t> Jen Winfrey</x:t>
   </x:si>
   <x:si>
     <x:t>8586942463</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego County is applying for funds to cleanup tires from the Tijuana River Valley Park and County maintained road ways (when illegally dumped tires are in the right of way). The County proposes conducting 10 tire cleanups/removals with Urban Corps, 3 volunteer cleanups with a local nonprofit (plus 2 additional inkind cleanups) and removing up to 350 illegally dumped tires from the right of way.  A certified tire hauler will haul and dispose of all tires at State certified facilities, recycling them whenever possible.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>With the funding requested, Stanislaus County Department of Environmental Resources estimates picking up approximately 2,200 waste tires that have been illegally dumped either on private property or along the county unincorporated roadways.  The goal is to remediate small tire piles as soon as possible to prevent blighted conditions and to prevent a harborage for insects and vermin.  All car and truck tires will be recycled.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Victorville</x:t>
   </x:si>
   <x:si>
     <x:t> Jorge Duran</x:t>
   </x:si>
   <x:si>
     <x:t>7609555104</x:t>
   </x:si>
   <x:si>
     <x:t>1. Need and Locations:
 The City of Victorville is located in the center the high desert area within the San Bernardino County. The City is accessed by nearly 320,000 people daily who commute to work, home, shopping or larger metropolitan regions such as Los Angeles or Las Vegas. The City of Victorville anticipates collecting, transporting, and transferring a vast amount of illegally disposed waste tires throughout our City limits. The City of Victorville encompasses 74.09 square miles of land which 55% is undeveloped. With a population of approximately 121,000 residents, excluding neighboring jurisdictions, people are reluctant to properly dispose of their waste tires and end up disposing of them in our undeveloped areas. Many of these areas are located adjacent to densely populated residential areas. In recent years, the City has performed waste tire cleanup activities generated by waste tire enforcement inspections and monitoring of vacant desert areas. The City has conducted numerous joint tasks to collect waste tires in areas where accessibility was limited and rough. Through the use of our two waste tire collection trailers purchased through prior waste cleanup grants (2003/2004), we were able to safely access these areas and effectively remove hundreds of waste tires. Additionally, we anticipate collecting approximately 6500 tires during the grants 24 month period from 7/1/16 to 6/30/18 of the respective grant TCU16 grant cycle. 
 2. Methodology: 
 Illegal dumping is a situation where people observe that others have dumped and then dump their own debris in the same location. Cleaning up the illegally dumped material as soon as it happens is the best method of curtailing this type of behavior. Utilizing community service workers and/ or City staff for waste tire removal, stockpiling, and later disposal is the most economical means. Staffing will consist of two - three Code Enforcement officers to oversee the program, supervise community service workers and probationers, and monitor the temporary stockpiling and disposal of tires to recyclers via our contracted waste tire hauler. 
  Funding for Code Enforcement staff will be funded from within the City’s Code Enforcement budget with most of the costs reimbursed through grant funding. A large part o f the labor will be conducted by city employees. Any type of heavy equipment and/or heavy equipment operator to be utilized would be from the City’s Public Works Department and funded through the Environment Maintenance Fund or the waste tire clean up grant if authorized by the grant manager. To fulfill these tasks, the City will need to purchase safety related items and stick tools to drag and load collected waste tires. These items are needed in the Mojave desert area due to a high level of venomous snakes that are often found inside of waste tires. Trash bags are needed to collect the minimal trash found inside of the tires so as to not leave the trash in the desert. 
 Product Description Quantity Unit Price $Total 
 Heavy duty work gloves 20 Approx. $10.00 each $200 
 Safety Glasses/Goggles 20 Approx. $10.00 each $200 
 Garden / stick tools 20 Approx. $20.00 each $400 
 Extra heavy duty trash bags 20 Approx: $18/ box $360 
 No Dumping Signs (metal and reflective material) 25 $40/sign $1000
 TOTAL $2160 
 3. End Use 
 The collected waste tires will be taken to our Code Enforcement yard located on El Evado Road or our Anacapa Rd waste collection center where they will be properly stored and ready for pick up by our designated registered waste tire hauler Town and Country Tire. The tires will be transported via an enclosed trailer to the Mitsubishi plant in Lucerne Valley and or Cemex Cement plant in Victorville for final disposition.</x:t>
   </x:si>
   <x:si>
+    <x:t>Pala Band of Mission Indians</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Shasta Gaughen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608913515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be used to fund the removal of waste tires that have been improperly disposed on the Pala Reservation. All tires will be hauled away for appropriate disposal using a CalRecycle certified waste tire hauler.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t> Ron Hayes</x:t>
   </x:si>
   <x:si>
     <x:t>5306668024</x:t>
   </x:si>
   <x:si>
     <x:t>The County of Yolo is faced with the challenge of safely diverting and/or managing hundreds of waste tires each year that have been illegally dumped throughout the county.  These waste tires, if not picked up and disposed of properly, pose a potential threat to public health, safety, and the environment.  
 The county's goals are to remove approximately 1,000 tires as quickly as possible in order to alleviate the illegal tire piles from growing larger.  All collected tires are to be transported to a permitted facility.</x:t>
   </x:si>
   <x:si>
-    <x:t>Imperial            </x:t>
-[...31 lines deleted...]
-    <x:t>Funds will be used for the costs associated to tire trailer service for illegally dumped tires.  Tires are removed from right-of-ways by member jurisdictions, and are brought to either the Billy Wright Landfill or the Highway 59 Landfill. Tires are then picked up at either of the two landfill sites by a California tire processing contractor. Participating agencies include: City of Atwater, City of Dos Palos, City of Gustine, City of Livingston, City of Los Banos, City of Merced and Merced County.</x:t>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Avneet Mahil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the funding requested, Stanislaus County Department of Environmental Resources estimates picking up approximately 2,200 waste tires that have been illegally dumped either on private property or along the county unincorporated roadways.  The goal is to remediate small tire piles as soon as possible to prevent blighted conditions and to prevent a harborage for insects and vermin.  All car and truck tires will be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Corey Collins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Joaquin County will use grant funds to implement a tire clean up. Tires will be removed from rural properties and public roadways using staff and the San Joaquin Regional Conservation Corps. All tires will be recycled by Waste Recovery West.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve Rodowick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308792352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illegally dumped waste tires pose potential threats to the environment and to public health and safety.
+Within the unincorporated areas of Butte County, tires are frequently dumped illegally on roadways, on vacant land, in alleys, and in sensitive wildlife habitats near homes, schools, and businesses. These tires provide breeding grounds for rodents and mosquitoes, which could spread the West Nile Virus and other diseases. There is also a threat of fire when a large number of tires are dumped in one location, which occurs frequently in rural areas. During drought conditions, this threat increases significantly. To help reduce these threats, the County Department of Public Works actively collects illegally dumped waste tires from public areas effectively enhancing the quality of life for residents, improving the overall environment, and reducing potential threats to public health and safety. Public Works maintenance crews transport the collected waste tires to our Oroville maintenance facility or to the Neal Road Recycling and Waste Facility for recycling.</x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Nanci Biendarra</x:t>
   </x:si>
   <x:si>
     <x:t>6192366007</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to clean-up tires in the City of San Diego.
 The Tijuana River Valley is an estuary of national importance with a multi-agency approach to restoring and protecting the sensitive ecosystem. Tires from Mexico are washed downstream during rain events and have significant impact on the watershed. Tires are plucked from the sediment and trash removed during dredging of river channels and sediment basins. Large truck tires can sometimes be recycled however passenger tires are too contaminated with sediments and go the landfill.
 Brown Field Airport is a small City operated airport located on a large piece of City owned property.  This property is bordered by open space and is located in a remote area of the City. These factors have made it prone to dumping.  The City has been cleaning up the property in preparation for development. 
 The City Code Compliance division actively collects tires from the Public Rights-of Way throughout the City. The Tire enforcement Program also refers tire piles on public property to Code Compliance for remediation.  Detailed logs are provided of these activities.  When possible the Tire Enforcement Program utilizes surveillance cameras to catch perpetrators and deter dumping.
 Other than the contaminated tires from the Tijuana River Valley, every attempt is made to recycle the tires at BAS recycling, our closest tire recycling facility, located 100 miles away in Moreno Valley.
 Cleanup of Dennery Canyon, Otay Mesa (City Owned) where there are an estimated 250 visible tires and approximately as high as 400 tires. The Dennery Canyon is located down a steep ravine.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...23 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Joaquin County will use grant funds to implement a tire clean up. Tires will be removed from rural properties and public roadways using staff and the San Joaquin Regional Conservation Corps. All tires will be recycled by Waste Recovery West.</x:t>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Song Vang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County of Fresno has an ongoing waste tire cleanup program managed by the County's Department of Public Works and Planning Road Maintenance and Operations (Roads) Division. Illegally dumped tires are removed by Roads personnel from County streets and rights-of-way in the rural and unincorporated areas throughout Fresno County. 
+We estimate collecting approximately 13,100 illegally dumped tires.  Personnel will collect and deliver tires to storage areas at the County’s various Road Maintenance Yards and other appropriate storage sites.  Waste tires will be removed by permitted tire hauling companies including American Refuse, Inc. (dba American Tire Tec), West Coast Rubber Recycling, Waste Recovery West, Golden By-Products, and other hauling companies as available and established through County-vendor procurement agreements.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mary Church</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596615466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Madera's Public Works Department will act as the lead agency in this regional application with Madera County participating as the other jurisdiction.  
+The City staff will administer the grant, coordinate the scheduling of tire trailers and pickup locations, oversee the pickup of tires found in alleys, public right-of-way and waterways at various scattered sites.  County staff will follow the same procedures within their jurisdiction.  The goal is to remove 31,000 tires over the term of the grant.
+The City will use Golden By-Products, Inc. - Scrap Tire Company to provide the trailer vans used for the removal of scrap tires found in the City and County of Madera.  Golden By-Products will transmit electronically all generator, hauler, and end use facility information to CalRecycle.  Golden By-Products will provide City with hard copies of all manifests and weight certificates. All tires collected will be taken to a permitted recycling facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Guy Eisenbrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Town of Apple Valley encompasses 78 square miles of developed and open desert land. The Town attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety and also to discourage further illegal dumping. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout the entire Apple Valley boundaries. Waste tires are removed and transported to Mitsubishi Recycling Plant for proper disposal. We anticipate that approximately 1,800 tires will be illegally dumped in the incorporated boundaries during the grant term. 
+Apple Valley residents are from a variety of economic backgrounds. They may not have the capability of paying a fee to dispose of their waste tires and therefore, may be illegally dumping them as a means of disposal. The illegal dumping of tires surpasses the Town's available resources to manage the problem. If funding for the program is not available, illegal dumping will increase, risking the health and safety of the Town's residents. 
+Apple Valley’s waste tire cleanup program will include the collection, removal, transportation, recycling, and disposal of Apple Valley waste tires from illegal tire piles and areas where illegal dumping has occurred along public right-of-ways. The primary focus will be removing illegally dumped tires observed on public property and in right-of-ways by Code Enforcement Officers.  
+The program is focused on abating the potential environmental hazards that discarded waste tires pose. Often illegal dumps are located within 1,000 feet of residential homes, schools, commercial or industrial centers, residential areas, airport, and electrical transmission lines. Thus, Apple Valley often discovers illegal dump of waste tires to be a potential serious threat to health and safety and the environment. The program focuses on removing and properly disposing waste tires utilizing efficiency and cost effectiveness to obtain the maximum impact for the environment.
+Public property containing discarded waste tires: When an illegal dump of tires is discovered the Code Enforcement Officer will document on the “Tire Timesheet” the date, time, location of the illegal dump, the quantity of tires removed, and the mileage category. The officer will transport the tires to a Burrtec Waste Industries 40 cubic yard roll off container that will be stored at the Public Works yard. Upon filling the roll off container Burrtec Waste Industries will be requested to transport the tires to Mitsubishi Cement for proper disposal.
+All tires removed from Apple Valley will be transported by Burrtec Waste Industries, utilizing a 40 cubic yard roll off container. Tires will be transported to Mitsubishi Cement Corporation located in Lucerne Valley at 5805 State Highway 18. The Town is requesting Waste Tire Clean Up Grant funds to offset the disposal and hauling cost of approximately 1,800 waste tires anticipated to be illegally dumped during the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -597,51 +597,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f9cc4fe2f6745bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R672b400a9b1143e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcfea0789a09941fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfa00c77e5a44770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0855e48c43ba4cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R38da53b3024b4898" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -689,603 +689,603 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2702.267578125" customHeight="1" collapsed="0">
+    <x:row ht="1713.3448486328125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>10328</x:v>
+        <x:v>79817</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1253.395263671875" customHeight="1" collapsed="0">
+    <x:row ht="1241.8865966796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>27576</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="873.92138671875" customHeight="1" collapsed="0">
+    <x:row ht="1253.395263671875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>14097</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row ht="896.91015625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+    <x:row ht="896.91015625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>55938</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1517.8671875" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>21295</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-    <x:row ht="896.91015625" customHeight="1" collapsed="0">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1517.8671875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>55938</x:v>
+        <x:v>21295</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1713.345703125" customHeight="1" collapsed="0">
+    <x:row ht="1241.8876953125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>79817</x:v>
+        <x:v>18478</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="2299.8046875" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.41796875" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3944.154296875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>246787</x:v>
+        <x:v>262010</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="1241.8876953125" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>27576</x:v>
+        <x:v>13305</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2299.8046875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>24000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1241.88671875" customHeight="1" collapsed="0">
+    <x:row ht="471.45703125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>18478</x:v>
+        <x:v>82244</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+    <x:row ht="3426.71875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>46452</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.458984375" customHeight="1" collapsed="0">
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>82244</x:v>
+        <x:v>24000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.47265625" customHeight="1" collapsed="0">
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>14999</x:v>
+        <x:v>12000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-    <x:row ht="3426.71875" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>46452</x:v>
+        <x:v>14999</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.470703125" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.982421875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>12000</x:v>
+        <x:v>42750</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="3944.154296875" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="873.919921875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>262010</x:v>
+        <x:v>14097</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.970703125" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1563.873046875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>13305</x:v>
+        <x:v>77293</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1563.875" customHeight="1" collapsed="0">
+    <x:row ht="862.4140625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>77293</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row ht="68.9921875" customHeight="1" collapsed="0">
+    <x:row ht="908.419921875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>246787</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.984375" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2702.265625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>42750</x:v>
+        <x:v>10328</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3984375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>1589369</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H29" s="10" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1299,29 +1299,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:04 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>