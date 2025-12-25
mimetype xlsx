--- v1 (2025-12-24)
+++ v2 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b02372fa8b4dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra228487b907b483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0855e48c43ba4cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd01fdc8a4ab94d3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2016-17 Local Gov`t Waste Tire Cleanup Grant (TCU16)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -597,51 +597,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfa00c77e5a44770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0855e48c43ba4cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R38da53b3024b4898" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2babf2c226b44112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd01fdc8a4ab94d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3eb71ad8cdcd4d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1299,29 +1299,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:15 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>