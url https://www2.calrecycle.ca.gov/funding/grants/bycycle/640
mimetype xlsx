--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,116 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5cf327226d24d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4655af95f68e41a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R715b6a4d51e64db5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf2b72dc8404d4db4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2016-17 Illegal Disp. Site &amp; LF Cleanup Remediation Grants (SWC68)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The City of Pomona's unsheltered homeless population has shown a dramatic 70% increase in a recent two-year period, resulting in multiple homeless encampments citywide. The abandoned items from these encampments are often in open space areas designated as "High" and "Very High Severity Fire Danger" zones and include hazardous materials like hypodermic needles, feces, urine, etc.  These conditions create a health and fire hazard.  Pomona has had to delay other essential services to address these dangers.  The City would use the funding to develop Pomona's Homeless Encampment Action Response Team (HEART) and partner with California Conservation Corps, an at risk youth employment program.  HEART’s goal would be to respectfully deal with homeless individuals and their personal property while removing abandoned items which create blight and hazards in the City.  CalRecycle’s funding would make a Pomona safer community to work and live.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>City of Richmond</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Adam Lenz</x:t>
   </x:si>
   <x:si>
     <x:t>5106205537</x:t>
   </x:si>
   <x:si>
     <x:t>Phillip Kovacs</x:t>
   </x:si>
   <x:si>
     <x:t>With grant funds, the City of Richmond will implement new and additional illegal dumping measures.  These measures are designed to Current illegal dumping clean-up and abatement efforts are funded at a deficit, including the use of one-time funds that will be exhausted next fiscal year.  
 The additional illegal dumping measures proposed will reduce the time and expense that the City spends cleaning up illegal dumping by preventing waste from being illegally dumped.  Proposed measures will also identify and implement increases in the efficiency and effectiveness of current illegal dumping prevention, abatement, clean-up and enforcement efforts. 
 The intended outcome is a transformed illegal dumping program that will decrease the impacts that wide-spread illegal dumping has on public health and safety and the environment, while also providing a path to a more financially sustainable illegal dumping program for the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shandy Dittman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096203797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rebecca Oliver</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pomona's unsheltered homeless population has shown a dramatic 70% increase in a recent two-year period, resulting in multiple homeless encampments citywide. The abandoned items from these encampments are often in open space areas designated as "High" and "Very High Severity Fire Danger" zones and include hazardous materials like hypodermic needles, feces, urine, etc.  These conditions create a health and fire hazard.  Pomona has had to delay other essential services to address these dangers.  The City would use the funding to develop Pomona's Homeless Encampment Action Response Team (HEART) and partner with California Conservation Corps, an at risk youth employment program.  HEART’s goal would be to respectfully deal with homeless individuals and their personal property while removing abandoned items which create blight and hazards in the City.  CalRecycle’s funding would make a Pomona safer community to work and live.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25eebb098a724ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R715b6a4d51e64db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfa0fdef1ad1f401a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d6c3bb523449db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf2b72dc8404d4db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb608ead5b9e44294" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -337,84 +337,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.42987060546875" customHeight="1" collapsed="0">
+    <x:row ht="839.42364501953125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>416483</x:v>
+        <x:v>434300</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.4237060546875" customHeight="1" collapsed="0">
+    <x:row ht="885.429931640625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>434300</x:v>
+        <x:v>416483</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>850783</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>