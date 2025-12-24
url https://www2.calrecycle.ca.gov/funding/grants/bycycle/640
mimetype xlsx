--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4655af95f68e41a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0222dc926884411e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf2b72dc8404d4db4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3e7d4ceca54343c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2016-17 Illegal Disp. Site &amp; LF Cleanup Remediation Grants (SWC68)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d6c3bb523449db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf2b72dc8404d4db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb608ead5b9e44294" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d3e85bb26ec42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e7d4ceca54343c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5f40674d93944163" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:53 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>