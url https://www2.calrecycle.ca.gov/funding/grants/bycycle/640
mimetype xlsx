--- v2 (2025-12-24)
+++ v3 (2026-03-15)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0222dc926884411e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b4e44399254b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3e7d4ceca54343c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R54d4c5f9ca3741da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2016-17 Illegal Disp. Site &amp; LF Cleanup Remediation Grants (SWC68)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -245,51 +245,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d3e85bb26ec42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e7d4ceca54343c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5f40674d93944163" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e1fa9955b14c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54d4c5f9ca3741da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R895d971c67b246c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -422,29 +422,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:53 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 15, 2026 1:10 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>