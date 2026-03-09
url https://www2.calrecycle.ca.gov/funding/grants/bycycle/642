--- v0 (2025-12-24)
+++ v1 (2026-03-09)
@@ -1,171 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db8339bc68646ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7d0e17eeac4390" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd2d606a3bddd4000"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2add8099bb0b495a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Illegal Disp. Site &amp; LF Cleanup Remediation Grants (SWC70)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...41 lines deleted...]
-    <x:t>7074647254</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Guy Eisenbrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>Rebecca Oliver</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>The Town of Apple Valley encompasses 78 square miles of developed and open desert land. To alleviate the threat to public health and safety and to discourage further illegal dumping the Town attempts to remove illegal dumps quickly. An aggressive community enhancement program consists of Code Enforcement Officers who locate illegal dumps, complete a thorough investigation, look for identifying information and rapidly remove the dumped waste. Illegal dumpsites are scattered throughout the Town of Apple Valley therefore parcel numbers and exact locations are not provided for the grant.
 Apple Valley residents come from a variety of economic backgrounds. Residents may not have the capability of paying fees to dispose of their waste and therefore, may illegally dump the waste as a means of disposal. Dumping can be more common in areas with more renters who have fewer stakes in the community and in areas with absentee property owners. The Town attempts to alleviate illegal dumping by offering community enhancement events; these events allow citizens to dispose of items at no charge. Cleaning up illegally dumped waste is an expenditure that the Town would like to offset with the grant. 
 The Town of Apple Valley has an aggressive enforcement process regarding illegal dumping; individuals who are caught illegally dumping are issued a misdemeanor notice to appear (citation), are required to remove the illegally dumped items, and are required to provide documentation that the items were properly disposed of. Individuals who are observed dumping by an officer face the same consequences and also have their vehicle impounded and stored for thirty days. If the subject is found guilty by the courts, the maximum fine that can be imposed is $1,000.00 and/or 6 months in jail. The Town attempts to collect cost recovery for the time and resources dedicated to the case by the courts. 
 The Town focuses on removing potential environmental hazards that discarded waste poses to residents and the environment. Illegal dumps are commonly located within 1,000 feet of residential homes, schools, commercial or industrial centers, and electrical transmission lines. The program focuses on illegal dumps along the public right-of-way and on public lands where removing the dump is a public benefit. If an illegal dump was discovered on private property, paperwork would be submitted to Cal-Recycle requesting to use grant funds to abate the dumped waste and cost recovery may involve a lien on the property. Hazardous waste will be forwarded to the proper agency for removal and disposal. The Town strives to remove the waste efficiently using cost effective measures to obtain the maximum impact for the environment. The Town is requesting a waiver for cost recovery on public right-of-ways and public property.
 The proposed program focuses on illegal dumps along the public right-of-way and on public lands where removing the dump is a public benefit. If an illegal dump was discovered on private property, the Town will make every attempt to contact the owner to remove the waste. If the waste is not removed in a timely manner the Town would consider obtaining an abatement warrant to remove the waste. All costs involved with removing the waste from the property would be recovered by the Town placing a lien on the property or recovering restitution through other measures. Illegal dumps will not be removed from private properties without first obtaining a warrant. Grant funds would not be used to remove illegal waste sites on private properties, unless written permission is obtained by the Grant Manager.  
 Code Enforcement Officer’s will patrol their assigned geographical areas removing small disposal waste sites. The Community Enhancement Crew works Saturdays and Sundays removing larger illegal disposal waste sites. If a disposal waste site is determined to be a traffic hazard or an attractive nuisance, resources will be used to remove the disposal waste site immediately. The Town will conduct these efforts in a safe manner. Proper tools and equipment will be used when removing disposal waste sites. 
 Apple Valley has an administrative process in place that allows the Town to recover abatement expenses.  Whenever any person creating, causing, committing, or maintaining a public nuisance, as referred to in Apple Valley Municipal Code Section 1.01.250, or other public nuisance, as defined under State law or other ordinance or regulation, has been given notice, by or on behalf of the Town Attorney or by any other Town officer, employee or policing agent authorized to give such notice, to abate such nuisance, or cease and desist from continuing such nuisance or violation of law, and such person who was given notice fails, refuses, or neglects to comply with the notice within the time specified therein, or if such a time is not specified, then within a time reasonably sufficient to enable such compliance, such noncomplying person shall be liable to the Town for any and all costs and expenses to the Town involved in thereafter abating the nuisance and in obtaining compliance with or enforcing the law as referred to or encompassed in the said notice.
 Costs and expenses, may include, but are not limited to, any and all direct costs and expenses related to such things as personnel salaries and benefits, operational overhead, rent, interest, fees for experts or consultants, legal costs or expenses, including attorney's fees, claims against the Town arising as a consequence of the nuisance or violation, and procedures associated with collecting moneys due hereunder. The provisions shall also apply to any person who received a notice, as specified therein, and thereafter the nuisance or violation was abated, but such person subsequently allowed or was responsible for a recurrence of the nuisance or violation.
 Apple Valley residents can access Apple Valley Code Enforcement’s website; the webpage is continually updated with upcoming Community Enhancement Events. There is a designated link for illegal dumping on the website; this link provides residents with contact information for Code Enforcement, the Sheriff’s Department, and We-Tip if they observe someone illegally dumping. The website provides information about illegal dumping and the consequences when subjects are caught.    
 Another key component of our outreach program in the Code Enforcement Monthly Report. Each month Code Enforcement produces a Monthly Report that was initially intended to provide the Town Council and Town Executive Staff with an overview of Code Enforcement. The Monthly Report has been transformed into a document that is made available to residents of Apple Valley and has become an integral part of community outreach. Community Enhancement Events are spotlighted showing what events are being offered and the effectiveness of our illegal dumping program is shown using photographs and statistics. 
 Apple Valley makes every attempt to provide opportunities for residents to reduce visual blight by offering free events. An illegal dumping flyer was created to assist in addressing the concern of illegal dumping within the Town. The flyer is offered to residents during community events and is available on the Code Enforcement website. The flyer is spotlighted on social media and other media outlets available to the Town.
 The Town of Apple Valley partners with Burrtec Waste Industries, Inc. to award residents who report illegal dumping to authorities. Through the program residents can be awarded a check for $500.00, when providing information leading to the arrest and conviction of the illegal dumpers.
 It is the goal of Apple Valley to ensure that the program is effective in reducing illegal dumping and removing illegal waste sites, continuous tracking and evaluation will be conducted; if the Town feels the program becomes ineffective, it will be reviewed, and necessary changes will be placed into a revised program and provided to Cal-Recycle for review and approval. 
 Statistics will be maintained, including hours of the personnel involved, illegal waste sites removed, tonnage delivered to the San Bernardino County Landfill, and tracking of equipment purchased. This information will be provided to Cal-Recycle through the Final Progress Report.
 Progress reports will be completed quarterly for review by Town Executive Staff and Cal-Recycle. A Final Report will be compiled and submitted to Cal-Recycle showing that the commitments of the Town were fulfilled within the budget amount requested.
 Grant funds would be used to subsidize the Illegal Dump Cleanup Program. Currently, the program focuses on removal, transportation, recycling, and disposal of illegally dumped waste along the public right-of-way and on public property. 
 Substantiation of threat to public health and safety and/or the environment
 During the past five years the Town of Apple Valley has investigated 3,822 cases of illegal dumping and collected over 919,120 pounds of waste. The dumped waste includes: household trash, construction material, yard waste, furniture, electronics, appliances, and many other items. While investigating these sites, rodents, insects, and snakes are commonly located using the waste as a protective habitat. The Town has found that when waste sites are removed swiftly, the potential for rodents and animals forming habitats and causing health hazards within neighborhoods is greatly reduced. Apple Valley has become a familiar and common place to dump illegal waste due to the amount of open desert space and rural areas. The rural area is attractive to illegal dumpers as they are not very likely to get caught in the act. Apple Valley has found that many subjects who are caught illegally dumping waste to not reside in Town. It is a crime of opportunity because Apple Valley is located within close proximity to the San Bernardino County Landfill. (Exhibit 1)
 There are significant the health and safety issues associated with illegal dumping. Areas used for illegal dumping may be easily accessible to people, especially children, who are vulnerable to the physical and chemical hazards posed by waste. Rodents, insects, and other vermin attracted to waste sites pose additional health risks. Mosquitos can breed 100 times faster than normal in the warm, stagnant water which collects inside tires. Some of the mosquitoes can carry life threatening diseases such as Dengue Fever, Zika Virus, West Nile Virus, Yellow Fever, and Encephalitis. Apple Valley is located within San Bernardino County, which has been identified by the CDC as a county with active West Nile Virus cases. As of July 14, 2017, there have been a total of 92 cases of West Nile Virus in 20 counties throughout California with San Bernardino County listed as an affected county. (Exhibit 2)
 •4 human cases, San Bernardino County affected
 •71 dead birds, San Bernardino County affected
 •17 sentinel chickens, San Bernardino County affected
 Illegal dumps within Apple Valley are found near schools, parks, lifeline trails, bike paths, and other crucial areas that are vital to the community. The local high schools are surrounded by open desert land. Many of the school activities utilize the open desert as a training site for the student’s various activities. The waste poses a nuisance condition including potential health concerns, attractive habitats for snakes and other wildlife, and physical harm from waste items such as nails, glass, and other potential dangerous items to the students and residents that utilize the open desert, parks, bike paths, Mojave River Bottom and other multi-use recreational trails. (Exhibit 3)
@@ -206,50 +128,128 @@
 oObjective 3: Collaboration with the community, public outreach 
 oObjective 4: Targeted enforcement of frequent waste site areas
 •Goal 3: Tracking and Evaluation
 oObjective 1: Document illegal waste sites removed
 oObjective 2: Maintain documents, including photographs, investigations, etc 
 oObjective 3: Maintain data and statistics 
 oObjective 4: Continuously evaluate the program for effectiveness  
 •Goal 4: Cost Recovery
 oObjective 1: Restitution for personnel and resources through administrative processes
 oObjective 2: Restitution for personnel and resources through the Courts 
 oObjective 3: Use alternative methods to collect restitution
 oObjective 4: Provide additional resources to the Town with restitution collected
 Evaluation 
 The actions of the Community Enhancement Crew will be evaluated after each illegal waste site has been removed. Removal of the illegal waste site will be accomplished by removing items, ensuring that the area is clean and free of blight or any potential health and safety issues. The Community Enhancement Officer will document the removal of the waste by taking photographs, documenting the time spent removing the waste on designated forms, and maintaining receipts from the San Bernardino County Landfill with the total weight that was delivered to the facility. 
 Records will be maintained with all information required by the grant. The reports will include statistics and financial reports to evaluate the effectiveness of the grant funds in removing illegally dumped waste sites from Apple Valley.
 The goals and objectives will continually be monitored to ensure that they are meeting the overall aspects of the grant program. If it is deemed that a specific goal or objective needs to be reviewed, the Code Enforcement Manager will review the specific goal or objective and adjust appropriately. It will be the responsibility of the Code Enforcement Manager to ensure the program is being operated within the expectations of the Town and CalRecycle.
 Budget
 The Town produced a detailed budget that separates the requested grant funds from the match funds and in-kind services. The budget provided only has eligible costs as outlined in the policies and procedures. Local funds matched in the grant proposal primarily consist of staff time which is approved by the Apple Valley Town Council through the Adopted Budget. As indicated in the budget the match funds exceeds the grant funds requested by $47,939.00. The total match funds from the Town of Apple Valley and In-Kind Services totals $174,914.00 for the grant program. 
 While compiling the budget the Town attempted to reduce costs when possible. Utilizing the San Bernardino County Sheriff’s Department inmates to remove waste sites saves approximately $88,064.00 that is donated as an in-kind service. The use of the inmates allows additional funding to be used to remove waste sites instead of paying salaries. The purchase of a new trailer with grant funds will have an initial cost commitment but will allow funds that are currently being used to make repairs on the trailer to be diverted to removing additional waste sites. 
 Throughout the budget process the Town has attempted to be frugal while being realistic. It is the goal of the Town to provide personnel with hand tools, safety equipment, boots, first-aid kits, and other miscellaneous tools used to assist in investigating and removing illegal disposal waste sites. The Town wants to ensure that illegal dumps are removed safely, eliminating potential harm to the personnel removing the waste. Personnel also need proper tools to assist with conducting a thorough investigation when subjects are caught illegally dumping waste. When the court is considering the matter, these tools will help gain convictions as well as cost recovery. 
 Letters of Support
 Letters of Support were obtained from United States Congressman Paul Cook, Assemblyman Jay Obernolte and Apple Valley Mayor Scott Nassif. They express support for the Town of Apple Valley's Illegal Dumping Program and the difference it makes in the community. They stand together in promoting activities within the community that make it a better place to live. Funding is recommended for The Illegal Disposal Site Abatement Grant Program.
 The Town has not received any written or verbal opposition in support of the Town of Apple Valley applying for the Illegal Disposal Site Abatement Grant Program.
 Use of California Conservation Corps
 The Town of Apple Valley is not partnering with a California Conservation Corps (CCC) to assist with grant activities. At the time of the application the Town is utilizing Inmates from the San Bernardino County Sheriff's Department to assist with removing illegal disposal sites. They provide the Town with an in-kind service for their time whic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clearlake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Adeline Brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7079948201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillip Kovacs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Clearlake is seeking grant funds to clean up several properties within the city where the responsible party is unwilling or unable to clean up.  Several of these properties are burnt and are unsafe and uninhabitable.  They have structural damage and pose a health and safety hazard to the surrounding community.  Other properties have graffiti, trash, abandoned and inoperative vehicles, furniture and appliances stored in the yard and other deteriorating conditions.  Illegal dumping has occurred on several properties as abandoned sites attract transients; who oftentimes will begin to occupy and continue dumping.  All funds will be used to clean up these sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miss Heidi Kunstal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074647254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte County proposes to oversee the cleanup of ___ County-owned or abandoned properties in Del Norte County that have been targets of illegal dumping – including several which are adjacent to watercourses.  Grant resources will also be used to abate and recycle 15 (?) abandoned motor homes or trailers during the grant period, which are especially costly and challenging to manage in this rural county which is over 75% public land.   Grant resources will also be used for fencing and other means to inhibit additional dumping on properties following cleanup activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eureka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Donna Wood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072681858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illegal dumping is a citywide issue that can be divided into houseless-related dumping and neighborhood-related dumping, both of which are a major threat to public health, public safety, and the health of the environment. Two concurrent programs will be implemented to reduce houseless-related and neighborhood-related dumping. One program will employ temporary staff to coordinate outreach, cleanups, and enforcement related to illegal dumping on public lands near the waterfront. The second program will promote an existing bulky item pickup program to spread awareness and increase use of the service.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Elsinore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole McCalmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516743124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lake Elsinore is one of Southern California’s oldest communities (incorporated in 1888), and began as a relatively small recreation area and resort framed by the Cleveland National Forest and built around its 3,000-acre natural fresh water lake. Recently, The City of Lake Elsinore was listed as one of the fastest growing cities in Riverside County.  As the population has increased so has the City's homeless and transient population.  The abandoned items from these encampments are often in the rural open space areas citywide including the lake bottom.  These designated areas are a public health and safety issue within the City due to hazardous materials such as hypodermic needles, feces, urine and other health hazards left by the homeless and transient population.  In these cases, the responsible property owner is unable or unwilling to pay for a timely clean up which is needed to protect public health and safety.  The City of Lake Elsinore will utilize this money to clean-up homeless encampments as well as illegal dumping on private property within the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Paul Clemens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302246207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant projects seeks to clean-up three sites with on-going chronic illegal dumping and trash abandoned from homeless encampments. These sites are in open spaces and are adjacent to the Sacramento River. The wastes left behind by encampments in these areas create a health and safety hazard by way of human waste, food garbage, refuse, hazardous materials, and creates environmental pollution of land and water ways. The City of Redding is requesting funds to clean up the identified sites, remove vegetation to improve visibility as a deterrent to these activities and to install barriers to reduce accessibility with the intent of decreasing illegal activities and dumping in these areas.</x:t>
   </x:si>
   <x:si>
     <x:t>Mendocino           </x:t>
   </x:si>
   <x:si>
     <x:t>Mendocino Coast Recreation and Park District</x:t>
   </x:si>
   <x:si>
     <x:t> Carly Wells</x:t>
   </x:si>
   <x:si>
     <x:t>7079649446</x:t>
   </x:si>
   <x:si>
     <x:t>The funds from this grant will be used to pay for the rental of large dumpsters and the disposal fees associated with removing trash, debris, tires and automobiles from 586 acres owned by the Mendocino Coast Recreation and Park District.  This large tract of publicly owned land has been used as an illegal dumping ground for many years and these funds would allow the District to clean up the refuse and dispose of it properly.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 7</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -399,51 +399,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa12b0312894aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2d606a3bddd4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R736af1d023904340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77822b7604844021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2add8099bb0b495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9fbb7293936a4d1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -491,239 +491,239 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="919.92755126953125" customHeight="1" collapsed="0">
+    <x:row ht="28310.595703125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>277800</x:v>
+        <x:v>127785</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>214030</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>145880</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.453369140625" customHeight="1" collapsed="0">
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>74980</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+    <x:row ht="919.927734375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>118000</x:v>
+        <x:v>277800</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="28310.59765625" customHeight="1" collapsed="0">
+    <x:row ht="597.94140625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>127785</x:v>
+        <x:v>118000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.978515625" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>41525</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="10"/>
       <x:c r="D13" s="11" t="n">
         <x:v>1000000</x:v>
       </x:c>
       <x:c r="E13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:32 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>