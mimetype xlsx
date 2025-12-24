--- v0 (2025-12-24)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0739fa22c5454363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848dcd70237744b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra84e99bb734a43da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4a7ef13932af4587"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2016-17 Local Government Waste Tire Enforcement Grants (TEA24)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -796,51 +796,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf98d5f33075484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra84e99bb734a43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcdf69e078b93462b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9ad70c70fa429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a7ef13932af4587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc47ee7c0e45b4c44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1873,29 +1873,29 @@
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:35 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>