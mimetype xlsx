--- v1 (2025-12-24)
+++ v2 (2026-01-15)
@@ -1,667 +1,667 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848dcd70237744b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc953a7f2763c46e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4a7ef13932af4587"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5de42441a286465b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2016-17 Local Government Waste Tire Enforcement Grants (TEA24)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Merced              </x:t>
-[...8 lines deleted...]
-    <x:t>2093811097</x:t>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Paquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263948</x:t>
   </x:si>
   <x:si>
     <x:t>Phanessa Fong</x:t>
-  </x:si>
-[...341 lines deleted...]
-    <x:t>6613263948</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that: 
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws; 
 2. Surveys Waste Tire Facilities and confirms that generators are using authorized waste tire haulers, properly maintaining CTLs; and fulfilling the WTF requirements; 
 3. Identifies and reports sites that may be in violation of WTF storage standards; 
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV); 
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff; 
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and 
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle. 
 The activities described above are an effective way to address the City of Bakersfield’s 
 need to educate tire dealers and auto dismantlers of their responsibilities and reduce the 
 illegal disposal of waste tires. The program will be comprehensive, informative and allows for enforcement action when necessary. It provides for correcting of waste handling problems, reducing long-term disposal problems, identifying illegal waste tire haulers and encouraging compliance.</x:t>
   </x:si>
   <x:si>
-    <x:t>Yolo                </x:t>
-[...115 lines deleted...]
-DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for waste tire inspections as outlined in the grant procedures and requirements, grant application guidelines, and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve Rodowick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308792352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to conduct compliance inspections at waste tire generators, locate and cleanup small illegally dumped waste tires and conduct enforcement of unregistered waste tire haulers.</x:t>
   </x:si>
   <x:si>
     <x:t>Calaveras           </x:t>
   </x:si>
   <x:si>
     <x:t>Calaveras County</x:t>
   </x:si>
   <x:si>
     <x:t> Lisa Medina</x:t>
   </x:si>
   <x:si>
     <x:t>2097546399</x:t>
   </x:si>
   <x:si>
     <x:t>The enclosed grant budget outlines our enforcement needs that will allow for the continued implementation of an
 effective enforcement program within Calaveras County. Many of our generators require assistance throughout the year
 with manifesting, storage requirements and general questions which requires additional travel time. Five of our
 generators are located in the higher elevations (snow areas), which typically require additional travel time to maintain
 safety. It must be noted that this not only increases inspection but surveillance time as well. Many of our routine
 surveillance areas are more than 1½ hours away from the office.
 It is vital to our enforcement program to have the necessary funds available to continue an aggressive surveillance and
 educational campaign. Many of our surveillance areas are only accessible during the dryer months, while others warrant
 one visit per year as they are so remote. We typically see higher rates of illegal dumping in the cooler months in the
 more remote areas. This may be due in part to firewood cutting, camping activities and the production of illegal narcotics.
 It is imperative to our Waste Tire Program to have the necessary funds available to perform the above mentioned rural
 surveillance activities in addition to performing routine inspections..</x:t>
   </x:si>
   <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Steven Rhodes</x:t>
   </x:si>
   <x:si>
     <x:t>5596003271</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the Waste Tire Program is to promote compliance with State and local regulations as it pertains to the collection, handling, storage and disposal of waste tires in an effort to protect the air, water, and land from pollution and to ensure public health and safety. 
 The Fresno County Department of Public Health, Environmental Health Division, proposes to utilize FY 2016-17 Waste Tire Grant funds for staffing, training and equipment needs associated with continuing the County‘s Enforcement Program Plan.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial County</x:t>
   </x:si>
   <x:si>
     <x:t> Jorge Perez</x:t>
   </x:si>
   <x:si>
     <x:t>4422651888</x:t>
   </x:si>
   <x:si>
     <x:t>The Imperial County LEA intends to utilize the requested Tire Enforcement Grant funds to continue a comprehensive education program to ensure that registered waste tire haulers are utilized for the transport of used or waste tires; that waste tire generators comply with disposal manifesting, permitting, and waste tire storage standards as applicable; and that illegal dumping of waste tires is prevented. The objective of the tire enforcement agency program is to conduct compliance inspections to eliminate potential public health and safety risks associated with improperly managed waste tires within Imperial County.</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jerry Weir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2138476260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to inspect our over 1600 Waste Tire Facilities for compliance with all waste tire handling regulations. Our past participation in the Local Government Waste Tire Enforcement Grant program resulted in a decrease in the number of large illegal waste tire dumps in our jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Yancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Government Waste Tire Enforcement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Trey Strickland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072346639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle Waste Tire Enforcement Grant funds will be used ti implement the waste tire program locally in Mendocino County and provide oversight to the businesses in our county generating &amp; handling waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Karin Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto is requesting $38615.00 in grant funding under TEA24 to continue the success of previous grant cycles.  There are approximately 122 tire business know to be in operation in Modesto and this grant funding will ensure that those facilities stay in compliance with all waste tire regulations.  If awarded the grant funds requested, the City of Modesto will inspect all waste tire businesses with the City of Modesto for compliance with water tire permitting, hauling, storage, disposal laws and regulations.  We will submit all inspections forms electronically to Cal Recycle for review.  All report will be completed and submitted in a timely manner according to the stated grant requirements.  We will actively seek to make sure no new tire businesses are operating without the proper identification as licensed by the State of California.  We will educate tire business staff on what is required of them and provide them the appropriate reference materials and information.  We will conduct field patrols and follow up on all complaints and referrals on know and potential illegal dumping tire sites, especially in alleyways.  City staff will attend all mandatory roundtables and technical trainings to keep abreast on all tire regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C Robert Durham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317558979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used to fund the existing Waste Tire Enforcement Program, which includes conducting routine waste tire inspections, surveillance and enforcement, community education, attending round table events and other training required by Cal Recycle, and to purchase equipment and supplies needed to conduct the program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Greg Pirie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> grant eisen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302651469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grantee will maintain waste tire enforcement activities for this jurisdiction. These activities include, but are not limited to, inspection of inventoried sites, identification of businesses that need to be on the TPID inventory, surveillance for illegal disposal sites and unregistered haulers, and achieving compliance through education and, if necessary, enforcement. Further, the grantee will investigate referrals from CalRecycle or other agencies and pursue placement of motion detection cameras to apprehend illegal dumpers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Bailey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant will allow Placer County Environmental Health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manuel A. Acueto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9515387975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.
+Training will be provided to assure county employees are kept up to date with new requirements of the state. Staff will also attend safety training of perishable skills.
+Equipment requested will be utilized to assure the employees are well prepared when conducting inspections.
+Direct Administration funds will be used to supervise the grant in an effort to assure all tasks are met.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Jeff Czapla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168766586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Environmental Management Department requests TEA 24 grant funding for the continued implementation of a local waste tire inspection and enforcement program. Funds will be used to ensure businesses comply with State and Local regulations governing the storage, transportation, and manifesting of used/waste tires.  This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and to prepare required reports for submittal to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Jorgenson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9099485091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Land Use Services - Code Enforcement will utilize CalRecycle grant funds to inspect waste tire generators, haulers, and storage facilities located within the County and its cities; assist CalRecycle with the enforcement of waste tire handling regulations; surveil and patrol our jurisdictional areas to ensure compliance with state law; identify and assist in the prosecution of violators; and provide education on proper waste tire management to businesses and other entities within the County's jurisdiction.  San Bernardino County is the largest county in the United States and its large percentage of desert areas are a prime target for the illegal dumping of waste tires.  Grant funding will enhance the County's efforts at reducing blight, illegal dumping, and the hazards associated with the illegal transport, storage, and dumping of waste tires, and will enhance the State's efforts in promoting the re-use of tires for fuel and manufacturing, thereby reducing the amount of waste tires that end up in landfills or unauthorized places.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael Kith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the San Joaquin County Environmental Health Department Waste Tire Program (EHD) is to protect public health, safety and environment with regard to waste tire facilities within its jurisdiction.
+The EHD intends to us the TEA24 fund for all expenses associating with performing inspection of the waste tire facilities, investigating illegal dumping of waste tires in San Joaquin county, staff training and administrative costs,</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Liz Pozzebon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant Program funding will support San Luis Obispo County's ongoing efforts to enforce CAlRecycle's waster tire regulations, and allow the County to educate businesses and the public on how to handle waste tires in a safe and responsible manner.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robb Simas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires. 
+Currently, there are approximately 671 waste tire businesses in Stanislaus County and in the participating cities. The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators. The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses. 
+Since the programs’ inception in 2006, two (2) large tire piles containing over 20,000 have been cleaned up. Over 2,976 inspections of tire facilities and tire haulers have been conducted, with 40 notices of violations issued along with eleven (11) referrals to CalRecycle for legal action. 
+If TEA 24 is awarded to Stanislaus County it will enable our jurisdiction to conduct 250 inspections, spend 210 hours on surveillance, investigate reported violations and respond to complaints of tire dumps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tim Potanovic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 24 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sheilah Lillie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds from this grant will be used to implement our Waste Tire Enforcement Program. Program activities include completing inspections, providing education to existing and new waste tire generators and haulers, preparing reports, performing grant management duties, participating in trainings, and conducting surveillance and enforcement activities throughout Tuolumne County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville is located in the Mojave Desert area approximately 1 hour from the heavily populated Los Angeles, Orange County, Inland Empire and 2 hours from the growing Las Vegas areas. The City is surrounded by a vast amount of desert land and has three major highways that intersect within the City (I-15 Freeway, CA Highway 18/138, and US highway 395). Due to the surrounding geography, the City experiences a large amount of illegal dumping activity which includes illegally dumped tire piles of both general passenger and commercial type tires. The City is still growing commercially and in total residential units and currently has 115 waste tire related businesses (identified via WTMS as active businesses). Specifically, the city has a large number of used tire dealerships located in areas of the city that are highly probe to illegally dumped waste tires. The city  will use waste tire enforcement grant funds to establish a presence in our City and partner with the State to regulate the waste tire disposal process and minimize illegal dumping through surveillance, enforcement, and administrative actions. Funds will also aid our assigned staff to provide them with office and small field supplies/equipment to carryout grant inspection, surveillance, and education tasks. Our primary goal when utilizing grant funds is to inspect all waste tire generators and haulers within the grant period. Additionally, we will partner with the businesses, ensuring that all waste tires are manifested utilizing the forms provided by Cal-Recycle and encouraging them to report those who illegally dispose of tires. In administering the grant, the City of Victorville will prioritize its activities to mirror those established in the grant terms/conditions and procedures: inspection, waste tire manifest compliance, identifying illegal disposal activities, education, and awareness.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Moushumi Hasan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Local Government Waste Tire Enforcement Grant will be used to train new staff and to conduct inspections at waste tires facilities in Yolo County. The funds will also be used to prevent illegal transport, storage, and disposal of waste tires in the County. Yolo County Environmental Health Division (YCEH) will provide information and training to local businesses and the community regarding compliance with current waste tires regulations. YCEH staff will attend mandatory and non-mandatory meetings and trainings. YCEH will submit timely progress reports to CalRecycle regarding the implementation of the waste tires grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gary Cantwell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307497526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant funds will be used to augment the personnel costs associated with maintaining inspection frequency of the waste tire program.  These funds will allow the Yuba/Sutter LEA to continue to relieve the roadways of illegally disposed, abandoned tires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Greg Stanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County Community Development Agency Environmental Management Division respectfully requests TEA 23 grant funding to continue to implement a waste tire inspection and enforcement program. There are currently 149 active facilities with Tire Program Identification numbers (TPIDs) in El Dorado County. The majority of the requested funds will be used to conduct routine facility compliance inspections. The remainder of the requested funds will be used for inspector training, attending TEA round-tables, equipment, facility education, transportation expenses, and administrative time related to the program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ron Rowe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093811097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Tire Enforcement Grant Activities in Merced County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Doyle Sprick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618628790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County has a large agricultural area from fields, orchards, to farms and ranches.  Historically these rich and fertile grounds have been soiled by illegal dumping of tires and other trash, junk and debris.  After 7 plus years of Code and Tire enforcement, local farmers and ranchers are reporting the Waste Tire Program is a success and they're dealing with less dumped tires on their valuable lands.  Funds for this program are important to the continued success of the Waste Tire Program.  This grant helps the ability to find and investigate new waste tire generators and haulers that may be operating illegally.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nanci Biendarra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192366007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and education to over 1,100 Active waste tire generating businesses. In 2007, the City began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the City is collaborating with four neighboring cities (Participating Collaborative Jurisdictions)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Rompf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503390327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application shall serve as our grant application to participate in TEA 24 as the lead participant in San Mateo County and Tire Enforcement Agency.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Tavares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089181990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the County of Santa Clara Department of Environmental Health (DEH) is to protect public health, safety, and the environment in regard to proper storage, transport, and use of waste tires within the jurisdiction not including previous grantee, the City of Sunnyvale.
+DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for waste tire inspections as outlined in the grant procedures and requirements, grant application guidelines, and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Manzula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for continued inspections and enforcement of waste tire generators, waste tire haulers, and waste tire end-use facilities in accordance with CalRecycle regulations for the disposal and storage of waste/used tires. Inspections will be conducted at Priority TPID list provided by CalRecycle and businesses currently registered with CalRecycle for the disposal and storage of waste/used tires. Educational visits will be conducted on new businesses generating, storing, and disposing of waste/used tires. Surveillance will be conducted as needed when illegal dumping of waste tires is suspected by a generator, hauler, and end-use facility. This program has aided the City of Fresno in the monitoring generators, haulers, and end-use facilities with the disposal of waste tires insuring businesses are contracting with a registered hauler resulting in less waste tires being illegally dumped throughout the City of Fresno.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105676780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will be utilized by Alameda County Department of Environmental Health to implement the Waste Tire Inspection Program in Alameda County. This will include conducting periodic inspections for compliance with waste tire regulations, report/payment request preparation, and referral of noncompliant facilities to CalRecycle for enforcement. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>Orange County</x:t>
   </x:si>
   <x:si>
     <x:t> Darwin Cheng</x:t>
   </x:si>
   <x:si>
     <x:t>7144336010</x:t>
   </x:si>
   <x:si>
     <x:t>Orange County will use these grant funds to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.  Funds will also be used for industry education, staff training and administration of the grant.  TEst</x:t>
   </x:si>
   <x:si>
-    <x:t>San Diego           </x:t>
-[...11 lines deleted...]
-    <x:t>The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and education to over 1,100 Active waste tire generating businesses. In 2007, the City began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the City is collaborating with four neighboring cities (Participating Collaborative Jurisdictions)</x:t>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jagjinder Sahota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perform waste tire enforcement activities, including: inspecting waste tire generators and transporters; perform education and outreach; and perform enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Sosko</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075656521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant funding will be used for the enforcement, inspection and permitting of waste tire facilities and the movement and storage of waste tires within Sonoma County.
+Sonoma County currently has 275 waste tire facilities and participates in multi-agency task force meetings to oversee the enforcement of waste tire regulations throughout the County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tim Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256922549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be used to conduct waste tire inspections and other enforcement actions, train employees on waste tire regulations, enforcement and educate waste tire operators, other enforcement agencies, and the general public on the requirements for handling, disposing and storage of waste tires. All jurisdictions included with Contra Costa including City of Pittsburg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Morofuji</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The enforcement of waste tire laws and regulations through inspections of facilities within our jurisdiction.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eithne Bullick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If awarded, the requested grant funds will be expended conducting routine inspections of waste tire generators and haulers, as well as follow-up inspections and enforcement and educational activities, when necessary, and referrals from CalRecycle.  In addition, grant funds will be used for mandatory training activities for waste tire grantee staff.  If sufficient training funds are available, they may also be used for non-mandatory, but pertinent training as well, with prior approval by CalRecycle staff.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 38</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -796,51 +796,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9ad70c70fa429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a7ef13932af4587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc47ee7c0e45b4c44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d26c15f7cd4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5de42441a286465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R655fd0e066184e1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -888,948 +888,948 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.486625671386719" customHeight="1" collapsed="0">
+    <x:row ht="1414.374755859375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>140774</x:v>
+        <x:v>56023</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>42983</x:v>
+        <x:v>34465</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.46295166015625" customHeight="1" collapsed="0">
+    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>155433</x:v>
+        <x:v>41647</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>118949</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+    <x:row ht="540.453369140625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>44209</x:v>
+        <x:v>124929</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
+    <x:row ht="252.992431640625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>246601</x:v>
+        <x:v>70190</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>368472</x:v>
+        <x:v>103118</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.418701171875" customHeight="1" collapsed="0">
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>17487</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row ht="1080.9072265625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>33616</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.43017578125" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>71534</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>46364</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>25145</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-    <x:row ht="91.984375" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>238999</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>70190</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.96044921875" customHeight="1" collapsed="0">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>27370</x:v>
+        <x:v>345398</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>152737</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>78214</x:v>
+        <x:v>218465</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>238999</x:v>
+        <x:v>55555</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.978515625" customHeight="1" collapsed="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>150011</x:v>
+        <x:v>118949</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>345398</x:v>
+        <x:v>46364</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>71534</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1586.86328125" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>103118</x:v>
+        <x:v>69277</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>218465</x:v>
+        <x:v>88994</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1414.375" customHeight="1" collapsed="0">
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>56023</x:v>
+        <x:v>106920</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
+        <x:v>128</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>88994</x:v>
+        <x:v>42983</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.486328125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>106920</x:v>
+        <x:v>140774</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9755859375" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>94937</x:v>
+        <x:v>152737</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9931640625" customHeight="1" collapsed="0">
+    <x:row ht="379.4755859375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>55555</x:v>
+        <x:v>255980</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+    <x:row ht="126.48046875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>25145</x:v>
+        <x:v>78214</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1586.8623046875" customHeight="1" collapsed="0">
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>69277</x:v>
+        <x:v>116553</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.9267578125" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>17487</x:v>
+        <x:v>246601</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>116553</x:v>
+        <x:v>368472</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>41647</x:v>
+        <x:v>560798</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.470703125" customHeight="1" collapsed="0">
+    <x:row ht="160.98046875" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>150011</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>175</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.990234375" customHeight="1" collapsed="0">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.974609375" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>34465</x:v>
+        <x:v>94937</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>180</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.455078125" customHeight="1" collapsed="0">
+        <x:v>181</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>124929</x:v>
+        <x:v>155433</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>185</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.990234375" customHeight="1" collapsed="0">
+        <x:v>186</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>186</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>560798</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.474609375" customHeight="1" collapsed="0">
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>255980</x:v>
+        <x:v>27370</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A44" s="10" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B44" s="10" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C44" s="10"/>
       <x:c r="D44" s="11" t="n">
         <x:v>6477147</x:v>
       </x:c>
@@ -1873,29 +1873,29 @@
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:35 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 14, 2026 9:52 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>