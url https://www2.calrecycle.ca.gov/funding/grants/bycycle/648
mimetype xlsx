--- v2 (2026-01-15)
+++ v3 (2026-03-01)
@@ -1,667 +1,667 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc953a7f2763c46e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9c1958490b74874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5de42441a286465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc076fdf10dec4e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2016-17 Local Government Waste Tire Enforcement Grants (TEA24)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ron Rowe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093811097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Tire Enforcement Grant Activities in Merced County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Greg Stanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County Community Development Agency Environmental Management Division respectfully requests TEA 23 grant funding to continue to implement a waste tire inspection and enforcement program. There are currently 149 active facilities with Tire Program Identification numbers (TPIDs) in El Dorado County. The majority of the requested funds will be used to conduct routine facility compliance inspections. The remainder of the requested funds will be used for inspector training, attending TEA round-tables, equipment, facility education, transportation expenses, and administrative time related to the program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tim Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256922549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be used to conduct waste tire inspections and other enforcement actions, train employees on waste tire regulations, enforcement and educate waste tire operators, other enforcement agencies, and the general public on the requirements for handling, disposing and storage of waste tires. All jurisdictions included with Contra Costa including City of Pittsburg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robb Simas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires. 
+Currently, there are approximately 671 waste tire businesses in Stanislaus County and in the participating cities. The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators. The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses. 
+Since the programs’ inception in 2006, two (2) large tire piles containing over 20,000 have been cleaned up. Over 2,976 inspections of tire facilities and tire haulers have been conducted, with 40 notices of violations issued along with eleven (11) referrals to CalRecycle for legal action. 
+If TEA 24 is awarded to Stanislaus County it will enable our jurisdiction to conduct 250 inspections, spend 210 hours on surveillance, investigate reported violations and respond to complaints of tire dumps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sheilah Lillie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds from this grant will be used to implement our Waste Tire Enforcement Program. Program activities include completing inspections, providing education to existing and new waste tire generators and haulers, preparing reports, performing grant management duties, participating in trainings, and conducting surveillance and enforcement activities throughout Tuolumne County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Manzula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for continued inspections and enforcement of waste tire generators, waste tire haulers, and waste tire end-use facilities in accordance with CalRecycle regulations for the disposal and storage of waste/used tires. Inspections will be conducted at Priority TPID list provided by CalRecycle and businesses currently registered with CalRecycle for the disposal and storage of waste/used tires. Educational visits will be conducted on new businesses generating, storing, and disposing of waste/used tires. Surveillance will be conducted as needed when illegal dumping of waste tires is suspected by a generator, hauler, and end-use facility. This program has aided the City of Fresno in the monitoring generators, haulers, and end-use facilities with the disposal of waste tires insuring businesses are contracting with a registered hauler resulting in less waste tires being illegally dumped throughout the City of Fresno.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105676780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will be utilized by Alameda County Department of Environmental Health to implement the Waste Tire Inspection Program in Alameda County. This will include conducting periodic inspections for compliance with waste tire regulations, report/payment request preparation, and referral of noncompliant facilities to CalRecycle for enforcement. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Jorgenson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9099485091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Land Use Services - Code Enforcement will utilize CalRecycle grant funds to inspect waste tire generators, haulers, and storage facilities located within the County and its cities; assist CalRecycle with the enforcement of waste tire handling regulations; surveil and patrol our jurisdictional areas to ensure compliance with state law; identify and assist in the prosecution of violators; and provide education on proper waste tire management to businesses and other entities within the County's jurisdiction.  San Bernardino County is the largest county in the United States and its large percentage of desert areas are a prime target for the illegal dumping of waste tires.  Grant funding will enhance the County's efforts at reducing blight, illegal dumping, and the hazards associated with the illegal transport, storage, and dumping of waste tires, and will enhance the State's efforts in promoting the re-use of tires for fuel and manufacturing, thereby reducing the amount of waste tires that end up in landfills or unauthorized places.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Karin Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto is requesting $38615.00 in grant funding under TEA24 to continue the success of previous grant cycles.  There are approximately 122 tire business know to be in operation in Modesto and this grant funding will ensure that those facilities stay in compliance with all waste tire regulations.  If awarded the grant funds requested, the City of Modesto will inspect all waste tire businesses with the City of Modesto for compliance with water tire permitting, hauling, storage, disposal laws and regulations.  We will submit all inspections forms electronically to Cal Recycle for review.  All report will be completed and submitted in a timely manner according to the stated grant requirements.  We will actively seek to make sure no new tire businesses are operating without the proper identification as licensed by the State of California.  We will educate tire business staff on what is required of them and provide them the appropriate reference materials and information.  We will conduct field patrols and follow up on all complaints and referrals on know and potential illegal dumping tire sites, especially in alleyways.  City staff will attend all mandatory roundtables and technical trainings to keep abreast on all tire regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manuel A. Acueto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9515387975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.
+Training will be provided to assure county employees are kept up to date with new requirements of the state. Staff will also attend safety training of perishable skills.
+Equipment requested will be utilized to assure the employees are well prepared when conducting inspections.
+Direct Administration funds will be used to supervise the grant in an effort to assure all tasks are met.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tim Potanovic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 24 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Greg Pirie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Morofuji</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The enforcement of waste tire laws and regulations through inspections of facilities within our jurisdiction.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jerry Weir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2138476260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to inspect our over 1600 Waste Tire Facilities for compliance with all waste tire handling regulations. Our past participation in the Local Government Waste Tire Enforcement Grant program resulted in a decrease in the number of large illegal waste tire dumps in our jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eithne Bullick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If awarded, the requested grant funds will be expended conducting routine inspections of waste tire generators and haulers, as well as follow-up inspections and enforcement and educational activities, when necessary, and referrals from CalRecycle.  In addition, grant funds will be used for mandatory training activities for waste tire grantee staff.  If sufficient training funds are available, they may also be used for non-mandatory, but pertinent training as well, with prior approval by CalRecycle staff.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Doyle Sprick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618628790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County has a large agricultural area from fields, orchards, to farms and ranches.  Historically these rich and fertile grounds have been soiled by illegal dumping of tires and other trash, junk and debris.  After 7 plus years of Code and Tire enforcement, local farmers and ranchers are reporting the Waste Tire Program is a success and they're dealing with less dumped tires on their valuable lands.  Funds for this program are important to the continued success of the Waste Tire Program.  This grant helps the ability to find and investigate new waste tire generators and haulers that may be operating illegally.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Rompf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503390327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This application shall serve as our grant application to participate in TEA 24 as the lead participant in San Mateo County and Tire Enforcement Agency.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Bailey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant will allow Placer County Environmental Health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jagjinder Sahota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perform waste tire enforcement activities, including: inspecting waste tire generators and transporters; perform education and outreach; and perform enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Jeff Czapla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168766586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Environmental Management Department requests TEA 24 grant funding for the continued implementation of a local waste tire inspection and enforcement program. Funds will be used to ensure businesses comply with State and Local regulations governing the storage, transportation, and manifesting of used/waste tires.  This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and to prepare required reports for submittal to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C Robert Durham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317558979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used to fund the existing Waste Tire Enforcement Program, which includes conducting routine waste tire inspections, surveillance and enforcement, community education, attending round table events and other training required by Cal Recycle, and to purchase equipment and supplies needed to conduct the program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Yancy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Government Waste Tire Enforcement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael Kith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the San Joaquin County Environmental Health Department Waste Tire Program (EHD) is to protect public health, safety and environment with regard to waste tire facilities within its jurisdiction.
+The EHD intends to us the TEA24 fund for all expenses associating with performing inspection of the waste tire facilities, investigating illegal dumping of waste tires in San Joaquin county, staff training and administrative costs,</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. David Paquette</x:t>
   </x:si>
   <x:si>
     <x:t>6613263948</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Phanessa Fong</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that: 
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws; 
 2. Surveys Waste Tire Facilities and confirms that generators are using authorized waste tire haulers, properly maintaining CTLs; and fulfilling the WTF requirements; 
 3. Identifies and reports sites that may be in violation of WTF storage standards; 
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV); 
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff; 
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and 
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle. 
 The activities described above are an effective way to address the City of Bakersfield’s 
 need to educate tire dealers and auto dismantlers of their responsibilities and reduce the 
 illegal disposal of waste tires. The program will be comprehensive, informative and allows for enforcement action when necessary. It provides for correcting of waste handling problems, reducing long-term disposal problems, identifying illegal waste tire haulers and encouraging compliance.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to conduct compliance inspections at waste tire generators, locate and cleanup small illegally dumped waste tires and conduct enforcement of unregistered waste tire haulers.</x:t>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Moushumi Hasan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Local Government Waste Tire Enforcement Grant will be used to train new staff and to conduct inspections at waste tires facilities in Yolo County. The funds will also be used to prevent illegal transport, storage, and disposal of waste tires in the County. Yolo County Environmental Health Division (YCEH) will provide information and training to local businesses and the community regarding compliance with current waste tires regulations. YCEH staff will attend mandatory and non-mandatory meetings and trainings. YCEH will submit timely progress reports to CalRecycle regarding the implementation of the waste tires grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gary Cantwell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307497526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant funds will be used to augment the personnel costs associated with maintaining inspection frequency of the waste tire program.  These funds will allow the Yuba/Sutter LEA to continue to relieve the roadways of illegally disposed, abandoned tires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Sosko</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075656521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant funding will be used for the enforcement, inspection and permitting of waste tire facilities and the movement and storage of waste tires within Sonoma County.
+Sonoma County currently has 275 waste tire facilities and participates in multi-agency task force meetings to oversee the enforcement of waste tire regulations throughout the County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Liz Pozzebon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant Program funding will support San Luis Obispo County's ongoing efforts to enforce CAlRecycle's waster tire regulations, and allow the County to educate businesses and the public on how to handle waste tires in a safe and responsible manner.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> grant eisen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302651469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grantee will maintain waste tire enforcement activities for this jurisdiction. These activities include, but are not limited to, inspection of inventoried sites, identification of businesses that need to be on the TPID inventory, surveillance for illegal disposal sites and unregistered haulers, and achieving compliance through education and, if necessary, enforcement. Further, the grantee will investigate referrals from CalRecycle or other agencies and pursue placement of motion detection cameras to apprehend illegal dumpers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville is located in the Mojave Desert area approximately 1 hour from the heavily populated Los Angeles, Orange County, Inland Empire and 2 hours from the growing Las Vegas areas. The City is surrounded by a vast amount of desert land and has three major highways that intersect within the City (I-15 Freeway, CA Highway 18/138, and US highway 395). Due to the surrounding geography, the City experiences a large amount of illegal dumping activity which includes illegally dumped tire piles of both general passenger and commercial type tires. The City is still growing commercially and in total residential units and currently has 115 waste tire related businesses (identified via WTMS as active businesses). Specifically, the city has a large number of used tire dealerships located in areas of the city that are highly probe to illegally dumped waste tires. The city  will use waste tire enforcement grant funds to establish a presence in our City and partner with the State to regulate the waste tire disposal process and minimize illegal dumping through surveillance, enforcement, and administrative actions. Funds will also aid our assigned staff to provide them with office and small field supplies/equipment to carryout grant inspection, surveillance, and education tasks. Our primary goal when utilizing grant funds is to inspect all waste tire generators and haulers within the grant period. Additionally, we will partner with the businesses, ensuring that all waste tires are manifested utilizing the forms provided by Cal-Recycle and encouraging them to report those who illegally dispose of tires. In administering the grant, the City of Victorville will prioritize its activities to mirror those established in the grant terms/conditions and procedures: inspection, waste tire manifest compliance, identifying illegal disposal activities, education, and awareness.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Trey Strickland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072346639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle Waste Tire Enforcement Grant funds will be used ti implement the waste tire program locally in Mendocino County and provide oversight to the businesses in our county generating &amp; handling waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Tavares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089181990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the County of Santa Clara Department of Environmental Health (DEH) is to protect public health, safety, and the environment in regard to proper storage, transport, and use of waste tires within the jurisdiction not including previous grantee, the City of Sunnyvale.
+DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for waste tire inspections as outlined in the grant procedures and requirements, grant application guidelines, and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Calaveras           </x:t>
   </x:si>
   <x:si>
     <x:t>Calaveras County</x:t>
   </x:si>
   <x:si>
     <x:t> Lisa Medina</x:t>
   </x:si>
   <x:si>
     <x:t>2097546399</x:t>
   </x:si>
   <x:si>
     <x:t>The enclosed grant budget outlines our enforcement needs that will allow for the continued implementation of an
 effective enforcement program within Calaveras County. Many of our generators require assistance throughout the year
 with manifesting, storage requirements and general questions which requires additional travel time. Five of our
 generators are located in the higher elevations (snow areas), which typically require additional travel time to maintain
 safety. It must be noted that this not only increases inspection but surveillance time as well. Many of our routine
 surveillance areas are more than 1½ hours away from the office.
 It is vital to our enforcement program to have the necessary funds available to continue an aggressive surveillance and
 educational campaign. Many of our surveillance areas are only accessible during the dryer months, while others warrant
 one visit per year as they are so remote. We typically see higher rates of illegal dumping in the cooler months in the
 more remote areas. This may be due in part to firewood cutting, camping activities and the production of illegal narcotics.
 It is imperative to our Waste Tire Program to have the necessary funds available to perform the above mentioned rural
 surveillance activities in addition to performing routine inspections..</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Steven Rhodes</x:t>
   </x:si>
   <x:si>
     <x:t>5596003271</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the Waste Tire Program is to promote compliance with State and local regulations as it pertains to the collection, handling, storage and disposal of waste tires in an effort to protect the air, water, and land from pollution and to ensure public health and safety. 
 The Fresno County Department of Public Health, Environmental Health Division, proposes to utilize FY 2016-17 Waste Tire Grant funds for staffing, training and equipment needs associated with continuing the County‘s Enforcement Program Plan.</x:t>
   </x:si>
   <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve Rodowick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308792352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to conduct compliance inspections at waste tire generators, locate and cleanup small illegally dumped waste tires and conduct enforcement of unregistered waste tire haulers.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial County</x:t>
   </x:si>
   <x:si>
     <x:t> Jorge Perez</x:t>
   </x:si>
   <x:si>
     <x:t>4422651888</x:t>
   </x:si>
   <x:si>
     <x:t>The Imperial County LEA intends to utilize the requested Tire Enforcement Grant funds to continue a comprehensive education program to ensure that registered waste tire haulers are utilized for the transport of used or waste tires; that waste tire generators comply with disposal manifesting, permitting, and waste tire storage standards as applicable; and that illegal dumping of waste tires is prevented. The objective of the tire enforcement agency program is to conduct compliance inspections to eliminate potential public health and safety risks associated with improperly managed waste tires within Imperial County.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...324 lines deleted...]
-    <x:t>Kern County has a large agricultural area from fields, orchards, to farms and ranches.  Historically these rich and fertile grounds have been soiled by illegal dumping of tires and other trash, junk and debris.  After 7 plus years of Code and Tire enforcement, local farmers and ranchers are reporting the Waste Tire Program is a success and they're dealing with less dumped tires on their valuable lands.  Funds for this program are important to the continued success of the Waste Tire Program.  This grant helps the ability to find and investigate new waste tire generators and haulers that may be operating illegally.</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Darwin Cheng</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County will use these grant funds to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.  Funds will also be used for industry education, staff training and administration of the grant.  TEst</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Nanci Biendarra</x:t>
   </x:si>
   <x:si>
     <x:t>6192366007</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and education to over 1,100 Active waste tire generating businesses. In 2007, the City began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the City is collaborating with four neighboring cities (Participating Collaborative Jurisdictions)</x:t>
-  </x:si>
-[...144 lines deleted...]
-    <x:t>If awarded, the requested grant funds will be expended conducting routine inspections of waste tire generators and haulers, as well as follow-up inspections and enforcement and educational activities, when necessary, and referrals from CalRecycle.  In addition, grant funds will be used for mandatory training activities for waste tire grantee staff.  If sufficient training funds are available, they may also be used for non-mandatory, but pertinent training as well, with prior approval by CalRecycle staff.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 38</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -796,51 +796,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d26c15f7cd4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5de42441a286465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R655fd0e066184e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15463db51ae84bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc076fdf10dec4e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc2e55685f7af4033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -888,948 +888,948 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1414.374755859375" customHeight="1" collapsed="0">
+    <x:row ht="57.486625671386719" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>56023</x:v>
+        <x:v>140774</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>34465</x:v>
+        <x:v>42983</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+    <x:row ht="402.46295166015625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>41647</x:v>
+        <x:v>155433</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>118949</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.453369140625" customHeight="1" collapsed="0">
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>124929</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.992431640625" customHeight="1" collapsed="0">
+    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>70190</x:v>
+        <x:v>246601</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>103118</x:v>
+        <x:v>368472</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+    <x:row ht="908.418701171875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>17487</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row ht="1080.9072265625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>33616</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="885.43017578125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>71534</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>46364</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>25145</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>238999</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>70190</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+    </x:row>
+    <x:row ht="436.96044921875" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>345398</x:v>
+        <x:v>27370</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>152737</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>218465</x:v>
+        <x:v>78214</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+      <x:c r="B23" s="8" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>55555</x:v>
+        <x:v>238999</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="160.978515625" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>118949</x:v>
+        <x:v>150011</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A25" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>46364</x:v>
+        <x:v>345398</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A26" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>44209</x:v>
+        <x:v>71534</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+    </x:row>
+    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>69277</x:v>
+        <x:v>103118</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>88994</x:v>
+        <x:v>218465</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+    <x:row ht="1414.375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>106920</x:v>
+        <x:v>56023</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="G29" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H29" s="8" t="s">
+    </x:row>
+    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A30" s="8" t="s">
+      <x:c r="B30" s="8" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>42983</x:v>
+        <x:v>88994</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="G30" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A31" s="8" t="s">
+      <x:c r="B31" s="8" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>140774</x:v>
+        <x:v>106920</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="344.9755859375" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>152737</x:v>
+        <x:v>94937</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4755859375" customHeight="1" collapsed="0">
+    <x:row ht="252.9931640625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>255980</x:v>
+        <x:v>55555</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="126.48046875" customHeight="1" collapsed="0">
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>78214</x:v>
+        <x:v>25145</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="1586.8623046875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B35" s="8" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>116553</x:v>
+        <x:v>69277</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="F35" s="8" t="s">
+      <x:c r="G35" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="G35" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H35" s="8" t="s">
+    </x:row>
+    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>246601</x:v>
+        <x:v>17487</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>368472</x:v>
+        <x:v>116553</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>560798</x:v>
+        <x:v>41647</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.98046875" customHeight="1" collapsed="0">
+    <x:row ht="448.470703125" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B39" s="8" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>150011</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="G39" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="8" t="s">
+    </x:row>
+    <x:row ht="252.990234375" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A40" s="8" t="s">
+      <x:c r="B40" s="8" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>94937</x:v>
+        <x:v>34465</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F40" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="F40" s="8" t="s">
+      <x:c r="G40" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H40" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="G40" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H40" s="8" t="s">
+    </x:row>
+    <x:row ht="540.455078125" customHeight="1" collapsed="0">
+      <x:c r="A41" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A41" s="8" t="s">
+      <x:c r="B41" s="8" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>155433</x:v>
+        <x:v>124929</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F41" s="8" t="s">
+      <x:c r="G41" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="G41" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H41" s="8" t="s">
+    </x:row>
+    <x:row ht="252.990234375" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>560798</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>27370</x:v>
+        <x:v>255980</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A44" s="10" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B44" s="10" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C44" s="10"/>
       <x:c r="D44" s="11" t="n">
         <x:v>6477147</x:v>
       </x:c>
@@ -1873,29 +1873,29 @@
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
     <x:mergeCell ref="B44:C44"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 14, 2026 9:52 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 1, 2026 12:18 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>