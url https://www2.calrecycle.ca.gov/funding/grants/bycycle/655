--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -1,413 +1,413 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e965e538cf4ed7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3198caf035274eb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R81952500fa144a62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5aa4162c140f4bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Tire-Derived Product Grant Program (TDP18)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lindsay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Neyba Amezcua</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595627102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of Lindsay TDP projects will include six different locations.  Sixty-four tons of rubber mulch will be distributed which translates to 10,667 passenger tire equivalents. Thirty tons of rubber mulch will be used at Kaku Park in the outdoor children’s play area (Swing set and playground equipment). The other five locations will have rubber mulch used as water efficient landscaping and rubber weed barrier materials in the tree wells along North Sweetbrier (3 tons), Lindsay downtown area and roundabout tree wells (15 tons), downtown intersection’s wells (10 tons), roundabout palm trees (1 ton) and roundabout landscaping (5 tons). These sites are expected to have a start date of 5/1/2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Carson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Garrett Roberts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108307600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The project will use recycled tire product (SBR Chunk and SBR Granules) to install a pathway along the levee of the Dominguez Channel Path.  The path will cover an area of 514,300 sq. ft.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Will Fourt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314547910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The pour-in-place rubber surfacing will be used for three playgrounds at four County Parks, including:
+1) A new inclusive playground called LEO's Haven at Chanticleer Avenue Park.  The playground is one of the features in the adopted master plan for the park, and will be developed along with a community garden, off-leash dog areas, a bike pump track, parking and restrooms.  The County, together with non-profit and neighborhood partners, is currently raising money to build the first phase of improvements at the park.
+2) A new playground at the Farm Park, which will be part of the second phase of development in the adopted master plan to include a pedestrian bridge and interim bike pump track in addition to the new playground.
+3) The playground at Winkle Farm Park.
+4) The playground at Coffee Lane Park will utilize 2.5" rubber tiles for resurfacing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Paula Unified School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Gina Ramirez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059338878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Santa Paula Unified School District will replace the current sand playground surfacing at (4) playgrounds with recycled rubber bark to make the playgrounds wheelchair accessible.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Art Correa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Construct a walking path along the two-mile perimeter of Calvary Cemetery in the unincorporated community of East Los Angeles.  The project will utilize rubber granules for a rubberized resilient surfacing made from recycled waste tires from California to construct the walking path.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Elementary School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Javier Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306962604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The project at Meridian Elementary School consists of replacing the existing wood fiber surfacing on our playground. We will replace it with a tire-derived product consisting of rubber mulch which will be provided from 6,825 PTE’s.  Product will be used in school's playground and fitness equipment areas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Rita Schoch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159275784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-Median &amp; Planting Area Projects:
+install 2"-3" of rubber mulch (with underlayment of weed barrier fabric) at multiple medians &amp; planting areas on City streets and at entrance to Piper Park.  Some areas will require removal of existing wood mulch, while others have no existing top dressing.   Work may also include replacement of water-intensive landscaping with water-efficient shrubs/trees, followed by modifications to irrigation system;
+-Playground Accessibility Improvements - create accessible routes of travel into play areas of two playgrounds (Niven Park and Greenbrae School Park) by replacing existing engineered wood fiber with rubber mulch.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Rialto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeffrey Schafer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098202531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+This project will incorporate the usage of the Rubberized Nuggets as landscaping to cover 96,000 sq.ft. in open space and turf requiring weed abatement and irrigation.  The goal is to reduce the usage of herbicides for weed abatement and water for irrigation at two of the City of Rialto water well facilities. Both sites have landscaped frontage that the Citizens of Rialto will be able to enjoy a desert themed landscape with the usage of rubberized nuggets. Appropriate signage will be placed in this frontage area as described in the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Lake Tahoe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lori Marino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305427410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of South Lake Tahoe Parks Department wishes to utilize tire diverted rubber mulch materials to resurface five city recreational playgrounds.  This new material will replace used shredded wood chips, which is costly, and not as effective in meeting safety standards as the rubber mulch.  In addition, to improving the safety of the playground surface to prevent injuries, it will increase our ability to provide ADA accessibility.  Through use of the recycled tire rubber mulch, the city will divert approximately 32,000 passenger tire equivalent.  The city intends to recycle the current shredded wood chips and re-use it to assist in erosion control efforts as well as adding it to our planter beds throughout the city.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farmersville Unified School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Raymond Navarro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595922010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding is requested to provide rubber mulch to replace wood chips at the Freedom Elementary School playground and sand at Farmersville Junior High's playground.  The schools are located in a severely disadvantaged community in Tulare County.  The rubber mulch provides multiple benefits including a more resilient cushioning and improved safety in the “fall zones” and surrounding playground areas.  In addition, the rubber mulch does not need to be replaced or replenished as frequently as wood chips, saving on maintenance costs.  FUSD is requesting $89,460 for the rubber mulch purchase and delivery at the two sites.  FUSD maintenance staff will be responsible for site preparation and installation of the new rubber mulch.  The project will divert 20,476 passenger tire equivalents (PTEs) from California landfills.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Norman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625703211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of Long Beach proposes to use a total of 34,870 sqft. of SBR Chunk rubber to create new pour-in-place playground safety surface at Jackson Park, Los Cerritos Park, Drake Park, Veterans Park,  and Whaley Park.  The play areas for these 5 park sites will help divert 9082 PTE's.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dorris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Carol McKay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303973511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The projects consist of installing recycled rubber mulch at two park playgrounds and using rubber mulch as landscaping at another park project site.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonora Union High School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dana Vaccarezza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095330423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The project consists of purchasing approximately 36 tons of rubber mulch from International Mulch Company, to be used in a drought-related project to provide rubber weed barrier material and water efficiency in landscape planters and beds throughout the Sonora High Campus.  Approximately 16,000 square feet of planters/beds will be covered in the rubber mulch at a depth of 2 inches.  The project is expected to be completed during the Summer and/or Fall of 2017.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>McFarland Unified School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Sonia Hall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617923081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The Maintenance, Operations, and Transportation yard has an area in the rear of the building with loose, powdery dirt.  When the busses drive in, it stirs up dust everywhere.  When it rains, the drivers that are parked in the dirt area must walk in the mud to get to their bus/truck.  The tire derived mulch will be used as landscaping to spread around the yard for dust control.  By laying down the Tire Derived mulch, it will keep the dust from flying through the air and causing respiratory problems for the staff and the various locations nearby. It will also be used in the front of the building, on the areas that currently have dirt, for dust control and beautification.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Signal Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grissel Chavez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629897251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds requested will be used to purchase 46,800 pounds of rubber nugget mulch for landscaping purposes in our parks:  Hilltop Park, Unity Monument, Sunset View Park, Discovery Well Park, and Reservoir Park.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Parlier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Sonia Hall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596463545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project includes rubber mulch in the following:    
+1. Rubber mulch in one large playground and one tot lot in Heritage Park.
+2. Playground cover at Earl Ruth Park
+3. Playground cover at Veterans Park
+4. Playground at Tuolumne Park
+5. Playground at Parlier Academy</x:t>
+  </x:si>
+  <x:si>
     <x:t>Town of Apple Valley</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Mike Molinari</x:t>
   </x:si>
   <x:si>
     <x:t>7602407000</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
     <x:t>The Town of Apple Valley (park maintenance staff) will install 100% tire-derived product (rubber mulch) in playgrounds at five popular parks: 
 Civic Center (21,003 sq. ft. play area)
 Corwin (4,919 sq. ft. play area)
 Mendel (5,619 sq. ft. play area)
 Norm Schmidt (2,870 sq. ft play area)
 Thunderbird (2,614 sq. ft. combined area of two playgrounds)
 The rubber mulch will outperform the current Engineered Wood Fiber (EWF) material used in these locations.  The benefits of this project are multi-faceted including: increased safety for children with superior shock absorption in fall zones, reduced mulch replacement cost, and long-term sustainability of the product. The rubber mulch is made from 100% California recycled tires. The project will divert a total of 40,300 passenger tire equivalents (PTEs) from California landfills.  The Town of Apple Valley has a population of 70,924 residents.</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...14 lines deleted...]
-  <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>City of Calexico</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Lilliana Falomir</x:t>
   </x:si>
   <x:si>
     <x:t>7607682160</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The City of Calexico will install 26 Supersacks  of Rubber Bark (Weighing 1,950 lbs) at Cordova Park playground. The rubber material will cover an area with a total square footage of 2,570 square feet. The project will divert at least 2,500 CA tires at $5.00 (PTE).
 Cordova Park is a park in City of Calexico's residential neighborhoods. It enables the community to experience a natural area within the City and provides a safe play area for children and residents.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...100 lines deleted...]
-    <x:t>The City of South Lake Tahoe Parks Department wishes to utilize tire diverted rubber mulch materials to resurface five city recreational playgrounds.  This new material will replace used shredded wood chips, which is costly, and not as effective in meeting safety standards as the rubber mulch.  In addition, to improving the safety of the playground surface to prevent injuries, it will increase our ability to provide ADA accessibility.  Through use of the recycled tire rubber mulch, the city will divert approximately 32,000 passenger tire equivalent.  The city intends to recycle the current shredded wood chips and re-use it to assist in erosion control efforts as well as adding it to our planter beds throughout the city.</x:t>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramona Unified School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rena Seifts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607872023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Ramona Unified School District is located in a rural, unincorporated area north of San Diego, in San Diego County. The District is requesting Tire-Derived Product funding to replace wood chips at four school playgrounds across the District. The project will divert 42,900 PTEs from the waste stream, at $3.50 per tire and a total of 514,800 pounds.</x:t>
   </x:si>
   <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>City of Union City</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Mark Camfield</x:t>
   </x:si>
   <x:si>
     <x:t>5106755337</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The City of Union City plans to rehabilitate the Mariner Park playground, green belt, and outdoor exercise circuit.  The general scope of work includes replacement of all playground and exercise equipment, and the replacement existing surface with pour-in-place rubber safety surfacing.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...154 lines deleted...]
-    <x:t>The Ramona Unified School District is located in a rural, unincorporated area north of San Diego, in San Diego County. The District is requesting Tire-Derived Product funding to replace wood chips at four school playgrounds across the District. The project will divert 42,900 PTEs from the waste stream, at $3.50 per tire and a total of 514,800 pounds.</x:t>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beaumont Unified School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lisa L. Hendrix</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517975374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+A new elementary school plans to resurface (2) playgrounds using EMC Safety Tiles, (California SBR Tire rubber tiles) in a 3,866 s.f. total area.</x:t>
   </x:si>
   <x:si>
     <x:t>Humboldt            </x:t>
   </x:si>
   <x:si>
     <x:t>Redwoods Community College District</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Steven McKenzie</x:t>
   </x:si>
   <x:si>
     <x:t>7074764382</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 College of the Redwoods Men’s Track &amp; Field team was the Golden Valley Conference Champions in 2016 despite practicing on an aging track in need of extensive repairs. The track was installed in 1972 and over the years the trees surrounding the track have sent roots under the track. When the trees were removed, the roots decayed, leaving ruts in the track. Humboldt’s wet winters have played a toll on the track as metal underground drainage has rusted and collapsed, causing run-off from our frequent rains to undermine the areas around several failed drains. Unfortunately this year’s wet weather combined with a wind storm caused five trees to fall directly on the track, impaling the track surface with branches that cannot be removed and permanently damaged the track in many places. The college proposes to have the surface and drainage under the rubberized track repaired and flattened and to install a replacement track surface using recycled California tires and with sufficient additional rubberized areas to support a sprint area, long jump, high jump and other track and field events. This track is used by intercollegiate athletics teams, athletics students, the Special Olympics, the CR Police Academy, Wildland Fire testing, several high school track teams, community members and numerous community events and track meets.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 22</x:t>
   </x:si>
 </x:sst>
 </file>
@@ -558,51 +558,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9570939b8f748fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R81952500fa144a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4663123d3864f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf600d5ef3bae4ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5aa4162c140f4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red6128efb27f4f97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -650,540 +650,540 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+    <x:row ht="689.9527587890625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>140520</x:v>
+        <x:v>46430</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.49456787109375" customHeight="1" collapsed="0">
+    <x:row ht="241.48345947265625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>17060</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="919.9276123046875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>20626</x:v>
+        <x:v>43193</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>126894</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="333.467529296875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>89460</x:v>
+        <x:v>96950</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="356.456787109375" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>16893</x:v>
+        <x:v>27095</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>149986</x:v>
+        <x:v>148411</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.927490234375" customHeight="1" collapsed="0">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>43193</x:v>
+        <x:v>149986</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.9580078125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>12806</x:v>
+        <x:v>141675</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.4501953125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>141675</x:v>
+        <x:v>89460</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46826171875" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>23440</x:v>
+        <x:v>16893</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.97412109375" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>149986</x:v>
+        <x:v>149787</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>148411</x:v>
+        <x:v>22440</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+    <x:row ht="643.94677734375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>149787</x:v>
+        <x:v>149986</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.953125" customHeight="1" collapsed="0">
+    <x:row ht="183.99658203125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>46430</x:v>
+        <x:v>12806</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>149986</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46533203125" customHeight="1" collapsed="0">
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>22440</x:v>
+        <x:v>140520</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="482.9658203125" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>96950</x:v>
+        <x:v>20626</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+    <x:row ht="321.9599609375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>27095</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+    <x:row ht="333.466796875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>126894</x:v>
+        <x:v>23440</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>17060</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row ht="1276.384765625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
         <x:v>60000</x:v>
       </x:c>
@@ -1235,29 +1235,29 @@
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 5:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 2, 2026 11:04 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>