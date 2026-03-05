--- v1 (2026-03-03)
+++ v2 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3198caf035274eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42591d95c7d4846" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5aa4162c140f4bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdf5f905da80d4e27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Tire-Derived Product Grant Program (TDP18)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -558,51 +558,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf600d5ef3bae4ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5aa4162c140f4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red6128efb27f4f97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78a2fe50a9604fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdf5f905da80d4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R58d5ea37d54b4a8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1235,29 +1235,29 @@
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 2, 2026 11:04 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 12:04 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>