--- v2 (2026-03-05)
+++ v3 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42591d95c7d4846" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91759d2af4b44aa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdf5f905da80d4e27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R590bad4d29b845b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Tire-Derived Product Grant Program (TDP18)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -558,51 +558,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78a2fe50a9604fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdf5f905da80d4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R58d5ea37d54b4a8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc102d4f44a54612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R590bad4d29b845b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2e1bbb782446401b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1235,29 +1235,29 @@
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 12:04 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:21 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>