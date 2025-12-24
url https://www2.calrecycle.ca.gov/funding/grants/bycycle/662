--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,591 +1,591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R840adad3efe04e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d81511794b4e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R12a980e89f494ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8590bd3987774423"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Rubberized Pavement Grant Program (TRP9)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Stanislaus          </x:t>
-[...8 lines deleted...]
-    <x:t>2095385776</x:t>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Blossom Scott-heim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335633</x:t>
   </x:si>
   <x:si>
     <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will install a cape seal on various streets in the City of Ceres.  The cape seal includes 173,030 SY of rubber chip seal capped with slurry seal.  The project is proposed for construction in May 2018 or later as weather permits.
-[...14 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
-It is economically advantageous for the City to apply for the Chip Seal Grant under CalRecycle's Rubberized Pavement Grant Program for the maintenance of various City streets.  These funds are aimed at using rubberized chip seal material for road repair and maintenance.
-The construction is currently scheduled to begin in May 2018 utilizing 77,304 square yard of chip seal.</x:t>
+Jacksonville Road Chip Seal Project - Chip Seal 9.64 miles of roadway with asphalt rubber chip seal.  Proposed construction start date is April 2018 utilizing 146,075 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Craig Bradshaw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant will be used on multiple paving projects in the City of Eastvale. Utilizing approximately 15,100 tons of hot mix asphalt with crumb rubber from California-generated waste tires. The projects will commence in different times between May 2018 to March 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amer Rihani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074495139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City's project will overlay various streets within the City of Vacaville using Rubberized Hot Mix Asphalt with a thickness of 0.2', reconstructing several curb ramps to comply with ADA requirements.  The Construction starting date is expected to be near October 2018. approximate RHMA tonnage to be used in this project is 8,362 Tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Newport Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Andy Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496443315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project involves rehabilitating deteriorated asphalt concrete pavement.  Proposed improvements include grinding and overlaying the existing pavement with Asphalt Rubber Hot Mix (ARHM).  This is a citywide project and is located on various arterials such as:
+1.  MacArthur Blvd from Ford Rd to SR 73
+2.  University Dr from Jamboree Rd to SR 73
+3.  Marguerite Ave from Fifth Ave to San Joaquin Hills Rd
+4.  Hospital Rd from Superior Ave to Placentia Ave
+5.  San Joaquin Hill Rd from Jamboree Rd to MacArthur Blvd
+6.  Bonita Canyon Rd from MacArthur Blvd to SR 73
+7.  Bison Ave from Jamboree Rd to SR 73
+Proposed construction start date is July 2018 utilizing 25,400 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placerville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Aaron C. Schiestel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306425557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed pavement maintenance project will overlay Mosquito Road, Ray Lawyer Drive, Placerville Drive, Broadway, and Clay Street beginning in 6/2018. The project is expected to require a total of 15,000 tons of AC hot mix and 160 tons of crumb rubber.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Shaun Pelletier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Project #1 - Alicia Parkway Rehabilitation (Pacific Park to City Limits)
+Project #2 - Aliso Creek Road Rehabilitation (73 to Aliso Viejo Parkway)
+Project #3 - Glenwood Terrace Rehabilitation (multiple residential streets)
+The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers.  Proposed construction start date is July 2018 utilizing 9,910 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indian Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Seumalo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607760237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is seeking grant funds for both the Hot-Mix Project and the Chip Seal Project.  The projects included in the RAC Hot-Mix project include the reconstruction and overlay of Cook Street which will utilize approximately 1,200 tons of asphalt rubber hot mix and 180 tons of crumb rubber.  
+The second project is an overlay of Miles Avenue from Highway 111 to Washington Street. The project will utilize approximately 2,900 tons of asphalt rubber hot mix.  
+The third project is a chip seal project for Highway 111 from Province Way to the eastern City boundary limit.  This project will use approximately 117,326 square yards of chip seal material.
+The proposed construction start date is July 2018. The whole project will utilize a total of 5,300 tons of hot-mix and 117,326 square yard of chip seal.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>City of Concord</x:t>
   </x:si>
   <x:si>
     <x:t> Zeelaura Page</x:t>
   </x:si>
   <x:si>
     <x:t>9256713059</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The grant will cover street maintenance and rehabilitation involving multiple residential/neighborhood streets. This is a joint project effort between the cities of Concord and Clayton.  The project involves hot-mix and chip seal in multiple neighborhood streets.  Proposed construction start date is March 2018 utilizing 9,146 tons of hot-mix and 266,480 square yards of chip seal material.  Projects are as follows:
 PJ2378 Measure Q Pavement Maintenance #7  
 Measure Q Pavement Repair Project #8 – Zones 1 and 2, (Project No. 2379)
 The Concord BART Area Sanitary Sewer Upgrade project (Project No. 2406) 
 The Commerce Avenue Complete Streets Project (Project No 2085)
 The Farm Bureau Road Complete Streets – Phase 2 project, City Project No. 2354
 Diamond Boulevard Pavement Rehabilitation (Project No. 2422)
 Oak Grove Road Pavement Rehabilitation (Project No. 2423)
 The Willow Pass Road Repaving Project
 Keller Ridge/City of Clayton
 El Portal/City of Clayton 
 2018 Neighborhood Streets Project/City of Clayton 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...5 lines deleted...]
-    <x:t>Farrah Fadrigon</x:t>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Thousand Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Michelle McCarty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054492477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Thousand Oaks' Fiscal Year 2018 Pavement Rehabilitation and Resurfacing Program includes overlaying residential and arterial streets throughout the City with Asphalt Rubber Hot Mix (ARHM), Thin Maintenance Overlay (TMO), and slurry seal. Proposed construction start date is April 2018 utilizing 66,295 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Garden Grove plans to rehabilitate three (3) major arterials along with four (4) residential street segments in 2018.  The three arterials targeted for improvements are: (1) Euclid Street, from Patricia St. to Katella Ave., which project will use 5,000 tons of hot mix RAC material, (2) Brookhurst St., from Lampson to Chapman, which will use 5,000 tons of hot mix RAC material, and (3) Chapman Avenue, from Brookhurst to Nelson, which will use 4,000 tons of hot mix material. The four remaining segments are residential and together will use approximately 1,250 tons of hot mix RAC material.
+Proposed construction start date is July 2018 utilizing a total of 15,250 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The awarded funds will be used to continue to utilize rubberized asphalt on various streets in City of Pasadena paving projects.  Proposed construction start date is June 2018 utilizing 23,180 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Mike Harrison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242365</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
-Proposed construction start date is July 2018 utilizing 19,447 tons of hot-mix material.</x:t>
+It is economically advantageous for the City to apply for the Chip Seal Grant under CalRecycle's Rubberized Pavement Grant Program for the maintenance of various City streets.  These funds are aimed at using rubberized chip seal material for road repair and maintenance.
+The construction is currently scheduled to begin in May 2018 utilizing 77,304 square yard of chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rialto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeffrey Schafer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098202531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The work on the City of Rialto's Annual Street Overlay Projects will include a 0.15 feet to 0.17 feet thick Asphalt Rubber Hot Mix Surface Course.  The proposed amount of RAC Hot-Mix material that will be used is 29,151.68 tons.  The anticipated construction start date for the initial project is April 2018.  The anticipated construction start for the second project is August 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yuba City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josh Wolffe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308223288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  The project involves the use of Rubberized Chip Seal for the maintenance and rehabilitation of numerous arterial and collector roads throughout the City. Project construction is anticipated for  May 2018. The project aims to rehabilitate over 104,000 square yards of roadway in Yuba City, using recycled crumb rubber materials. The City anticipates approximately 230 tons of rubberized binder being used in this project for an estimated 91,800 pounds of crumb rubber used and a total of 7,648 passenger tire equivalent waste tires diverted from the waste stream. </x:t>
   </x:si>
   <x:si>
     <x:t>Sacramento          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Elk Grove</x:t>
   </x:si>
   <x:si>
     <x:t> Michael Karoly</x:t>
   </x:si>
   <x:si>
     <x:t>9164783617</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The proposed projects will extend the useful life of the road pavement and improve ride quality by installing rubberized asphalt concrete.  The proposed projects will utilize 14,620 tons of hot-mix.
 The Bond Road Median Project - proposed construction date for this project is April 2018.
 The Arterial Rehabilitation and Bike Lane Improvements project - proposed construction date for this project is June 2019.
 The 2019 Slurry Seal and Resurfacing Project - proposed construction date for this project is March 2019.
 </x:t>
   </x:si>
   <x:si>
     <x:t>City of Folsom</x:t>
   </x:si>
   <x:si>
     <x:t> Ryan Chance</x:t>
   </x:si>
   <x:si>
     <x:t>9164616713</x:t>
   </x:si>
   <x:si>
     <x:t>The Greenback Lane and Folsom-Auburn Road Pavement Rehabilitation Project will repair and overlay two roadways with severely deteriorated pavement. 
 The project limits consist of two locations. 
 1) Greenback Lane from the western City limit to 400 feet east of the Folsom-Auburn intersection. 
 2) Folsom-Auburn from Greenback Lane to Oak Avenue.
 The expected construction start date is April 2018. The project is expected to use approximately 5,800 tons of Rubberized Hot Mix Asphalt as a final overlay to the roadways.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...51 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>City of Orinda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Farah Khorashadi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252534282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The 2018-19 Pavement projects in The City of Orinda will include over 200 street segments with a construction budget of over $20 Million. Proposed construction is scheduled July 2018. The City intends to use Rubberized Hot Mix Asphalt on 21 of these street segments, as reflected in the Project Summary &amp; Calculation for Full Differential Cost submitted .  The anticipated quantity of paving with include over 900,000 square feet of 2" RHMA overlay, which is expected to result in 12,500 tons of RHMA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Pico Rivera, Public Works Department has completed 7 phases (A-G) of residential resurfacing.  Currently, we are working on Residential Resurfacing Project Phases H and I.  Phases H and I entail the resurfacing of approximately 50 street segments citywide. Proposed construction start date is March 2018 utilizing 136,000 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Obaid Khan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Dublin is proposing to use rubberized hot mix asphalt “RHMA” for the San Ramon Road ReHab project.  The project will provide for a 2” thick “RHMA” overlay of approximately 1.6 miles of a north/south arterial roadway between I-580 and Dublin/San Ramon city limits. San Ramon Road is a four to six lane heavily used atrial roadway that connects Alameda and Contra Costa Counties and sees approximately 15,000 to 47,000 vehicles a day.  The purpose of using RHMA is to reduce traffic related noise along this stretch of roadway which has residents abutting a majority of the length.  The use of RHMA is also in support of the City’s environmental policies to reduce California generated waste tires.
+Proposed construction start date is June 2018 utilizing 8,000 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vernon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniel Wall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235838811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+As a part of the Soto Street Resurfacing project, the Public Works Department proposes to grind four to six inches of existing asphalt concrete and replace with a conventional lift of asphalt concrete two to four inches in depth followed by a two inch overlay of rubberized asphalt concrete.  Proposed construction start date is July 2019 utilizing 5,500 tons of hot-mix material.
+The Soto Street Resurfacing project is also slated to incorporate design features to improve the water quality of stormwater runoff.  We believe combining those features with the use of asphalt that incorporates the use of reclaimed rubber will serve as an example to others how environmentally sustainable a road can be.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Monterey Park</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Bonnie Tam</x:t>
   </x:si>
   <x:si>
     <x:t>6263071383</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Monterey Park will resurface 24 roads using Rubberized Asphalt Concrete Hot-Mix Material within City limits.  The project will cover a total of 1,231,121 square miles of roadway and use a total of 16,554 tons of RAC material. The proposed construction start date is January 2018.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Newport Beach</x:t>
-[...16 lines deleted...]
-Proposed construction start date is July 2018 utilizing 25,400 tons of hot-mix material.</x:t>
+    <x:t>City of Palos Verdes Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Becerra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103780383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Each year the City of Palos Verdes Estates budgets for street construction and maintenance and slurry seal in order to rehabilitate and seal the existing roadway pavement. The purpose of this work is to prevent any further deterioration of the roadway by restoring the road to its original condition. The amount of proposed hot mix is 6890 tons. The proposed date for construction is August 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Edward Lara</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9518262337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Riverside is proposing pavement maintenance projects during the 2017/2018 and 2018/2019 fiscal years on Arterial and Minor streets throughout the City.  The City will use Asphalt Rubber Aggregate Membrane (ARAM) that will match the chip seal specifications of CalRecycle. The City is proposing to use approximately 700,000 pounds of crumb rubber and plan to divert 66,733 PTEs.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Orange</x:t>
   </x:si>
   <x:si>
     <x:t> Frank Sun</x:t>
   </x:si>
   <x:si>
     <x:t>7147445529</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The city plans to rehabilitate six roadways by cold planning and adding 2" RAC as a surface course. Proposed construction start date is June 2018 utilizing 14,000 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Orinda</x:t>
-[...59 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Pico Rivera, Public Works Department has completed 7 phases (A-G) of residential resurfacing.  Currently, we are working on Residential Resurfacing Project Phases H and I.  Phases H and I entail the resurfacing of approximately 50 street segments citywide. Proposed construction start date is March 2018 utilizing 136,000 square yards of chip seal material.</x:t>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ann Herner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will install a cape seal on various streets in the City of Ceres.  The cape seal includes 173,030 SY of rubber chip seal capped with slurry seal.  The project is proposed for construction in May 2018 or later as weather permits.
+</x:t>
   </x:si>
   <x:si>
     <x:t>City of Pleasant Hill</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Ann Page</x:t>
   </x:si>
   <x:si>
     <x:t>9256715260</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Pleasant Hill will utilize a combination of rubberized chip seal and rubberized asphalt concrete overlay in four residential neighborhoods and one collector street during this grant cycle. Proposed construction start date is July 2018 utilizing 3,750 tons of hot-mix material and 181,374 square yards of chip seal material. </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Rialto</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>City of Santa Clarita</x:t>
   </x:si>
   <x:si>
     <x:t> Ramiro Fuentes</x:t>
   </x:si>
   <x:si>
     <x:t>6612864134</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City's proposed project will incorporate rubberized asphalt. The location of construction includes numerous streets throughout the City of Santa Clarita. Proposed construction start date is May 2018 utilizing 86,201 tons of hot-mix material.</x:t>
-  </x:si>
-[...99 lines deleted...]
-The proposed construction start date is July 2018. The whole project will utilize a total of 5,300 tons of hot-mix and 117,326 square yard of chip seal.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Beaumont</x:t>
   </x:si>
   <x:si>
     <x:t> Robert Vestal</x:t>
   </x:si>
   <x:si>
     <x:t>9517698520</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 Project #1: Beaumont Avenue Rehabilitation
 Project #2: Pennsylvania Avenue 
 Project #3 Annual Citywide Street Rehabilitation FY17-18: Edgar Street, Orange Avenue, and 10th St.
 Proposed construction start date is May 2018 utilizing 9,245 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Aliso Viejo</x:t>
-[...5 lines deleted...]
-    <x:t>9494252533</x:t>
+    <x:t>Town of Moraga</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Knapp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258887027</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
-Project #1 - Alicia Parkway Rehabilitation (Pacific Park to City Limits)
-[...23 lines deleted...]
-    <x:t>3235838811</x:t>
+Town of Moraga is planning to use RHMA as a wearing course for its full depth reconstruction sections. Construction of the first project is anticipated to begin July of 2018.  It is estimated that a total of 6,302 tons of RHMA will be used for these projects. The amount of tire-derived crumb rubber used for these projects will be based the required minimum 300 pounds per ton of rubberized binder. In addition, the Town will apply a Rubberized Cape Seal to over 30 street segments with PCI values ranging from 37 to 65, totaling 78,802 Square yards of Rubberized Chip Seal underneath a top microsurface seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Kinzle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516800440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This will be a joint project between the cities of Highland and San Bernardino. The proposed project will construct pavement rehabilitation on 17 street segments. The project will begin in March 2019. It will utilize 34,065 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lathrop</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jay Davidson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166168010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Lathrop is proposing to use funds from the Rubberized Pavement Grant Program for the following projects:
+FY 17/18 Citywide Pavement Project (various roadway segments)
+FY 18/19 Citywide Pavement Project (various roadway segments)
+Collectively these projects will install 60,830 sq. yds of rubberized chip seal and the proposed construction date is August 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Okan Demirci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143196137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of West Covina will utilize Rubberized Hot-Mix AC grant for Azusa Avenue Rehabilitation Project. Proposed Project will utilize 4,000 Tons of Rubberized Hot-Mix Asphalt Concrete with a minimum of 300 pounds (or 15% by weight) of tire-derived curb rubber per ton of rubberized binder or rubberized asphalt concrete. Project construction anticipated start July 2018 and will be completed by May of 2019.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Young Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503292160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project consists of milling existing asphalt along a 2.3 mile long residential arterial road and replacing with a two-inch thick rubber asphalt concrete overlay covering the entire street totaling 8,950 tons. The projects limits are Arastradero Road from Miranda Avenue to El Camino Real and Charleston Road from El Camino Real to San Antonio Avenue. Construction is proposed to start May 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corona</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
-As a part of the Soto Street Resurfacing project, the Public Works Department proposes to grind four to six inches of existing asphalt concrete and replace with a conventional lift of asphalt concrete two to four inches in depth followed by a two inch overlay of rubberized asphalt concrete.  Proposed construction start date is July 2019 utilizing 5,500 tons of hot-mix material.
-[...31 lines deleted...]
-Proposed construction start date is June 2018 utilizing 8,000 tons of hot-mix material.</x:t>
+Proposed construction start date is July 2018 utilizing 19,447 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 34</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -720,51 +720,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac03dbd2d57496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R12a980e89f494ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rac6e0b5aeae344a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13691b342c0a4f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8590bd3987774423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R277e580a371b4de2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -812,863 +812,863 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+    <x:row ht="252.99212646484375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>173030</x:v>
+        <x:v>146075</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>77304</x:v>
+        <x:v>151000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.415771484375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>449400</x:v>
+        <x:v>117068</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>291705</x:v>
-[...2 lines deleted...]
-      <x:c r="F9" s="8"/>
+        <x:v>254000</x:v>
+      </x:c>
+      <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4835205078125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>292400</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.469482421875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.459716796875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>116000</x:v>
+        <x:v>69370</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.935302734375" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.445556640625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>61000</x:v>
+        <x:v>111663</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.415771484375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>340650</x:v>
+        <x:v>449400</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>60830</x:v>
+        <x:v>265179</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>66218</x:v>
+        <x:v>61000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>254000</x:v>
+        <x:v>92720</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>56000</x:v>
+        <x:v>77304</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>116607</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.95068359375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>125300</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.96240234375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>68900</x:v>
+        <x:v>292400</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-      </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>92720</x:v>
+        <x:v>116000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46240234375" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>68000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>256374</x:v>
+        <x:v>68000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4453125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>116607</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9423828125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+        <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>344804</x:v>
+        <x:v>66218</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>265179</x:v>
+        <x:v>68900</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>146075</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>16000</x:v>
+        <x:v>56000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>105000</x:v>
+        <x:v>173030</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.939453125" customHeight="1" collapsed="0">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>167030</x:v>
+        <x:v>256374</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>344804</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.466796875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>111663</x:v>
+        <x:v>92450</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.94140625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>92450</x:v>
+        <x:v>167030</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+        <x:v>142</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>69370</x:v>
+        <x:v>340650</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>144</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.4775390625" customHeight="1" collapsed="0">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>151000</x:v>
+        <x:v>60830</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>148</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.9423828125" customHeight="1" collapsed="0">
+        <x:v>151</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>55000</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>152</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+        <x:v>155</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>117068</x:v>
+        <x:v>125300</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.447265625" customHeight="1" collapsed="0">
+        <x:v>160</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.978515625" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>160000</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>291705</x:v>
+      </x:c>
+      <x:c r="E39" s="8"/>
+      <x:c r="F39" s="8"/>
       <x:c r="G39" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3984375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A40" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B40" s="10" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C40" s="10"/>
       <x:c r="D40" s="11" t="n">
         <x:v>5817077</x:v>
       </x:c>
       <x:c r="E40" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F40" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G40" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H40" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1693,29 +1693,29 @@
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>