--- v0 (2025-12-16)
+++ v1 (2025-12-24)
@@ -1,581 +1,581 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a7ffc9fedb47fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5101bc05cb4f42a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R02e74fee4f02403c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4a8f225a03764d25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Local Government Waste Tire Enforcement Grants (TEA25)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ron Rowe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093811097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Tire Enforcement Grant shall be used in Merced County to fund inspections, enforcement, and management to ensure compliance with all applicable laws and regulations due to illegal tire disposal activities. Staff will conduct tire facility inspections, prepare reports, respond to complaints and take enforcement action as needed. This grant will also fund program related travel and training.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C Robert Durham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317558979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used to fund the existing Waste Tire Enforcement Program, which includes conducting routine waste tire inspections, surveillance and enforcement, community education, attending round table events and other training required by Cal Recycle, and to purchase equipment and supplies needed to conduct the program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Jorgenson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9099485091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>As a current grantee, San Bernardino County Land Use Services - Code Enforcement anticipates continued Countywide inspections of all Waste Tire Facilities within our jurisdiction and within those cities that are not individual grantees.  San Bernardino County is the largest geographical county in the lower 48 states, with vast areas of open land in the desert and mountain regions. Illegal dumping of waste tires in our remote areas has been a chronic problem.  In addition to regular facility and compliance inspections, we will continue with our educational outreach and enforcement efforts throughout the county to promote the proper transport and disposal of waste tires and lessen the frequency of illegal dumping, stockpiling, and transport activities within our jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Manzula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for continued inspections and enforcement of waste tire generators, waste tire haulers, and waste tire end-use facilities in accordance with CalRecycle regulations for the disposal and storage of waste/used tires. Inspections will be conducted on the CalRecycle Priority TPID list provided by CalRecycle and businesses currently registered with CalRecycle for the disposal and storage of waste/used tires. Educational visits will be conducted on new businesses generating, storing, and disposing of waste/used tires. Surveillance will be conducted as needed when illegal dumping of waste tires is suspected by a generator, hauler, and end-use facility. This program has aided the City of Fresno in the monitoring generators, haulers, and end-use facilities with the disposal of waste tires insuring businesses are contracting with a registered hauler resulting in less waste tires being illegally dumped throughout the City of Fresno.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steven Rhodes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596003271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Waste Tire Program is to promote compliance with State and local regulations as it pertains to the collection, handling, storage and disposal of waste tires in an effort to protect the air, water, and land from pollution and to ensure public health and safety. 
+The Fresno County Department of Public Health, Environmental Health Division, proposes to utilize FY 2016-17 Waste Tire Grant funds for staffing, training and equipment needs associated with continuing the County‘s Enforcement Program Plan.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. David Paquette</x:t>
   </x:si>
   <x:si>
     <x:t>6613263948</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Phanessa Fong</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that: 
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws; 
 2. Surveys Waste Tire Facilities and confirms that generators are using authorized waste tire haulers, properly maintaining CTLs; and fulfilling the WTF requirements; 
 3. Identifies and reports sites that may be in violation of WTF storage standards; 
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV); 
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff; 
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and 
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle. 
 The activities described above are an effective way to address the City of Bakersfield’s 
 need to educate tire dealers and auto dismantlers of their responsibilities and reduce the 
 illegal disposal of waste tires. The program will be comprehensive, informative and allows for enforcement action when necessary. It provides for correcting of waste handling problems, reducing long-term disposal problems, identifying illegal waste tire haulers and encouraging compliance.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa County</x:t>
   </x:si>
   <x:si>
     <x:t> Tim Kraus</x:t>
   </x:si>
   <x:si>
     <x:t>9256922549</x:t>
   </x:si>
   <x:si>
     <x:t>This grant will be used to conduct waste tire inspections and other enforcement actions, train employees on waste tire regulations, enforcement and educate waste tire operators, other enforcement agencies, and the general public on the requirements for handling, disposing and storage of waste tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...39 lines deleted...]
-    <x:t>Grant funds will be used to perform the duties outlined in the TEA 25 grant requirements.</x:t>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Bailey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant will allow Environmental Health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Steven Plunkett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5103831767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Department of Environmental Health will utilize the TEA 25 Waste Tire Grant funds to implement the waste tire program and conduct compliance inspections to verify compliance with the waste tire regulations  Additionally, ACDEH will use TEA 25 Grant Funds to and prepare reports and payment requests and provide information and education to community stakeholders and the regulated businesses, while also providing continuing education for ACDEH waste tire inspection staff.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jerry Weir</x:t>
   </x:si>
   <x:si>
     <x:t>2138476260</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Grant funds will be used to inspect our over 1600 Waste Tire Facilities for compliance with all waste tire handling regulations. Our past participation in the Local Government Waste Tire Enforcement Grant program resulted in a decrease in the number of large illegal waste tire dumps in our jurisdiction.</x:t>
   </x:si>
   <x:si>
-    <x:t>Madera              </x:t>
-[...11 lines deleted...]
-    <x:t>Local Government Waste Tire Enforcement</x:t>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manuel A. Acueto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9515387975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.
+Training will be provided to assure county employees are kept up to date with new requirements of the state. Staff will also attend safety training of perishable skills.
+Equipment requested will be utilized to assure the employees are well prepared when conducting inspections.
+Direct Administration funds will be used to supervise the grant in an effort to assure all tasks are met.</x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus          </x:t>
-  </x:si>
-[...101 lines deleted...]
-The County of Santa Clara DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for waste tire inspections as outlined in the grant procedures and requirements, and grant application guidelines and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Robb Simas</x:t>
   </x:si>
   <x:si>
     <x:t>2095256761</x:t>
   </x:si>
   <x:si>
     <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires. 
 Currently, there are approximately 703 waste tire businesses in Stanislaus County and in the participating cities. The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators. The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses. 
 Since the programs’ inception in 2006, two (2) large tire piles containing over 20,000 have been cleaned up. Over 3,412 inspections of tire facilities and tire haulers have been conducted, with 40 notices of violations issued along with eleven (11) referrals to CalRecycle for legal action. 
 If TEA 25 is awarded to Stanislaus County it will enable our jurisdiction to conduct 250 inspections, spend 210 hours on surveillance, investigate reported violations and respond to complaints of tire dumps.</x:t>
   </x:si>
   <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Moushumi Hasan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The local Tire Enforcement Agency (TEA), Yolo County Environmental Health, plans to use the Waste Tires Grant funds to implement the Waste Tires program in Yolo County. Yolo County Environmental Health plans to perform the following: waste tires facility inspections, providing education to waste tires facilities, taking enforcement action, attending wastes tires training, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. KARIN RODRIGUEZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEA 25 will be used to inspect the Active TPID holders and to perform field patrol and inspections on tires illegally dumped within the City.  Grant funds will be utilized for staff time when working on the grant, for equipment needed to perform duties in the field, and for attending the Mandatory Training.  We expect to send 2 people to the grant training as we are transitioning over to a new grant administrator.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jagjinder Sahota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perform waste tire enforcement activities, including: inspecting waste tire generators and transporters, perform education and outreach, and perform enforcement activities.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tehama              </x:t>
   </x:si>
   <x:si>
     <x:t>Tehama County</x:t>
   </x:si>
   <x:si>
     <x:t> Tim Potanovic</x:t>
   </x:si>
   <x:si>
     <x:t>5305278020</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA 24 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tuolumne            </x:t>
-[...14 lines deleted...]
-    <x:t>San Bernardino      </x:t>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Rompf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503390327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our intention for TEA 25 is to conduct waste tire inspections at our new and existing facilities as well as provide both outreach and education on the Cal Recycle waste tire program to both businesses and the public.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Greg Pirie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investigate illegal tire activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Jeff Czapla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168766586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Environmental Management Department requests TEA 25 grant funding for the continued implementation of a local waste tire inspection and enforcement program. Funds will be used to ensure businesses comply with State regulations governing the storage, transportation, and manifesting of used and waste tires.  This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and to prepare required reports for submittal to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael Balliet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089181976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the County of Santa Clara Department of Environmental Health (DEH) is to protect public health, safety, and the environment in regard to proper storage, transport and use of waste tires within our jurisdiction.
+The County of Santa Clara DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for waste tire inspections as outlined in the grant procedures and requirements, and grant application guidelines and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Darwin Cheng</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149364346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County will use these grant funds to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations. Funds will also be used for community and industry education, staff training and administration of the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to perform the duties outlined in the TEA 25 grant requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Victorville</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jorge Duran</x:t>
   </x:si>
   <x:si>
     <x:t>7609555104</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Victorville is located at the southwestern edge of the Mojave Desert approximately one hour from the heavily populated Los Angeles, Orange County and Inland Empire areas and two hours from the growing Las Vegas area.  The City has a total area of 73.7 square miles and is surrounded by a vast amount of vacant desert land.  Three major highways intersect within the City; Interstate 15, California Highway 18/138 and U.S. Highway 395.  
 Due to the surrounding geography, the City experiences a large amount of illegal dumping activity which includes illegally dumped tire piles of both general passenger and commercial type tires.  The City is still growing and currently has 120 waste tire related businesses as identified via WTMS as active businesses.  The City has and will use the waste tire enforcement grant funds to establish a presence in our City and partner with the State to regulate the waste tire disposal process and minimize illegal dumping through surveillance, enforcement, and administrative actions.  Funds will also aid our assigned staff by providing them with office and small field supplies/equipment in order to carry out grant inspection, surveillance and education task.  Our primary goal when utilizing grant funds is to inspect all waste tire generators and haulers within our jurisdiction during the grant period.  Additionally, we will partner with businesses to ensure that all waste tires are manifested utilizing forms provided by CalRecycle and encouraging them to report those who illegally dispose of tires.  In administering the grant, the City of Victorville will prioritize its activities to mirror those established in the grant terms/conditions and procedures: inspection, waste tire hauler and manifest compliance, monitoring illegal disposal activities, small pile clean up, education and awareness.</x:t>
   </x:si>
   <x:si>
-    <x:t>Yolo                </x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Yuba                </x:t>
   </x:si>
   <x:si>
     <x:t>Yuba County</x:t>
   </x:si>
   <x:si>
     <x:t> Gary Cantwell</x:t>
   </x:si>
   <x:si>
     <x:t>5307497526</x:t>
   </x:si>
   <x:si>
     <x:t>The requested funds are necessary to maintain the inspections and general tire functions within Yuba and Sutter counties and the incorporated cities.  </x:t>
   </x:si>
   <x:si>
-    <x:t>El Dorado           </x:t>
-[...145 lines deleted...]
-  <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County</x:t>
   </x:si>
   <x:si>
     <x:t> Christine Sosko</x:t>
   </x:si>
   <x:si>
     <x:t>7075656521</x:t>
   </x:si>
   <x:si>
     <x:t>Waste Tire Grant funds will be used to continue waste tire management in Sonoma County through permitting, inspections, education and enforcement activities.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Total Grant Request $31399.00</x:t>
   </x:si>
   <x:si>
     <x:t>Calaveras           </x:t>
   </x:si>
   <x:si>
     <x:t>Calaveras County</x:t>
   </x:si>
   <x:si>
     <x:t> Lisa Medina</x:t>
   </x:si>
   <x:si>
     <x:t>2097546399</x:t>
   </x:si>
   <x:si>
     <x:t>The enclosed grant budget outlines our enforcement needs that will allow for the continued implementation of an effective enforcement program within Calaveras County. Many of our generators require assistance throughout the year with manifesting, storage requirements and general questions which require additional travel time due to the rural setting. Five of our generators are located in higher elevations (snow areas), which typically require additional travel time to maintain safety. The increase of surveillance time is required as well as many of the surveillance areas are more than 1.5 hours travel time from our office.
 It is vital to our enforcement program to have the necessary funds available to continue a proactive surveillance and educational program. Many of the surveillance areas are only accessible during the dry months, while other may warrant annual visits. Calaveras County typically observes a higher rate of illegal dumping in the cooler months in the more remote areas. This may be due to firewood cutting, camping activities and the production and activity of illicit drug manufacturing. It is imperative to our Waste Tire Program to have the necessary funds available to perform the above mentioned rural surveillance, education and enforcement activities in addition to performing routine inspections.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leslie Terry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funding allows Environmental Health inspectors to perform inspections at TPID facilities in accordance with the approved Inspection Priority Work Plan in a manner consistent with state laws and regulations and according to Cal Recycle guidance and business practices.  It also provides funding for mandatory training, enforcement actions, surveillance and administrative costs. It allows San Luis Obispo County to assist CalRecycle with investigations and referrals as approved or required.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nanci Biendarra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192366007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and educate over 1,100 active waste tire generating businesses. In 2007, the City began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the City is collaborating with three neighboring cities (Participating Collaborative Jurisdictions)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Morofuji</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The enforcement of waste tire laws and regulations through inspections of facilities within our jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Engle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County Community Development Agency Environmental Management Department respectfully requests TEA 25 grant funding to continue to implement a waste tire inspection and enforcement program. There are currently 147 active facilities with Tire Program Identification numbers (TPIDs) in El Dorado County. The majority of the requested funds will be used to conduct routine facility compliance inspections. The remainder of the requested funds will be used for inspector training, attending TEA round-tables, equipment, facility education, transportation expenses, and administrative time related to the program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brandon Medellin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Government Waste Tire Enforcement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jennifer Bardenheuer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds from this grant will be used to implement our Waste Tire Enforcement Program. Program activities include conducting inspections, providing education to existing and new waste tire generators and haulers, preparing reports, performing grant management duties, participating in trainings, and conducting surveillance and enforcement activities throughout Tuolumne County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total Grant Request $31399.00</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 33</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -710,51 +710,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d56375bb3b84703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02e74fee4f02403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3547be5e5e1642d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b5e27e9d2f4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a8f225a03764d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca92f30f75f348db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -802,843 +802,843 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.3795166015625" customHeight="1" collapsed="0">
+    <x:row ht="356.45669555664063" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>85274</x:v>
+        <x:v>189308</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+    <x:row ht="287.46145629882813" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>143775</x:v>
+        <x:v>80474</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.9432373046875" customHeight="1" collapsed="0">
+    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>208428</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.469482421875" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>208428</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.503662109375" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>110124</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="1345.37939453125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>72328</x:v>
+        <x:v>85274</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>162516</x:v>
+        <x:v>143775</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.976318359375" customHeight="1" collapsed="0">
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>30711</x:v>
+        <x:v>139092</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.461669921875" customHeight="1" collapsed="0">
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>80474</x:v>
+        <x:v>448007</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.00146484375" customHeight="1" collapsed="0">
+    <x:row ht="333.46728515625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>70000</x:v>
+        <x:v>72328</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+    <x:row ht="885.43017578125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>139092</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.44384765625" customHeight="1" collapsed="0">
+    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>401135</x:v>
+        <x:v>125572</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>56020</x:v>
+        <x:v>73444</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
+    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>147728</x:v>
+        <x:v>30711</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>125572</x:v>
+        <x:v>150990</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>33672</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.96142578125" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>31726</x:v>
+        <x:v>77941</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1563.87353515625" customHeight="1" collapsed="0">
+    <x:row ht="115.0009765625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>70319</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>73444</x:v>
+        <x:v>401135</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>111996</x:v>
+        <x:v>147728</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.453125" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>49644</x:v>
+        <x:v>414428</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.4560546875" customHeight="1" collapsed="0">
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>189308</x:v>
+        <x:v>110124</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+    <x:row ht="1563.875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B28" s="8" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>261302</x:v>
+        <x:v>70319</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+      <x:c r="G28" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="G28" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H28" s="8" t="s">
+    </x:row>
+    <x:row ht="126.48046875" customHeight="1" collapsed="0">
+      <x:c r="A29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A29" s="8" t="s">
+      <x:c r="B29" s="8" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>77941</x:v>
+        <x:v>111996</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="G29" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H29" s="8" t="s">
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>83428</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>53137</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+        <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>56020</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>141</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+        <x:v>142</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>448007</x:v>
+        <x:v>261302</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>146</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9931640625" customHeight="1" collapsed="0">
+        <x:v>147</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.9833984375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>414428</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>150990</x:v>
+        <x:v>49644</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>83428</x:v>
+        <x:v>162516</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
-    <x:row ht="34.4970703125" customHeight="1" collapsed="0">
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>29204</x:v>
+        <x:v>31726</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-    <x:row ht="1161.412109375" customHeight="1" collapsed="0">
+        <x:v>166</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.4970703125" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>53137</x:v>
+        <x:v>29204</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A39" s="10" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B39" s="10" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C39" s="10"/>
       <x:c r="D39" s="11" t="n">
         <x:v>6011723</x:v>
       </x:c>
       <x:c r="E39" s="10" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F39" s="10" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G39" s="10" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H39" s="10" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1662,29 +1662,29 @@
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 9:45 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>