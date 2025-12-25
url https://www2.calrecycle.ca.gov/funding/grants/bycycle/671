--- v1 (2025-12-24)
+++ v2 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5101bc05cb4f42a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ba63e1982c4434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4a8f225a03764d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7d9023056cf04a4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Local Government Waste Tire Enforcement Grants (TEA25)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -710,51 +710,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b5e27e9d2f4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a8f225a03764d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca92f30f75f348db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61c2dfd992b9459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d9023056cf04a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R839a988457014926" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1662,29 +1662,29 @@
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>