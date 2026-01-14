--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ba63e1982c4434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59199ca438924e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7d9023056cf04a4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdb7a0b195d3c4e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Local Government Waste Tire Enforcement Grants (TEA25)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -710,51 +710,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61c2dfd992b9459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d9023056cf04a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R839a988457014926" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d53d274e1dc4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdb7a0b195d3c4e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R70f74491d2594852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1662,29 +1662,29 @@
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 14, 2026 1:00 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>