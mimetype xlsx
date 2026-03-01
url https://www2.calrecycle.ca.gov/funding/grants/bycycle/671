--- v3 (2026-01-14)
+++ v4 (2026-03-01)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59199ca438924e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4cc0261fbc74237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdb7a0b195d3c4e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0bf10facc2ea4fa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Local Government Waste Tire Enforcement Grants (TEA25)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -710,51 +710,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d53d274e1dc4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdb7a0b195d3c4e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R70f74491d2594852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra961312630834dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0bf10facc2ea4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc236b9e41bb34760" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1662,29 +1662,29 @@
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 14, 2026 1:00 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 1, 2026 12:17 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>