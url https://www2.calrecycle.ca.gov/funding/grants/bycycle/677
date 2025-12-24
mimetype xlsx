--- v0 (2025-12-24)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c66ab445244b65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30d6686f0dd48b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re9d65950d5784248"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re2045eb2c88d4183"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Local Gov`t Waste Tire Cleanup Grant (TCU17)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -549,51 +549,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c5d49702be94880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re9d65950d5784248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0ea78c8c23ad40cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc2d01541fb34f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re2045eb2c88d4183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8eb3e424d92e4934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1176,29 +1176,29 @@
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:38 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>