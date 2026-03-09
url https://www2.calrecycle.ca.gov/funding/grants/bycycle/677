--- v1 (2025-12-24)
+++ v2 (2026-03-09)
@@ -1,420 +1,420 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30d6686f0dd48b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b00a1ad3984726" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re2045eb2c88d4183"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdbdce9be42f34bdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Local Gov`t Waste Tire Cleanup Grant (TCU17)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Stanislaus          </x:t>
-[...8 lines deleted...]
-    <x:t>2095775495</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Guy Eisenbrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
-    <x:t>The City of Modesto has an estimated population of 205 thousand people who currently occupy an estimated 37 square miles. Within that area, there are 3,050 streets, 1,400 alleys, 78 parks and 3 main waterways. It is our intent to utilize grant funding to remove illegally dumped waste tires from these areas by assigning a city employee maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition to the labor component, the City of Modesto is requesting funding to contract with Waste Recovery West, Inc. to transport waste tires for recycling. The City of Modesto owns a storage container to store waste tires until removal is required for transportation to an end-use facility. The current location is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note, the City of Modesto will be responsible for providing a 1/2 ton pickup with a lift gate, safety equipment and any additional materials necessary to complete the job safely and efficiently. Historically, the City of Modesto has collected 1200-1750 illegally dumped tires per year through the grant program. The City of Modesto is estimating that we will collect approximately 1750 illegally dumped tires per year for recycling through a permitted recycler and hauler for an estimated total of 3500 tires during the entire grant cycle.</x:t>
+    <x:t>The Town of Apple Valley encompasses 78 square miles of developed and open desert land. The Town attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety and also to discourage further illegal dumping. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout the entire Apple Valley boundaries. Waste tires are removed and transported to Mitsubishi Recycling Plant for proper disposal. We anticipate that approximately 1,800 tires will be illegally dumped in the incorporated boundaries during the grant term. 
+Apple Valley residents are from a variety of economic backgrounds. They may not have the capability of paying a fee to dispose of their waste tires and therefore, may be illegally dumping them as a means of disposal. The illegal dumping of tires surpasses the Town's available resources to manage the problem. If funding for the program is not available, illegal dumping will increase, risking the health and safety of the Town's residents. 
+Apple Valley’s waste tire cleanup program will include the collection, removal, transportation, recycling, and disposal of Apple Valley waste tires from illegal tire piles and areas where illegal dumping has occurred along public right-of-ways. The primary focus will be removing illegally dumped tires observed on public property and in right-of-ways by Code Enforcement Officers.  
+The program is focused on abating the potential environmental hazards that discarded waste tires pose. Often illegal dumps are located within 1,000 feet of residential homes, schools, commercial or industrial centers, residential areas, airport, and electrical transmission lines. Thus, Apple Valley often discovers illegal dump of waste tires to be a potential serious threat to health and safety and the environment. The program focuses on removing and properly disposing waste tires utilizing efficiency and cost effectiveness to obtain the maximum impact for the environment.
+Public property containing discarded waste tires: When an illegal dump of tires is discovered the Code Enforcement Officer will document on the “Tire Timesheet” the date, time, location of the illegal dump, the quantity of tires removed, and the mileage category. The officer will transport the tires to a Burrtec Waste Industries 40 cubic yard roll off container that will be stored at the Public Works yard. Upon filling the roll off container Burrtec Waste Industries will be requested to transport the tires to Mitsubishi Cement for proper disposal. Officers will NOT transport more than 10 tires at a time.
+Private property containing discarded waste tires: At this time there is no intention from the Town of Apple Valley to remove illegally dumped tires from private property under the tire removal program. If the need arises to remove discarded waste tires from private property that is potentially causing a health and safety issue, staff will ensure that the property fulfills the requirements of the grant.  Property information will be obtained including: owner, lien holder, parcel number, and other pertinent information. The owner will be contacted and advised of the desire of the town to remove the illegally dumped tires on the property. A “Property Access Authorization and Non-Responsibility Affidavit for Private Property” will be completed by the property owner. Officers will conduct an inspection of the property documenting the illegally dumped tires with photographs. A proposal will be drafted including: property information, property owner information, parcel map, Property Access Authorization and Non-Responsibility Affidavit for Private Property form and photographs. Proposal will be submitted to the CalRecycle Grant Manager for approval prior to site remediation. 
+Properties where an operating business that buys, sells, or otherwise trade tires, or that is actively stockpiling waste tires is ineligible to participate in the program. Property owners that personally brought the tires onto their property, profited from the placement of tires on their property, directed, authorized, licensed, permitted, leased (legally or illegally), or otherwise provided consent to another to bring the tires on the property, or inherited the property from relatives that conducted these activities will not be permitted to participate in the program.
+All tires removed from Apple Valley will be transported by Burrtec Waste Industries, utilizing a 40 cubic yard roll off container. Tires will be transported to Mitsubishi Cement Corporation located in Lucerne Valley at 5805 State Highway 18.
+Officers will submit Tire Timesheets quarterly to staff that is compiling, recording and preparing grant information for CalRecycle. This will promote accurate record keeping and provide quarterly statistics for town executive management. 
+The Town of Apple Valley is requesting reimbursement for salaries and benefits of Code Enforcement Personnel when actual time is spent on grant related activities. In addition, the Town is requesting Waste Tire Clean Up Grant funds to offset the disposal and hauling cost of approximately 1,800 waste tires anticipated to be illegally dumped during the grant term. Estimated cost per a tire: $ 7.11.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ariam Isaac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The main objective of this grant proposal is to remove illegally dumped tires from several locations throughout the City of Bakersfield and to restore the areas back to their original state. Illegally dumped waste tires create blight, vector control and other health and safety hazards to the public and the environment. Illegal dumpsites not abated in a timely manner potentially contributes to the accumulation of waste tires. The City of Bakersfield cleanup projects are intended to mitigate potential fire and health risks posed by these tire piles within our jurisdiction. 
+The City of Bakersfield Solid Waste Division currently responds to citizen complaints of illegal dumping which has occurred along the public right-of-ways or upon their private property. 
+The Solid Waste Division dedicates a Solid Waste Equipment Operators almost 25 hours per week towards the collection and removal of waste tires illegally dumped throughout alleys, roadways, sidewalks and other public property. 
+All waste tires collected are transported to the City of Bakersfield s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver large and car passenger tires from its city truck/trailer combination to contractor BARC recycling facility for the purpose of recycling. 
+An estimated of 15,000 tires are to be removed an recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fresno is located near the center of the State of California in the central San Joaquin Valley. Fresno has a population of approximately 500,000 and a high concentrated poverty rate. A substantial part of the residential areas are in older neighborhoods which were developed with alleys. Illegally dumped tires and other debris are continually dumped in these alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The City of Fresno employs two staff members who locate and remove these illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Naomi Murphy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596000510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Fresno has an ongoing waste tire cleanup program managed by the County's Department of Public Works and Planning Road Maintenance and Operations (Roads) Division. Illegally dumped tires are removed by Roads personnel from County streets and rights-of-way in the rural and unincorporated areas throughout Fresno County. It is estimated that for the TCU17 cycle, the tires collected by Roads personnel will be approximately 13,000.  Roads personnel collect and deliver tires to storage areas at the County’s various Road Maintenance Yards and other appropriate storage sites.  Waste tires will be removed by permitted tire hauling companies including American Refuse, Inc. (dba American Tire Tec), West Coast Rubber Recycling, Inc., Gilton Resource Recovery/Transfer Facility, Inc., and other hauling companies as available and established through County-vendor procurement agreements.
+County and LCC staff have held several discussions addressing assistance with the Tire Cleanup grant.  However, LCC has indicated that they have limited labor and equipment resources to cover the 6,000+ square miles that comprise Fresno County. County staff continued to make contact with LCC staff for possible future events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer McCool</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia covers nearly 75 square miles of developed and vacant open desert land. With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping, often times near schools or residential neighborhoods, are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires. Some locations are also near the City water storage tanks or Mojave River causing a serious threat to the City's drinking water.
+City staff attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping. Code Enforcement Officers are available 7-days a week to clean-up City areas littered with waste tires. To assist in the cleanup efforts, the City's Code Enforcement Department contracts with the Work Release Program through the County of San Bernardino Criminal Justice System. Under the supervision of a Code Enforcement Officer, work release crews and City Code Enforcement Officers pick-up the waste tires and deliver to the grant Contractor for proper disposal. In addition to Code Enforcement Officers collecting waste tires, the City's Public Works personnel may also pick up tires that are located along City right-of-way. The Contractor will transport the waste tires to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
+To offset the cost of recycling waste tires, the City is requesting reimbursement of $8,481.36 for Code Enforcement Officer’s salaries and benefits when actual time is spent on grant-related activities. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout Hesperia and staff acts upon complaints of abandoned tires in specific areas. It is anticipated that passenger car, light truck and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles. Pictures of the waste tires illegally dumped are included for your convenience. The City is requesting Waste Tire Cleanup grant funds of $11,466 to offset the collection, disposal and hauling cost of approximately 3,675 waste tires anticipated to be illegally dumped during the 2-year grant term. As part of grant reporting, the City is requesting reimbursement of $2,688.40 for staff to prepare payment requests and final report.</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Lake Elsinore</x:t>
   </x:si>
   <x:si>
     <x:t> Nicole McCalmont</x:t>
   </x:si>
   <x:si>
     <x:t>9516743124</x:t>
   </x:si>
   <x:si>
     <x:t>The City proposes to use the grant funds to collect, transport and recycle approximately 135 very large construction equipment tires which are located along the Lake Elsinore levee and in the lake's overflow basin.  These tires, which were first noticed when the lake level receded during the peak of the drought, are as large as 10' in diameter and weigh a ton or more each.
 The tires will be transported via a flatbed semi trailer to Waste Management's Azusa Land Reclamation facility in Azusa for recycling.
 An average flatbed truck load is 15 tires and the City estimates it will take 9 or 10 truck loads to transport all the tires.
 Based on the proposed budget of $45,852, the cost per large construction tire removed is $339.64.  Based on an average tire weight of 1 ton (2,000 lbs), each construction tire equals 100 passenger tire equivalents (PTE) based on CalRecycles 20lbs / PTE.  Each large construction tire cost equals $3.39 per PTE.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...8 lines deleted...]
-    <x:t>The project provides for the cleanup of illegally dumped tires within the road right-of-way and abandoned property. Grant funds will be used to fund the cost of collecting, loading, transporting, and recycling/disposing of waste tires. Public Works will oversee the grant and provide contract hauling and recycling. This grant will also serve partners at the Department of Public Health and other cities.</x:t>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donald Watkins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617236055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Locate and remove illegally dumped and/or stockpiled waste tires from City of Lancaster public roads, right-of-ways and other public lands. Waste tires will be taken to the City Maintenance Facility and transported by state permitted registered haulers to end use facilities. Priority will be given to sites that pose serious threats to public health and safety and the environment. Several public roads, vacant lots and public land sites are within 1,000 feet of residential homes, schools, and industrial centers where tires are often illegally dumped throughout the City.
+Prior grant cycle awards have helped to clean-up numerous waste tires throughout the City of Lancaster. To date; the City has cleaned up over 400 illegal waste tire piles, recycled over 100 tons of wastes, benefiting local and regional efforts in minimizing risks to public health and safety, and promoting the clean-up and removal of environmental hazards and conservation of natural resources.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Long Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Elisa Calderon</x:t>
   </x:si>
   <x:si>
     <x:t>5625704695</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Long Beach proposes to continue the cleanup efforts around the Los Angeles River area north of the Long Beach Harbor Basin.  This area remains a high priority for the City due to the level of illegal dumping that occurs.
 The first area is east of the LA River between 5th Street and Willow Street (East Project Area), to Magnolia Avenue as the west boundary. The East project area is residential and commercial, including Drake Park and Thomas Edison Elementary School.  Golden Park, Cesar Chavez Park and Seaside Park are also nearby.  The Los Angeles River runs directly west of the project area, with the Long Beach Harbor and Downtown Long Beach less than one mile from the project area.
 The second area is west of the Los Angeles River between 9th Street and Willow Street (West Project Area), to Santa Fe Avenue as the east boundary. The West project area includes industrial and residential areas, including Garfield Elementary School and with Cabrillo High School nearby. Nearby parks include Hudson and Admiral Kidd Parks. The Los Angeles River runs directly east, the Dominguez Channel is about one-half mile to the west and the waters of the Port of Long Beach are directly south.
 In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>The City of San Bernardino continues to have an issue with illegally dumped tires on the side of roads, parks, fields and alleyways. The City has very limited staff dedicated to cleaning up illegally dumped waste tires, so we are not able to keep up with resident requests for tire cleanups.  Because of this, local neighborhood association members have taken an initiative to volunteer to pick up illegally dumped waste tires throughout the City. The Public Works Department and the select volunteers from the neighbor associations now work together at least once a month to go out and collect illegally dumped waste tires in designated areas the City. I communicate with volunteers to bring all collected tires to our City yard for proper disposal. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Ronaldo Milo</x:t>
   </x:si>
   <x:si>
     <x:t>2134853568</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Los Angeles has an on-going waste tire cleanup program through the City's Department of Public Works (DPW) managed by the Solid Resources Support Services (SRSSD) and the Solid Resources Collection Division (SRCD) of the Los Angeles Sanitation (LASAN). SRCD removes illegally dumped tires within the City`s right-of-ways, alleys and boundaries. Tires collected are delivered to any of the six LASAN's district yards and other City locations approved by LASAN for storage and recording purposes. The district yards and LASAN approved locations provide environmentally sound storage areas for the collection and transportation by a vendor to a tire recycling facility for processing and beneficial reuse. Each of the LASAN district yards has a Tire Program Identification (TPID) Number Certificate issued by Department of Resources Recycling and Recovery (CalRecycle) storing an approved number of tires at a certain time period. LASAN's six district yards are as follows:
 1) West Valley District Yard 
     8840 Vanalden Avenue 
     Northridge, CA 91324 
     818-727-7193 
 2) South Los Angeles District Yard 
     786 South Mission Road 
     Los Angeles, CA 90023 
     213-485-4912 
 3) West Los Angeles District 
     2027 Stoner Avenue 
     Los Angeles,CA 90025 
     310-575-8393 
 4) Harbor District Yard
     1400 North Gaffey Street
     San Pedro, CA 90731
     310-548-7708
 5) East Valley District yard
     11050 Pendleton Street
     Sun Valley, CA 91325
     818-752-5700
 6) North Central District
     452 San Fernando Road
     Los Angeles, CA 90031
     (323) 227-7334
 The City of Los Angeles collects an average of 650 tons of used tires annually through which LASAN estimates 50% are collected from illegally dumped areas. B.J. Used Tire &amp; Rubber Recycling, Inc.       (B.J.- contact: Rita Jankouzian, 909-684-2316) renders its services to the City by collecting and transporting the tires from the district yards to a tire recycling facility for processing and beneficial reuse.  
 Additionally, LASAN will partly utilize the services of Los Angeles Conservation Corps (LACC – contact: Karla Ramos, 213-362-9000) for the removal of tires within the City of Los Angeles. LACC services are limited to the collection and transportation of used/waste tires only and will directly deliver to B.J. LASAN pays B.J for disposal/recycling of the LACC's delivered tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside County</x:t>
-[...9 lines deleted...]
-The Department will use the Crew Lead Worker job classification to operate exempt-government hauling vehicles (Tire Program Identification Number 1570382-01). The tire loads will be manifested and transported using the government-exempt hauling vehicles (Tire Program Identification Number 1274054-01). The waste tire loads will be hauled to B J Used Tire &amp; Rubber Recycling (TPID Number 1001094). For the bulk of the labor, the Department will use the Riverside County Sheriff’s Department Riverside Alternative Sentencing Program (RASP) participant’s in removing waste tires from county roads.</x:t>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Vicki Rice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has an estimated population of 205 thousand people who currently occupy an estimated 37 square miles. Within that area, there are 3,050 streets, 1,400 alleys, 78 parks and 3 main waterways. It is our intent to utilize grant funding to remove illegally dumped waste tires from these areas by assigning a city employee maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition to the labor component, the City of Modesto is requesting funding to contract with Waste Recovery West, Inc. to transport waste tires for recycling. The City of Modesto owns a storage container to store waste tires until removal is required for transportation to an end-use facility. The current location is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note, the City of Modesto will be responsible for providing a 1/2 ton pickup with a lift gate, safety equipment and any additional materials necessary to complete the job safely and efficiently. Historically, the City of Modesto has collected 1200-1750 illegally dumped tires per year through the grant program. The City of Modesto is estimating that we will collect approximately 1750 illegally dumped tires per year for recycling through a permitted recycler and hauler for an estimated total of 3500 tires during the entire grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Bernardino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy O'Neal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093845353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Bernardino continues to have an issue with illegally dumped tires on the side of roads, parks, fields and alleyways. The City has very limited staff dedicated to cleaning up illegally dumped waste tires, so we are not able to keep up with resident requests for tire cleanups.  Because of this, local neighborhood association members have taken an initiative to volunteer to pick up illegally dumped waste tires throughout the City. The Public Works Department and the select volunteers from the neighbor associations now work together at least once a month to go out and collect illegally dumped waste tires in designated areas the City. I communicate with volunteers to bring all collected tires to our City yard for proper disposal. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Gonzales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9099485085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Code Enforcement will utilize Waste Tire Cleanup Grant funds to abate waste tire dump sites throughout its large jurisdictional area.  The deserts of San Bernardino County are frequently utilized as a dumping ground for the illegal disposal of waste tires and other materials.  The County actively combats these activities with an Illegal Dumping program, and we look forward to partnering with CalRecycle to step up our efforts in identifying and abating illegal waste tire dump sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Will Richards</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the funding requested, Stanislaus County Department of Environmental Resources estimates picking up approximately 5,000 waste tires that have been illegally dumped either on private property or along the county unincorporated roadways.  The goal is to remediate small tire piles as soon as possible to prevent blighted conditions and to prevent a harborage for insects and vermin.  All car and truck tires will be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dana Armstrong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Victorville is located in the Mojave Desert region approximately 1 hour from the heavily populated Los Angeles County, Orange County, and Inland Empire regions and 2 hours from the growing Las Vegas area. The City is surrounded by a vast amount of open desert and has three major highways that intersect within its jurisdiction (I-15 Freeway, CA Highway 18/138, and US highway 395). It is 74.09 square miles and is mixed open land with a still growing commercial and residential footprint. Due to the large amount of open desert areas, the City experiences a high rate of illegal dumping activity that includes illegally dumped tire piles of both general passenger and commercial tires. Additionally, the City currently manages the CalRecycle Waste Tire Enforcement Grant and has approximately 120 waste tire related businesses (identified via WTMS as active businesses) that it frequently monitors and inspects annually. Coincidentally, the City has a large number of used tire dealerships located in areas that are prone to a high incidence of illegally dumped waste tires. 
+The City will use the waste tire cleanup grant funds to identify waste tire piles in all areas of the City, collect and transport them to a short term storage location at 15164 Anacapa Road, and then pay for the disposal of approximately 6,000 waste tires using Burrtec Waste Industries, Inc, a registered waste tire hauler. Lastly, in those areas that we have identified with a higher rate of illegal waste tire dumping activity, we will place professionally made metal signs that are meant to deter future incidents. To carry out the proposed activities related to this grant, the City will also need to purchase safety related items, stick tools, and trash bags. These items are necessary in the Mojave Desert region where Mojave Green Rattlesnakes and small amounts of trash are commonly found within the piles of tires.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t> Ron Hayes</x:t>
   </x:si>
   <x:si>
     <x:t>5306668024</x:t>
   </x:si>
   <x:si>
     <x:t>The County of Yolo is faced with the challenge of safely diverting and/or managing hundreds of waste tires each year that have been illegally dumped throughout the county.  These waste tires, if not picked up and disposed of properly, pose a potential threat to public health, safety, and the environment.  The county's goals are to remove approximately 1,000 tires as quickly as possible in order to alleviate the illegal tire piles from growing larger.  All collected tires are to be transported to a permitted facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daveline Villaseñor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603374586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County is a unique community of seven cities. The city of Mexicali with a population of well over a million residents, borders the City of Calexico. The yearly crossing is over 9,000,000. Imperial County generates approximately 65,000 used and waste tires annually. The County cities and unincorporated communities comprise less than two percent of the land and this provides ample desolate, isolated and unobservable areas where individuals could illegally dump tires.
+Even one of these following factors would substantially contribute to the number of illegally dumped and discarded tires but taken together, creates a formidable environmental of unsightly and disease-bearing discarded illegally dumped tires. Close proximity to the Mexico Border Crossings; Imperial Valley inherits many tires rejected by the Mexican Recycling Industry; large number of seasonal visitors attracting recreational vehicle owners with vehicles in tow, off-road visitors to the Imperial Sand Dunes (each of these licensed vehicles paying admission to BLM land is approximately  456,300 street legal vehicles for FY 2017, typically hauls an average of three off-road vehicles); high usage of passenger, truck, semi-truck and equipment tires in the Imperial County agricultural industry: low income, unemployment and lack of financial resources; and irrigation canals (canals are cleaned quarterly and illegally disposed tires are removed). 
+All of Imperial Valley Resource Management Agency (IVRMA) collected tires now are going to Rubber Recovery Inc. located at 10672-B Calabash Avenue, Fontana, CA 92337. Nothing goes to a landfill. The tires transported from the Imperial Valley to Rubber Recovery Inc. go to the crumbed buffing or molding to manufacture retail products. All contractors must agree to take all collected tires to a recycling facility. 
+Community Support for the Tire Cleanup Program included Local Enforcement Agency and Elected Officials. Imperial County has developed an Illegally Dumping Task Force in 2009, which has brought awareness to the residents of Imperial County of the problems associated with illegally dumping. We now have enforcement provided by Imperial County Sheriff Department, California Highway Patrol and the Local Enforcement Agency. In 2008, the Imperial County Board of Supervisors passed accordance #1436, Chapter 8.73-Unlawful and Unauthorized Dumping of Solid Waste. 
+Illegal Dumping of tires is a serious threat to the Public Health and Safety in the proximity of densely populated areas to residential homes, schools, and commercial locations. Imperial County covers approximately 4,597 square mile of predominately agricultural land with many schools in Imperial County in remote areas where tires are frequently illegally dumped. San Pasqual Valley Unified School District is located 90 miles from a populated area. Pine Elementary School, Magnolia Union Elementary School, Mulberry Elementary School District, McCabe/Corfman Union School District, and Meadows Union School District are schools in rural and agricultural areas in Imperial County. Illegally dumping of tires is common in rural, secluded, agricultural areas. Pesticide residue has been found in tires. Physical injuries can also result from sharp or pointed objects becoming trapped inside discarded tires. Tire Collection Crews have reported finding needles, broken glass, and dangerous objects. Piles of illegally discarded tires that contain trash or dry brush are a potential fire hazard. When tires burn, the toxic chemicals are released directly into the atmosphere. This can cause both short and long term health hazards to residents. Compounds from melted tires can also pollute soil, surface water, and ground water. A tremendous health hazard is created when illegally discarded tires accumulate on roads that run through farmland, and the pile of tires ignited. 
+Over 521,406 illegally dumped tires have been collected from Imperial County roadways and other public areas with grants from CalRecycle/California Integrated Waste Management Board (CIWMB). IVRMA has exhibit wise and judicious use of CalRecycle/CIWMB grant funds which will continue. IVRMA has developed significant experience and has managed to keep the cost down of collection and recycling illegally disposed tires.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Nanci Biendarra</x:t>
   </x:si>
   <x:si>
     <x:t>6192366007</x:t>
   </x:si>
   <x:si>
     <x:t>3,830 tires from the Tijuana River Valley split among at least two agencies;
 400 tires from the City owned Brownfield Airport;
 250 tires from San Diego Open Space clean-ups;
 2,120 tires to be collected by Code Compliance from public rights-of-way.
 1,360 tires from the City of Chula Vista public rights-of-way.
 This results in a projected clean-up cost of $7.77/tire.
 The Tijuana River Valley is an estuary of national importance with a multi-agency approach to restoring and protecting the sensitive ecosystem. Tires from Mexico are washed downstream during rain events and have significant impact on the watershed. Tires are plucked from the sediment and trash removed during dredging of river channels and sediment basins. Large truck tires can sometimes be recycled however passenger tires are too contaminated with sediments and go the landfill.
 Brown Field Airport is a small City operated airport located on a large piece of City owned property.  This property is bordered by open space and is located in a remote area of the City. These factors have made it prone to dumping.  The City has been cleaning up the property in preparation for development. 
 City of San Diego Open Space: Tires dumped in open spaces, parks and canyons are collected by park rangers and stored at this location until a pick up is arranged.
 The City of San Diego Code Compliance division actively collects tires from the Public Rights-of Way throughout the City and stores them until a pick up can be arranged.
 The City of Chula Vista Code Compliance division actively collects tires from the Public Rights-of Way throughout the city. The tires are stored at the “former public works” yard until they are picked up.
 The Tire enforcement Program also refers tire piles on public property to Code Compliance for remediation.  Detailed logs are provided of these activities.  When possible the Tire Enforcement Program utilizes surveillance cameras to catch perpetrators and deter dumping.
 Some signs and/or fencing may be purchased with grant monies.
 Other than the contaminated tires from the Tijuana River Valley, every attempt is made to recycle the tires at BAS recycling, our closest tire recycling facility, located 100 miles away in Moreno Valley.</x:t>
   </x:si>
   <x:si>
-    <x:t>Town of Apple Valley</x:t>
-[...76 lines deleted...]
-  <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County</x:t>
   </x:si>
   <x:si>
     <x:t> Jeff Valenti</x:t>
   </x:si>
   <x:si>
     <x:t>2094683066</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County requests $35,748 to implement a tire clean up and education campaign.  The campaign aims to reduce the illegal dumping of waste tires from residential and agricultural neighborhoods through tire removal and education.  Tires will be removed from rural properties and public roadways using staff and the San Joaquin Regional Conservation Corps.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...70 lines deleted...]
-    <x:t>The City of Fresno is located near the center of the State of California in the central San Joaquin Valley. Fresno has a population of approximately 500,000 and a high concentrated poverty rate. A substantial part of the residential areas are in older neighborhoods which were developed with alleys. Illegally dumped tires and other debris are continually dumped in these alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The City of Fresno employs two staff members who locate and remove these illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Contaoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County Department of Waste Resources (Department) operates an Illegal dumping Mop-uP and Cleanup Team (IMPACT) which removes illegally dumped solid waste and waste tires on all county roadways. The IMPACT program has been performing this duty since 2002 in the unincorporated areas of Riverside County. The program will continue to remove waste tires dumped in road right-of-way and in some cases on private property. The Department has removed waste tires from roadsides and on some instances the Department has taken them off private property, which has resulted in removing over 33,000 waste tires that were illegally dumped. So if awarded the grant for another cycle the Department will continue to do this work. 
+The Department will use the Crew Lead Worker job classification to operate exempt-government hauling vehicles (Tire Program Identification Number 1570382-01). The tire loads will be manifested and transported using the government-exempt hauling vehicles (Tire Program Identification Number 1274054-01). The waste tire loads will be hauled to B J Used Tire &amp; Rubber Recycling (TPID Number 1001094). For the bulk of the labor, the Department will use the Riverside County Sheriff’s Department Riverside Alternative Sentencing Program (RASP) participant’s in removing waste tires from county roads.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project provides for the cleanup of illegally dumped tires within the road right-of-way and abandoned property. Grant funds will be used to fund the cost of collecting, loading, transporting, and recycling/disposing of waste tires. Public Works will oversee the grant and provide contract hauling and recycling. This grant will also serve partners at the Department of Public Health and other cities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 20</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -549,51 +549,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc2d01541fb34f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re2045eb2c88d4183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8eb3e424d92e4934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb55ac997063446bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdbdce9be42f34bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R97d273e5b2fa4212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -641,516 +641,516 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1195.90869140625" customHeight="1" collapsed="0">
+    <x:row ht="4611.1181640625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>27979</x:v>
+        <x:v>11582</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
+    <x:row ht="1253.3955078125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>45852</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+    <x:row ht="804.92626953125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1678.847412109375" customHeight="1" collapsed="0">
+    <x:row ht="1115.404296875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>99989</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+    <x:row ht="2207.82080078125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>10000</x:v>
+        <x:v>22636</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>45852</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1207.38818359375" customHeight="1" collapsed="0">
+    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>22400</x:v>
+        <x:v>55938</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.470703125" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1678.8466796875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>12000</x:v>
+        <x:v>99989</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2035.33203125" customHeight="1" collapsed="0">
+    <x:row ht="2219.3017578125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>61810</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="1195.908203125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>11582</x:v>
+        <x:v>27979</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1678.8466796875" customHeight="1" collapsed="0">
+    <x:row ht="620.95703125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>47148</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row ht="425.451171875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>71828</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row ht="816.435546875" customHeight="1" collapsed="0">
+    <x:row ht="379.4765625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>55938</x:v>
+        <x:v>29502</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1253.396484375" customHeight="1" collapsed="0">
+    <x:row ht="1678.845703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>47148</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A20" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>35748</x:v>
+        <x:v>12000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="3806.1640625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A21" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+    </x:row>
+    <x:row ht="2035.33203125" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>29502</x:v>
+        <x:v>61810</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2207.8203125" customHeight="1" collapsed="0">
+    <x:row ht="310.48046875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>22636</x:v>
+        <x:v>35748</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="3806.1640625" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1207.388671875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>22400</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.923828125" customHeight="1" collapsed="0">
+    <x:row ht="356.455078125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.40234375" customHeight="1" collapsed="0">
       <x:c r="A26" s="10" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B26" s="10" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="10"/>
       <x:c r="D26" s="11" t="n">
         <x:v>1354412</x:v>
       </x:c>
@@ -1176,29 +1176,29 @@
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:38 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>