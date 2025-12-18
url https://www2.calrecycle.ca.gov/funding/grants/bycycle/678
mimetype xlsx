--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -1,420 +1,420 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10a70b48acd441c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1875f00983354150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0975cea4e3aa4212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R30510f8110ce4928"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Household Hazardous Waste Discretionary Grants (HD31)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Amador              </x:t>
-[...8 lines deleted...]
-    <x:t>2092236546</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Citrus Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Citrus Heights will conduct public outreach and education to its residents about the importance of proper disposal of hazardous household wastes (HHW) and of the availability to dispose of HHW at the permanent collection site located on Roseville Road in Sacramento. The project will educate residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, and facility location and hours.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Elizabeth Thompson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matthew Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County Department of Waste Resources (RCDWR) proposing to purchase one (1) F650 box truck with gasoline engine to replace the current 2007 E450 box truck. RCDWR utilize this vehicle to operate temporary household hazardous waste events (THHWCF) in Blythe, Mecca, Desert Center, Pinyon Flats, Coachella, Mead Valley, and Meadowbrook in Riverside County. These communities rely on THHWCFs provided by the RCWDR to dispose of household hazardous waste (HHW) since the nearest permanent HHW collection facility is 70 to 125 miles away.  These THHWCFs are the only practical options for residents living in these communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Porter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586942801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County, Department of Environmental Health proposes to utilize HD31 grant funds to sponsor two small to medium sized one-day household hazardous waste (HHW) collection events in underserved areas of the unincorporated County.  The events are proposed for the rural Lakeside area (almost 20 miles from the County's permanent facility in Ramona) and the outlying desert community of Borrego Springs, which is over 50 miles from the permanent facility in Ramona.  These events are expected to serve approximately 400+ and 175 residents, respectively.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Mike Azevedo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304580466</x:t>
   </x:si>
   <x:si>
     <x:t>Akemi Myers</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Amador County is requesting funds to provide several needed facility improvements such as roof repair, concrete receiving area pad repair, and replacement of safety shower/eyewash units.  These improvements are needed to maintain a safe and secure facility.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Colusa County Regional Solid waste Authority hosts Temporary Household Hazardous Waste Collection Events</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Catherine Vargas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Works would like to implement a HHW curbside collection program for single family and multi-family residents to insure proper processing of household hazardous waste materials. Curbside collection can increase diversion rates due to the ease of  the program for the residents. The grant funds will allow us to create brochures describing materials to be placed at the curb for collection; a  short video demonstrating the importance of recycling and disposal of HHW materials; and effective utility bill inserts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kati Galvani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072621618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant funding would assist the county with education and marketing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites. In order to reach the largest possible number of residents, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the city’s diverse population. Outreach methods will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Drew Lowell-britt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104588391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Monica will design a home generated photovoltaic panel (PV) recycling pilot project that will utilize one or two one-day events hosted at the Santa Monica City Yards in Summer or Fall of 2019, after the DTSC regualtions are adopted making PV modules universal waste. The promotion of the event(s), budget allowing, may include print media, radio, television and outdoor media to reach all demographics of the City and utilize our target audience of homeowners with old solar panels.
+The City will work closely with the Solar Santa Monica Program (SSM) and Solar Energy Industry Association (SEIA) on one or two solar panel collection and recycling events depending on the budget because disposal/recycling costs are unknown until the DTSC finalizes the PV regulations. SEIA has offered to work with the City and bring its expertise on PV types and preferred methods of recycling. This information will help the City and SEIA establish a baseline and recommendations for long-term solar panel recycling programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302657038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County, working with California Product Stewardship Counil (CPSC), will identify propane distribution businesses and locations selling single-use 1lb propane cylinders in the county and conduct education and outreach efforts about refillable 1lb propane cylinders to establish retail locations in the county to sell, refill and/or exchange refillables.  This will encourage their use beyond what exists at the start of the project (baseline).  Nevada County will promote the ReFuel your Fun campaign by using existing resources and public education channels to promote the use of refillables to result in less disposables reaching HHW facilities.  CPSC will develop model articles that local hiking groups and others that use refillables can put in newsletters to promote the program. We will identify outreach events to have booths to distribute empty refillables 1lb propane cylinders. The County's existing HHW program will also be promoted through general outreach to the public.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indio</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Toyoda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606251815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provide temporary household hazardous waste collection events and provide education and outreach about household hazardous waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Huntington Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Debra Jubinsky</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145365537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Huntington Beach is home to ten miles of beautiful coastal and a bustling Harbour.  Each year thousands of visitors descent upon our beaches to camp and partake in water activities.  With these activities comes with it marine flares and propane cylinders.  If funded, the City would embark on a multi media campaign to educate visitors and residents about proper disposal methods and would create partnerships with vendors to collect these items.  The City will execute four temporary events focused on collecting empty 1 lb propane cylinders and single-use marine flares.  The City 
+will partner with the California Product Stewardship Council (CPSC) to promote the ReFuel your Fun campaign and increase the number of businesses selling and refilling/exchanging refillable 1 lb propane cylinders. This project will promote alternatives to single-use marine flares by converting consumers to reusable types, such as battery-operated distress signals, thus reducing HHW waste generation of those products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jay Virata</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603238228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palm Springs is seeking a grant in the amount of $35,450 with which to establish a City-wide Household Battery Recycling Program and concurrent Education &amp; Outreach Initiative.  Collection containers designed exclusively for this purpose will be prominently positioned in a network of 8 municipal drop-off sites that are accessible to residents, visitors and businesses.  The program will be supported by a robust marketing campaign and public education/awareness component.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Madison Bible</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to build off of and customize the California Product Stewardship Council's existing Refuel Your Fun Campaign to encourage residents in the cities of Redding, Anderson, and Shasta Lake, and in the unincorporated areas of Shasta County to properly dispose of their one-pound disposable propane gas cylinders and to purchase refillable one-pound propane gas cylinders. Grant funds will also be used to recruit and promote retailers to sell, refill, and exchange the refillable one-pound propane gas cylinders. Funds will be used to promote the program utilizing local media channels, which may include social media, web/print/radio/television ads, and truck signs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Contra Costa Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Christina Leard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106091218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RecycleMore seeks to strengthen our HHW programming and operations by extending our outreach and education and upgrading existing equipment. We plan to hold several events in the service area to educate people about 1 pd. refillable propane cylinders and offer free or reduced-cost refillable cylinders and where appropriate offer collection of unwanted 1 pd disposable cylinders.  Outreach is planned for retailer and parks recruitment for selling, refilling &amp; exchanging refillable propane cylinders and where appropriate, collecting unwanted disposable 1 lb. propane cylinders.  We plan to hold a regular HHW temporary collection event to reach an under-served populated region in the service area.  Upgrades are planned for our permanent HHW facility in North Richmond for the eyewash station and we plan a re-wrap for the Door-to-Door collection vehicle as the existing wrap is over 10 years old and very faded, as well as replace the 'CIWMB' logo with 'CalRecycle'.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Kathy Diaz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097851689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds are being requested for set up and operation of the temporary hazardous waste collection events in rural areas of our County for September 2018 through September 2021; for 8 hour Hazwoper refresher courses for 2018 &amp; 2021; for personal protective equipment for permanent HHW collection facility (PPE's not limited to, but including lab coats, overalls, gloves, safety sheilds &amp; glasses); for secondary containment area storage bins for the permanent hazardous collection facility at Rock Creek Solid Waste Facility/ qualifying transfer stations; and for HHW public education and outreach with updated signs, banners, flyers or other written educational advertisements for the temporary and the permanent facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francisca Mandujano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jill Hayashida</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In partnership with the Sanitation Districts, we will expand and enhance the current Household Hazardous Waste and Electronic Waste Management Program (Program) by establishing permanent and mobile Reuse Centers.  This will entail the purchase of a mobile trailer and the redesign of dedicated space at two of the County’s permanent collection centers.  The trailer and dedicated spaces will be converted into Reuse Centers where unwanted, usable household products collected at roundup events and permanent centers will be stored and made available to residents free of charge.  To promote the Reuse Centers, we will conduct a public education and outreach campaign utilizing outreach tools such as paid media, fact sheets, webpage enhancement, and other advertising and signage material.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308763340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will expand Paradise's current HHW program by: 1) Expanding the facilities education and outreach efforts with ongoing digital campaign to increase awareness and creating social media, T.V. and radio ads on HHW dangers, local disposal options, and highlighting the HHW facilities reuse program; manufacturing and maintaining HHW themed interactive /educational kiosks for the HHW Reuse and Educational Center; and to send direct mailers to residents with HHW facility operational information, including a transport and disposal guide and calendar. 2) Purchase additional storage container for HHW packaging material and drums. 3) Purchase additional PPE for HHW facility employees, including gloves, Hazmat suits, boots, and vests. As well as provide annual 8 hr. HAZWOPER refresher training for HHW employees and attendance at CalRecycle's annual HHW conference.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Valerie Meza</x:t>
   </x:si>
   <x:si>
     <x:t>5307127986</x:t>
   </x:si>
   <x:si>
     <x:t>Project Description 
 Butte County, in partnership with the City of Oroville, will promote our respective HHW facilities with a multi-media public education campaign to inform the public of the best practices of HHW management. This will include specific materials often mishandled in the waste stream (propane cylinders, fluorescent bulbs) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials. The campaign will include print media, radio, television and possibly outdoor media to ensure all population segments of the County are reached. 
 The County will also establish a propane cylinder collection program and promote the ReFuel your Fun campaign by increasing the number of Butte County businesses selling and refilling/exchanging refillables. 
 Also, the County will conduct a pilot survey and collection event for the recycling of photo-voltaic solar panels.</x:t>
-  </x:si>
-[...177 lines deleted...]
-    <x:t>Grant funds will be used to build off of and customize the California Product Stewardship Council's existing Refuel Your Fun Campaign to encourage residents in the cities of Redding, Anderson, and Shasta Lake, and in the unincorporated areas of Shasta County to properly dispose of their one-pound disposable propane gas cylinders and to purchase refillable one-pound propane gas cylinders. Grant funds will also be used to recruit and promote retailers to sell, refill, and exchange the refillable one-pound propane gas cylinders. Funds will be used to promote the program utilizing local media channels, which may include social media, web/print/radio/television ads, and truck signs.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Torrance</x:t>
   </x:si>
   <x:si>
     <x:t>Mr James Keezell</x:t>
   </x:si>
   <x:si>
     <x:t>3107816900</x:t>
   </x:si>
   <x:si>
     <x:t>The City will develop a public outreach and education program to promote existing HHW collection temporary events, permanent collection sites, and EPR take-back programs in the Torrance community and throughout the south bay area of Los Angeles County.  The goal of the program is to increase the use of these programs by Torrance residents and to maximize the awareness in the City of what materials are considered to be HHW, to safely and properly dispose of them, and the potential negative environmental impacts these materials pose.
 Outreach will include:
 1. 45,000 door-hangers distributed to all single family homes and multifamily units (up to 4 units) in the City.
 2. Bi-monthly newspaper ads in the Daily Breeze for 2 years.
 3. Cable TV spots - Program Kick-Off campaign for 1 month to coincide with the distribution of the door-hangers.</x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...14 lines deleted...]
-    <x:t>RecycleMore seeks to strengthen our HHW programming and operations by extending our outreach and education and upgrading existing equipment. We plan to hold several events in the service area to educate people about 1 pd. refillable propane cylinders and offer free or reduced-cost refillable cylinders and where appropriate offer collection of unwanted 1 pd disposable cylinders.  Outreach is planned for retailer and parks recruitment for selling, refilling &amp; exchanging refillable propane cylinders and where appropriate, collecting unwanted disposable 1 lb. propane cylinders.  We plan to hold a regular HHW temporary collection event to reach an under-served populated region in the service area.  Upgrades are planned for our permanent HHW facility in North Richmond for the eyewash station and we plan a re-wrap for the Door-to-Door collection vehicle as the existing wrap is over 10 years old and very faded, as well as replace the 'CIWMB' logo with 'CalRecycle'.</x:t>
+    <x:t>Amador              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jeff  Gardner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092236546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Amador County is requesting funds to provide several needed facility improvements such as roof repair, concrete receiving area pad repair, and replacement of safety shower/eyewash units.  These improvements are needed to maintain a safe and secure facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jovan Diaz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185484030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We started phase 1 in 2017 and the funds were insufficient to complete the project. We would like to complete phase 2 of the project which are: resurface and stripe our parking area, resurface our HHW drop off area and provide a sun cover for our employees during the summer time and rain.</x:t>
   </x:si>
   <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Woodland</x:t>
   </x:si>
   <x:si>
     <x:t> Rosie Ledesma</x:t>
   </x:si>
   <x:si>
     <x:t>5306612059</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Woodland in partnership with Yolo County, the Cities of Davis, West Sacramento, and Winters, and the California Product Stewardship Council (CPSC) will conduct a multi-media public education and outreach campaign on proper HHW management, specifically targeting materials commonly mishandled in the waste stream (e.g., propane cylinders and fluorescent bulbs). This project will recruit retailers to sell and refill/exchange reusable 1 lb propane cylinders and execute up to eight temporary events that provide free or discounted refillable propane cylinders and free disposal of empty cylinders and fluorescent bulbs. The outreach will include basic information about the Yolo County HHW Facility, including hours of operation, common HHW materials accepted, and the HHW reuse facility. The campaign may include print-media, radio, television, social media, and possibly outdoor media to ensure all population segments of the County are reached.</x:t>
   </x:si>
   <x:si>
-    <x:t>Colusa              </x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>El Dorado           </x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado County</x:t>
   </x:si>
   <x:si>
     <x:t> Joline Davidson</x:t>
   </x:si>
   <x:si>
     <x:t>5306215308</x:t>
   </x:si>
   <x:si>
     <x:t>Conduct two temporary HHW events in underserviced areas of El Dorado County.  Improvement to the existing permanent HHW facility by making the flooring area impervious to HHW materials.  Purchase a fixed radiation detection equipment to ensure HHW staff safety.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Funds are being requested for set up and operation of the temporary hazardous waste collection events in rural areas of our County for September 2018 through September 2021; for 8 hour Hazwoper refresher courses for 2018 &amp; 2021; for personal protective equipment for permanent HHW collection facility (PPE's not limited to, but including lab coats, overalls, gloves, safety sheilds &amp; glasses); for secondary containment area storage bins for the permanent hazardous collection facility at Rock Creek Solid Waste Facility/ qualifying transfer stations; and for HHW public education and outreach with updated signs, banners, flyers or other written educational advertisements for the temporary and the permanent facility.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 23</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -549,51 +549,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda99794a77674ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0975cea4e3aa4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6fe82a48a06944e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bbf69212f3446db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30510f8110ce4928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdfe9508169a14911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -641,597 +641,597 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>65870</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.42364501953125" customHeight="1" collapsed="0">
+    <x:row ht="609.44879150390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.4693603515625" customHeight="1" collapsed="0">
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.991943359375" customHeight="1" collapsed="0">
+    <x:row ht="448.469482421875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.990478515625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>46540</x:v>
+        <x:v>5000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.990478515625" customHeight="1" collapsed="0">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.941650390625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+    </x:row>
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G13" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.927734375" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>35450</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
-[...9 lines deleted...]
-    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+    </x:row>
+    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>46540</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>35450</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G17" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+    </x:row>
+    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A19" s="8" t="s">
+      <x:c r="B19" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>49502</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.4130859375" customHeight="1" collapsed="0">
+    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>62867</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
+      <x:c r="H21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="H21" s="8" t="s">
+    </x:row>
+    <x:row ht="770.427734375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A22" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>49502</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>5000</x:v>
+        <x:v>65870</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.947265625" customHeight="1" collapsed="0">
+    <x:row ht="252.9931640625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>62867</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+    <x:row ht="850.931640625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>34771</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.4384765625" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>34771</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="10"/>
       <x:c r="D29" s="11" t="n">
         <x:v>1350000</x:v>
       </x:c>
       <x:c r="E29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="10" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -1251,29 +1251,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 18, 2025 1:13 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>