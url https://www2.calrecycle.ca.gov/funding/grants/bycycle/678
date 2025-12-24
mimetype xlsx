--- v1 (2025-12-18)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1875f00983354150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb24a50d988dd4283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R30510f8110ce4928"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R30d9809f862a4b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Household Hazardous Waste Discretionary Grants (HD31)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -549,51 +549,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bbf69212f3446db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30510f8110ce4928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdfe9508169a14911" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9f8ba38fd074ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30d9809f862a4b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5211b1f0994b4bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1251,29 +1251,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 18, 2025 1:13 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:48 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>