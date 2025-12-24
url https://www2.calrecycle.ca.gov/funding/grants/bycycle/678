--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb24a50d988dd4283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R430ce47a18cb4192" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R30d9809f862a4b9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9e757a341ff44b70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Household Hazardous Waste Discretionary Grants (HD31)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -549,51 +549,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9f8ba38fd074ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30d9809f862a4b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5211b1f0994b4bb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712f448d89854bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e757a341ff44b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb2ae02fcebab4b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1251,29 +1251,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:48 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:20 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>