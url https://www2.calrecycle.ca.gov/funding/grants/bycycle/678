--- v3 (2025-12-24)
+++ v4 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R430ce47a18cb4192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b872ebe5514314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9e757a341ff44b70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6e30f497e2894c9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Household Hazardous Waste Discretionary Grants (HD31)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -549,51 +549,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712f448d89854bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e757a341ff44b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb2ae02fcebab4b66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcccf200aaf254e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e30f497e2894c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R522e107701c14273" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1251,29 +1251,29 @@
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:20 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:33 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>