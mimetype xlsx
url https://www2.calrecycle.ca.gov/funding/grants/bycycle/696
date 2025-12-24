--- v0 (2025-12-07)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28b95d3128946ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb0faeaeede84444" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdb381b0330e242fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4630c497ba9a4fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Food Waste Prevention and Rescue Grant Program (FW3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -711,51 +711,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f28017be1745c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdb381b0330e242fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R33260808a2c64b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06b9880e6ed84520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4630c497ba9a4fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3bb69f93f2f64384" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1738,29 +1738,29 @@
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 12:25 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:39 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>