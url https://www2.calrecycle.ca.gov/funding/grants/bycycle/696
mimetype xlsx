--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb0faeaeede84444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a0356ea8eb48ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4630c497ba9a4fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R05c360261f4d4f90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Food Waste Prevention and Rescue Grant Program (FW3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -711,51 +711,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06b9880e6ed84520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4630c497ba9a4fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3bb69f93f2f64384" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R328abc5f69b949f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R05c360261f4d4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4f8a758d5f524be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1738,29 +1738,29 @@
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:39 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>