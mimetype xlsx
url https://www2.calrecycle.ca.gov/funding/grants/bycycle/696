--- v2 (2025-12-24)
+++ v3 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a0356ea8eb48ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09be5ecb99fa4431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R05c360261f4d4f90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R987ab6d91b7742a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Food Waste Prevention and Rescue Grant Program (FW3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -711,51 +711,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R328abc5f69b949f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R05c360261f4d4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4f8a758d5f524be0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd642ccd22604dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R987ab6d91b7742a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1ec3339b519046de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1738,29 +1738,29 @@
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:08 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>