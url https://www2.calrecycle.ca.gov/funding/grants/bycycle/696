--- v3 (2025-12-25)
+++ v4 (2026-01-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09be5ecb99fa4431" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7283231f1c8d44fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R987ab6d91b7742a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R099dd98449e34664"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Food Waste Prevention and Rescue Grant Program (FW3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -711,51 +711,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd642ccd22604dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R987ab6d91b7742a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1ec3339b519046de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e1096ede06a49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R099dd98449e34664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R33d46d6fa1a24f28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1738,29 +1738,29 @@
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:08 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 10:06 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>