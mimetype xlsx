--- v4 (2026-01-16)
+++ v5 (2026-02-10)
@@ -1,582 +1,582 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7283231f1c8d44fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6d6dc1bd6b428e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R099dd98449e34664"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R68c332bf63574e05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Food Waste Prevention and Rescue Grant Program (FW3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Arcata</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emily Benvie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7078252102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Arcata, City of Eureka, Food for People, and Humboldt State University are partnering to expand existing food rescue programs in that area. The project will rescue food that would otherwise be disposed from businesses in the food service industry, local institutions, grocery stores, and through on-campus efforts. This will include an education and outreach program, hands-on engagement, expanded cold storage capacity and increased food donation collection and distribution. The project will divert approximately 170,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Community Environmental Council</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julia Blanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8189120018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Environmental Council will use the funding to expand its Santa Barbara County Food Rescue program. The project will purchase equipment for Santa Barbara City College, UC Santa Barbara, and Allan Hancock College to allow receipt and safe storage of prepared foods. Rescued food will be redistributed to feed food insecure students. The project will divert approximately 84,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Novato</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Gretchen Schubeck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158998950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Novato’s project will fund ExtraFood, a countywide food recovery program. The City will use grant funds to purchase a refrigerated van and to fund an outreach effort implemented by a digital advertising agency. The project will divert approximately 2,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patricia Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palmdale, in partnership with Advancing Communities Together, will launch a community food rescue program that expands upon the City's existing food rescue efforts. All donated food will be administered through the City of Palmdale’s South Antelope Valley Emergency Services Food Pantry. Grant funds will purchase transportation and refrigeration equipment, which will allow the City to expand its food rescue processing and redistribution capacity by facilitating the addition of twelve food donation pickup locations, including seven additional district schools, two high schools, and three major local vendors. The project will divert approximately 556,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lisa Amarillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618680214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Aicega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Kern County Public Health Services Department administers the “Waste Hunger Not Food Kern County” (WHNF) Expansion Initiative. Grant funds will be used to expand the current WHNF operations and rescue additional healthy and wholesome food and distribute it to those in need. Grant funds will be used to purchase a refrigerated box truck and for the construction of two walk-in refrigeration units. The project will divert approximately 612,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Martin Neideffer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106677595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stephanie Frieders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Alameda County Food Recovery Project is a partnership between the Alameda County Sheriff's Office, their nonprofit Deputy Sheriff's Activities League's Dig Deep Farms Food Hub, ALL IN Alameda County, and the Unity Council. This project will expand on a CalRecycle-funded pilot by rescuing food from three Alameda County school districts (Castro Valley, Hayward, and San Lorenzo) and several local farmers markets, hiring and training formerly incarcerated people to deliver the produce to low-income housing sites throughout the County. Grant funds will purchase a delivery van, van branding, software, food storage equipment, equipment maintenance, and outreach, education and marketing materials. The project will divert approximately 783,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Not OC Coalition, a Fiscal Project of OneOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monica Needoba</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9163076115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Waste Not OC Coalition is a public-private partnership with the goal of eliminating hunger and reducing food waste. Grant funding will help purchase transportation, food preparation and storage items, and fund personnel to implement a variety of food waste reduction and rescue goals. The project will divert approximately 1,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Forward</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dani Lyons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8187641022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown Moua</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Food Forward and the Episcopal Diocese of Los Angeles (EDLA) will collaborate on a Los Angeles-based food rescue project to expand existing operations. Grant funds will purchase refrigeration units and refrigerated trucks, enabling Food Forward to collect surplus fruit and vegetables from wholesale vendors at the downtown Los Angeles Wholesale Produce Market and at the Port of Los Angeles. EDLA will receive the rescued produce through their Seeds of Hope program and distribute the produce to 33 sites across Los Angeles County. Produce will reach clients through food pantries and nutrition/cooking classes will also be conducted. The project will divert approximately 3,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Francis Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jasmine Bravo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2137475347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The St. Francis Center is a nonprofit homeless shelter that rescues food from a variety of food partners such as grocers, restaurants, food banks, local stores, and farmer’s markets to feed the homeless and extremely low-income families and individuals. Grant funds will pay for hiring a full-time food bank manager and renovations and expansions of the existing kitchen and refrigeration system. The project will divert approximately 2,100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Second Harvest Food Bank Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Welling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317227110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Second Harvest Food Bank’s mission is for Santa Cruz County to be a community working together to end hunger through healthy food, education, and leadership. Grant fund will be used to expand collection and distribution of rescued food from donors to communities in need through the purchase of a new refrigerated box truck, a warehouse electric forklift, and increased personnel. The project will divert approximately 250,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5594851416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry and Central California Food Bank will use grant funds to expand food recovery and waste prevention operations. Grant funding will be used to purchase two cargo vans, fund maintenance, operations, and personnel in order to add 20 new schools to its food rescue program. The project will divert approximately 2,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Re-plate, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jack Rogers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4155690530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Re-plate uses technology to rescue surplus food from businesses and deliver it to organizations that feed food insecure people. Re-plate will use grant funds to expand into new cities by purchasing software development, storage for food rescue equipment, and paying food rescue drivers. The project will divert approximately 4,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Joint Venture Silicon Valley Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Martin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6145458610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Joint Venture Silicon Valley created an initiative designed to address hunger and food waste called A La Cart, a mobile food distribution model serving the people of Silicon Valley.  Grant funds will purchase additional trucks and fund staff needed to expand services into new areas, including South County, and to increase the types and kinds of food rescued. The project will divert approximately 1,100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
+    <x:t>ProduceGood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerilyn White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312463379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: ProduceGood gleans fresh produce in San Diego County. Grant funds will help expand its Orchard Upcycler project during high picking season. Grant funds will help purchase gleaning tools, food preservation equipment, a cargo van, and fund outreach and education efforts. The project will divert approximately 100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lost &amp; Found Distillery, Inc. DBA Misadventure &amp; Co.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Samuel Chereskin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605768309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Lost and Found Distillery is located in Vista and will use grant funds to convert excess baked goods from food banks into beverage products. Grant funds will be used to purchase and install de-packaging equipment. The project will divert approximately 252,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Gary Conner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257880146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express is a nonprofit organization that will expand its food rescue program by adding at least six new school pantries during the grant period. Grant funds will be used to purchase a refrigeration unit, software, transportation, and to hire a new school pantry coordinator. The project will divert approximately 2,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Bank of Contra Costa and Solano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Christine Senavsky</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256777025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano will use grant funds to increase the amount of food rescued from grocery stores. Funds will pay for a refrigerated, hybrid diesel truck equipped with a lift gate, in addition to fuel, vehicle maintenance, personnel, and educational materials for food recipients. The project will divert approximately 691,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Feeding San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Becky Gower</x:t>
   </x:si>
   <x:si>
     <x:t>8582838961</x:t>
   </x:si>
   <x:si>
-    <x:t>Brown Moua</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Feeding San Diego’s grant project will fund the expansion of its existing food rescue and distribution programs. Grant funds will purchase four modified vans for deployment across San Diego County to increase the quantity of food rescued. The grantee will also use grant funds to equip partner agencies with additional onsite cold storage. The project will divert approximately 5,000,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo Food Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Valerie Dennis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306680690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yolo Food Bank and County of Yolo will use grant funds to purchase equipment to maximize the efficiency of its new warehouse facility. This new facility will allow the Food Bank to quadruple its intake and distribution of food to the most vulnerable residents of Yolo County. In addition, the County of Yolo will distribute a direct mailer to inform businesses of the opportunity to divert food from landfill disposal by donating to the Food Bank. The project will divert approximately 4,600,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Blue Strike Environmental</x:t>
   </x:si>
   <x:si>
     <x:t> Kristin Cushman</x:t>
   </x:si>
   <x:si>
     <x:t>8312770167</x:t>
   </x:si>
   <x:si>
-    <x:t>Shaina Meiners</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Blue Strike Environmental’s project will enhance the food rescue program for Merced County Food Bank. Grant funds will be used to purchase an electric forklift, two electric pallet jacks, a refrigerated container, and software that will be used for more efficient food management. The project will divert approximately 1,765,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Lost &amp; Found Distillery, Inc. DBA Misadventure &amp; Co.</x:t>
-[...41 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Second Harvest Food Bank’s mission is for Santa Cruz County to be a community working together to end hunger through healthy food, education, and leadership. Grant fund will be used to expand collection and distribution of rescued food from donors to communities in need through the purchase of a new refrigerated box truck, a warehouse electric forklift, and increased personnel. The project will divert approximately 250,000 pounds of food from landfill disposal over the grant term.</x:t>
+    <x:t>Jewish Family Service of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Sasha Escue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586373060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Jewish Family Service will use grant funds to expand its food rescue program through the purchase of refrigerators, flash freezers, and an electric hybrid box truck. These items will allow increased food rescue and flash-freezing of prepared meals that extends the shelf life of donated perishable food. The project will divert approximately 832,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Berkeley Food Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Webber</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105026027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Berkeley Food Network will expand their food rescue work. Grant funding will be used to increase the output of the Hub Kitchen program to 1000 weekly meals and develop a robust food recovery program that will provide additional food for their own pantry distributions and for other food assistance programs operating in Berkeley. The project will divert approximately 426,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hope 4 the Heart</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Victoria Popejoy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106899721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Hope 4 the Heart is a nonprofit that will expand its existing food rescue program. Grant funds will purchase a refrigerated truck, commercial refrigerator/freezer, electric forklift, and pallet equipment. The project will divert approximately 1,600,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marriott International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Amy Bourne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3013800581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Marriott International will partner with Leanpath to implement automated food waste tracking and measurement devices in ten sites across California with a focus on food waste prevention. Leanpath tracking technology will allow hotel kitchens to capture food waste data at a granular level, driving actionable analysis to prevent food waste through behavior and culture change. The project will create a culture of food waste prevention in the kitchens that will last beyond the end of the grant term. The project will divert approximately 498,000 pounds of food from landfill disposal over the grant term. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Food Bank &amp; Family Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jeremiah Rhine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164561980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sacramento Food Bank and Family Services (SFBFS) is a leader of emergency food assistance in Sacramento County that distributes food staples and produce to a network of over 220 partner agencies, serving 154,000 food insecure individuals. This grant will fund the purchase of a refrigerated truck and operations staff to increase capacity. The grant will enable SFBFS to rescue food from additional large food donors including manufacturers and wholesalers. The project will divert approximately 1,100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galley Solutions</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kirsten Van Fossen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8569063831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Galley Solutions will partner with LeanPath at Eco Caters' California Kitchens to test a data-driven food waste prevention tool. After establishing a baseline and six months of data collection with Galley’s tool, features of the tool will be analyzed to make improvements. The improved tool will be used at six new kitchens. The project will divert approximately 1,460,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOOD Share, Inc. </x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristy Pollard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059387100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: FOOD Share is the only food bank located in Ventura County and currently serves about 75,000 people per month. Grant funds will help build a produce cooler, purchase a refrigerated truck, employ a driver, and expand food storage capacity.  Food will be rescued from local retailers, manufacturers, wholesalers, processors, schools, and other institutions.  The project will divert approximately 700,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t>San Francisco       </x:t>
   </x:si>
   <x:si>
     <x:t>Food Recovery Network</x:t>
   </x:si>
   <x:si>
     <x:t> Regina Northouse</x:t>
   </x:si>
   <x:si>
     <x:t>2078384818</x:t>
   </x:si>
   <x:si>
-    <x:t>Jayme Tesser</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Food Recovery Network is a national nonprofit that supports college students in fighting food waste and hunger by recovering surplus food from college communities and donating the food to people in need. The project will build the capacity of the California chapters while also holding outreach and education events to raise awareness regarding the role of food recovery in reducing food waste. Grant funds will be used to purchase refrigerators and to cover the costs of transportation. The project will divert approximately 340,000 pounds of food over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Humboldt            </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Arcata, City of Eureka, Food for People, and Humboldt State University are partnering to expand existing food rescue programs in that area. The project will rescue food that would otherwise be disposed from businesses in the food service industry, local institutions, grocery stores, and through on-campus efforts. This will include an education and outreach program, hands-on engagement, expanded cold storage capacity and increased food donation collection and distribution. The project will divert approximately 170,000 pounds of food from landfill disposal over the grant term.</x:t>
+    <x:t>Go Copia PBC, Doing Business in California as Copia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paige  Sullivan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5712218756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant project will expand the use of Copia’s logistics and technology platform to additional university and hospital kitchens to collect edible surplus food and redistribute it to food-insecure students and the local vulnerable populations. Food will be recovered from up to three hospital and 20 campus kitchens and edible surplus food will be reduced at up to five hospital and 25 campus kitchens. Funds will be used to pay for drivers, software, and food rescue materials such as scales and food packaging. The project will divert approximately 1,500,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Family Resource Center of the Redwoods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Hixson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074640955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Family Resource Center of the Redwoods is a nonprofit organization in Del Norte County. Grant funds will be used to expand the existing Pacific Pantry by purchasing a refrigerated vehicle, modernizing the food pantry with kitchen upgrades, and creating a Del Norte Food Recovery Acton Plan. The plan also includes creating a Del Norte Food Recovery Manual to guide efforts into the future. The project will divert approximately 440,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health Care Without Harm</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lucia Sayre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105598777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Health Care Without Harm, in partnership with Sutter Health, will use the grant to engage Sutter’s ten hospital facilities in the Central Valley Region in a food waste prevention and edible food donation program. Grant funds will be used to analyze the current landscape of California hospital food waste prevention and rescue projects with a focus on measurement processes and community benefit opportunities. Rescued food from cafeterias and patient feeding will be donated to locals using a software tracking and transport mechanism. The project will divert approximately 672,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FoodCycle</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nancy Beyda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3236464362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Waste Not Want Not Now (WNWNnow) is a community-powered food rescue and waste prevention organization that has been operating in and serving a disadvantaged community in Los Angeles for over a decade. Grant funds will be used to hire an Outreach and Partner Manager who will create new educational literature and a Pilot Food Waste Reduction Program supported by an app powered by ChowMatch. WNWNnow will also use grant funds to expand its fleet to include all-electric zero-emission van(s) with refrigeration that feature food storage supplies including commercial heated boxes, cooled bins, scales, labels, and other items required for the safe storage and transport of donated food. The project will divert approximately 4,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cascadia Consulting Group, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maddie Seibert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108387012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Cascadia will partner with the San Francisco Department of the Environment to address both the upstream environmental impacts of food production and the downstream recovery and redistribution of food from 20 large-scale operations including hospitals, universities, hotels, corporate dining facilities, and entertainment venues. These institutions will use either the Leanpath system to prevent food waste or Copia, a food recovery service, to rescue   excess edible food. In addition, the project will work with Episcopal Community Services to replace its inefficient pick-up van with an electric vehicle for transporting food from donors to shelters, pantries, and other institutions serving people in need. The project will divert approximately 35,000,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t>SOULMUCH</x:t>
   </x:si>
   <x:si>
     <x:t> Reyanne Mustafa</x:t>
   </x:si>
   <x:si>
     <x:t>9493550534</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SOULMUCH is a social enterprise in San Diego aimed at rescuing restaurant food. SOULMUCH’s primary focus is on rescuing edible oversupplied grains from large chain restaurants by dehydrating, grinding, and milling the grain into flour. The flour is used to produce high protein, healthy vegan cookies. The grant project will divert approximately 493,000 pounds of food from landfill disposal over the grant term. </x:t>
   </x:si>
   <x:si>
-    <x:t>ProduceGood</x:t>
-[...97 lines deleted...]
-  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Food In Need of Distribution</x:t>
   </x:si>
   <x:si>
     <x:t> Debbie Espinosa</x:t>
   </x:si>
   <x:si>
     <x:t>7607753663</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food In Need of Distribution Food Bank has served as the Eastern Riverside and South San Bernardino Counties' (Coachella Valley) regional food bank, distributing food to an average of 85,000 people monthly. The grant funds will be used to expand operations by replacing and modernizing equipment in addition to covering the costs of produce processing, transportation, and personnel. The project will divert approximately 500,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara         </x:t>
-[...76 lines deleted...]
-  <x:si>
     <x:t>San Diego Food System Alliance</x:t>
   </x:si>
   <x:si>
     <x:t> Geertje Grootenhuis</x:t>
   </x:si>
   <x:si>
     <x:t>8582453781</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Diego Food System Alliance will use grant funds to support the Save The Food San Diego EcoChallenge, a consumer education campaign with data-driven tracking. The project will engage seven partner organizations: two universities, two jurisdictions, and three corporations, with a goal of reducing food waste and CO2e by 10% over the grant period. The project will divert approximately 10,200,000 pounds of food from landfill disposal over the grant term.</x:t>
-  </x:si>
-[...172 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano will use grant funds to increase the amount of food rescued from grocery stores. Funds will pay for a refrigerated, hybrid diesel truck equipped with a lift gate, in addition to fuel, vehicle maintenance, personnel, and educational materials for food recipients. The project will divert approximately 691,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 36</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -711,51 +711,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e1096ede06a49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R099dd98449e34664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R33d46d6fa1a24f28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92d046cfdfb449a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68c332bf63574e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R94204fd2498a4df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -803,915 +803,915 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
+    <x:row ht="563.44256591796875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>163657</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
+    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>492000</x:v>
+        <x:v>116355</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="356.4566650390625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>499636</x:v>
+        <x:v>220500</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="701.4332275390625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>428563</x:v>
+        <x:v>174000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.944580078125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>358804</x:v>
+        <x:v>266795</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>52665</x:v>
+        <x:v>266831</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+    <x:row ht="413.971923828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>163657</x:v>
+        <x:v>492221</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100441</x:v>
+        <x:v>428563</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>330435</x:v>
+        <x:v>363846</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>358804</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96728515625" customHeight="1" collapsed="0">
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>116355</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>126648</x:v>
+        <x:v>498000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>498000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>330435</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
-[...12 lines deleted...]
-      </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>286530</x:v>
+        <x:v>499636</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>286530</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>89</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.97119140625" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>296088</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>174000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>121150</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.939453125" customHeight="1" collapsed="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250745</x:v>
+        <x:v>492000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9775390625" customHeight="1" collapsed="0">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>329776</x:v>
+        <x:v>126648</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>266831</x:v>
+        <x:v>121150</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>115</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>220700</x:v>
+        <x:v>329776</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>492221</x:v>
+        <x:v>250745</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.443359375" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>153562</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>128</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4365234375" customHeight="1" collapsed="0">
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>313820</x:v>
+        <x:v>333821</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.443359375" customHeight="1" collapsed="0">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>153562</x:v>
+        <x:v>403976</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>220500</x:v>
+        <x:v>52665</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>302106</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>333821</x:v>
+        <x:v>302106</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4365234375" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>403976</x:v>
+        <x:v>313820</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row ht="770.4296875" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
         <x:v>200000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.943359375" customHeight="1" collapsed="0">
+    <x:row ht="758.9462890625" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="8" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>266795</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F38" s="8" t="s">
+      <x:c r="G38" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="G38" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="8" t="s">
+    </x:row>
+    <x:row ht="448.470703125" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B39" s="8" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>363846</x:v>
+        <x:v>100441</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="G39" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97265625" customHeight="1" collapsed="0">
+    <x:row ht="482.96484375" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>296088</x:v>
+        <x:v>220700</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.40234375" customHeight="1" collapsed="0">
       <x:c r="A42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B42" s="10" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C42" s="10"/>
       <x:c r="D42" s="11" t="n">
         <x:v>11263671</x:v>
       </x:c>
       <x:c r="E42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1738,29 +1738,29 @@
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 15, 2026 10:06 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:36 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>