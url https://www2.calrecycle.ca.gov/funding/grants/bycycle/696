--- v5 (2026-02-10)
+++ v6 (2026-03-05)
@@ -1,582 +1,582 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6d6dc1bd6b428e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760262e16a834a7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R68c332bf63574e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf9d78ee87c854d96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Food Waste Prevention and Rescue Grant Program (FW3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Feeding San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Becky Gower</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8582838961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown Moua</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Feeding San Diego’s grant project will fund the expansion of its existing food rescue and distribution programs. Grant funds will purchase four modified vans for deployment across San Diego County to increase the quantity of food rescued. The grantee will also use grant funds to equip partner agencies with additional onsite cold storage. The project will divert approximately 5,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Strike Environmental</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristin Cushman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312770167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Blue Strike Environmental’s project will enhance the food rescue program for Merced County Food Bank. Grant funds will be used to purchase an electric forklift, two electric pallet jacks, a refrigerated container, and software that will be used for more efficient food management. The project will divert approximately 1,765,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lost &amp; Found Distillery, Inc. DBA Misadventure &amp; Co.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Samuel Chereskin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605768309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Aicega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Lost and Found Distillery is located in Vista and will use grant funds to convert excess baked goods from food banks into beverage products. Grant funds will be used to purchase and install de-packaging equipment. The project will divert approximately 252,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Forward</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dani Lyons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8187641022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Food Forward and the Episcopal Diocese of Los Angeles (EDLA) will collaborate on a Los Angeles-based food rescue project to expand existing operations. Grant funds will purchase refrigeration units and refrigerated trucks, enabling Food Forward to collect surplus fruit and vegetables from wholesale vendors at the downtown Los Angeles Wholesale Produce Market and at the Port of Los Angeles. EDLA will receive the rescued produce through their Seeds of Hope program and distribute the produce to 33 sites across Los Angeles County. Produce will reach clients through food pantries and nutrition/cooking classes will also be conducted. The project will divert approximately 3,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Second Harvest Food Bank Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Welling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317227110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Second Harvest Food Bank’s mission is for Santa Cruz County to be a community working together to end hunger through healthy food, education, and leadership. Grant fund will be used to expand collection and distribution of rescued food from donors to communities in need through the purchase of a new refrigerated box truck, a warehouse electric forklift, and increased personnel. The project will divert approximately 250,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Recovery Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Regina Northouse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2078384818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Food Recovery Network is a national nonprofit that supports college students in fighting food waste and hunger by recovering surplus food from college communities and donating the food to people in need. The project will build the capacity of the California chapters while also holding outreach and education events to raise awareness regarding the role of food recovery in reducing food waste. Grant funds will be used to purchase refrigerators and to cover the costs of transportation. The project will divert approximately 340,000 pounds of food over the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Humboldt            </x:t>
   </x:si>
   <x:si>
     <x:t>City of Arcata</x:t>
   </x:si>
   <x:si>
     <x:t> Emily Benvie</x:t>
   </x:si>
   <x:si>
     <x:t>7078252102</x:t>
   </x:si>
   <x:si>
-    <x:t>Shaina Meiners</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Arcata, City of Eureka, Food for People, and Humboldt State University are partnering to expand existing food rescue programs in that area. The project will rescue food that would otherwise be disposed from businesses in the food service industry, local institutions, grocery stores, and through on-campus efforts. This will include an education and outreach program, hands-on engagement, expanded cold storage capacity and increased food donation collection and distribution. The project will divert approximately 170,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
+    <x:t>SOULMUCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Reyanne Mustafa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493550534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SOULMUCH is a social enterprise in San Diego aimed at rescuing restaurant food. SOULMUCH’s primary focus is on rescuing edible oversupplied grains from large chain restaurants by dehydrating, grinding, and milling the grain into flour. The flour is used to produce high protein, healthy vegan cookies. The grant project will divert approximately 493,000 pounds of food from landfill disposal over the grant term. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ProduceGood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerilyn White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312463379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: ProduceGood gleans fresh produce in San Diego County. Grant funds will help expand its Orchard Upcycler project during high picking season. Grant funds will help purchase gleaning tools, food preservation equipment, a cargo van, and fund outreach and education efforts. The project will divert approximately 100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5594851416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stephanie Frieders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry and Central California Food Bank will use grant funds to expand food recovery and waste prevention operations. Grant funding will be used to purchase two cargo vans, fund maintenance, operations, and personnel in order to add 20 new schools to its food rescue program. The project will divert approximately 2,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Barbara       </x:t>
   </x:si>
   <x:si>
     <x:t>Community Environmental Council</x:t>
   </x:si>
   <x:si>
     <x:t> Julia Blanton</x:t>
   </x:si>
   <x:si>
     <x:t>8189120018</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Environmental Council will use the funding to expand its Santa Barbara County Food Rescue program. The project will purchase equipment for Santa Barbara City College, UC Santa Barbara, and Allan Hancock College to allow receipt and safe storage of prepared foods. Rescued food will be redistributed to feed food insecure students. The project will divert approximately 84,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
+    <x:t>Jewish Family Service of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Sasha Escue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586373060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Jewish Family Service will use grant funds to expand its food rescue program through the purchase of refrigerators, flash freezers, and an electric hybrid box truck. These items will allow increased food rescue and flash-freezing of prepared meals that extends the shelf life of donated perishable food. The project will divert approximately 832,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Re-plate, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jack Rogers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4155690530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Re-plate uses technology to rescue surplus food from businesses and deliver it to organizations that feed food insecure people. Re-plate will use grant funds to expand into new cities by purchasing software development, storage for food rescue equipment, and paying food rescue drivers. The project will divert approximately 4,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cascadia Consulting Group, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maddie Seibert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108387012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Cascadia will partner with the San Francisco Department of the Environment to address both the upstream environmental impacts of food production and the downstream recovery and redistribution of food from 20 large-scale operations including hospitals, universities, hotels, corporate dining facilities, and entertainment venues. These institutions will use either the Leanpath system to prevent food waste or Copia, a food recovery service, to rescue   excess edible food. In addition, the project will work with Episcopal Community Services to replace its inefficient pick-up van with an electric vehicle for transporting food from donors to shelters, pantries, and other institutions serving people in need. The project will divert approximately 35,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Gary Conner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257880146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express is a nonprofit organization that will expand its food rescue program by adding at least six new school pantries during the grant period. Grant funds will be used to purchase a refrigeration unit, software, transportation, and to hire a new school pantry coordinator. The project will divert approximately 2,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food In Need of Distribution</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Debbie Espinosa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607753663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food In Need of Distribution Food Bank has served as the Eastern Riverside and South San Bernardino Counties' (Coachella Valley) regional food bank, distributing food to an average of 85,000 people monthly. The grant funds will be used to expand operations by replacing and modernizing equipment in addition to covering the costs of produce processing, transportation, and personnel. The project will divert approximately 500,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Joint Venture Silicon Valley Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Martin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6145458610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Joint Venture Silicon Valley created an initiative designed to address hunger and food waste called A La Cart, a mobile food distribution model serving the people of Silicon Valley.  Grant funds will purchase additional trucks and fund staff needed to expand services into new areas, including South County, and to increase the types and kinds of food rescued. The project will divert approximately 1,100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patricia Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palmdale, in partnership with Advancing Communities Together, will launch a community food rescue program that expands upon the City's existing food rescue efforts. All donated food will be administered through the City of Palmdale’s South Antelope Valley Emergency Services Food Pantry. Grant funds will purchase transportation and refrigeration equipment, which will allow the City to expand its food rescue processing and redistribution capacity by facilitating the addition of twelve food donation pickup locations, including seven additional district schools, two high schools, and three major local vendors. The project will divert approximately 556,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Berkeley Food Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Webber</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105026027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Berkeley Food Network will expand their food rescue work. Grant funding will be used to increase the output of the Hub Kitchen program to 1000 weekly meals and develop a robust food recovery program that will provide additional food for their own pantry distributions and for other food assistance programs operating in Berkeley. The project will divert approximately 426,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marriott International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Amy Bourne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3013800581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Marriott International will partner with Leanpath to implement automated food waste tracking and measurement devices in ten sites across California with a focus on food waste prevention. Leanpath tracking technology will allow hotel kitchens to capture food waste data at a granular level, driving actionable analysis to prevent food waste through behavior and culture change. The project will create a culture of food waste prevention in the kitchens that will last beyond the end of the grant term. The project will divert approximately 498,000 pounds of food from landfill disposal over the grant term. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hope 4 the Heart</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Victoria Popejoy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106899721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Hope 4 the Heart is a nonprofit that will expand its existing food rescue program. Grant funds will purchase a refrigerated truck, commercial refrigerator/freezer, electric forklift, and pallet equipment. The project will divert approximately 1,600,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Martin Neideffer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106677595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Alameda County Food Recovery Project is a partnership between the Alameda County Sheriff's Office, their nonprofit Deputy Sheriff's Activities League's Dig Deep Farms Food Hub, ALL IN Alameda County, and the Unity Council. This project will expand on a CalRecycle-funded pilot by rescuing food from three Alameda County school districts (Castro Valley, Hayward, and San Lorenzo) and several local farmers markets, hiring and training formerly incarcerated people to deliver the produce to low-income housing sites throughout the County. Grant funds will purchase a delivery van, van branding, software, food storage equipment, equipment maintenance, and outreach, education and marketing materials. The project will divert approximately 783,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego Food System Alliance</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Geertje Grootenhuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8582453781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Diego Food System Alliance will use grant funds to support the Save The Food San Diego EcoChallenge, a consumer education campaign with data-driven tracking. The project will engage seven partner organizations: two universities, two jurisdictions, and three corporations, with a goal of reducing food waste and CO2e by 10% over the grant period. The project will divert approximately 10,200,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Not OC Coalition, a Fiscal Project of OneOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monica Needoba</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9163076115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Waste Not OC Coalition is a public-private partnership with the goal of eliminating hunger and reducing food waste. Grant funding will help purchase transportation, food preparation and storage items, and fund personnel to implement a variety of food waste reduction and rescue goals. The project will divert approximately 1,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo Food Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Valerie Dennis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306680690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yolo Food Bank and County of Yolo will use grant funds to purchase equipment to maximize the efficiency of its new warehouse facility. This new facility will allow the Food Bank to quadruple its intake and distribution of food to the most vulnerable residents of Yolo County. In addition, the County of Yolo will distribute a direct mailer to inform businesses of the opportunity to divert food from landfill disposal by donating to the Food Bank. The project will divert approximately 4,600,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health Care Without Harm</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lucia Sayre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105598777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Health Care Without Harm, in partnership with Sutter Health, will use the grant to engage Sutter’s ten hospital facilities in the Central Valley Region in a food waste prevention and edible food donation program. Grant funds will be used to analyze the current landscape of California hospital food waste prevention and rescue projects with a focus on measurement processes and community benefit opportunities. Rescued food from cafeterias and patient feeding will be donated to locals using a software tracking and transport mechanism. The project will divert approximately 672,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Food Bank &amp; Family Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jeremiah Rhine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164561980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sacramento Food Bank and Family Services (SFBFS) is a leader of emergency food assistance in Sacramento County that distributes food staples and produce to a network of over 220 partner agencies, serving 154,000 food insecure individuals. This grant will fund the purchase of a refrigerated truck and operations staff to increase capacity. The grant will enable SFBFS to rescue food from additional large food donors including manufacturers and wholesalers. The project will divert approximately 1,100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>City of Novato</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Gretchen Schubeck</x:t>
   </x:si>
   <x:si>
     <x:t>4158998950</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Novato’s project will fund ExtraFood, a countywide food recovery program. The City will use grant funds to purchase a refrigerated van and to fund an outreach effort implemented by a digital advertising agency. The project will divert approximately 2,300,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palmdale, in partnership with Advancing Communities Together, will launch a community food rescue program that expands upon the City's existing food rescue efforts. All donated food will be administered through the City of Palmdale’s South Antelope Valley Emergency Services Food Pantry. Grant funds will purchase transportation and refrigeration equipment, which will allow the City to expand its food rescue processing and redistribution capacity by facilitating the addition of twelve food donation pickup locations, including seven additional district schools, two high schools, and three major local vendors. The project will divert approximately 556,000 pounds of food from landfill disposal over the grant term.</x:t>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Family Resource Center of the Redwoods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Hixson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074640955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Family Resource Center of the Redwoods is a nonprofit organization in Del Norte County. Grant funds will be used to expand the existing Pacific Pantry by purchasing a refrigerated vehicle, modernizing the food pantry with kitchen upgrades, and creating a Del Norte Food Recovery Acton Plan. The plan also includes creating a Del Norte Food Recovery Manual to guide efforts into the future. The project will divert approximately 440,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galley Solutions</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kirsten Van Fossen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8569063831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Galley Solutions will partner with LeanPath at Eco Caters' California Kitchens to test a data-driven food waste prevention tool. After establishing a baseline and six months of data collection with Galley’s tool, features of the tool will be analyzed to make improvements. The improved tool will be used at six new kitchens. The project will divert approximately 1,460,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOOD Share, Inc. </x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristy Pollard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059387100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: FOOD Share is the only food bank located in Ventura County and currently serves about 75,000 people per month. Grant funds will help build a produce cooler, purchase a refrigerated truck, employ a driver, and expand food storage capacity.  Food will be rescued from local retailers, manufacturers, wholesalers, processors, schools, and other institutions.  The project will divert approximately 700,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FoodCycle</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nancy Beyda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3236464362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Waste Not Want Not Now (WNWNnow) is a community-powered food rescue and waste prevention organization that has been operating in and serving a disadvantaged community in Los Angeles for over a decade. Grant funds will be used to hire an Outreach and Partner Manager who will create new educational literature and a Pilot Food Waste Reduction Program supported by an app powered by ChowMatch. WNWNnow will also use grant funds to expand its fleet to include all-electric zero-emission van(s) with refrigeration that feature food storage supplies including commercial heated boxes, cooled bins, scales, labels, and other items required for the safe storage and transport of donated food. The project will divert approximately 4,000,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Kern County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Lisa Amarillas</x:t>
   </x:si>
   <x:si>
     <x:t>6618680214</x:t>
   </x:si>
   <x:si>
-    <x:t>Dallas Aicega</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Kern County Public Health Services Department administers the “Waste Hunger Not Food Kern County” (WHNF) Expansion Initiative. Grant funds will be used to expand the current WHNF operations and rescue additional healthy and wholesome food and distribute it to those in need. Grant funds will be used to purchase a refrigerated box truck and for the construction of two walk-in refrigeration units. The project will divert approximately 612,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>St. Francis Center</x:t>
   </x:si>
   <x:si>
     <x:t> Jasmine Bravo</x:t>
   </x:si>
   <x:si>
     <x:t>2137475347</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The St. Francis Center is a nonprofit homeless shelter that rescues food from a variety of food partners such as grocers, restaurants, food banks, local stores, and farmer’s markets to feed the homeless and extremely low-income families and individuals. Grant funds will pay for hiring a full-time food bank manager and renovations and expansions of the existing kitchen and refrigeration system. The project will divert approximately 2,100,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Cruz          </x:t>
-[...98 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express is a nonprofit organization that will expand its food rescue program by adding at least six new school pantries during the grant period. Grant funds will be used to purchase a refrigeration unit, software, transportation, and to hire a new school pantry coordinator. The project will divert approximately 2,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+    <x:t>Go Copia PBC, Doing Business in California as Copia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paige  Sullivan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5712218756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant project will expand the use of Copia’s logistics and technology platform to additional university and hospital kitchens to collect edible surplus food and redistribute it to food-insecure students and the local vulnerable populations. Food will be recovered from up to three hospital and 20 campus kitchens and edible surplus food will be reduced at up to five hospital and 25 campus kitchens. Funds will be used to pay for drivers, software, and food rescue materials such as scales and food packaging. The project will divert approximately 1,500,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t>Food Bank of Contra Costa and Solano</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Christine Senavsky</x:t>
   </x:si>
   <x:si>
     <x:t>9256777025</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano will use grant funds to increase the amount of food rescued from grocery stores. Funds will pay for a refrigerated, hybrid diesel truck equipped with a lift gate, in addition to fuel, vehicle maintenance, personnel, and educational materials for food recipients. The project will divert approximately 691,000 pounds of food from landfill disposal over the grant term.</x:t>
-  </x:si>
-[...247 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Diego Food System Alliance will use grant funds to support the Save The Food San Diego EcoChallenge, a consumer education campaign with data-driven tracking. The project will engage seven partner organizations: two universities, two jurisdictions, and three corporations, with a goal of reducing food waste and CO2e by 10% over the grant period. The project will divert approximately 10,200,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 36</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -711,51 +711,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92d046cfdfb449a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68c332bf63574e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R94204fd2498a4df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe655ebf3664334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9d78ee87c854d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Redc636cf5f8a42d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -803,915 +803,915 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.44256591796875" customHeight="1" collapsed="0">
+    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>163657</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
+    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>116355</x:v>
+        <x:v>492000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.4566650390625" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45672607421875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>220500</x:v>
+        <x:v>499636</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="701.4332275390625" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9417724609375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>174000</x:v>
+        <x:v>428563</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.944580078125" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.4471435546875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>266795</x:v>
+        <x:v>358804</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>266831</x:v>
+        <x:v>52665</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.971923828125" customHeight="1" collapsed="0">
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>492221</x:v>
+        <x:v>163657</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>428563</x:v>
+        <x:v>100441</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>363846</x:v>
+        <x:v>330435</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>358804</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+    <x:row ht="482.96728515625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>116355</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>498000</x:v>
+        <x:v>126648</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>498000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>330435</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+    </x:row>
+    <x:row ht="402.46337890625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>499636</x:v>
+        <x:v>286530</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A21" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>286530</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+    </x:row>
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>296088</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>174000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>121150</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A25" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>492000</x:v>
+        <x:v>250745</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="344.9775390625" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>126648</x:v>
+        <x:v>329776</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+    </x:row>
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B27" s="8" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>121150</x:v>
+        <x:v>266831</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+      <x:c r="G27" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B28" s="8" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>329776</x:v>
+        <x:v>220700</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+      <x:c r="G28" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="G28" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H28" s="8" t="s">
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+      <x:c r="A29" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>250745</x:v>
+        <x:v>492221</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="G29" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H29" s="8" t="s">
+    </x:row>
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A30" s="8" t="s">
+      <x:c r="B30" s="8" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>153562</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="G30" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4365234375" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B31" s="8" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>333821</x:v>
+        <x:v>313820</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="563.443359375" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A32" s="8" t="s">
+      <x:c r="B32" s="8" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>403976</x:v>
+        <x:v>153562</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F32" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F32" s="8" t="s">
+      <x:c r="G32" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H32" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="G32" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H32" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A33" s="8" t="s">
+      <x:c r="B33" s="8" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>52665</x:v>
+        <x:v>220500</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="F33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="F33" s="8" t="s">
+      <x:c r="G33" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H33" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="G33" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H33" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+      <x:c r="A34" s="8" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>302106</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B35" s="8" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>302106</x:v>
+        <x:v>333821</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="F35" s="8" t="s">
+      <x:c r="G35" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="G35" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H35" s="8" t="s">
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>313820</x:v>
+        <x:v>403976</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row ht="770.4296875" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
         <x:v>200000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.9462890625" customHeight="1" collapsed="0">
+    <x:row ht="528.943359375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>266795</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.470703125" customHeight="1" collapsed="0">
+        <x:v>165</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.955078125" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>100441</x:v>
+        <x:v>363846</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>168</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>169</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>169</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96484375" customHeight="1" collapsed="0">
+    <x:row ht="413.97265625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>220700</x:v>
+        <x:v>296088</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.40234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B42" s="10" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C42" s="10"/>
       <x:c r="D42" s="11" t="n">
         <x:v>11263671</x:v>
       </x:c>
       <x:c r="E42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1738,29 +1738,29 @@
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:36 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 7:20 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>