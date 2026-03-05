--- v6 (2026-03-05)
+++ v7 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760262e16a834a7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92fd3c240f0140f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf9d78ee87c854d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9a4ccb1ec1bc4393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Food Waste Prevention and Rescue Grant Program (FW3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -711,51 +711,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe655ebf3664334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf9d78ee87c854d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Redc636cf5f8a42d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1256b891290146c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a4ccb1ec1bc4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re0b5a615ec5a47ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1738,29 +1738,29 @@
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 7:20 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 12:04 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>