--- v7 (2026-03-05)
+++ v8 (2026-03-09)
@@ -1,582 +1,582 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92fd3c240f0140f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e1773666f3472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9a4ccb1ec1bc4393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8da2b42087874cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2017-18 Food Waste Prevention and Rescue Grant Program (FW3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Arcata</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emily Benvie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7078252102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Arcata, City of Eureka, Food for People, and Humboldt State University are partnering to expand existing food rescue programs in that area. The project will rescue food that would otherwise be disposed from businesses in the food service industry, local institutions, grocery stores, and through on-campus efforts. This will include an education and outreach program, hands-on engagement, expanded cold storage capacity and increased food donation collection and distribution. The project will divert approximately 170,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Community Environmental Council</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julia Blanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8189120018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Environmental Council will use the funding to expand its Santa Barbara County Food Rescue program. The project will purchase equipment for Santa Barbara City College, UC Santa Barbara, and Allan Hancock College to allow receipt and safe storage of prepared foods. Rescued food will be redistributed to feed food insecure students. The project will divert approximately 84,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Novato</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Gretchen Schubeck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158998950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Novato’s project will fund ExtraFood, a countywide food recovery program. The City will use grant funds to purchase a refrigerated van and to fund an outreach effort implemented by a digital advertising agency. The project will divert approximately 2,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patricia Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Palmdale, in partnership with Advancing Communities Together, will launch a community food rescue program that expands upon the City's existing food rescue efforts. All donated food will be administered through the City of Palmdale’s South Antelope Valley Emergency Services Food Pantry. Grant funds will purchase transportation and refrigeration equipment, which will allow the City to expand its food rescue processing and redistribution capacity by facilitating the addition of twelve food donation pickup locations, including seven additional district schools, two high schools, and three major local vendors. The project will divert approximately 556,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lisa Amarillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618680214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Aicega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Kern County Public Health Services Department administers the “Waste Hunger Not Food Kern County” (WHNF) Expansion Initiative. Grant funds will be used to expand the current WHNF operations and rescue additional healthy and wholesome food and distribute it to those in need. Grant funds will be used to purchase a refrigerated box truck and for the construction of two walk-in refrigeration units. The project will divert approximately 612,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Martin Neideffer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106677595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stephanie Frieders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Alameda County Food Recovery Project is a partnership between the Alameda County Sheriff's Office, their nonprofit Deputy Sheriff's Activities League's Dig Deep Farms Food Hub, ALL IN Alameda County, and the Unity Council. This project will expand on a CalRecycle-funded pilot by rescuing food from three Alameda County school districts (Castro Valley, Hayward, and San Lorenzo) and several local farmers markets, hiring and training formerly incarcerated people to deliver the produce to low-income housing sites throughout the County. Grant funds will purchase a delivery van, van branding, software, food storage equipment, equipment maintenance, and outreach, education and marketing materials. The project will divert approximately 783,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Not OC Coalition, a Fiscal Project of OneOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monica Needoba</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9163076115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Waste Not OC Coalition is a public-private partnership with the goal of eliminating hunger and reducing food waste. Grant funding will help purchase transportation, food preparation and storage items, and fund personnel to implement a variety of food waste reduction and rescue goals. The project will divert approximately 1,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Forward</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dani Lyons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8187641022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown Moua</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Food Forward and the Episcopal Diocese of Los Angeles (EDLA) will collaborate on a Los Angeles-based food rescue project to expand existing operations. Grant funds will purchase refrigeration units and refrigerated trucks, enabling Food Forward to collect surplus fruit and vegetables from wholesale vendors at the downtown Los Angeles Wholesale Produce Market and at the Port of Los Angeles. EDLA will receive the rescued produce through their Seeds of Hope program and distribute the produce to 33 sites across Los Angeles County. Produce will reach clients through food pantries and nutrition/cooking classes will also be conducted. The project will divert approximately 3,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Francis Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jasmine Bravo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2137475347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The St. Francis Center is a nonprofit homeless shelter that rescues food from a variety of food partners such as grocers, restaurants, food banks, local stores, and farmer’s markets to feed the homeless and extremely low-income families and individuals. Grant funds will pay for hiring a full-time food bank manager and renovations and expansions of the existing kitchen and refrigeration system. The project will divert approximately 2,100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Second Harvest Food Bank Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Welling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317227110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Second Harvest Food Bank’s mission is for Santa Cruz County to be a community working together to end hunger through healthy food, education, and leadership. Grant fund will be used to expand collection and distribution of rescued food from donors to communities in need through the purchase of a new refrigerated box truck, a warehouse electric forklift, and increased personnel. The project will divert approximately 250,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5594851416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry and Central California Food Bank will use grant funds to expand food recovery and waste prevention operations. Grant funding will be used to purchase two cargo vans, fund maintenance, operations, and personnel in order to add 20 new schools to its food rescue program. The project will divert approximately 2,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Re-plate, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jack Rogers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4155690530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Re-plate uses technology to rescue surplus food from businesses and deliver it to organizations that feed food insecure people. Re-plate will use grant funds to expand into new cities by purchasing software development, storage for food rescue equipment, and paying food rescue drivers. The project will divert approximately 4,300,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Joint Venture Silicon Valley Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Martin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6145458610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Joint Venture Silicon Valley created an initiative designed to address hunger and food waste called A La Cart, a mobile food distribution model serving the people of Silicon Valley.  Grant funds will purchase additional trucks and fund staff needed to expand services into new areas, including South County, and to increase the types and kinds of food rescued. The project will divert approximately 1,100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
+    <x:t>ProduceGood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerilyn White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312463379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: ProduceGood gleans fresh produce in San Diego County. Grant funds will help expand its Orchard Upcycler project during high picking season. Grant funds will help purchase gleaning tools, food preservation equipment, a cargo van, and fund outreach and education efforts. The project will divert approximately 100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lost &amp; Found Distillery, Inc. DBA Misadventure &amp; Co.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Samuel Chereskin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605768309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Lost and Found Distillery is located in Vista and will use grant funds to convert excess baked goods from food banks into beverage products. Grant funds will be used to purchase and install de-packaging equipment. The project will divert approximately 252,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Gary Conner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257880146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express is a nonprofit organization that will expand its food rescue program by adding at least six new school pantries during the grant period. Grant funds will be used to purchase a refrigeration unit, software, transportation, and to hire a new school pantry coordinator. The project will divert approximately 2,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Bank of Contra Costa and Solano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Christine Senavsky</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256777025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano will use grant funds to increase the amount of food rescued from grocery stores. Funds will pay for a refrigerated, hybrid diesel truck equipped with a lift gate, in addition to fuel, vehicle maintenance, personnel, and educational materials for food recipients. The project will divert approximately 691,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Feeding San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Becky Gower</x:t>
   </x:si>
   <x:si>
     <x:t>8582838961</x:t>
   </x:si>
   <x:si>
-    <x:t>Brown Moua</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Feeding San Diego’s grant project will fund the expansion of its existing food rescue and distribution programs. Grant funds will purchase four modified vans for deployment across San Diego County to increase the quantity of food rescued. The grantee will also use grant funds to equip partner agencies with additional onsite cold storage. The project will divert approximately 5,000,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo Food Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Valerie Dennis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306680690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yolo Food Bank and County of Yolo will use grant funds to purchase equipment to maximize the efficiency of its new warehouse facility. This new facility will allow the Food Bank to quadruple its intake and distribution of food to the most vulnerable residents of Yolo County. In addition, the County of Yolo will distribute a direct mailer to inform businesses of the opportunity to divert food from landfill disposal by donating to the Food Bank. The project will divert approximately 4,600,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Blue Strike Environmental</x:t>
   </x:si>
   <x:si>
     <x:t> Kristin Cushman</x:t>
   </x:si>
   <x:si>
     <x:t>8312770167</x:t>
   </x:si>
   <x:si>
-    <x:t>Shaina Meiners</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Blue Strike Environmental’s project will enhance the food rescue program for Merced County Food Bank. Grant funds will be used to purchase an electric forklift, two electric pallet jacks, a refrigerated container, and software that will be used for more efficient food management. The project will divert approximately 1,765,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Lost &amp; Found Distillery, Inc. DBA Misadventure &amp; Co.</x:t>
-[...41 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Second Harvest Food Bank’s mission is for Santa Cruz County to be a community working together to end hunger through healthy food, education, and leadership. Grant fund will be used to expand collection and distribution of rescued food from donors to communities in need through the purchase of a new refrigerated box truck, a warehouse electric forklift, and increased personnel. The project will divert approximately 250,000 pounds of food from landfill disposal over the grant term.</x:t>
+    <x:t>Jewish Family Service of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Sasha Escue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586373060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Jewish Family Service will use grant funds to expand its food rescue program through the purchase of refrigerators, flash freezers, and an electric hybrid box truck. These items will allow increased food rescue and flash-freezing of prepared meals that extends the shelf life of donated perishable food. The project will divert approximately 832,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Berkeley Food Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Webber</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105026027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Berkeley Food Network will expand their food rescue work. Grant funding will be used to increase the output of the Hub Kitchen program to 1000 weekly meals and develop a robust food recovery program that will provide additional food for their own pantry distributions and for other food assistance programs operating in Berkeley. The project will divert approximately 426,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hope 4 the Heart</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Victoria Popejoy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106899721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Hope 4 the Heart is a nonprofit that will expand its existing food rescue program. Grant funds will purchase a refrigerated truck, commercial refrigerator/freezer, electric forklift, and pallet equipment. The project will divert approximately 1,600,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marriott International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Amy Bourne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3013800581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Marriott International will partner with Leanpath to implement automated food waste tracking and measurement devices in ten sites across California with a focus on food waste prevention. Leanpath tracking technology will allow hotel kitchens to capture food waste data at a granular level, driving actionable analysis to prevent food waste through behavior and culture change. The project will create a culture of food waste prevention in the kitchens that will last beyond the end of the grant term. The project will divert approximately 498,000 pounds of food from landfill disposal over the grant term. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento Food Bank &amp; Family Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jeremiah Rhine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164561980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Sacramento Food Bank and Family Services (SFBFS) is a leader of emergency food assistance in Sacramento County that distributes food staples and produce to a network of over 220 partner agencies, serving 154,000 food insecure individuals. This grant will fund the purchase of a refrigerated truck and operations staff to increase capacity. The grant will enable SFBFS to rescue food from additional large food donors including manufacturers and wholesalers. The project will divert approximately 1,100,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galley Solutions</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kirsten Van Fossen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8569063831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Galley Solutions will partner with LeanPath at Eco Caters' California Kitchens to test a data-driven food waste prevention tool. After establishing a baseline and six months of data collection with Galley’s tool, features of the tool will be analyzed to make improvements. The improved tool will be used at six new kitchens. The project will divert approximately 1,460,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOOD Share, Inc. </x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristy Pollard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059387100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: FOOD Share is the only food bank located in Ventura County and currently serves about 75,000 people per month. Grant funds will help build a produce cooler, purchase a refrigerated truck, employ a driver, and expand food storage capacity.  Food will be rescued from local retailers, manufacturers, wholesalers, processors, schools, and other institutions.  The project will divert approximately 700,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t>San Francisco       </x:t>
   </x:si>
   <x:si>
     <x:t>Food Recovery Network</x:t>
   </x:si>
   <x:si>
     <x:t> Regina Northouse</x:t>
   </x:si>
   <x:si>
     <x:t>2078384818</x:t>
   </x:si>
   <x:si>
-    <x:t>Jayme Tesser</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Food Recovery Network is a national nonprofit that supports college students in fighting food waste and hunger by recovering surplus food from college communities and donating the food to people in need. The project will build the capacity of the California chapters while also holding outreach and education events to raise awareness regarding the role of food recovery in reducing food waste. Grant funds will be used to purchase refrigerators and to cover the costs of transportation. The project will divert approximately 340,000 pounds of food over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Humboldt            </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Arcata, City of Eureka, Food for People, and Humboldt State University are partnering to expand existing food rescue programs in that area. The project will rescue food that would otherwise be disposed from businesses in the food service industry, local institutions, grocery stores, and through on-campus efforts. This will include an education and outreach program, hands-on engagement, expanded cold storage capacity and increased food donation collection and distribution. The project will divert approximately 170,000 pounds of food from landfill disposal over the grant term.</x:t>
+    <x:t>Go Copia PBC, Doing Business in California as Copia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paige  Sullivan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5712218756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant project will expand the use of Copia’s logistics and technology platform to additional university and hospital kitchens to collect edible surplus food and redistribute it to food-insecure students and the local vulnerable populations. Food will be recovered from up to three hospital and 20 campus kitchens and edible surplus food will be reduced at up to five hospital and 25 campus kitchens. Funds will be used to pay for drivers, software, and food rescue materials such as scales and food packaging. The project will divert approximately 1,500,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Family Resource Center of the Redwoods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Hixson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074640955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Family Resource Center of the Redwoods is a nonprofit organization in Del Norte County. Grant funds will be used to expand the existing Pacific Pantry by purchasing a refrigerated vehicle, modernizing the food pantry with kitchen upgrades, and creating a Del Norte Food Recovery Acton Plan. The plan also includes creating a Del Norte Food Recovery Manual to guide efforts into the future. The project will divert approximately 440,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health Care Without Harm</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lucia Sayre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105598777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Health Care Without Harm, in partnership with Sutter Health, will use the grant to engage Sutter’s ten hospital facilities in the Central Valley Region in a food waste prevention and edible food donation program. Grant funds will be used to analyze the current landscape of California hospital food waste prevention and rescue projects with a focus on measurement processes and community benefit opportunities. Rescued food from cafeterias and patient feeding will be donated to locals using a software tracking and transport mechanism. The project will divert approximately 672,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FoodCycle</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nancy Beyda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3236464362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Waste Not Want Not Now (WNWNnow) is a community-powered food rescue and waste prevention organization that has been operating in and serving a disadvantaged community in Los Angeles for over a decade. Grant funds will be used to hire an Outreach and Partner Manager who will create new educational literature and a Pilot Food Waste Reduction Program supported by an app powered by ChowMatch. WNWNnow will also use grant funds to expand its fleet to include all-electric zero-emission van(s) with refrigeration that feature food storage supplies including commercial heated boxes, cooled bins, scales, labels, and other items required for the safe storage and transport of donated food. The project will divert approximately 4,000,000 pounds of food from landfill disposal over the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cascadia Consulting Group, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maddie Seibert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5108387012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Cascadia will partner with the San Francisco Department of the Environment to address both the upstream environmental impacts of food production and the downstream recovery and redistribution of food from 20 large-scale operations including hospitals, universities, hotels, corporate dining facilities, and entertainment venues. These institutions will use either the Leanpath system to prevent food waste or Copia, a food recovery service, to rescue   excess edible food. In addition, the project will work with Episcopal Community Services to replace its inefficient pick-up van with an electric vehicle for transporting food from donors to shelters, pantries, and other institutions serving people in need. The project will divert approximately 35,000,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t>SOULMUCH</x:t>
   </x:si>
   <x:si>
     <x:t> Reyanne Mustafa</x:t>
   </x:si>
   <x:si>
     <x:t>9493550534</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SOULMUCH is a social enterprise in San Diego aimed at rescuing restaurant food. SOULMUCH’s primary focus is on rescuing edible oversupplied grains from large chain restaurants by dehydrating, grinding, and milling the grain into flour. The flour is used to produce high protein, healthy vegan cookies. The grant project will divert approximately 493,000 pounds of food from landfill disposal over the grant term. </x:t>
   </x:si>
   <x:si>
-    <x:t>ProduceGood</x:t>
-[...97 lines deleted...]
-  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Food In Need of Distribution</x:t>
   </x:si>
   <x:si>
     <x:t> Debbie Espinosa</x:t>
   </x:si>
   <x:si>
     <x:t>7607753663</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food In Need of Distribution Food Bank has served as the Eastern Riverside and South San Bernardino Counties' (Coachella Valley) regional food bank, distributing food to an average of 85,000 people monthly. The grant funds will be used to expand operations by replacing and modernizing equipment in addition to covering the costs of produce processing, transportation, and personnel. The project will divert approximately 500,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara         </x:t>
-[...76 lines deleted...]
-  <x:si>
     <x:t>San Diego Food System Alliance</x:t>
   </x:si>
   <x:si>
     <x:t> Geertje Grootenhuis</x:t>
   </x:si>
   <x:si>
     <x:t>8582453781</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Diego Food System Alliance will use grant funds to support the Save The Food San Diego EcoChallenge, a consumer education campaign with data-driven tracking. The project will engage seven partner organizations: two universities, two jurisdictions, and three corporations, with a goal of reducing food waste and CO2e by 10% over the grant period. The project will divert approximately 10,200,000 pounds of food from landfill disposal over the grant term.</x:t>
-  </x:si>
-[...172 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Food Bank of Contra Costa and Solano will use grant funds to increase the amount of food rescued from grocery stores. Funds will pay for a refrigerated, hybrid diesel truck equipped with a lift gate, in addition to fuel, vehicle maintenance, personnel, and educational materials for food recipients. The project will divert approximately 691,000 pounds of food from landfill disposal over the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 36</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -711,51 +711,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1256b891290146c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9a4ccb1ec1bc4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re0b5a615ec5a47ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf10729467e24cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8da2b42087874cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0f35d99756084fb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -803,915 +803,915 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.96063232421875" customHeight="1" collapsed="0">
+    <x:row ht="563.44256591796875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>163657</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97161865234375" customHeight="1" collapsed="0">
+    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>492000</x:v>
+        <x:v>116355</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="356.4566650390625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>499636</x:v>
+        <x:v>220500</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="701.4332275390625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>428563</x:v>
+        <x:v>174000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.944580078125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>358804</x:v>
+        <x:v>266795</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>52665</x:v>
+        <x:v>266831</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+    <x:row ht="413.971923828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>163657</x:v>
+        <x:v>492221</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100441</x:v>
+        <x:v>428563</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>330435</x:v>
+        <x:v>363846</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>358804</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96728515625" customHeight="1" collapsed="0">
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>116355</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>126648</x:v>
+        <x:v>498000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>498000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>330435</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
-[...12 lines deleted...]
-      </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>286530</x:v>
+        <x:v>499636</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>286530</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>89</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.97119140625" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>296088</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
-    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>174000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>121150</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.939453125" customHeight="1" collapsed="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250745</x:v>
+        <x:v>492000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9775390625" customHeight="1" collapsed="0">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>329776</x:v>
+        <x:v>126648</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>266831</x:v>
+        <x:v>121150</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>115</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>220700</x:v>
+        <x:v>329776</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>492221</x:v>
+        <x:v>250745</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.443359375" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>153562</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>128</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4365234375" customHeight="1" collapsed="0">
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>313820</x:v>
+        <x:v>333821</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.443359375" customHeight="1" collapsed="0">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>153562</x:v>
+        <x:v>403976</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>220500</x:v>
+        <x:v>52665</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>302106</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>333821</x:v>
+        <x:v>302106</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4365234375" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>403976</x:v>
+        <x:v>313820</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row ht="770.4296875" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
         <x:v>200000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.943359375" customHeight="1" collapsed="0">
+    <x:row ht="758.9462890625" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="8" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>266795</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F38" s="8" t="s">
+      <x:c r="G38" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="G38" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="8" t="s">
+    </x:row>
+    <x:row ht="448.470703125" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B39" s="8" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>363846</x:v>
+        <x:v>100441</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="G39" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.97265625" customHeight="1" collapsed="0">
+    <x:row ht="482.96484375" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>296088</x:v>
+        <x:v>220700</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.40234375" customHeight="1" collapsed="0">
       <x:c r="A42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B42" s="10" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C42" s="10"/>
       <x:c r="D42" s="11" t="n">
         <x:v>11263671</x:v>
       </x:c>
       <x:c r="E42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H42" s="10" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1738,29 +1738,29 @@
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 12:04 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>