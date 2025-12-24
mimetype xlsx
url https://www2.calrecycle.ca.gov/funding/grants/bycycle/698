--- v0 (2025-12-18)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ec3d980aa934dbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a9c16d9602409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbf16ec48e25941db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra2818063fc5343cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Household Hazardous Waste Discretionary Grants (HD32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re626e1b6c59a40eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf16ec48e25941db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R21418de4f4664512" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e45cfa6d984638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2818063fc5343cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R978e22dcfc8943ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:12 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>