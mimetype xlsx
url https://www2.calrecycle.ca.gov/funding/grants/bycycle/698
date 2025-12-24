--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a9c16d9602409d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2530fe9afc64789" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra2818063fc5343cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb628ce604b2b4085"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Household Hazardous Waste Discretionary Grants (HD32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e45cfa6d984638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2818063fc5343cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R978e22dcfc8943ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2997bb00da274ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb628ce604b2b4085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R67218d6bed844f7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:34 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>