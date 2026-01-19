--- v2 (2025-12-24)
+++ v3 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2530fe9afc64789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f8c485a446249e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb628ce604b2b4085"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R742367701fb046ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Household Hazardous Waste Discretionary Grants (HD32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2997bb00da274ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb628ce604b2b4085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R67218d6bed844f7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra34f8ee03d5149e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R742367701fb046ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R10b0704032b547b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:34 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 6:39 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>