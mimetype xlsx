--- v3 (2026-01-19)
+++ v4 (2026-02-25)
@@ -1,114 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f8c485a446249e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899a6daa1edf4b99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R742367701fb046ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc0f00c501b3a42f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Household Hazardous Waste Discretionary Grants (HD32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corona</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erin Kunkle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9518175795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matthew Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Corona will construct a permanent Household Hazardous Waste (HHW) facility for City and Riverside County residents to drop off waste not suitable for landfill disposal. The items to be collected include oil, paint, grease, batteries, medical sharps, and electronic waste such as TVs, computers, and monitors. The City of Corona Maintenance Services Dept. (City), will be responsible for all grant-funded site-improvements, construction activities, and costs. The City owns the site, has approved zoning clearance for a HHW facility, and site improvement plans are 95% complete. The Riverside County Dept. of Waste Resources (RCDWR) will operate the facility with oversight of equipment purchasing and funding for long-term facility operation (staff) and maintenance. The facility is targeted to collect more than 23,600 pounds of HHW each month.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino County Fire Protection District</x:t>
   </x:si>
   <x:si>
     <x:t> Jose Rodriguez</x:t>
   </x:si>
   <x:si>
     <x:t>9093825401</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>The San Bernardino County Household Hazardous Waste (HHW) is proposing an upgrade to the Joshua Tree Household Hazardous Waste collection facility by constructing a pre-fabricated steel canopy approximately 5,400 sq. ft. in size. The canopy will provide a covered work area to protect employees and HHW storage containers from inclement weather. The canopy will provide for a safer work environment for employees operating the HHW site and allow for a longer life of the storage container at the site by protecting them from the inclement weather. The canopy will also increase the days of operation at the facility by minimizing the closure dates due to inclement weather. Currently, employees cannot operate the Joshua Tree HHW collection facility in extreme heat, rain or high winds.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The City of Corona will construct a permanent Household Hazardous Waste (HHW) facility for City and Riverside County residents to drop off waste not suitable for landfill disposal. The items to be collected include oil, paint, grease, batteries, medical sharps, and electronic waste such as TVs, computers, and monitors. The City of Corona Maintenance Services Dept. (City), will be responsible for all grant-funded site-improvements, construction activities, and costs. The City owns the site, has approved zoning clearance for a HHW facility, and site improvement plans are 95% complete. The Riverside County Dept. of Waste Resources (RCDWR) will operate the facility with oversight of equipment purchasing and funding for long-term facility operation (staff) and maintenance. The facility is targeted to collect more than 23,600 pounds of HHW each month.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra34f8ee03d5149e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R742367701fb046ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R10b0704032b547b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb716f8ae71714757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc0f00c501b3a42f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R829a5914408a418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -335,84 +335,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>239181</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.94793701171875" customHeight="1" collapsed="0">
+    <x:row ht="724.45037841796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>239181</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>489181</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 6:39 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 25, 2026 12:56 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>