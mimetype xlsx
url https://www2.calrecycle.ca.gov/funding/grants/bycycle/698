--- v4 (2026-02-25)
+++ v5 (2026-03-09)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899a6daa1edf4b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree0aa115a17e475a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc0f00c501b3a42f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1e647906b2944b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Household Hazardous Waste Discretionary Grants (HD32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb716f8ae71714757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc0f00c501b3a42f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R829a5914408a418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c1d0ec708a94955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e647906b2944b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R297fd9c2bc4d4f04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 25, 2026 12:56 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:16 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>