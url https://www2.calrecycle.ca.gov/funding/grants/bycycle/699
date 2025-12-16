--- v0 (2025-12-13)
+++ v1 (2025-12-16)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d249e5dbe8e4650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2368a6e92f94ff4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb54a97f7546d4b31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5b8a5096bd804562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Recycled Fiber, Plastic, and Glass Grant Program (FPG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24cb2b8ed0e74914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb54a97f7546d4b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R44f51badcf5f4931" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c93ac6ee2148d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b8a5096bd804562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb6dae916358a401c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -551,29 +551,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 6:09 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:44 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>