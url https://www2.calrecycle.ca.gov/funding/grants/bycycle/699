--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2368a6e92f94ff4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaea338e6f744c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5b8a5096bd804562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra822a73f3ab5420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Recycled Fiber, Plastic, and Glass Grant Program (FPG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c93ac6ee2148d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b8a5096bd804562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb6dae916358a401c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5654cb700ed4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra822a73f3ab5420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raabfbce1fd95458f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -551,29 +551,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:44 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>