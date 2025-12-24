--- v2 (2025-12-17)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaea338e6f744c0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef00d0e06804f92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra822a73f3ab5420a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9fa5cdf58f05451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Recycled Fiber, Plastic, and Glass Grant Program (FPG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -88,83 +88,83 @@
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Envision Plastics’ grant project will result in the installation of equipment that can produce devolatized post-consumer recycled high density polyethylene (HDPE) from recycled containers and agricultural film generated in California. The project will add a grinder, wash line system, washed flake drying/mixing equipment, and devolatization equipment to produce food grade and devolatized recycled resins. The project will create a high value recycled plastic feedstock material that can be used to manufacture goods and products made in California and nationally.
 Estimated GHGs (MTCO2e) Total Project:  4,176
 Estimated Diversion (Tons) Total Project:  5,220
 </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>FDS Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kevin Stevenson</x:t>
   </x:si>
   <x:si>
     <x:t>9095911733</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: FDS Manufacturing’s grant project will add a melt filtration unit, pelletizer, and extruder to divert post-consumer recycled polypropylene and polyethylene to create compounded masterbatch resin pellets. The resin will be used by FDS Manufacturing and other partners to produce commercial products such as bins, pallets, angle board, and other multi-use products.
 Estimated GHGs (MTCO2e) Total Project:  4,005
 Estimated Diversion (Tons) Total Project:  4,500
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...15 lines deleted...]
-  <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Netafim</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Ramon Zacarias</x:t>
   </x:si>
   <x:si>
     <x:t>5596476295</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Netafim Irrigation, Inc grant application is for a closed-loop recycling solution for irrigation tubing that will serve farming operations in the Central Coast region of California. Netafim’s grant will result in the expansion of an established and successful recycling operation. The grantee will collect used irrigation tubing and transport it to Netafim’s recycling facility in Fowler, CA. At the recycling facility, the irrigation tubing will be shredded, washed, and pelletized before being transported to Netafim’s manufacturing facility located in Fresno, CA. At the manufacturing facility, the recycled HDPE pellets will be blended with other resins and extruded into new irrigation tubing. Once this recycled content irrigation tubing reaches end of life, it will be collected by Netafim in a closed-loop recycling process.
 Estimated GHGs (MTCO2e) Total Project:  16,526
 Estimated Diversion (Tons) Total Project:  20,658
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roplast Industries</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Berezansky</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6198045349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Roplast manufactures retail and grocery bags that contain post-consumer recycled content material. Roplast’s grant is for the acquisition of a deinking system that will allow Roplast to expand its operations and recycle low density polyethylene (LDPE) post-consumer feedstock that would otherwise be landfilled. As a result of the grant, Roplast will collect post-consumer feedstock from its customers, process the material, and create deinked pellets for use in production of retail and reusable grocery bags, which are delivered back to those customers.
+Estimated GHGs (MTCO2e) Total Project:  3,500
+Estimated Diversion (Tons) Total Project:  4,375</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5654cb700ed4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra822a73f3ab5420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raabfbce1fd95458f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9032a9114a7246ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9fa5cdf58f05451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06be4bfa6eb64a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -463,117 +463,117 @@
     </x:row>
     <x:row ht="494.4471435546875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2962564</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.946533203125" customHeight="1" collapsed="0">
+    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>2478014</x:v>
+        <x:v>2011647</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+    <x:row ht="643.946533203125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2011647</x:v>
+        <x:v>2478014</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>11675626</x:v>
       </x:c>
       <x:c r="E11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>