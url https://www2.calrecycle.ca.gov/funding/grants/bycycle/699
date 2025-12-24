--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef00d0e06804f92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8b27a637704e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9fa5cdf58f05451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R628041e45b454f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Recycled Fiber, Plastic, and Glass Grant Program (FPG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9032a9114a7246ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9fa5cdf58f05451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06be4bfa6eb64a93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb14e5afdbd1443ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R628041e45b454f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf7241e592ac540c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -551,29 +551,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:53 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>