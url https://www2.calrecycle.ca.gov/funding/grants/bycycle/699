--- v4 (2025-12-24)
+++ v5 (2026-01-27)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8b27a637704e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94241a5498e43e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R628041e45b454f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4d2df133ffb04364"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Recycled Fiber, Plastic, and Glass Grant Program (FPG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb14e5afdbd1443ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R628041e45b454f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf7241e592ac540c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra90e23dd045d4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d2df133ffb04364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6ee740e1f8fd409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -551,29 +551,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:53 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 9:30 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>