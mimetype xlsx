--- v5 (2026-01-27)
+++ v6 (2026-02-22)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94241a5498e43e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1366772c6e544dac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4d2df133ffb04364"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra7a1ca49cbbb4851"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Recycled Fiber, Plastic, and Glass Grant Program (FPG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -88,83 +88,83 @@
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Envision Plastics’ grant project will result in the installation of equipment that can produce devolatized post-consumer recycled high density polyethylene (HDPE) from recycled containers and agricultural film generated in California. The project will add a grinder, wash line system, washed flake drying/mixing equipment, and devolatization equipment to produce food grade and devolatized recycled resins. The project will create a high value recycled plastic feedstock material that can be used to manufacture goods and products made in California and nationally.
 Estimated GHGs (MTCO2e) Total Project:  4,176
 Estimated Diversion (Tons) Total Project:  5,220
 </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>FDS Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kevin Stevenson</x:t>
   </x:si>
   <x:si>
     <x:t>9095911733</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: FDS Manufacturing’s grant project will add a melt filtration unit, pelletizer, and extruder to divert post-consumer recycled polypropylene and polyethylene to create compounded masterbatch resin pellets. The resin will be used by FDS Manufacturing and other partners to produce commercial products such as bins, pallets, angle board, and other multi-use products.
 Estimated GHGs (MTCO2e) Total Project:  4,005
 Estimated Diversion (Tons) Total Project:  4,500
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roplast Industries</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Berezansky</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6198045349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Roplast manufactures retail and grocery bags that contain post-consumer recycled content material. Roplast’s grant is for the acquisition of a deinking system that will allow Roplast to expand its operations and recycle low density polyethylene (LDPE) post-consumer feedstock that would otherwise be landfilled. As a result of the grant, Roplast will collect post-consumer feedstock from its customers, process the material, and create deinked pellets for use in production of retail and reusable grocery bags, which are delivered back to those customers.
+Estimated GHGs (MTCO2e) Total Project:  3,500
+Estimated Diversion (Tons) Total Project:  4,375</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Netafim</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Ramon Zacarias</x:t>
   </x:si>
   <x:si>
     <x:t>5596476295</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Netafim Irrigation, Inc grant application is for a closed-loop recycling solution for irrigation tubing that will serve farming operations in the Central Coast region of California. Netafim’s grant will result in the expansion of an established and successful recycling operation. The grantee will collect used irrigation tubing and transport it to Netafim’s recycling facility in Fowler, CA. At the recycling facility, the irrigation tubing will be shredded, washed, and pelletized before being transported to Netafim’s manufacturing facility located in Fresno, CA. At the manufacturing facility, the recycled HDPE pellets will be blended with other resins and extruded into new irrigation tubing. Once this recycled content irrigation tubing reaches end of life, it will be collected by Netafim in a closed-loop recycling process.
 Estimated GHGs (MTCO2e) Total Project:  16,526
 Estimated Diversion (Tons) Total Project:  20,658
 </x:t>
-  </x:si>
-[...15 lines deleted...]
-Estimated Diversion (Tons) Total Project:  4,375</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra90e23dd045d4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d2df133ffb04364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6ee740e1f8fd409a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f2a6045d974d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7a1ca49cbbb4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rea1f4ab5b5934ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -463,117 +463,117 @@
     </x:row>
     <x:row ht="494.4471435546875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2962564</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+    <x:row ht="643.946533203125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>2011647</x:v>
+        <x:v>2478014</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.946533203125" customHeight="1" collapsed="0">
+    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2478014</x:v>
+        <x:v>2011647</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>11675626</x:v>
       </x:c>
       <x:c r="E11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 9:30 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 5:58 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>