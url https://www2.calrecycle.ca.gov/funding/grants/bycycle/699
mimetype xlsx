--- v6 (2026-02-22)
+++ v7 (2026-03-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1366772c6e544dac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec11f9fd2d244ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra7a1ca49cbbb4851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbf58284cefd242cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Recycled Fiber, Plastic, and Glass Grant Program (FPG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -88,83 +88,83 @@
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Envision Plastics’ grant project will result in the installation of equipment that can produce devolatized post-consumer recycled high density polyethylene (HDPE) from recycled containers and agricultural film generated in California. The project will add a grinder, wash line system, washed flake drying/mixing equipment, and devolatization equipment to produce food grade and devolatized recycled resins. The project will create a high value recycled plastic feedstock material that can be used to manufacture goods and products made in California and nationally.
 Estimated GHGs (MTCO2e) Total Project:  4,176
 Estimated Diversion (Tons) Total Project:  5,220
 </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>FDS Manufacturing</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kevin Stevenson</x:t>
   </x:si>
   <x:si>
     <x:t>9095911733</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: FDS Manufacturing’s grant project will add a melt filtration unit, pelletizer, and extruder to divert post-consumer recycled polypropylene and polyethylene to create compounded masterbatch resin pellets. The resin will be used by FDS Manufacturing and other partners to produce commercial products such as bins, pallets, angle board, and other multi-use products.
 Estimated GHGs (MTCO2e) Total Project:  4,005
 Estimated Diversion (Tons) Total Project:  4,500
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...15 lines deleted...]
-  <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Netafim</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Ramon Zacarias</x:t>
   </x:si>
   <x:si>
     <x:t>5596476295</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Netafim Irrigation, Inc grant application is for a closed-loop recycling solution for irrigation tubing that will serve farming operations in the Central Coast region of California. Netafim’s grant will result in the expansion of an established and successful recycling operation. The grantee will collect used irrigation tubing and transport it to Netafim’s recycling facility in Fowler, CA. At the recycling facility, the irrigation tubing will be shredded, washed, and pelletized before being transported to Netafim’s manufacturing facility located in Fresno, CA. At the manufacturing facility, the recycled HDPE pellets will be blended with other resins and extruded into new irrigation tubing. Once this recycled content irrigation tubing reaches end of life, it will be collected by Netafim in a closed-loop recycling process.
 Estimated GHGs (MTCO2e) Total Project:  16,526
 Estimated Diversion (Tons) Total Project:  20,658
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roplast Industries</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Berezansky</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6198045349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Roplast manufactures retail and grocery bags that contain post-consumer recycled content material. Roplast’s grant is for the acquisition of a deinking system that will allow Roplast to expand its operations and recycle low density polyethylene (LDPE) post-consumer feedstock that would otherwise be landfilled. As a result of the grant, Roplast will collect post-consumer feedstock from its customers, process the material, and create deinked pellets for use in production of retail and reusable grocery bags, which are delivered back to those customers.
+Estimated GHGs (MTCO2e) Total Project:  3,500
+Estimated Diversion (Tons) Total Project:  4,375</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f2a6045d974d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7a1ca49cbbb4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rea1f4ab5b5934ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00ff767e2924e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf58284cefd242cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R165482448a034315" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -463,117 +463,117 @@
     </x:row>
     <x:row ht="494.4471435546875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2962564</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.946533203125" customHeight="1" collapsed="0">
+    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>2478014</x:v>
+        <x:v>2011647</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+    <x:row ht="643.946533203125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2011647</x:v>
+        <x:v>2478014</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>11675626</x:v>
       </x:c>
       <x:c r="E11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 5:58 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 1:51 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>