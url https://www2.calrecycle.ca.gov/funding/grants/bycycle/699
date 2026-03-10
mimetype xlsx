--- v7 (2026-03-07)
+++ v8 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec11f9fd2d244ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b5c321197745eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbf58284cefd242cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R08819b85baf940ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Recycled Fiber, Plastic, and Glass Grant Program (FPG3)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00ff767e2924e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf58284cefd242cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R165482448a034315" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ac88e9944b4532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08819b85baf940ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd81635fe4fdd46f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -551,29 +551,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 1:51 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 11:40 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>