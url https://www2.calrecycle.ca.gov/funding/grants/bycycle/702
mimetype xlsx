--- v0 (2025-12-06)
+++ v1 (2025-12-18)
@@ -1,177 +1,177 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac30a9d4e71e4a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999eeea4af8c4b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rba6d30b1280142b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re8e7b85bd18343fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Tire Derived Product Grants (TDP19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...8 lines deleted...]
-    <x:t>7603983502</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irvine Unified School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dana Grudem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9499365327</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Coachella proposes to use 175,824 lbs. of rubber mulch to resurface four playgrounds at two school sites:  Dateland Park located at 51805 Shady Lane, Coachella, CA (Shady Lane/Bagdad Avenue) and at Rancho De Oro Park located at 84600 Avenue 50, Coachella, CA (Avenue 50/Avenida De Oro).  Collectively, the projects will yield 14,652 passenger tires from the waste stream.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Irvine Unified School District is currently in the design phase of a project to replace the existing DG track and grass field with a rubberized track and artificial turf field.  The project sits on a 20 acre high school campus and this field is heavily utilized by several different sports program (football, soccer, lacrosse, track and field), the school's marching band and several outside user groups when school is not in session.  Currently, the site loses access to this field for several months while the grounds department rehabs it for continued use.  Replacement of the track and field will allow for use 365 days per year and enhance student and guest safety.  The project proposes to use 331,000 lbs. of crumb rubber yielding 27,583 passenger tires from the landfill when completed.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Rachel Brandon</x:t>
   </x:si>
   <x:si>
     <x:t>5596004061</x:t>
   </x:si>
   <x:si>
     <x:t>The County of Fresno is relocating its Household Hazardous Waste Facility from the American Avenue Landfill to a new site at 310 South West Avenue in the city of Fresno. It will also have a Conference and Education Center on site to assist in community outreach and education. The County would like to include as many environmentally friendly (green) construction and landscaping elements as possible and use these as examples for local residents and businesses on green practices.
 As part of our plans to accomplish these goals, we will be landscaping with California native and drought tolerant plants, using fabric cloth underlayment beneath tire-derived rubber nuggets as a permeable, water-conserving mulch, and water-conserving irrigation. Permeable tire-derived product will also be used for sidewalks, pathways and tree wells to better manage storm water drainage and provide comfort underfoot. Ground Rubber Wheel Stops will be used in all parking spaces.
 The County seeks the Tire-Derived Product Grant funds to help offset some of the higher costs of using these materials instead of traditional mulch and concrete or asphalt while encouraging environmentally conscious construction and landscaping practices.
 Collectively, all projects propose to use 196,200 lbs. of rubber mulch, yielding 16,350 passenger tires from the landfill.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Irvine Unified School District is currently in the design phase of a project to replace the existing DG track and grass field with a rubberized track and artificial turf field.  The project sits on a 20 acre high school campus and this field is heavily utilized by several different sports program (football, soccer, lacrosse, track and field), the school's marching band and several outside user groups when school is not in session.  Currently, the site loses access to this field for several months while the grounds department rehabs it for continued use.  Replacement of the track and field will allow for use 365 days per year and enhance student and guest safety.  The project proposes to use 331,000 lbs. of crumb rubber yielding 27,583 passenger tires from the landfill when completed.</x:t>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Turlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Erik Schulze</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2096685594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Turlock intends to use the grant funds to update 2 landscape medians in the City of Turlock.  The medians are located at the 100 to 1900 block of Lander Ave. and Geer Road between the 640 and 3900 block Turlock CA.   The medians we are targeting are 15,500 and 40,520 sq. ft. of mixed landscape and mature trees with overhead irrigation. The goal for the City of Turlock is to use the rubber bark as ground cover to help reduce water consumption and eliminate weeds.  By making this conversion, the City of Turlock expects the project will divert an estimated 34,937 tires equaling 419,250 lbs. from local landfills. The City plans to invest $20,000 to update the irrigation and grade the medians. We are excited about this funding possibility and recognize the "win/win" opportunity. If awarded the Tire Derived Product Grant, it will allow the City of Turlock address it's 2 major thoroughfares and at the same time help reduce our carbon foot print.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palermo Union School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ruth Anaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305334842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Palermo Union School District proposes to use 378,300 lbs. of rubber mulch for resurfacing playgrounds at four school sites: Helen Wilcox, Golden Hills, Honcut and Palermo.  Collectively, the projects will yield  31,526 passenger tires from the waste stream. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coachella</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Jimenez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603983502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Coachella proposes to use 175,824 lbs. of rubber mulch to resurface four playgrounds at two school sites:  Dateland Park located at 51805 Shady Lane, Coachella, CA (Shady Lane/Bagdad Avenue) and at Rancho De Oro Park located at 84600 Avenue 50, Coachella, CA (Avenue 50/Avenida De Oro).  Collectively, the projects will yield 14,652 passenger tires from the waste stream.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Lancaster</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Aaron  Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>6617236299</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This playground resurfacing project will be implemented at Whit Carter Park in Lancaster, California. The playground at Whit Carter is divided into 4 zones that contain play equipment for different age groups. The current playground flooring is wood chip. Due to the wood chips' age and constant use, the wood has disintegrated and left several containment areas lacking any chip surfacing, causing safety concerns in landing zones and barriers to ADA accessibility.
 This project will allow the City of Lancaster to replace the disintegrating wood chip with crumb rubber, making the playground areas safer and more accessible for those with disabilities.  With this CalRecycle project, the City of Lancaster will continue to demonstrate its full commitment to protecting the environment via sustainable practices.  When complete, the project proposes to use 425,500 lbs. of rubber mulch yielding 35,458 tires from the landfill.  
 The City plans to remove the old wood chip and install the new crumb rubber by leveraging City staff and City owned equipment.</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Palermo Union School District proposes to use 378,300 lbs. of rubber mulch for resurfacing playgrounds at four school sites: Helen Wilcox, Golden Hills, Honcut and Palermo.  Collectively, the projects will yield  31,526 passenger tires from the waste stream. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8ab7a09b28e4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba6d30b1280142b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbcc344b2449d4483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaab2bac92dd402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re8e7b85bd18343fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdc213b168f154e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -398,180 +398,180 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.46298217773438" customHeight="1" collapsed="0">
+    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>69597</x:v>
+        <x:v>56898</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1172.891357421875" customHeight="1" collapsed="0">
+    <x:row ht="1172.8912353515625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>72048</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+    <x:row ht="908.4190673828125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>56898</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1000.4033203125" customHeight="1" collapsed="0">
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>148924</x:v>
+        <x:v>149749</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>69597</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+    <x:row ht="1000.4033203125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>149749</x:v>
+        <x:v>148924</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>647216</x:v>
       </x:c>
@@ -583,29 +583,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 5, 2025 5:28 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:40 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>