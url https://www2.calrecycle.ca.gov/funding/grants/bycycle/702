--- v1 (2025-12-18)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999eeea4af8c4b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9bff7a0afef4c80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re8e7b85bd18343fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf680e3e602d84e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Tire Derived Product Grants (TDP19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaab2bac92dd402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re8e7b85bd18343fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdc213b168f154e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c1b61d5d40444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf680e3e602d84e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rea21e36d2c114c3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -583,29 +583,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:40 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>