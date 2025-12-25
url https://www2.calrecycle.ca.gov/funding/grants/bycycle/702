--- v2 (2025-12-24)
+++ v3 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9bff7a0afef4c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4423101fd14b496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf680e3e602d84e67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R38f53a7ca3794d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Tire Derived Product Grants (TDP19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c1b61d5d40444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf680e3e602d84e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rea21e36d2c114c3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccec6ab613974b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R38f53a7ca3794d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb26450cafe1a4f3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -583,29 +583,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>