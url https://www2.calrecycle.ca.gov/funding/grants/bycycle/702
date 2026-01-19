--- v3 (2025-12-25)
+++ v4 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4423101fd14b496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5f837c8a51448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R38f53a7ca3794d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R19f880faddae4320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Tire Derived Product Grants (TDP19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccec6ab613974b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R38f53a7ca3794d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb26450cafe1a4f3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a52498c6d914341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R19f880faddae4320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra60850532d86450b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -583,29 +583,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:11 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 5:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>