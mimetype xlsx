--- v4 (2026-01-19)
+++ v5 (2026-03-05)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5f837c8a51448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88045b73d39149c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R19f880faddae4320"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R05cbe9183c4e476c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Tire Derived Product Grants (TDP19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a52498c6d914341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R19f880faddae4320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra60850532d86450b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re382290e726d4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R05cbe9183c4e476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re58b6851ba914b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -583,29 +583,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 5:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:17 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>