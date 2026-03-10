--- v5 (2026-03-05)
+++ v6 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88045b73d39149c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e23c9ce9a04adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R05cbe9183c4e476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfee783cd61714589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Tire Derived Product Grants (TDP19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -306,51 +306,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re382290e726d4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R05cbe9183c4e476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re58b6851ba914b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fc0433a767742a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfee783cd61714589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5d131e07994e42ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -583,29 +583,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 8:17 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:35 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>