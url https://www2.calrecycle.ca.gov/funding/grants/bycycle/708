--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f426bca7b0e4e32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb59d07c21c3f44fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R48256c856bc444ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc1cd5187f4724bcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR67)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -281,51 +281,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe26a6ea71e4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48256c856bc444ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb0cb47c33d6d4699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e3881209bf04e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc1cd5187f4724bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9b6188dfcc24493c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -508,29 +508,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:53 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>