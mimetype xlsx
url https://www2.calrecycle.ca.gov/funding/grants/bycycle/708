--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,152 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb59d07c21c3f44fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ee2eddc8154470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc1cd5187f4724bcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Red794e30725e47be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR67)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Sutter              </x:t>
-[...8 lines deleted...]
-    <x:t>5306824784</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ariel Verayo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6619748803</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Becker</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>6619748803</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Illegal dumping of old furniture, mattresses, household waste, construction debris, green wastes, used tires, hazardous materials and broken electronics is widespread in the abandoned farmlands of Antelope Valley, County of Los Angeles. In response to the Board of Supervisors’ motion to address the Countywide Illegal Dumping Campaign, the Antelope Valley Weed Abatement Division of the Weed Hazard and Integrated Pest Management Bureau of the Department of Agricultural Commissioner/Weights and Measures will use this grant to help clean up solid waste from four agricultural zoned sites in unincorporated areas east of the cities of Palmdale and Lancaster.
 Los Angeles County Public Works will install “No Dumping” and “No Littering Fine $1,000” signs, once cleanup is complete, to prevent further illegal dumping. The Sheriff and District Attorney's office have agreed to help identify and prosecute violators.
 The cleanup will improve the quality of life in the area, protect the environment (land, water, and wildlife), remove a public eyesore, restore the sense of pride in the community, and increase neighborhood property values.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Sutter County Resource Conservation District (SCRCD) is seeking funding for the cleanup of illegal refuse on three farming parcels with a combined total of 380 acres.  The SCRCD proposes to use security fences and "No Dumping" signs to prevent future illegal dumping incidents.  Illegal dumping impedes the landowners’ ability to successfully operate their orchards.  Removal of the various refuse will eliminate potentially dangerous obstacles to basic farming operations, prevent future degradation of materials into toxic substances, and limit the possibility of onsite and offsite surface water and groundwater contamination. 
+The three sites are owned and farmed by the Pamma family.  These properties have been dumped upon for years and continue to receive refuse.  The family is having a hard time keeping up with the amount of material being discarded.  The family, thus, is seeking assistance for the removal of current waste on the property and for fencing to help prevent more illegal dumping occurrences.  The family constructed fencing on similar parcels, which helped to alleviate illegal dumping on those areas. The sites consist of a peach orchard in Sanders, an orchard in the City of Live Oak, and an orchard on the outskirts of town.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Ben Weise</x:t>
   </x:si>
   <x:si>
     <x:t>9256904145</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Contra Costa Resource Conservation District (CCRCD) is applying on behalf of two Contra Costa County farming operations currently plagued with illegal dumping.  The first site is a 10-acre parcel split between an active farm and community farm kitchen.  Ms. Frantz purchased the property in 2001 with the goal of connecting people to their food and attracting urban residents to experience agricultural life.  A variety of fruits, table grapes, and vegetables are sold onsite or used in cooking classes.  The site has a history of illegal dumping, which prompted Ms. Frantz to fence part of the property.  The fencing and development of neighboring Discovery Bay helped alleviate some of the dumping, but more remains.  Ms. Frantz is seeking support for the remaining cleanup and for completion of the perimeter fence, which would block rear road access currently used by dumpers. 
 The second site is an active vineyard in Brentwood, totaling 62 acres.  It is managed by the Bloomfield family.  The site contains access roads and two undeveloped house pads that have been used by illegal dumpers.  Over the years, the Bloomfield family has removed and paid for the removal of discarded waste on the property.  Currently, the family is seeking support for cleanup of scattered trash and a car axel, and installation of chain barrier fences, which include locks at the property entrances to prevent future illegal dumping.
 Illegal dumping remains a significant problem for the county.  The CCRCD is committed to tackling illegal dumping through various programs, education, and prevention measures.  The county continues to consider a number of measures to combat this issue.
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jon Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Illegal dumping is a blight on the over 1,640 miles of road and right of ways in the San Joaquin County agricultural community.  The County’s Department of Public Works maintains these areas by removing various materials such as mixed debris, appliances, mattresses, and tires.  In July of 2019, the County began an Adopt-a-Road program to assist with illegal dumping.  The Department plans to use this grant in conjunction with the Adopt-a-Road program for select agriculturally zoned areas prone to dumping.
+The County is donating staff time to both manage the grant and conduct outreach efforts to combat illegal dumping.  The Greater Valley Regional Conservation Corps is contracted to work, in partnership, on the cleanup. 
+Although this grant will only address approximately 10 percent of the County’s illegal dumping volume, the debris, if not collected, would likely end up polluting waterways and adversely affecting farm and ranch operations.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -281,51 +281,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e3881209bf04e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc1cd5187f4724bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9b6188dfcc24493c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dc8d74c19794ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red794e30725e47be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2a89b850b55648e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -373,164 +373,164 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1161.4110107421875" customHeight="1" collapsed="0">
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>49864</x:v>
+        <x:v>130383</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="931.4078369140625" customHeight="1" collapsed="0">
+    <x:row ht="1161.410888671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>49864</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="1517.86767578125" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>130383</x:v>
+        <x:v>19567</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.40771484375" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>19567</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="10"/>
       <x:c r="D10" s="11" t="n">
         <x:v>299814</x:v>
       </x:c>
       <x:c r="E10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>