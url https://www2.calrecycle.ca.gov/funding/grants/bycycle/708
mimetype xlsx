--- v2 (2025-12-24)
+++ v3 (2026-01-25)
@@ -1,152 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ee2eddc8154470" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7ca6001778483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Red794e30725e47be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0dc3b0adebed49aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR67)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stephanie Becker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Sutter County Resource Conservation District (SCRCD) is seeking funding for the cleanup of illegal refuse on three farming parcels with a combined total of 380 acres.  The SCRCD proposes to use security fences and "No Dumping" signs to prevent future illegal dumping incidents.  Illegal dumping impedes the landowners’ ability to successfully operate their orchards.  Removal of the various refuse will eliminate potentially dangerous obstacles to basic farming operations, prevent future degradation of materials into toxic substances, and limit the possibility of onsite and offsite surface water and groundwater contamination. 
+The three sites are owned and farmed by the Pamma family.  These properties have been dumped upon for years and continue to receive refuse.  The family is having a hard time keeping up with the amount of material being discarded.  The family, thus, is seeking assistance for the removal of current waste on the property and for fencing to help prevent more illegal dumping occurrences.  The family constructed fencing on similar parcels, which helped to alleviate illegal dumping on those areas. The sites consist of a peach orchard in Sanders, an orchard in the City of Live Oak, and an orchard on the outskirts of town.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jon Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Illegal dumping is a blight on the over 1,640 miles of road and right of ways in the San Joaquin County agricultural community.  The County’s Department of Public Works maintains these areas by removing various materials such as mixed debris, appliances, mattresses, and tires.  In July of 2019, the County began an Adopt-a-Road program to assist with illegal dumping.  The Department plans to use this grant in conjunction with the Adopt-a-Road program for select agriculturally zoned areas prone to dumping.
+The County is donating staff time to both manage the grant and conduct outreach efforts to combat illegal dumping.  The Greater Valley Regional Conservation Corps is contracted to work, in partnership, on the cleanup. 
+Although this grant will only address approximately 10 percent of the County’s illegal dumping volume, the debris, if not collected, would likely end up polluting waterways and adversely affecting farm and ranch operations.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Ariel Verayo</x:t>
   </x:si>
   <x:si>
     <x:t>6619748803</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Stephanie Becker</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Illegal dumping of old furniture, mattresses, household waste, construction debris, green wastes, used tires, hazardous materials and broken electronics is widespread in the abandoned farmlands of Antelope Valley, County of Los Angeles. In response to the Board of Supervisors’ motion to address the Countywide Illegal Dumping Campaign, the Antelope Valley Weed Abatement Division of the Weed Hazard and Integrated Pest Management Bureau of the Department of Agricultural Commissioner/Weights and Measures will use this grant to help clean up solid waste from four agricultural zoned sites in unincorporated areas east of the cities of Palmdale and Lancaster.
 Los Angeles County Public Works will install “No Dumping” and “No Littering Fine $1,000” signs, once cleanup is complete, to prevent further illegal dumping. The Sheriff and District Attorney's office have agreed to help identify and prosecute violators.
 The cleanup will improve the quality of life in the area, protect the environment (land, water, and wildlife), remove a public eyesore, restore the sense of pride in the community, and increase neighborhood property values.</x:t>
-  </x:si>
-[...14 lines deleted...]
-The three sites are owned and farmed by the Pamma family.  These properties have been dumped upon for years and continue to receive refuse.  The family is having a hard time keeping up with the amount of material being discarded.  The family, thus, is seeking assistance for the removal of current waste on the property and for fencing to help prevent more illegal dumping occurrences.  The family constructed fencing on similar parcels, which helped to alleviate illegal dumping on those areas. The sites consist of a peach orchard in Sanders, an orchard in the City of Live Oak, and an orchard on the outskirts of town.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Ben Weise</x:t>
   </x:si>
   <x:si>
     <x:t>9256904145</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Contra Costa Resource Conservation District (CCRCD) is applying on behalf of two Contra Costa County farming operations currently plagued with illegal dumping.  The first site is a 10-acre parcel split between an active farm and community farm kitchen.  Ms. Frantz purchased the property in 2001 with the goal of connecting people to their food and attracting urban residents to experience agricultural life.  A variety of fruits, table grapes, and vegetables are sold onsite or used in cooking classes.  The site has a history of illegal dumping, which prompted Ms. Frantz to fence part of the property.  The fencing and development of neighboring Discovery Bay helped alleviate some of the dumping, but more remains.  Ms. Frantz is seeking support for the remaining cleanup and for completion of the perimeter fence, which would block rear road access currently used by dumpers. 
 The second site is an active vineyard in Brentwood, totaling 62 acres.  It is managed by the Bloomfield family.  The site contains access roads and two undeveloped house pads that have been used by illegal dumpers.  Over the years, the Bloomfield family has removed and paid for the removal of discarded waste on the property.  Currently, the family is seeking support for cleanup of scattered trash and a car axel, and installation of chain barrier fences, which include locks at the property entrances to prevent future illegal dumping.
 Illegal dumping remains a significant problem for the county.  The CCRCD is committed to tackling illegal dumping through various programs, education, and prevention measures.  The county continues to consider a number of measures to combat this issue.
 </x:t>
-  </x:si>
-[...18 lines deleted...]
-Although this grant will only address approximately 10 percent of the County’s illegal dumping volume, the debris, if not collected, would likely end up polluting waterways and adversely affecting farm and ranch operations.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -281,51 +281,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dc8d74c19794ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red794e30725e47be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2a89b850b55648e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7163b714012149cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0dc3b0adebed49aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1c326f986e3f409c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -373,164 +373,164 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+    <x:row ht="1161.4110107421875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>130383</x:v>
+        <x:v>49864</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1161.410888671875" customHeight="1" collapsed="0">
+    <x:row ht="931.4078369140625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>49864</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="1517.86767578125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>19567</x:v>
+        <x:v>130383</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.40771484375" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1517.867919921875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>19567</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="10"/>
       <x:c r="D10" s="11" t="n">
         <x:v>299814</x:v>
       </x:c>
       <x:c r="E10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 25, 2026 4:21 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>