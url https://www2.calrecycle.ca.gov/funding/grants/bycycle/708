--- v3 (2026-01-25)
+++ v4 (2026-03-07)
@@ -1,152 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7ca6001778483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef2674a0dd343ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0dc3b0adebed49aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd3383c4ced324e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR67)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Sutter              </x:t>
-[...8 lines deleted...]
-    <x:t>5306824784</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ariel Verayo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6619748803</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Becker</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>6619748803</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Illegal dumping of old furniture, mattresses, household waste, construction debris, green wastes, used tires, hazardous materials and broken electronics is widespread in the abandoned farmlands of Antelope Valley, County of Los Angeles. In response to the Board of Supervisors’ motion to address the Countywide Illegal Dumping Campaign, the Antelope Valley Weed Abatement Division of the Weed Hazard and Integrated Pest Management Bureau of the Department of Agricultural Commissioner/Weights and Measures will use this grant to help clean up solid waste from four agricultural zoned sites in unincorporated areas east of the cities of Palmdale and Lancaster.
 Los Angeles County Public Works will install “No Dumping” and “No Littering Fine $1,000” signs, once cleanup is complete, to prevent further illegal dumping. The Sheriff and District Attorney's office have agreed to help identify and prosecute violators.
 The cleanup will improve the quality of life in the area, protect the environment (land, water, and wildlife), remove a public eyesore, restore the sense of pride in the community, and increase neighborhood property values.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Sutter County Resource Conservation District (SCRCD) is seeking funding for the cleanup of illegal refuse on three farming parcels with a combined total of 380 acres.  The SCRCD proposes to use security fences and "No Dumping" signs to prevent future illegal dumping incidents.  Illegal dumping impedes the landowners’ ability to successfully operate their orchards.  Removal of the various refuse will eliminate potentially dangerous obstacles to basic farming operations, prevent future degradation of materials into toxic substances, and limit the possibility of onsite and offsite surface water and groundwater contamination. 
+The three sites are owned and farmed by the Pamma family.  These properties have been dumped upon for years and continue to receive refuse.  The family is having a hard time keeping up with the amount of material being discarded.  The family, thus, is seeking assistance for the removal of current waste on the property and for fencing to help prevent more illegal dumping occurrences.  The family constructed fencing on similar parcels, which helped to alleviate illegal dumping on those areas. The sites consist of a peach orchard in Sanders, an orchard in the City of Live Oak, and an orchard on the outskirts of town.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Ben Weise</x:t>
   </x:si>
   <x:si>
     <x:t>9256904145</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Contra Costa Resource Conservation District (CCRCD) is applying on behalf of two Contra Costa County farming operations currently plagued with illegal dumping.  The first site is a 10-acre parcel split between an active farm and community farm kitchen.  Ms. Frantz purchased the property in 2001 with the goal of connecting people to their food and attracting urban residents to experience agricultural life.  A variety of fruits, table grapes, and vegetables are sold onsite or used in cooking classes.  The site has a history of illegal dumping, which prompted Ms. Frantz to fence part of the property.  The fencing and development of neighboring Discovery Bay helped alleviate some of the dumping, but more remains.  Ms. Frantz is seeking support for the remaining cleanup and for completion of the perimeter fence, which would block rear road access currently used by dumpers. 
 The second site is an active vineyard in Brentwood, totaling 62 acres.  It is managed by the Bloomfield family.  The site contains access roads and two undeveloped house pads that have been used by illegal dumpers.  Over the years, the Bloomfield family has removed and paid for the removal of discarded waste on the property.  Currently, the family is seeking support for cleanup of scattered trash and a car axel, and installation of chain barrier fences, which include locks at the property entrances to prevent future illegal dumping.
 Illegal dumping remains a significant problem for the county.  The CCRCD is committed to tackling illegal dumping through various programs, education, and prevention measures.  The county continues to consider a number of measures to combat this issue.
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jon Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Illegal dumping is a blight on the over 1,640 miles of road and right of ways in the San Joaquin County agricultural community.  The County’s Department of Public Works maintains these areas by removing various materials such as mixed debris, appliances, mattresses, and tires.  In July of 2019, the County began an Adopt-a-Road program to assist with illegal dumping.  The Department plans to use this grant in conjunction with the Adopt-a-Road program for select agriculturally zoned areas prone to dumping.
+The County is donating staff time to both manage the grant and conduct outreach efforts to combat illegal dumping.  The Greater Valley Regional Conservation Corps is contracted to work, in partnership, on the cleanup. 
+Although this grant will only address approximately 10 percent of the County’s illegal dumping volume, the debris, if not collected, would likely end up polluting waterways and adversely affecting farm and ranch operations.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -281,51 +281,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7163b714012149cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0dc3b0adebed49aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1c326f986e3f409c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5b6cba53844de2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3383c4ced324e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R067961a5126b45eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -373,164 +373,164 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1161.4110107421875" customHeight="1" collapsed="0">
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>49864</x:v>
+        <x:v>130383</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="931.4078369140625" customHeight="1" collapsed="0">
+    <x:row ht="1161.410888671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>49864</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="1517.86767578125" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>130383</x:v>
+        <x:v>19567</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.40771484375" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>19567</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="10"/>
       <x:c r="D10" s="11" t="n">
         <x:v>299814</x:v>
       </x:c>
       <x:c r="E10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 25, 2026 4:21 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 4:17 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>