--- v0 (2025-12-07)
+++ v1 (2025-12-17)
@@ -1,542 +1,542 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ab38d86d21487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd64107274b43fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rae28167e939149db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra5d7b244771144d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Rubberized Pavement Grant Program (TRP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Solano              </x:t>
-[...8 lines deleted...]
-    <x:t>7076488602</x:t>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erin Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477938</x:t>
   </x:si>
   <x:si>
     <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vallejo proposes to re-pave a section of Springs Road with rubberized asphalt. The project limits will be from Maywood Drive to Lain Drive, which is approximately 2,700 feet in length. Proposed construction start date is August 2020 utilizing 2,554 tons of hot-mix material.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for August 2020 (Phase 39).  The City has tentatively selected 175,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Moneda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194093512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes a pavement maintenance project and will utilize a combination of rubberized chip seal and rubberized asphalt overlay on various arterial and collector streets in the City. Construction of approximately 60,000 square yards of chip seal and 14,500 tons of hot-mix material for the project is estimated to start in July 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bernard Enrile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  The City proposes construction for Oak Grove Road Pavement Rehabilitation (Project No. 2423), this project will extend the recently completed pavement rehabilitation work on Oak Grove Road from Whitman Road to Treat Boulevard. The Willow Pass Road Repaving (Project No. 2449), this project will rehabilitate the pavement and repair damaged sidewalk, curb and gutter on Willow Pass Road between Galindo Street and San Vincente Drive replacing standard asphalt concrete with rubberized hot mix asphalt. Denkinger Road Pavement Rehabilitation (Project No. 2459), this project will consist of pavement rehabilitation of Denkinger Road, from Wilson Lane to Concord Boulevard. Proposed construction start date is April 2020 utilizing 14,315 tons of hot-mix material and 83,765 chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kellen O'connor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proposed construction start date is 07/2020 utilizing 454,786 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cajon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Senan Kachi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194416209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes to resurface several street collectors and thoroughfares throughout the City. The proposed construction start date is January 2020 and it involves grinding asphalt and replacing it with 8,898 tons of Rubberized hot mix asphalt. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laureen Servin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265802058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will improve all streets located within the area outlined by Mountain View Road, Magnolia Street, Parkway Drive, and Fineview Street. Construction will begin in April 2020 and is estimated to be complete by July 2020. The project will use: 230,000 square yards of chip seal and 2,600 tons of hot-mix material. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael  Karoly, PE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304898129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will place rubberized asphalt emulsion as part of cape seal process on local city streets. Also, the project will place rubberized asphalt concrete on two street. The City proposed construction start date is June 2020 utilizing 10,400 tons of hot-mix material and 142,242 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Souttere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Escondido will use CalRecycle Rubberized Pavement Grant funds to assist with three cycles of the City’s Annual Pavement Maintenance Program (repairing and repaving streets in Maintenance). The City proposed treatment to various residential and local collector streets to include repair of potholes and pavement sections, removal of grass and weeds, filling of major cracks, and application of Asphalt Rubber and Aggregate Membrane (ARAM) Surfacing treatment. Proposed construction start date is March 2020 utilizing 353,258 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fullerton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerome  Joaquin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147383310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will rehabilitate approximately 0.72 miles of heavily deteriorated roadway on Euclid Street from Fern Drive to Williamson Avenue. Euclid is a major arterial highway and is heavily requested for roadway reconstruction. The top 2.5 inches asphalt cap will be rubberized asphalt to provide a smooth roadway, reduce noise, increase the roadway's life, and reduce the amount of rubber in landfills.  The proposed construction start date is June 2020 utilizing 3,520 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carlos Zamano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098648732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will rehabilitate pavement on 29 street segments in the City of Highland, 5 street segments in the City of San Bernardino, and 4 street segment in the County of San Bernardino. The construction performance period will be from August 2020 through April 2022. The project will construct 25,473 tons of Rubberized Asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Irvine</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Uyenly Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497247559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Within the City of Irvine the projects are all pavement rehabilitation of arterial streets. They are Alton Parkway Pavement Rehabilitation (I-5 Fwy to Technology East), Barranca Parkway Pavement Rehabilitation (I-5 Fwy to Ada), and Campus Drive Pavement Rehabilitation (Carlson to MacArthur). Each project will install 12,731 tons of rubberized hot-mixed asphalt. The proposed construction timeframe for all projects is January to June 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lathrop</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael King</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099417430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will utilize hot-mix material and chip seal material on residential and collector streets throughout the City.  The proposed construction start date is June 2020 utilizing 15,212 tons of hot-mix material and 135,242 chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steffen Meyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will consist of rubberized chip seal (followed by a slurry seal). Construction in Summer 2020 utilizing 155,000 SY of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manhattan Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leah Portman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108025309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manhattan Beach is proposing to use rubberized hot-mix asphalt for Rosecrans Avenue, between Village Drive and Aviation Boulevard, and local streets between Marine Avenue and Manhattan Beach Boulevard just east of Sepulveda Boulevard. Curb ramps along the roadway segments are also scheduled to be rehabilitated or added where they are currently missing. The construction is currently scheduled to begin in January 2020 utilizing 7,425 tons of rubberized hot-mix asphalt material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manteca</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alfredo Mijango</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094568422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manteca is proposing to carry out three Hot Mix RAC projects: Springtime Estates Improvement Project, Mayors Park Improvement Project and Shasta Park Improvement Project. The proposed construction start dates are: Springtime Improvement -June 2020; Mayors Park Project-June 2020; and Shasta Park Project-June 2021 utilizing 19,486 tons of Hot Mix consisting of field blend material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pamela Newman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will propose construction start date in April 2020 utilizing 196,537 square yards of combinations thereof for scrub sealing, chip/cape sealing, and micro/macro-surfacing at various locations in Morro Bay.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>Napa County</x:t>
   </x:si>
   <x:si>
     <x:t> Sonja El-wakil</x:t>
   </x:si>
   <x:si>
     <x:t>7072598383</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rubberized Asphalt Concrete pavement overlay along Zinfandel Lane between Highway 29 and Silverado Trail. Proposed construction start date is May 2020 utilizing 3,428 tons of hot-mix material.
 </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Newport Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andy Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496443315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project involves rehabilitating deteriorated asphalt concrete pavement.  Proposed improvements include grinding and overlaying the existing pavement with 36,700 tons of Asphalt Rubber Hot Mix (ARHM) with a proposed construction start date September 2020.  This is a citywide project and is located on various arterials such as: 1.  Ford Road from Jamboree Road to MacArthur Blvd, 2.  Bonita Canyon Road from MacArthur Blvd to State Route 73, 3.  East Coast Highway from MacArthur Blvd to Morning Canyon Road, 4.  East Coast Highway from Morning Canyon Road to Newport Coast Drive, 5.  Jamboree Road from East Coast Hwy to San Joaquin Hills Road, 6.  Jamboree Rd from San Joaquin Hills Road to Ford Road, 7.  MacArthur Blvd from Jamboree Road to Campus Drive, 8.  Marguerite Avenue from East Coast Hwy to 5th Street, 9.  San Miguel Drive from Port Sutton Drive to Ford Road.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Novato</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Gretchen Schubeck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158998950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Novato is proposing to utilize 7,570 tons of rubberized hot-mix material as part of its FY 2020/2021 Pavement Rehabilitation Program on several arterials and collectors. Projects will consist of comprehensive pavement rehabilitation of the existing roadway. Along resurfaced streets ADA compliant curb ramps will be installed/upgraded per federal mandates. Work will also include adjustments of utility manhole covers and water valve covers to grade and removal and replacement of pavement striping and markings. The Pavement Rehabilitation Program is scheduled to take place in July and August 2020.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ventura             </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oxnard will use the grant funds to resurface a number of streets with rubberized asphalt concrete. Proposed construction start date is March 2020 utilizing 34,876 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placentia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elsa Robinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149938189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Placentia is requesting a grant amount of $101,100 under the 2019-20 Rubberized Pavement Grant Program (TRP12) to use rubberized hot-mix asphalt concrete for the Fiscal Year 2019-20 Arterial Roadway Rehabilitation Project. Proposed construction start date is June 2020 utilizing 10,100 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasant Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ann James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256715244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As part of the City of Pleasant Hill's pavement management program, this project will install approximately 25,000 tons of rubberized asphalt hot-mix on select residential streets within 5 neighborhoods. Proposed construction start date is September 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of San Jose, Department of Transportation, Division of Infrastructure Maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Proposed construction start date is June 2020 utilizing 61,482.77 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Simi Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Afsaneh Amami</x:t>
   </x:si>
   <x:si>
     <x:t>8055836852</x:t>
   </x:si>
   <x:si>
-    <x:t>Farrah Fadrigon</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Simi Valley is applying for their upcoming Street Rehabilitation Projects with the estimated construction dates of January 2020 with a total of 21,185.85 tons of rubberized pavement.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...86 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project involves rehabilitating deteriorated asphalt concrete pavement.  Proposed improvements include grinding and overlaying the existing pavement with 36,700 tons of Asphalt Rubber Hot Mix (ARHM) with a proposed construction start date September 2020.  This is a citywide project and is located on various arterials such as: 1.  Ford Road from Jamboree Road to MacArthur Blvd, 2.  Bonita Canyon Road from MacArthur Blvd to State Route 73, 3.  East Coast Highway from MacArthur Blvd to Morning Canyon Road, 4.  East Coast Highway from Morning Canyon Road to Newport Coast Drive, 5.  Jamboree Road from East Coast Hwy to San Joaquin Hills Road, 6.  Jamboree Rd from San Joaquin Hills Road to Ford Road, 7.  MacArthur Blvd from Jamboree Road to Campus Drive, 8.  Marguerite Avenue from East Coast Hwy to 5th Street, 9.  San Miguel Drive from Port Sutton Drive to Ford Road.</x:t>
+    <x:t>City of Temple City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Okan Demirci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143196137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Provide Rubberized Asphalt Concrete (RAC) to approximately 920,000 square feet of pavement as part of the City's Annual Street Pavement Rehabilitation Program.  The project will feature approximately 11,400 tons of Asphalt Rubberized Hot Mix (ARHM), proposed construction start date is January 2020. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vallejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brant Wilson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076488602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vallejo proposes to re-pave a section of Springs Road with rubberized asphalt. The project limits will be from Maywood Drive to Lain Drive, which is approximately 2,700 feet in length. Proposed construction start date is August 2020 utilizing 2,554 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yuba City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josh Wolffe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308223288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Yuba City has multiple projects using rubberized asphalt hot-mix and chip seal material. Proposed construction start date is June 2020 utilizing 2,028 tons of hot-mix material and 42,198 square yards of chip seal material.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rosemead</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Chan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265692154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will feature approximately 16,850 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  Proposed construction start date is December 2020. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Villa Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Akram Hindiyeh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149981500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Repave Several street within the City. Proposed construction start date is April 2020 utilizing 10,000 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indian Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ken Seumalo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607760237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is performing street maintenance along HWY 111 for the total length within city limits, which will utilize Rubberized Asphalt.  The project will consist of pavement repairs, asphalt grinding of the existing Rubberized Asphalt, and application of a new 0.2 thick layer of Rubberized Asphalt. Proposed construction start date is September 2020 utilizing 20,427 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Aliso Viejo</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Shaun Pelletier</x:t>
   </x:si>
   <x:si>
     <x:t>9494252533</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes to rehabilitate Project #1 - Pacific Park Rehabilitation (Aliso Viejo Parkway to Aliso Creek Road) and
 Project #2 - Deerhurst/Foxborough/Wolverine Rehabilitation (Aliso Creek Road to Pacific Park Drive).
 The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers. Proposed construction start date is July 2020 and utilizing 6,536 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Irvine</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>City of Vacaville</x:t>
   </x:si>
   <x:si>
     <x:t> Amer Rihani</x:t>
   </x:si>
   <x:si>
     <x:t>7074495139</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vacaville will resurface several roads and alleys using chip seal and/or cape seal. Proposed construction start date is June 2020 utilizing 112,960 square yards of rubberized chip seal materials.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...234 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  The City proposes construction for Oak Grove Road Pavement Rehabilitation (Project No. 2423), this project will extend the recently completed pavement rehabilitation work on Oak Grove Road from Whitman Road to Treat Boulevard. The Willow Pass Road Repaving (Project No. 2449), this project will rehabilitate the pavement and repair damaged sidewalk, curb and gutter on Willow Pass Road between Galindo Street and San Vincente Drive replacing standard asphalt concrete with rubberized hot mix asphalt. Denkinger Road Pavement Rehabilitation (Project No. 2459), this project will consist of pavement rehabilitation of Denkinger Road, from Wilson Lane to Concord Boulevard. Proposed construction start date is April 2020 utilizing 14,315 tons of hot-mix material and 83,765 chip seal material.</x:t>
+    <x:t>Elk Grove - Rancho Cordova - El Dorado Connector Authority dba Capital SouthEast Connector JPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Derek Minnema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168769093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project will use 11,000 tons Rubberized Hot Mix Asphalt (RHMA) for Segment D3 of the Capital SouthEast Connector Project.  The project will reconstruct White Rock Road from a 2-lane rural road to a 4-lane expressway.  The project begins approximately at the intersection with Prairie City Road to approximately 0.5 miles east of East Bidwell Street.  Construction is scheduled to begin April 2020.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 33</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -671,51 +671,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0639b5db438940ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae28167e939149db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6fac0d21757a4c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2232080e965647e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra5d7b244771144d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R879b9da2ced1439d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -763,843 +763,843 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.95907592773438" customHeight="1" collapsed="0">
+    <x:row ht="344.97637939453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>130254</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47244262695313" customHeight="1" collapsed="0">
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>138765</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.48345947265625" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>211859</x:v>
+        <x:v>370065</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>220000</x:v>
+        <x:v>210000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>155000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4676513671875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>348760</x:v>
+        <x:v>144000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>196537</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>216000</x:v>
+        <x:v>35200</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>45752</x:v>
+        <x:v>190000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>140041</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>74250</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>225606</x:v>
+        <x:v>155000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>70000</x:v>
+        <x:v>74250</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>112960</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A21" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>210000</x:v>
+        <x:v>196537</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A22" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>138765</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>101000</x:v>
+        <x:v>216000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+      <x:c r="G23" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A24" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>204270</x:v>
+        <x:v>151400</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A25" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>151400</x:v>
+        <x:v>348760</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B27" s="8" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>190000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="G27" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+      <x:c r="B28" s="8" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>82758</x:v>
+        <x:v>225606</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="G28" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+      <x:c r="A29" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>79800</x:v>
+        <x:v>211859</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G29" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>35200</x:v>
+        <x:v>79800</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="G30" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+      <x:c r="B31" s="8" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>130254</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>85000</x:v>
+        <x:v>82758</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98046875" customHeight="1" collapsed="0">
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>168500</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B34" s="8" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F34" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="F34" s="8" t="s">
+      <x:c r="G34" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H34" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="G34" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H34" s="8" t="s">
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+      <x:c r="A35" s="8" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>144000</x:v>
+        <x:v>204270</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>45752</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>168500</x:v>
+        <x:v>112960</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
-    <x:row ht="793.4443359375" customHeight="1" collapsed="0">
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>370065</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B39" s="10" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C39" s="10"/>
       <x:c r="D39" s="11" t="n">
         <x:v>6382777</x:v>
       </x:c>
       <x:c r="E39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1623,29 +1623,29 @@
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 6, 2025 10:16 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:55 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>