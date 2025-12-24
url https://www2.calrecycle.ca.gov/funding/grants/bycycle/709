--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,542 +1,542 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd64107274b43fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025d94b0d74f4801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra5d7b244771144d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1bb535db4eb34db1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Rubberized Pavement Grant Program (TRP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...8 lines deleted...]
-    <x:t>5107477938</x:t>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vallejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brant Wilson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076488602</x:t>
   </x:si>
   <x:si>
     <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for August 2020 (Phase 39).  The City has tentatively selected 175,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  </x:t>
-[...215 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will propose construction start date in April 2020 utilizing 196,537 square yards of combinations thereof for scrub sealing, chip/cape sealing, and micro/macro-surfacing at various locations in Morro Bay.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vallejo proposes to re-pave a section of Springs Road with rubberized asphalt. The project limits will be from Maywood Drive to Lain Drive, which is approximately 2,700 feet in length. Proposed construction start date is August 2020 utilizing 2,554 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>Napa County</x:t>
   </x:si>
   <x:si>
     <x:t> Sonja El-wakil</x:t>
   </x:si>
   <x:si>
     <x:t>7072598383</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rubberized Asphalt Concrete pavement overlay along Zinfandel Lane between Highway 29 and Silverado Trail. Proposed construction start date is May 2020 utilizing 3,428 tons of hot-mix material.
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Simi Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Afsaneh Amami</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055836852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Simi Valley is applying for their upcoming Street Rehabilitation Projects with the estimated construction dates of January 2020 with a total of 21,185.85 tons of rubberized pavement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elk Grove - Rancho Cordova - El Dorado Connector Authority dba Capital SouthEast Connector JPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Derek Minnema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168769093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project will use 11,000 tons Rubberized Hot Mix Asphalt (RHMA) for Segment D3 of the Capital SouthEast Connector Project.  The project will reconstruct White Rock Road from a 2-lane rural road to a 4-lane expressway.  The project begins approximately at the intersection with Prairie City Road to approximately 0.5 miles east of East Bidwell Street.  Construction is scheduled to begin April 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steffen Meyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will consist of rubberized chip seal (followed by a slurry seal). Construction in Summer 2020 utilizing 155,000 SY of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Souttere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Escondido will use CalRecycle Rubberized Pavement Grant funds to assist with three cycles of the City’s Annual Pavement Maintenance Program (repairing and repaving streets in Maintenance). The City proposed treatment to various residential and local collector streets to include repair of potholes and pavement sections, removal of grass and weeds, filling of major cracks, and application of Asphalt Rubber and Aggregate Membrane (ARAM) Surfacing treatment. Proposed construction start date is March 2020 utilizing 353,258 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oxnard will use the grant funds to resurface a number of streets with rubberized asphalt concrete. Proposed construction start date is March 2020 utilizing 34,876 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pamela Newman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will propose construction start date in April 2020 utilizing 196,537 square yards of combinations thereof for scrub sealing, chip/cape sealing, and micro/macro-surfacing at various locations in Morro Bay.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Newport Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Andy Tran</x:t>
   </x:si>
   <x:si>
     <x:t>9496443315</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project involves rehabilitating deteriorated asphalt concrete pavement.  Proposed improvements include grinding and overlaying the existing pavement with 36,700 tons of Asphalt Rubber Hot Mix (ARHM) with a proposed construction start date September 2020.  This is a citywide project and is located on various arterials such as: 1.  Ford Road from Jamboree Road to MacArthur Blvd, 2.  Bonita Canyon Road from MacArthur Blvd to State Route 73, 3.  East Coast Highway from MacArthur Blvd to Morning Canyon Road, 4.  East Coast Highway from Morning Canyon Road to Newport Coast Drive, 5.  Jamboree Road from East Coast Hwy to San Joaquin Hills Road, 6.  Jamboree Rd from San Joaquin Hills Road to Ford Road, 7.  MacArthur Blvd from Jamboree Road to Campus Drive, 8.  Marguerite Avenue from East Coast Hwy to 5th Street, 9.  San Miguel Drive from Port Sutton Drive to Ford Road.</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...161 lines deleted...]
-  <x:si>
     <x:t>City of Aliso Viejo</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Shaun Pelletier</x:t>
   </x:si>
   <x:si>
     <x:t>9494252533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes to rehabilitate Project #1 - Pacific Park Rehabilitation (Aliso Viejo Parkway to Aliso Creek Road) and
 Project #2 - Deerhurst/Foxborough/Wolverine Rehabilitation (Aliso Creek Road to Pacific Park Drive).
 The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers. Proposed construction start date is July 2020 and utilizing 6,536 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
+    <x:t>City of Irvine</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Uyenly Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497247559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Within the City of Irvine the projects are all pavement rehabilitation of arterial streets. They are Alton Parkway Pavement Rehabilitation (I-5 Fwy to Technology East), Barranca Parkway Pavement Rehabilitation (I-5 Fwy to Ada), and Campus Drive Pavement Rehabilitation (Carlson to MacArthur). Each project will install 12,731 tons of rubberized hot-mixed asphalt. The proposed construction timeframe for all projects is January to June 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manhattan Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leah Portman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108025309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manhattan Beach is proposing to use rubberized hot-mix asphalt for Rosecrans Avenue, between Village Drive and Aviation Boulevard, and local streets between Marine Avenue and Manhattan Beach Boulevard just east of Sepulveda Boulevard. Curb ramps along the roadway segments are also scheduled to be rehabilitated or added where they are currently missing. The construction is currently scheduled to begin in January 2020 utilizing 7,425 tons of rubberized hot-mix asphalt material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of San Jose, Department of Transportation, Division of Infrastructure Maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Proposed construction start date is June 2020 utilizing 61,482.77 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Villa Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Akram Hindiyeh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149981500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Repave Several street within the City. Proposed construction start date is April 2020 utilizing 10,000 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Vacaville</x:t>
   </x:si>
   <x:si>
     <x:t> Amer Rihani</x:t>
   </x:si>
   <x:si>
     <x:t>7074495139</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vacaville will resurface several roads and alleys using chip seal and/or cape seal. Proposed construction start date is June 2020 utilizing 112,960 square yards of rubberized chip seal materials.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Elk Grove - Rancho Cordova - El Dorado Connector Authority dba Capital SouthEast Connector JPA</x:t>
-[...8 lines deleted...]
-    <x:t>The proposed project will use 11,000 tons Rubberized Hot Mix Asphalt (RHMA) for Segment D3 of the Capital SouthEast Connector Project.  The project will reconstruct White Rock Road from a 2-lane rural road to a 4-lane expressway.  The project begins approximately at the intersection with Prairie City Road to approximately 0.5 miles east of East Bidwell Street.  Construction is scheduled to begin April 2020.</x:t>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kellen O'connor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proposed construction start date is 07/2020 utilizing 454,786 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manteca</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alfredo Mijango</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094568422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manteca is proposing to carry out three Hot Mix RAC projects: Springtime Estates Improvement Project, Mayors Park Improvement Project and Shasta Park Improvement Project. The proposed construction start dates are: Springtime Improvement -June 2020; Mayors Park Project-June 2020; and Shasta Park Project-June 2021 utilizing 19,486 tons of Hot Mix consisting of field blend material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placentia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elsa Robinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149938189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Placentia is requesting a grant amount of $101,100 under the 2019-20 Rubberized Pavement Grant Program (TRP12) to use rubberized hot-mix asphalt concrete for the Fiscal Year 2019-20 Arterial Roadway Rehabilitation Project. Proposed construction start date is June 2020 utilizing 10,100 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indian Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ken Seumalo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607760237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is performing street maintenance along HWY 111 for the total length within city limits, which will utilize Rubberized Asphalt.  The project will consist of pavement repairs, asphalt grinding of the existing Rubberized Asphalt, and application of a new 0.2 thick layer of Rubberized Asphalt. Proposed construction start date is September 2020 utilizing 20,427 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Novato</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Gretchen Schubeck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158998950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Novato is proposing to utilize 7,570 tons of rubberized hot-mix material as part of its FY 2020/2021 Pavement Rehabilitation Program on several arterials and collectors. Projects will consist of comprehensive pavement rehabilitation of the existing roadway. Along resurfaced streets ADA compliant curb ramps will be installed/upgraded per federal mandates. Work will also include adjustments of utility manhole covers and water valve covers to grade and removal and replacement of pavement striping and markings. The Pavement Rehabilitation Program is scheduled to take place in July and August 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Moneda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194093512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes a pavement maintenance project and will utilize a combination of rubberized chip seal and rubberized asphalt overlay on various arterial and collector streets in the City. Construction of approximately 60,000 square yards of chip seal and 14,500 tons of hot-mix material for the project is estimated to start in July 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carlos Zamano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098648732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will rehabilitate pavement on 29 street segments in the City of Highland, 5 street segments in the City of San Bernardino, and 4 street segment in the County of San Bernardino. The construction performance period will be from August 2020 through April 2022. The project will construct 25,473 tons of Rubberized Asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yuba City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josh Wolffe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308223288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Yuba City has multiple projects using rubberized asphalt hot-mix and chip seal material. Proposed construction start date is June 2020 utilizing 2,028 tons of hot-mix material and 42,198 square yards of chip seal material.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Temple City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Okan Demirci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143196137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Provide Rubberized Asphalt Concrete (RAC) to approximately 920,000 square feet of pavement as part of the City's Annual Street Pavement Rehabilitation Program.  The project will feature approximately 11,400 tons of Asphalt Rubberized Hot Mix (ARHM), proposed construction start date is January 2020. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fullerton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerome  Joaquin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147383310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will rehabilitate approximately 0.72 miles of heavily deteriorated roadway on Euclid Street from Fern Drive to Williamson Avenue. Euclid is a major arterial highway and is heavily requested for roadway reconstruction. The top 2.5 inches asphalt cap will be rubberized asphalt to provide a smooth roadway, reduce noise, increase the roadway's life, and reduce the amount of rubber in landfills.  The proposed construction start date is June 2020 utilizing 3,520 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lathrop</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael King</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099417430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will utilize hot-mix material and chip seal material on residential and collector streets throughout the City.  The proposed construction start date is June 2020 utilizing 15,212 tons of hot-mix material and 135,242 chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laureen Servin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265802058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will improve all streets located within the area outlined by Mountain View Road, Magnolia Street, Parkway Drive, and Fineview Street. Construction will begin in April 2020 and is estimated to be complete by July 2020. The project will use: 230,000 square yards of chip seal and 2,600 tons of hot-mix material. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cajon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Senan Kachi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194416209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes to resurface several street collectors and thoroughfares throughout the City. The proposed construction start date is January 2020 and it involves grinding asphalt and replacing it with 8,898 tons of Rubberized hot mix asphalt. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erin Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for August 2020 (Phase 39).  The City has tentatively selected 175,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael  Karoly, PE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304898129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will place rubberized asphalt emulsion as part of cape seal process on local city streets. Also, the project will place rubberized asphalt concrete on two street. The City proposed construction start date is June 2020 utilizing 10,400 tons of hot-mix material and 142,242 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasant Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ann James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256715244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As part of the City of Pleasant Hill's pavement management program, this project will install approximately 25,000 tons of rubberized asphalt hot-mix on select residential streets within 5 neighborhoods. Proposed construction start date is September 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rosemead</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Chan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265692154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will feature approximately 16,850 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  Proposed construction start date is December 2020. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bernard Enrile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  The City proposes construction for Oak Grove Road Pavement Rehabilitation (Project No. 2423), this project will extend the recently completed pavement rehabilitation work on Oak Grove Road from Whitman Road to Treat Boulevard. The Willow Pass Road Repaving (Project No. 2449), this project will rehabilitate the pavement and repair damaged sidewalk, curb and gutter on Willow Pass Road between Galindo Street and San Vincente Drive replacing standard asphalt concrete with rubberized hot mix asphalt. Denkinger Road Pavement Rehabilitation (Project No. 2459), this project will consist of pavement rehabilitation of Denkinger Road, from Wilson Lane to Concord Boulevard. Proposed construction start date is April 2020 utilizing 14,315 tons of hot-mix material and 83,765 chip seal material.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 33</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -671,51 +671,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2232080e965647e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra5d7b244771144d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R879b9da2ced1439d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bcb80bdf3ea4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1bb535db4eb34db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7a117dff3d77462f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -763,843 +763,843 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.97637939453125" customHeight="1" collapsed="0">
+    <x:row ht="321.95907592773438" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>130254</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+    <x:row ht="264.47244262695313" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>138765</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="241.48345947265625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>370065</x:v>
+        <x:v>211859</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>210000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>155000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4676513671875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>85000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>144000</x:v>
+        <x:v>348760</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>196537</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>35200</x:v>
+        <x:v>216000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>190000</x:v>
+        <x:v>45752</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.469482421875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>140041</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>74250</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>155000</x:v>
+        <x:v>225606</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>74250</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>112960</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>196537</x:v>
+        <x:v>210000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>138765</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>216000</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96044921875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>151400</x:v>
+        <x:v>204270</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>348760</x:v>
+        <x:v>151400</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>101000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>190000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>225606</x:v>
+        <x:v>82758</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>211859</x:v>
+        <x:v>79800</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>79800</x:v>
+        <x:v>35200</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>130254</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>82758</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+    <x:row ht="275.98046875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>168500</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99609375" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>70000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>204270</x:v>
+        <x:v>144000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>45752</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>112960</x:v>
+        <x:v>168500</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.474609375" customHeight="1" collapsed="0">
+    <x:row ht="793.4443359375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>220000</x:v>
+        <x:v>370065</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B39" s="10" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C39" s="10"/>
       <x:c r="D39" s="11" t="n">
         <x:v>6382777</x:v>
       </x:c>
       <x:c r="E39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1623,29 +1623,29 @@
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:55 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>