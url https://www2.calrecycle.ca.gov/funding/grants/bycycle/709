--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025d94b0d74f4801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra41c69637ab54c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1bb535db4eb34db1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R189fb9d695134272"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Rubberized Pavement Grant Program (TRP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -671,51 +671,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bcb80bdf3ea4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1bb535db4eb34db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7a117dff3d77462f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9e4e554c9548d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R189fb9d695134272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rabea822c98a34d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1623,29 +1623,29 @@
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:14 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>