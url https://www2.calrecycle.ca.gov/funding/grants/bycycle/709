--- v3 (2025-12-24)
+++ v4 (2026-03-09)
@@ -1,542 +1,542 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra41c69637ab54c4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb90027beedc4a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R189fb9d695134272"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc93ee5352c9a4341"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Rubberized Pavement Grant Program (TRP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Solano              </x:t>
-[...8 lines deleted...]
-    <x:t>7076488602</x:t>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erin Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477938</x:t>
   </x:si>
   <x:si>
     <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vallejo proposes to re-pave a section of Springs Road with rubberized asphalt. The project limits will be from Maywood Drive to Lain Drive, which is approximately 2,700 feet in length. Proposed construction start date is August 2020 utilizing 2,554 tons of hot-mix material.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for August 2020 (Phase 39).  The City has tentatively selected 175,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Moneda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194093512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes a pavement maintenance project and will utilize a combination of rubberized chip seal and rubberized asphalt overlay on various arterial and collector streets in the City. Construction of approximately 60,000 square yards of chip seal and 14,500 tons of hot-mix material for the project is estimated to start in July 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bernard Enrile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  The City proposes construction for Oak Grove Road Pavement Rehabilitation (Project No. 2423), this project will extend the recently completed pavement rehabilitation work on Oak Grove Road from Whitman Road to Treat Boulevard. The Willow Pass Road Repaving (Project No. 2449), this project will rehabilitate the pavement and repair damaged sidewalk, curb and gutter on Willow Pass Road between Galindo Street and San Vincente Drive replacing standard asphalt concrete with rubberized hot mix asphalt. Denkinger Road Pavement Rehabilitation (Project No. 2459), this project will consist of pavement rehabilitation of Denkinger Road, from Wilson Lane to Concord Boulevard. Proposed construction start date is April 2020 utilizing 14,315 tons of hot-mix material and 83,765 chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kellen O'connor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proposed construction start date is 07/2020 utilizing 454,786 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cajon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Senan Kachi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194416209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes to resurface several street collectors and thoroughfares throughout the City. The proposed construction start date is January 2020 and it involves grinding asphalt and replacing it with 8,898 tons of Rubberized hot mix asphalt. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laureen Servin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265802058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will improve all streets located within the area outlined by Mountain View Road, Magnolia Street, Parkway Drive, and Fineview Street. Construction will begin in April 2020 and is estimated to be complete by July 2020. The project will use: 230,000 square yards of chip seal and 2,600 tons of hot-mix material. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael  Karoly, PE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304898129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will place rubberized asphalt emulsion as part of cape seal process on local city streets. Also, the project will place rubberized asphalt concrete on two street. The City proposed construction start date is June 2020 utilizing 10,400 tons of hot-mix material and 142,242 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Souttere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Escondido will use CalRecycle Rubberized Pavement Grant funds to assist with three cycles of the City’s Annual Pavement Maintenance Program (repairing and repaving streets in Maintenance). The City proposed treatment to various residential and local collector streets to include repair of potholes and pavement sections, removal of grass and weeds, filling of major cracks, and application of Asphalt Rubber and Aggregate Membrane (ARAM) Surfacing treatment. Proposed construction start date is March 2020 utilizing 353,258 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fullerton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerome  Joaquin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147383310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will rehabilitate approximately 0.72 miles of heavily deteriorated roadway on Euclid Street from Fern Drive to Williamson Avenue. Euclid is a major arterial highway and is heavily requested for roadway reconstruction. The top 2.5 inches asphalt cap will be rubberized asphalt to provide a smooth roadway, reduce noise, increase the roadway's life, and reduce the amount of rubber in landfills.  The proposed construction start date is June 2020 utilizing 3,520 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carlos Zamano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098648732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will rehabilitate pavement on 29 street segments in the City of Highland, 5 street segments in the City of San Bernardino, and 4 street segment in the County of San Bernardino. The construction performance period will be from August 2020 through April 2022. The project will construct 25,473 tons of Rubberized Asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Irvine</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Uyenly Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497247559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Within the City of Irvine the projects are all pavement rehabilitation of arterial streets. They are Alton Parkway Pavement Rehabilitation (I-5 Fwy to Technology East), Barranca Parkway Pavement Rehabilitation (I-5 Fwy to Ada), and Campus Drive Pavement Rehabilitation (Carlson to MacArthur). Each project will install 12,731 tons of rubberized hot-mixed asphalt. The proposed construction timeframe for all projects is January to June 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lathrop</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael King</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099417430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will utilize hot-mix material and chip seal material on residential and collector streets throughout the City.  The proposed construction start date is June 2020 utilizing 15,212 tons of hot-mix material and 135,242 chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steffen Meyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will consist of rubberized chip seal (followed by a slurry seal). Construction in Summer 2020 utilizing 155,000 SY of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manhattan Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leah Portman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108025309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manhattan Beach is proposing to use rubberized hot-mix asphalt for Rosecrans Avenue, between Village Drive and Aviation Boulevard, and local streets between Marine Avenue and Manhattan Beach Boulevard just east of Sepulveda Boulevard. Curb ramps along the roadway segments are also scheduled to be rehabilitated or added where they are currently missing. The construction is currently scheduled to begin in January 2020 utilizing 7,425 tons of rubberized hot-mix asphalt material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manteca</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alfredo Mijango</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094568422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manteca is proposing to carry out three Hot Mix RAC projects: Springtime Estates Improvement Project, Mayors Park Improvement Project and Shasta Park Improvement Project. The proposed construction start dates are: Springtime Improvement -June 2020; Mayors Park Project-June 2020; and Shasta Park Project-June 2021 utilizing 19,486 tons of Hot Mix consisting of field blend material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pamela Newman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will propose construction start date in April 2020 utilizing 196,537 square yards of combinations thereof for scrub sealing, chip/cape sealing, and micro/macro-surfacing at various locations in Morro Bay.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>Napa County</x:t>
   </x:si>
   <x:si>
     <x:t> Sonja El-wakil</x:t>
   </x:si>
   <x:si>
     <x:t>7072598383</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rubberized Asphalt Concrete pavement overlay along Zinfandel Lane between Highway 29 and Silverado Trail. Proposed construction start date is May 2020 utilizing 3,428 tons of hot-mix material.
 </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Newport Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andy Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496443315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project involves rehabilitating deteriorated asphalt concrete pavement.  Proposed improvements include grinding and overlaying the existing pavement with 36,700 tons of Asphalt Rubber Hot Mix (ARHM) with a proposed construction start date September 2020.  This is a citywide project and is located on various arterials such as: 1.  Ford Road from Jamboree Road to MacArthur Blvd, 2.  Bonita Canyon Road from MacArthur Blvd to State Route 73, 3.  East Coast Highway from MacArthur Blvd to Morning Canyon Road, 4.  East Coast Highway from Morning Canyon Road to Newport Coast Drive, 5.  Jamboree Road from East Coast Hwy to San Joaquin Hills Road, 6.  Jamboree Rd from San Joaquin Hills Road to Ford Road, 7.  MacArthur Blvd from Jamboree Road to Campus Drive, 8.  Marguerite Avenue from East Coast Hwy to 5th Street, 9.  San Miguel Drive from Port Sutton Drive to Ford Road.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Novato</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Gretchen Schubeck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158998950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Novato is proposing to utilize 7,570 tons of rubberized hot-mix material as part of its FY 2020/2021 Pavement Rehabilitation Program on several arterials and collectors. Projects will consist of comprehensive pavement rehabilitation of the existing roadway. Along resurfaced streets ADA compliant curb ramps will be installed/upgraded per federal mandates. Work will also include adjustments of utility manhole covers and water valve covers to grade and removal and replacement of pavement striping and markings. The Pavement Rehabilitation Program is scheduled to take place in July and August 2020.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ventura             </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oxnard will use the grant funds to resurface a number of streets with rubberized asphalt concrete. Proposed construction start date is March 2020 utilizing 34,876 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placentia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elsa Robinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149938189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Placentia is requesting a grant amount of $101,100 under the 2019-20 Rubberized Pavement Grant Program (TRP12) to use rubberized hot-mix asphalt concrete for the Fiscal Year 2019-20 Arterial Roadway Rehabilitation Project. Proposed construction start date is June 2020 utilizing 10,100 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasant Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ann James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256715244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As part of the City of Pleasant Hill's pavement management program, this project will install approximately 25,000 tons of rubberized asphalt hot-mix on select residential streets within 5 neighborhoods. Proposed construction start date is September 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of San Jose, Department of Transportation, Division of Infrastructure Maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Proposed construction start date is June 2020 utilizing 61,482.77 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Simi Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Afsaneh Amami</x:t>
   </x:si>
   <x:si>
     <x:t>8055836852</x:t>
   </x:si>
   <x:si>
-    <x:t>Farrah Fadrigon</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Simi Valley is applying for their upcoming Street Rehabilitation Projects with the estimated construction dates of January 2020 with a total of 21,185.85 tons of rubberized pavement.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...86 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project involves rehabilitating deteriorated asphalt concrete pavement.  Proposed improvements include grinding and overlaying the existing pavement with 36,700 tons of Asphalt Rubber Hot Mix (ARHM) with a proposed construction start date September 2020.  This is a citywide project and is located on various arterials such as: 1.  Ford Road from Jamboree Road to MacArthur Blvd, 2.  Bonita Canyon Road from MacArthur Blvd to State Route 73, 3.  East Coast Highway from MacArthur Blvd to Morning Canyon Road, 4.  East Coast Highway from Morning Canyon Road to Newport Coast Drive, 5.  Jamboree Road from East Coast Hwy to San Joaquin Hills Road, 6.  Jamboree Rd from San Joaquin Hills Road to Ford Road, 7.  MacArthur Blvd from Jamboree Road to Campus Drive, 8.  Marguerite Avenue from East Coast Hwy to 5th Street, 9.  San Miguel Drive from Port Sutton Drive to Ford Road.</x:t>
+    <x:t>City of Temple City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Okan Demirci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143196137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Provide Rubberized Asphalt Concrete (RAC) to approximately 920,000 square feet of pavement as part of the City's Annual Street Pavement Rehabilitation Program.  The project will feature approximately 11,400 tons of Asphalt Rubberized Hot Mix (ARHM), proposed construction start date is January 2020. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vallejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brant Wilson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076488602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vallejo proposes to re-pave a section of Springs Road with rubberized asphalt. The project limits will be from Maywood Drive to Lain Drive, which is approximately 2,700 feet in length. Proposed construction start date is August 2020 utilizing 2,554 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yuba City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josh Wolffe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308223288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Yuba City has multiple projects using rubberized asphalt hot-mix and chip seal material. Proposed construction start date is June 2020 utilizing 2,028 tons of hot-mix material and 42,198 square yards of chip seal material.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rosemead</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Chan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265692154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will feature approximately 16,850 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  Proposed construction start date is December 2020. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Villa Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Akram Hindiyeh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149981500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Repave Several street within the City. Proposed construction start date is April 2020 utilizing 10,000 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indian Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ken Seumalo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607760237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is performing street maintenance along HWY 111 for the total length within city limits, which will utilize Rubberized Asphalt.  The project will consist of pavement repairs, asphalt grinding of the existing Rubberized Asphalt, and application of a new 0.2 thick layer of Rubberized Asphalt. Proposed construction start date is September 2020 utilizing 20,427 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Aliso Viejo</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Shaun Pelletier</x:t>
   </x:si>
   <x:si>
     <x:t>9494252533</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes to rehabilitate Project #1 - Pacific Park Rehabilitation (Aliso Viejo Parkway to Aliso Creek Road) and
 Project #2 - Deerhurst/Foxborough/Wolverine Rehabilitation (Aliso Creek Road to Pacific Park Drive).
 The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers. Proposed construction start date is July 2020 and utilizing 6,536 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Irvine</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>City of Vacaville</x:t>
   </x:si>
   <x:si>
     <x:t> Amer Rihani</x:t>
   </x:si>
   <x:si>
     <x:t>7074495139</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vacaville will resurface several roads and alleys using chip seal and/or cape seal. Proposed construction start date is June 2020 utilizing 112,960 square yards of rubberized chip seal materials.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...234 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  The City proposes construction for Oak Grove Road Pavement Rehabilitation (Project No. 2423), this project will extend the recently completed pavement rehabilitation work on Oak Grove Road from Whitman Road to Treat Boulevard. The Willow Pass Road Repaving (Project No. 2449), this project will rehabilitate the pavement and repair damaged sidewalk, curb and gutter on Willow Pass Road between Galindo Street and San Vincente Drive replacing standard asphalt concrete with rubberized hot mix asphalt. Denkinger Road Pavement Rehabilitation (Project No. 2459), this project will consist of pavement rehabilitation of Denkinger Road, from Wilson Lane to Concord Boulevard. Proposed construction start date is April 2020 utilizing 14,315 tons of hot-mix material and 83,765 chip seal material.</x:t>
+    <x:t>Elk Grove - Rancho Cordova - El Dorado Connector Authority dba Capital SouthEast Connector JPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Derek Minnema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168769093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project will use 11,000 tons Rubberized Hot Mix Asphalt (RHMA) for Segment D3 of the Capital SouthEast Connector Project.  The project will reconstruct White Rock Road from a 2-lane rural road to a 4-lane expressway.  The project begins approximately at the intersection with Prairie City Road to approximately 0.5 miles east of East Bidwell Street.  Construction is scheduled to begin April 2020.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 33</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -671,51 +671,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a9e4e554c9548d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R189fb9d695134272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rabea822c98a34d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3614c8f984d949b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc93ee5352c9a4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7e006c2a38be4f57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -763,843 +763,843 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.95907592773438" customHeight="1" collapsed="0">
+    <x:row ht="344.97637939453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>130254</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47244262695313" customHeight="1" collapsed="0">
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>138765</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.48345947265625" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>211859</x:v>
+        <x:v>370065</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>220000</x:v>
+        <x:v>210000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>155000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4676513671875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>348760</x:v>
+        <x:v>144000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>196537</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>216000</x:v>
+        <x:v>35200</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>45752</x:v>
+        <x:v>190000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>140041</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>74250</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>225606</x:v>
+        <x:v>155000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>70000</x:v>
+        <x:v>74250</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>112960</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A21" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>210000</x:v>
+        <x:v>196537</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A22" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>138765</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>101000</x:v>
+        <x:v>216000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+      <x:c r="G23" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A24" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>204270</x:v>
+        <x:v>151400</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A25" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>151400</x:v>
+        <x:v>348760</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B27" s="8" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>190000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="G27" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+      <x:c r="B28" s="8" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>82758</x:v>
+        <x:v>225606</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="G28" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+      <x:c r="A29" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>79800</x:v>
+        <x:v>211859</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="G29" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>35200</x:v>
+        <x:v>79800</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="G30" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+      <x:c r="B31" s="8" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>130254</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>85000</x:v>
+        <x:v>82758</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98046875" customHeight="1" collapsed="0">
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>168500</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B34" s="8" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F34" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="F34" s="8" t="s">
+      <x:c r="G34" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="H34" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="G34" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H34" s="8" t="s">
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+      <x:c r="A35" s="8" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>144000</x:v>
+        <x:v>204270</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>45752</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>168500</x:v>
+        <x:v>112960</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
-    <x:row ht="793.4443359375" customHeight="1" collapsed="0">
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>370065</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B39" s="10" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C39" s="10"/>
       <x:c r="D39" s="11" t="n">
         <x:v>6382777</x:v>
       </x:c>
       <x:c r="E39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1623,29 +1623,29 @@
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:14 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>