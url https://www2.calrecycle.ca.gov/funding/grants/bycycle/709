--- v4 (2026-03-09)
+++ v5 (2026-03-10)
@@ -1,542 +1,542 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb90027beedc4a7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a25692c7a1475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc93ee5352c9a4341"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R26fccc9c58704261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Rubberized Pavement Grant Program (TRP12)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Alameda             </x:t>
-[...8 lines deleted...]
-    <x:t>5107477938</x:t>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vallejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brant Wilson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076488602</x:t>
   </x:si>
   <x:si>
     <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for August 2020 (Phase 39).  The City has tentatively selected 175,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  </x:t>
-[...215 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will propose construction start date in April 2020 utilizing 196,537 square yards of combinations thereof for scrub sealing, chip/cape sealing, and micro/macro-surfacing at various locations in Morro Bay.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vallejo proposes to re-pave a section of Springs Road with rubberized asphalt. The project limits will be from Maywood Drive to Lain Drive, which is approximately 2,700 feet in length. Proposed construction start date is August 2020 utilizing 2,554 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>Napa County</x:t>
   </x:si>
   <x:si>
     <x:t> Sonja El-wakil</x:t>
   </x:si>
   <x:si>
     <x:t>7072598383</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rubberized Asphalt Concrete pavement overlay along Zinfandel Lane between Highway 29 and Silverado Trail. Proposed construction start date is May 2020 utilizing 3,428 tons of hot-mix material.
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Simi Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Afsaneh Amami</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055836852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Simi Valley is applying for their upcoming Street Rehabilitation Projects with the estimated construction dates of January 2020 with a total of 21,185.85 tons of rubberized pavement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elk Grove - Rancho Cordova - El Dorado Connector Authority dba Capital SouthEast Connector JPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Derek Minnema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168769093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project will use 11,000 tons Rubberized Hot Mix Asphalt (RHMA) for Segment D3 of the Capital SouthEast Connector Project.  The project will reconstruct White Rock Road from a 2-lane rural road to a 4-lane expressway.  The project begins approximately at the intersection with Prairie City Road to approximately 0.5 miles east of East Bidwell Street.  Construction is scheduled to begin April 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steffen Meyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will consist of rubberized chip seal (followed by a slurry seal). Construction in Summer 2020 utilizing 155,000 SY of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Souttere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Escondido will use CalRecycle Rubberized Pavement Grant funds to assist with three cycles of the City’s Annual Pavement Maintenance Program (repairing and repaving streets in Maintenance). The City proposed treatment to various residential and local collector streets to include repair of potholes and pavement sections, removal of grass and weeds, filling of major cracks, and application of Asphalt Rubber and Aggregate Membrane (ARAM) Surfacing treatment. Proposed construction start date is March 2020 utilizing 353,258 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Oxnard will use the grant funds to resurface a number of streets with rubberized asphalt concrete. Proposed construction start date is March 2020 utilizing 34,876 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morro Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pamela Newman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057726215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will propose construction start date in April 2020 utilizing 196,537 square yards of combinations thereof for scrub sealing, chip/cape sealing, and micro/macro-surfacing at various locations in Morro Bay.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Newport Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Andy Tran</x:t>
   </x:si>
   <x:si>
     <x:t>9496443315</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project involves rehabilitating deteriorated asphalt concrete pavement.  Proposed improvements include grinding and overlaying the existing pavement with 36,700 tons of Asphalt Rubber Hot Mix (ARHM) with a proposed construction start date September 2020.  This is a citywide project and is located on various arterials such as: 1.  Ford Road from Jamboree Road to MacArthur Blvd, 2.  Bonita Canyon Road from MacArthur Blvd to State Route 73, 3.  East Coast Highway from MacArthur Blvd to Morning Canyon Road, 4.  East Coast Highway from Morning Canyon Road to Newport Coast Drive, 5.  Jamboree Road from East Coast Hwy to San Joaquin Hills Road, 6.  Jamboree Rd from San Joaquin Hills Road to Ford Road, 7.  MacArthur Blvd from Jamboree Road to Campus Drive, 8.  Marguerite Avenue from East Coast Hwy to 5th Street, 9.  San Miguel Drive from Port Sutton Drive to Ford Road.</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...161 lines deleted...]
-  <x:si>
     <x:t>City of Aliso Viejo</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Shaun Pelletier</x:t>
   </x:si>
   <x:si>
     <x:t>9494252533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes to rehabilitate Project #1 - Pacific Park Rehabilitation (Aliso Viejo Parkway to Aliso Creek Road) and
 Project #2 - Deerhurst/Foxborough/Wolverine Rehabilitation (Aliso Creek Road to Pacific Park Drive).
 The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers. Proposed construction start date is July 2020 and utilizing 6,536 tons of hot-mix material.</x:t>
   </x:si>
   <x:si>
+    <x:t>City of Irvine</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Uyenly Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497247559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Within the City of Irvine the projects are all pavement rehabilitation of arterial streets. They are Alton Parkway Pavement Rehabilitation (I-5 Fwy to Technology East), Barranca Parkway Pavement Rehabilitation (I-5 Fwy to Ada), and Campus Drive Pavement Rehabilitation (Carlson to MacArthur). Each project will install 12,731 tons of rubberized hot-mixed asphalt. The proposed construction timeframe for all projects is January to June 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manhattan Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leah Portman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108025309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manhattan Beach is proposing to use rubberized hot-mix asphalt for Rosecrans Avenue, between Village Drive and Aviation Boulevard, and local streets between Marine Avenue and Manhattan Beach Boulevard just east of Sepulveda Boulevard. Curb ramps along the roadway segments are also scheduled to be rehabilitated or added where they are currently missing. The construction is currently scheduled to begin in January 2020 utilizing 7,425 tons of rubberized hot-mix asphalt material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of San Jose, Department of Transportation, Division of Infrastructure Maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Proposed construction start date is June 2020 utilizing 61,482.77 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Villa Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Akram Hindiyeh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149981500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Repave Several street within the City. Proposed construction start date is April 2020 utilizing 10,000 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Vacaville</x:t>
   </x:si>
   <x:si>
     <x:t> Amer Rihani</x:t>
   </x:si>
   <x:si>
     <x:t>7074495139</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vacaville will resurface several roads and alleys using chip seal and/or cape seal. Proposed construction start date is June 2020 utilizing 112,960 square yards of rubberized chip seal materials.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Elk Grove - Rancho Cordova - El Dorado Connector Authority dba Capital SouthEast Connector JPA</x:t>
-[...8 lines deleted...]
-    <x:t>The proposed project will use 11,000 tons Rubberized Hot Mix Asphalt (RHMA) for Segment D3 of the Capital SouthEast Connector Project.  The project will reconstruct White Rock Road from a 2-lane rural road to a 4-lane expressway.  The project begins approximately at the intersection with Prairie City Road to approximately 0.5 miles east of East Bidwell Street.  Construction is scheduled to begin April 2020.</x:t>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kellen O'connor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proposed construction start date is 07/2020 utilizing 454,786 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manteca</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alfredo Mijango</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094568422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manteca is proposing to carry out three Hot Mix RAC projects: Springtime Estates Improvement Project, Mayors Park Improvement Project and Shasta Park Improvement Project. The proposed construction start dates are: Springtime Improvement -June 2020; Mayors Park Project-June 2020; and Shasta Park Project-June 2021 utilizing 19,486 tons of Hot Mix consisting of field blend material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placentia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elsa Robinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149938189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Placentia is requesting a grant amount of $101,100 under the 2019-20 Rubberized Pavement Grant Program (TRP12) to use rubberized hot-mix asphalt concrete for the Fiscal Year 2019-20 Arterial Roadway Rehabilitation Project. Proposed construction start date is June 2020 utilizing 10,100 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indian Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ken Seumalo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607760237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is performing street maintenance along HWY 111 for the total length within city limits, which will utilize Rubberized Asphalt.  The project will consist of pavement repairs, asphalt grinding of the existing Rubberized Asphalt, and application of a new 0.2 thick layer of Rubberized Asphalt. Proposed construction start date is September 2020 utilizing 20,427 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Novato</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Gretchen Schubeck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158998950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Novato is proposing to utilize 7,570 tons of rubberized hot-mix material as part of its FY 2020/2021 Pavement Rehabilitation Program on several arterials and collectors. Projects will consist of comprehensive pavement rehabilitation of the existing roadway. Along resurfaced streets ADA compliant curb ramps will be installed/upgraded per federal mandates. Work will also include adjustments of utility manhole covers and water valve covers to grade and removal and replacement of pavement striping and markings. The Pavement Rehabilitation Program is scheduled to take place in July and August 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Patrick Moneda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194093512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes a pavement maintenance project and will utilize a combination of rubberized chip seal and rubberized asphalt overlay on various arterial and collector streets in the City. Construction of approximately 60,000 square yards of chip seal and 14,500 tons of hot-mix material for the project is estimated to start in July 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carlos Zamano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098648732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will rehabilitate pavement on 29 street segments in the City of Highland, 5 street segments in the City of San Bernardino, and 4 street segment in the County of San Bernardino. The construction performance period will be from August 2020 through April 2022. The project will construct 25,473 tons of Rubberized Asphalt.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yuba City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josh Wolffe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308223288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Yuba City has multiple projects using rubberized asphalt hot-mix and chip seal material. Proposed construction start date is June 2020 utilizing 2,028 tons of hot-mix material and 42,198 square yards of chip seal material.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Temple City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Okan Demirci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143196137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Provide Rubberized Asphalt Concrete (RAC) to approximately 920,000 square feet of pavement as part of the City's Annual Street Pavement Rehabilitation Program.  The project will feature approximately 11,400 tons of Asphalt Rubberized Hot Mix (ARHM), proposed construction start date is January 2020. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fullerton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerome  Joaquin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147383310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will rehabilitate approximately 0.72 miles of heavily deteriorated roadway on Euclid Street from Fern Drive to Williamson Avenue. Euclid is a major arterial highway and is heavily requested for roadway reconstruction. The top 2.5 inches asphalt cap will be rubberized asphalt to provide a smooth roadway, reduce noise, increase the roadway's life, and reduce the amount of rubber in landfills.  The proposed construction start date is June 2020 utilizing 3,520 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lathrop</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael King</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099417430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will utilize hot-mix material and chip seal material on residential and collector streets throughout the City.  The proposed construction start date is June 2020 utilizing 15,212 tons of hot-mix material and 135,242 chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laureen Servin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265802058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will improve all streets located within the area outlined by Mountain View Road, Magnolia Street, Parkway Drive, and Fineview Street. Construction will begin in April 2020 and is estimated to be complete by July 2020. The project will use: 230,000 square yards of chip seal and 2,600 tons of hot-mix material. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cajon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Senan Kachi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194416209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City proposes to resurface several street collectors and thoroughfares throughout the City. The proposed construction start date is January 2020 and it involves grinding asphalt and replacing it with 8,898 tons of Rubberized hot mix asphalt. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erin Smith</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Alameda will use these grant funds to supplement the Pavement Management Program's resurfacing project for August 2020 (Phase 39).  The City has tentatively selected 175,000 SY of streets to treat with rubberized cape seal, which is a rubberized chip seal finished with a slurry seal on top.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael  Karoly, PE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304898129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will place rubberized asphalt emulsion as part of cape seal process on local city streets. Also, the project will place rubberized asphalt concrete on two street. The City proposed construction start date is June 2020 utilizing 10,400 tons of hot-mix material and 142,242 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasant Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ann James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256715244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As part of the City of Pleasant Hill's pavement management program, this project will install approximately 25,000 tons of rubberized asphalt hot-mix on select residential streets within 5 neighborhoods. Proposed construction start date is September 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rosemead</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Chan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265692154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will feature approximately 16,850 tons of Asphalt Rubberized Hot Mix (ARHM) to be used in roadway pavement upgrades.  Proposed construction start date is December 2020. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bernard Enrile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  The City proposes construction for Oak Grove Road Pavement Rehabilitation (Project No. 2423), this project will extend the recently completed pavement rehabilitation work on Oak Grove Road from Whitman Road to Treat Boulevard. The Willow Pass Road Repaving (Project No. 2449), this project will rehabilitate the pavement and repair damaged sidewalk, curb and gutter on Willow Pass Road between Galindo Street and San Vincente Drive replacing standard asphalt concrete with rubberized hot mix asphalt. Denkinger Road Pavement Rehabilitation (Project No. 2459), this project will consist of pavement rehabilitation of Denkinger Road, from Wilson Lane to Concord Boulevard. Proposed construction start date is April 2020 utilizing 14,315 tons of hot-mix material and 83,765 chip seal material.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 33</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -671,51 +671,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3614c8f984d949b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc93ee5352c9a4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7e006c2a38be4f57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R021ddf5770ac490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26fccc9c58704261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R28d8b5b31be74ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -763,843 +763,843 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.97637939453125" customHeight="1" collapsed="0">
+    <x:row ht="321.95907592773438" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>175000</x:v>
+        <x:v>130254</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+    <x:row ht="264.47244262695313" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>138765</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="241.48345947265625" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>370065</x:v>
+        <x:v>211859</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>210000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>155000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4676513671875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>85000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>144000</x:v>
+        <x:v>348760</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>196537</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>35200</x:v>
+        <x:v>216000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>190000</x:v>
+        <x:v>45752</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.469482421875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>140041</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>74250</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>155000</x:v>
+        <x:v>225606</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>74250</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>112960</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>196537</x:v>
+        <x:v>210000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>138765</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.4228515625" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>216000</x:v>
+        <x:v>101000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96044921875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>151400</x:v>
+        <x:v>204270</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>348760</x:v>
+        <x:v>151400</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>101000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>350000</x:v>
+        <x:v>190000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>225606</x:v>
+        <x:v>82758</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>211859</x:v>
+        <x:v>79800</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>79800</x:v>
+        <x:v>35200</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>130254</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>82758</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+    <x:row ht="275.98046875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>168500</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99609375" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>70000</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>204270</x:v>
+        <x:v>144000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>45752</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>112960</x:v>
+        <x:v>168500</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.474609375" customHeight="1" collapsed="0">
+    <x:row ht="793.4443359375" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>220000</x:v>
+        <x:v>370065</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B39" s="10" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C39" s="10"/>
       <x:c r="D39" s="11" t="n">
         <x:v>6382777</x:v>
       </x:c>
       <x:c r="E39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H39" s="10" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
@@ -1623,29 +1623,29 @@
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:24 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>