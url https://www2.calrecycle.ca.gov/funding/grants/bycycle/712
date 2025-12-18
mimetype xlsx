--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -1,178 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra38286e736fe4893" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7030c05fc3164a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5fcb3ea5a7494d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcad9b0787fbb46c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Organics Grant Program (ORG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific Recycling Solutions</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristyn Byrne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072346411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Pacific Organics Solutions, part of C&amp;S Waste Solutions, proposes to build a new Gore TM covered aerated static pile (GASP) composting system on land it owns adjacent to its existing large-volume transfer and processing facility in Ukiah. Facility design mimics composting facilities in Fontana and Kerman, California (CA), and is considered a Best Available Control Technology to minimize composting emissions. The facility will compost food and green materials currently disposed in two landfills; one located in a low-income community in neighboring Lake County, and the other more than 120 miles south in Solano County. The facility will produce compost for use in nearby vineyards and farms. The project will provide full time jobs with benefits, construction jobs, and training for industry recognized certificates. In addition, the applicant signed a Community Benefits Agreement with Citizens Caring for Clearlake, which will provide safety equipment, free disposal, and other support for community cleanup events, as well as free compost for residents in the low-income communities. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANCO Services LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve South</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607445615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SANCO Services proposes to purchase gas upgrading and compression equipment, a feedstock shredder, valves, conveyors, and related equipment for a $42 million AD project at their existing, fully permitted, large-volume transfer station and Resource Recovery Park in Escondido. SANCO will use the Hitachi Zosen lnova technology currently employed in numerous European counties as well as in San Luis Obispo. Food materials, currently landfilled in San Diego County, will be pre-processed by SANCO and fed to the dual, horizontal plug-flow digesters, along with green materials. Biomethane generated by the digesters will be injected into the San Diego Gas &amp; Electric pipeline and used as renewable natural gas transportation fuel for local waste collection trucks. The project will provide full-time jobs with benefits in this low-income community, as well as temporary construction jobs and job training leading to certifications. Construction of the digester will reduce 1,162 truck trips between the transfer station and the landfill per year, improving local air quality. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167391202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Northern Recycling proposes to purchase shredders, conveyors, density separators and screens to remove contaminants from green and food materials at its new composting facility at the Yolo County Central Landfill near Davis. The materials will come from curbside green materials collection and new food waste collection programs in Yolo County and in the cities of West Sacramento, Woodland, Winters, and Davis. Cleaner feedstock will allow Northern Recycling to produce a compost certified for sale to organic agriculture, as well as overs which can be sold as mulch or reincorporated into the composting process, rather than being disposed or used as anaerobic digestate compost (ADC). The new facility is not located in a disadvantaged community (DAC) or low-income community, but Northern Recycling signed a community benefits agreement with Davis Community Meals and Housing to prioritize hiring from DAC or low-income communities, and to develop employment opportunities through that organization's "Pathways to Employment" program. The grant project will generate at least two jobs that pay a living wage, with benefits and training leading to industry-recognized credentials. In addition, the new equipment purchased through this grant will be electric, not diesel, to avoid impacts to local air quality.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Eric Miller</x:t>
   </x:si>
   <x:si>
     <x:t>5308792351</x:t>
   </x:si>
   <x:si>
     <x:t>Sinan Dunlap</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Butte County is in the process of establishing processing capacity for organic materials diverted from disposal in the County. The Butte County Covered Aerated Static Pile (CASP) Composting Facility and Food Rescue Project includes the following: 1) The development of a 150 tons per day composting facility at the Neal Road Landfill in Paradise. The facility will process green waste, food scraps, digestate, and agricultural wastes that currently are disposed at the Neal Road Landfill into about XX tons of nutrient rich compost. The County estimates that XX metric tons of carbon dioxide equivalent emissions will be reduced through this project. 2) The second part of this project includes a partnership with the North State Food Bank in Oroville to expand their food rescue program to provide an additional 1 million pounds of rescued food annually to serve low-income communities in Butte County.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Manteca</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Peni Basalusalu</x:t>
   </x:si>
   <x:si>
     <x:t>2094568434</x:t>
   </x:si>
   <x:si>
     <x:t>Molly Park</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This has been amended for a scope change to the following:
 The City of Manteca proposes to purchase a Scott Thor food waste depackager/separator to clean and prepare food waste for aerobic composting or anaerobic digestion.  Due to nitrogen treatment capacity issues at the city owned and operated Water Quality Control Facility (WQCF) the city will initially aerobically compost food waste at a fully permitted compost facility, then at such time determined appropriate, transition to anaerobic digestion at the WQCF to further its existing Waste-to-Fuel program. This project will divert currently landfilled food materials from the City of Manteca and surrounding unincorporated areas for anaerobic digestion in a dedicated tank at the city's wastewater treatment plant. The separator will be placed at an existing, fully permitted transfer station. The multi-year project will ultimately digest more than 30,000 tons of food per year and will produce more than 1,000 diesel-gallon-equivalents of renewable natural gas vehicle fuel daily. The project will produce municipal jobs paying a living wage, plus benefits and training, leading to industry-recognized certificates. In addition, the transition of the city solid waste fleet from diesel to natural gas will reduce criteria pollutants in a city designated as disadvantaged, and which suffers from poor air quality. </x:t>
   </x:si>
   <x:si>
     <x:t>San Luis Obispo     </x:t>
   </x:si>
   <x:si>
     <x:t>HZIU Kompogas SLO Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Hannah Behmaram</x:t>
   </x:si>
   <x:si>
     <x:t>9165774839</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Hitachi Zosen lnova USA (HZIU) proposes to construct a high-solids anaerobic digester at the existing, permitted Lancaster Landfill and Recycling Center near the city of Lancaster. Equipment purchased through the grant will enable the processing and digestion of residential food and green waste collected by Waste Management (WM) from the cities of Lancaster and Palmdale, commercial food materials from throughout the Antelope Valley, and green waste currently used as ADC at the landfill that are collected by WM from cities in the high desert and in the Los Angeles basin. The project will generate renewable natural gas suitable for injection into the Southern California Gas company pipeline and for use as renewable natural gas transportation fuel. Solid residuals will be composted on site, indoors, to make compost for sale to local farmers, residents, and businesses. HZIU signed two community benefit agreements with groups providing services to the local low-income communities. Among other things, these agreements provide a refrigerated truck to support local food rescue programs, a $6,000 annual scholarship for local students studying for environmental-related careers, support for STEM education in the local schools through student science projects, and development of an on-site education center, targeted hiring for project jobs and free compost for the local low-income communities.</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Northern Recycling proposes to purchase shredders, conveyors, density separators and screens to remove contaminants from green and food materials at its new composting facility at the Yolo County Central Landfill near Davis. The materials will come from curbside green materials collection and new food waste collection programs in Yolo County and in the cities of West Sacramento, Woodland, Winters, and Davis. Cleaner feedstock will allow Northern Recycling to produce a compost certified for sale to organic agriculture, as well as overs which can be sold as mulch or reincorporated into the composting process, rather than being disposed or used as anaerobic digestate compost (ADC). The new facility is not located in a disadvantaged community (DAC) or low-income community, but Northern Recycling signed a community benefits agreement with Davis Community Meals and Housing to prioritize hiring from DAC or low-income communities, and to develop employment opportunities through that organization's "Pathways to Employment" program. The grant project will generate at least two jobs that pay a living wage, with benefits and training leading to industry-recognized credentials. In addition, the new equipment purchased through this grant will be electric, not diesel, to avoid impacts to local air quality.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -307,51 +307,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raec00924d3f34b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5fcb3ea5a7494d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2f7119f2f45441ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6326b46fbfb241d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcad9b0787fbb46c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R41cc7c1fdd374ab8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -399,214 +399,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.42987060546875" customHeight="1" collapsed="0">
+    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1253.3953857421875" customHeight="1" collapsed="0">
+    <x:row ht="1000.403076171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>800000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="1276.38427734375" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="885.429931640625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="1253.39501953125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>800000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1276.38427734375" customHeight="1" collapsed="0">
+    <x:row ht="1345.3798828125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>15800000</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:40 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>