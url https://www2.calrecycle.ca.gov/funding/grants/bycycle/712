--- v1 (2025-12-18)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7030c05fc3164a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cbd83ef3d44492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcad9b0787fbb46c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra264df6fe45b44b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Organics Grant Program (ORG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -307,51 +307,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6326b46fbfb241d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcad9b0787fbb46c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R41cc7c1fdd374ab8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2de864366354e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra264df6fe45b44b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3aca5432cb504814" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -584,29 +584,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:11 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>