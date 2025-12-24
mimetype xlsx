--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cbd83ef3d44492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4032531afa684687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra264df6fe45b44b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R35f54edc07a4483a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Organics Grant Program (ORG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -307,51 +307,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2de864366354e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra264df6fe45b44b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3aca5432cb504814" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c474f00b3944871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R35f54edc07a4483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra9a40f2445c74769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -584,29 +584,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>