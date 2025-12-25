--- v3 (2025-12-24)
+++ v4 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4032531afa684687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R654a592e535341ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R35f54edc07a4483a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8906892a5c7143b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Organics Grant Program (ORG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -307,51 +307,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c474f00b3944871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R35f54edc07a4483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra9a40f2445c74769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b2026625d7a4ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8906892a5c7143b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R697aafc6606b4675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -584,29 +584,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:09 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>