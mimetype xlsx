--- v4 (2025-12-25)
+++ v5 (2026-02-26)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R654a592e535341ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1223c102719418b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8906892a5c7143b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R44c1d6db26e54487"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Organics Grant Program (ORG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -307,51 +307,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b2026625d7a4ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8906892a5c7143b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R697aafc6606b4675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0476979b4b0d4348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R44c1d6db26e54487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5caa76ecda7c4e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -584,29 +584,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:09 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 26, 2026 6:34 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>