--- v5 (2026-02-26)
+++ v6 (2026-03-09)
@@ -1,178 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1223c102719418b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9d52b8d6b843eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R44c1d6db26e54487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6736269dae1f4387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2018-19 Organics Grant Program (ORG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Mendocino           </x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Eric Miller</x:t>
   </x:si>
   <x:si>
     <x:t>5308792351</x:t>
   </x:si>
   <x:si>
     <x:t>Sinan Dunlap</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Butte County is in the process of establishing processing capacity for organic materials diverted from disposal in the County. The Butte County Covered Aerated Static Pile (CASP) Composting Facility and Food Rescue Project includes the following: 1) The development of a 150 tons per day composting facility at the Neal Road Landfill in Paradise. The facility will process green waste, food scraps, digestate, and agricultural wastes that currently are disposed at the Neal Road Landfill into about XX tons of nutrient rich compost. The County estimates that XX metric tons of carbon dioxide equivalent emissions will be reduced through this project. 2) The second part of this project includes a partnership with the North State Food Bank in Oroville to expand their food rescue program to provide an additional 1 million pounds of rescued food annually to serve low-income communities in Butte County.</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Manteca</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Peni Basalusalu</x:t>
   </x:si>
   <x:si>
     <x:t>2094568434</x:t>
   </x:si>
   <x:si>
     <x:t>Molly Park</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This has been amended for a scope change to the following:
 The City of Manteca proposes to purchase a Scott Thor food waste depackager/separator to clean and prepare food waste for aerobic composting or anaerobic digestion.  Due to nitrogen treatment capacity issues at the city owned and operated Water Quality Control Facility (WQCF) the city will initially aerobically compost food waste at a fully permitted compost facility, then at such time determined appropriate, transition to anaerobic digestion at the WQCF to further its existing Waste-to-Fuel program. This project will divert currently landfilled food materials from the City of Manteca and surrounding unincorporated areas for anaerobic digestion in a dedicated tank at the city's wastewater treatment plant. The separator will be placed at an existing, fully permitted transfer station. The multi-year project will ultimately digest more than 30,000 tons of food per year and will produce more than 1,000 diesel-gallon-equivalents of renewable natural gas vehicle fuel daily. The project will produce municipal jobs paying a living wage, plus benefits and training, leading to industry-recognized certificates. In addition, the transition of the city solid waste fleet from diesel to natural gas will reduce criteria pollutants in a city designated as disadvantaged, and which suffers from poor air quality. </x:t>
   </x:si>
   <x:si>
     <x:t>San Luis Obispo     </x:t>
   </x:si>
   <x:si>
     <x:t>HZIU Kompogas SLO Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Hannah Behmaram</x:t>
   </x:si>
   <x:si>
     <x:t>9165774839</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Hitachi Zosen lnova USA (HZIU) proposes to construct a high-solids anaerobic digester at the existing, permitted Lancaster Landfill and Recycling Center near the city of Lancaster. Equipment purchased through the grant will enable the processing and digestion of residential food and green waste collected by Waste Management (WM) from the cities of Lancaster and Palmdale, commercial food materials from throughout the Antelope Valley, and green waste currently used as ADC at the landfill that are collected by WM from cities in the high desert and in the Los Angeles basin. The project will generate renewable natural gas suitable for injection into the Southern California Gas company pipeline and for use as renewable natural gas transportation fuel. Solid residuals will be composted on site, indoors, to make compost for sale to local farmers, residents, and businesses. HZIU signed two community benefit agreements with groups providing services to the local low-income communities. Among other things, these agreements provide a refrigerated truck to support local food rescue programs, a $6,000 annual scholarship for local students studying for environmental-related careers, support for STEM education in the local schools through student science projects, and development of an on-site education center, targeted hiring for project jobs and free compost for the local low-income communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific Recycling Solutions</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristyn Byrne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072346411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Pacific Organics Solutions, part of C&amp;S Waste Solutions, proposes to build a new Gore TM covered aerated static pile (GASP) composting system on land it owns adjacent to its existing large-volume transfer and processing facility in Ukiah. Facility design mimics composting facilities in Fontana and Kerman, California (CA), and is considered a Best Available Control Technology to minimize composting emissions. The facility will compost food and green materials currently disposed in two landfills; one located in a low-income community in neighboring Lake County, and the other more than 120 miles south in Solano County. The facility will produce compost for use in nearby vineyards and farms. The project will provide full time jobs with benefits, construction jobs, and training for industry recognized certificates. In addition, the applicant signed a Community Benefits Agreement with Citizens Caring for Clearlake, which will provide safety equipment, free disposal, and other support for community cleanup events, as well as free compost for residents in the low-income communities. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANCO Services LP</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steve South</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607445615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: SANCO Services proposes to purchase gas upgrading and compression equipment, a feedstock shredder, valves, conveyors, and related equipment for a $42 million AD project at their existing, fully permitted, large-volume transfer station and Resource Recovery Park in Escondido. SANCO will use the Hitachi Zosen lnova technology currently employed in numerous European counties as well as in San Luis Obispo. Food materials, currently landfilled in San Diego County, will be pre-processed by SANCO and fed to the dual, horizontal plug-flow digesters, along with green materials. Biomethane generated by the digesters will be injected into the San Diego Gas &amp; Electric pipeline and used as renewable natural gas transportation fuel for local waste collection trucks. The project will provide full-time jobs with benefits in this low-income community, as well as temporary construction jobs and job training leading to certifications. Construction of the digester will reduce 1,162 truck trips between the transfer station and the landfill per year, improving local air quality. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167391202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Northern Recycling proposes to purchase shredders, conveyors, density separators and screens to remove contaminants from green and food materials at its new composting facility at the Yolo County Central Landfill near Davis. The materials will come from curbside green materials collection and new food waste collection programs in Yolo County and in the cities of West Sacramento, Woodland, Winters, and Davis. Cleaner feedstock will allow Northern Recycling to produce a compost certified for sale to organic agriculture, as well as overs which can be sold as mulch or reincorporated into the composting process, rather than being disposed or used as anaerobic digestate compost (ADC). The new facility is not located in a disadvantaged community (DAC) or low-income community, but Northern Recycling signed a community benefits agreement with Davis Community Meals and Housing to prioritize hiring from DAC or low-income communities, and to develop employment opportunities through that organization's "Pathways to Employment" program. The grant project will generate at least two jobs that pay a living wage, with benefits and training leading to industry-recognized credentials. In addition, the new equipment purchased through this grant will be electric, not diesel, to avoid impacts to local air quality.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -307,51 +307,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0476979b4b0d4348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R44c1d6db26e54487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5caa76ecda7c4e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c58085e12fa46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6736269dae1f4387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a47ded4a39747b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -399,214 +399,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
+    <x:row ht="885.42987060546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1000.403076171875" customHeight="1" collapsed="0">
+    <x:row ht="1253.3953857421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>800000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="1276.38427734375" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1345.379638671875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.429931640625" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1046.4091796875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="1253.39501953125" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1000.4033203125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>800000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1345.3798828125" customHeight="1" collapsed="0">
+    <x:row ht="1276.38427734375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>15800000</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 26, 2026 6:34 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:17 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>