--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,305 +1,305 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfae570b8ce44bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e48b0de451f490e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4028de67679f4fd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3959537ed1434b0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR69)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...29 lines deleted...]
-    <x:t>2099665165</x:t>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marc Marc Pelote</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255761</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Becker</x:t>
-  </x:si>
-[...93 lines deleted...]
-    <x:t>5302255761</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 On April 10, 2018, a Nuisance Abatement Hearing was held in Shasta County to abate a large junkyard spanning 5.95 acres with an estimated 150 tons of junk and garbage items scattered throughout the area.  Since the passing of the property owner in 2017, no one has taken responsibility of the property, thus the area has become a dumping ground.
 The proposed project entails cleaning up this area, which consists of two parcels to be divided into 3 sites in order to accomplish cleanup.  The landscape is mostly forested with a small stream running through, and zoned rural residential allowing for agriculture.  The local Shingletown Neighborhood Watch has made this junkyard a top priority. 
 Shasta County has close to 600 active junkyard cases, mostly residing on private property.  In order to curb these incidences, the county staff will be taking an education and outreach approach by making illegal dumping resources and material available at the Shingletown Community Library, an informal meeting place for their council and residents.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Ben Weise</x:t>
   </x:si>
   <x:si>
     <x:t>9256904145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Contra Costa Resource Conservation District (CCRCD) is applying for grant funds using the Pilot Program option.  The organization has already visited and identified several farm and ranch sites but is first seeking award before perusing the additional required background information.  Five sites are planned for cleanup.
 The first site is owned by the California Department of Water Resources and is part of the mitigation for the Dutch Slough Tidal Marsh Restoration.  The property will remain agricultural, serving as mitigation for Swainson's Hawk.  The current tenant uses the property as grazing land and is seeking funding for illegal dumping cleanup.
 The second site involves reviving the historic Byron Hot Springs area, a once popular destination for celebrities and the like in Northern California. This unincorporated agricultural property was abandoned for many years; thus, vandalism and illegal dumping took their toll.  Funding would be used to remove accumulated material such as construction debris and contribute to any needed preventative measures.  The current owner maintains a presence on the land to deter additional illegal dumping and remembers to keep gates closed and locked.  The owner plans to continue grazing on these unincorporated agriculture lands, which also contributes to weed control and fire prevention.
 The third site, Reinstein Ranch in Tassajara Valley, is a horse-boarding facility that also grows grain for an upcoming distillery.  The landowner faces illegal dumping on the property’s private road/driveway that is adjacent to a horse grazing field. Funding would cover cleanup and disposal of various material such as tires, an air conditioner, water heater, doors, vehicles, and incidental amounts of liquid waste.  Funding may also contribute to a secure gate installation project, providing access to clientele while keeping illegal dumpers out.
 The fourth site, Vieira Ranch, is in Alameda County off Patterson Pass Rd.  Illegal dumpers discarded tires and miscellaneous material at the property’s main access gate and pullout, a sideroad that provides access to other parts of the property.  Funding would cover cleanup, disposal costs, and prevention measures.
 The fifth site is a property in Livermore planned for vegetable and pollinator gardens.  After purchasing the property, the landowner found the area affected by both legacy and current illegal dumping; at the intersection of Highland Road and Marciel Road and throughout the creek.  Multiple locations along the creek need to be addressed, however access and removal may be difficult, and an extraction plan is forthcoming.  Funding would cover cleanup, disposal costs, and prevention measures.
 The CCRCD has been awarded Farm and Ranch Solid Waste Cleanup and Abatement grants multiple times and continues to tackle illegal dumping through various programs, education, and prevention measures. Illegal dumping remains a significant problem for the county and surrounding counties.</x:t>
   </x:si>
   <x:si>
-    <x:t>Lassen              </x:t>
-[...13 lines deleted...]
-The north site, site 1, contains a 1960's home that became unoccupied in the 1990's.  Once vacant, waste started being dumped near and around the home site area, as there was easy access.  Material remaining onsite include over 400 tires, a mobile home, vehicles, trailers, metal and household waste.  The south site, site 2, is adjacent to and very similar to site 1.  The area is composed of approximately 5 acres of piled and scattered debris.  Various types of garbage and metal appear to be the bulk of the waste.  There are around 100 tires of all types in piles as well as several vehicles.</x:t>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR Nicholas Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306930172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+This project consists of illegally dumped debris, including tires, appliances, mattresses, couches, chairs, metal and electronics across three agriculturally zoned parcels/sites in the Palermo area of Oroville.  Historically used as olive farms, this land is currently undeveloped and plagued by dumping for years.  The landowners have attempted abating previous dumps through erecting gates and fencing and, adding K-rails to access points, but it has stopped the dumping.  Since the landowners do not reside within the state or county and cannot afford cleanup of this magnitude, the county is hoping this effort will ultimately eliminate the problem.
+Funding will contribute to road preparation, cleanup, and installation/replacement of gates and guardrail to prevent any off-road access. Volunteers have been recruited to help collect and separate debris and Recology is donating up to 6 cleanup bins.
+These sites are in an environmentally sensitive area, a habitat for many local and migrating wildlife.  The waterway flowing through the parcels connects to larger estuaries that feed multiple counties.  Two of the parcels are linked to the city’s Environmental Conservation and Safety Land Use Overlay plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsay Bass</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314205274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The city is seeking financial assistance for the cleanup of four illegal solid waste sites on city-owned property.  Waste on these sites are the result of camping and associated activities taking place by unsheltered  populations, and include various material such as tires, appliances, construction debris, e-waste, household waste and forms of metal.  All sites are zoned areas otherwise authorized for agriculture activity, close to sensitive habitats, and close to waterways where illegal disposal creates water quality concerns, especially as the Monterey Bay National Marine Sanctuary receives the City's water outflows.
+Site 1, the Moore Creek Preserve, features high quality habitats, including wildflower fields, coastal prairie, rare examples of coast live oak and riparian forest.  Because of sensitive habitat, public use is limited to hiking.  Cattle are grazed on the preserve to benefit native plant and animal species and to reduce fire hazard. Concentrating efforts in Zone A. This sensitive and remote area has been impacted by activities from unsheltered populations with illegal dumping close to a waterway causing significant concern in this environmentally sensitive area.  Debris removal of debris from this zone can be incredibly labor intensive. Improved signage and fencing are planned, which would improve site security and protect important habitat.
+Site 2, Sycamore Grove, has a long and rich agriculture history, and is part of the Pogonip Master Plan that entails a large organic garden onsite.  This site is considered a critical environmentally sensitive area as it houses California's northernmost stand of central coast cottonwood/sycamore riparian woodland and is located upstream from the city's drinking water treatment plant.  Cleanup support would help revive the area and move the master plan forward, which includes adding a nature trail to bring more positive activity and citizen presence to help deter dumping.  Funding would also include better enforcement signage.
+Site 3 is a San Lorenzo River right-of-way located behind the city’s metro transit yard.  The area is designated as a major watershed in the city’s creeks and wetlands management plan and is a highly sensitive riparian habitat.  The site’s vegetation overgrowth encourages encampments and dumping and makes accessing the area for enforcement and abatement difficult.  Vegetation removal is a major component of this project along with cleanup and sign installation.
+Site 4, Lee Street, is vacant city land adjacent to Branciforte Creek and residential homes.  This area is zoned as a flood plain, single family residence, and is designated as a natural area because of its proximity to the creek.  There has been an uptick in trash and debris as well as fires from encampments, which has increased the risk to the environment, public health and overall safety.  Funding for cleanup, improved signage and vegetation overgrowth will improve abatement efforts and minimize disturbance in this sensitive flood plain.</x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado           </x:t>
   </x:si>
   <x:si>
     <x:t>Tahoe Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Andrew Schurr</x:t>
   </x:si>
   <x:si>
     <x:t>5305431501</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Johnson Meadow river front property is in the City of South Lake Tahoe along the Upper Truckee River.  The location is prominent and easily accessible resulting in illegal camping and dumping.  The land was once a dairy farm in the late 1800’s then used for seasonal grazing from roughly 1920 to the early 2000’s.  It was then obtained by a mostly absent and aging family, which is when the property started showing issues.  The Tahoe Resource Conservation District (Tahoe RCD) has since acquired the land, already remediated part of it, and plans to restore the area.
 Dividing the plot into two sites, the remainder of the property still needs to be addressed and will be considered the second cleanup site.  Initial work was performed in partnership with the City of South Lake Tahoe.  Future efforts will involve partnering with various organizations, as needed, to ensure the homeless/unsheltered populations are aware of available services.  Enforcement action has been taken multiple times.
 The Tahoe RCD is asking for reimbursement on their previous efforts and are submitting a pilot program application to clean up the rest.  The waste is mostly out of site from the public roadways, but not centrally located, and constantly changing over time.  These concentrated spots are found during regular patrol and accessible by road, all-terrain vehicle, or foot.  Crews have become very experienced in cleaning and clearing these types of areas.  Training will be provided if needed. 
 After cleanup, the Tahoe RCD will continue to check the area for any additional remediation needed, and avidly monitor the sites as a means of prevention for the duration of the grant if not longer.  The organization is starting development on coordinated tracking, monitoring and prevention programs as an abatement strategy, along with signage that will include positive messaging, available services and regulatory information. 
 The area provides vital open space for the community and is home to walking trails, sensitive habitat, and serves as a critical filter for water on its way to the Upper Truckee Marsh and Lake Tahoe. The Tahoe RCD is not planning to purse any use variance of its current conservation and agricultural preserve zoning.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Thad Walker</x:t>
   </x:si>
   <x:si>
     <x:t>530-693-3173</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Lone Tree Road site is a 2-parcel, 90-acre, family-owned prune and almond farm in Oroville.  Every year for the past decade the Sooch family has been victim to illegal dumping and paid out of pocket to remove unwanted material such as appliances, automobiles, and green waste.  They are now seeking assistance through this grant to fund remaining cleanup and put in site preventative measures, primarily fencing and gates, so the nuisance stops.  Cleanup includes items such as tires, appliances, e-waste, a boat, and construction debris.
 When the family can afford to haul debris off their property, they recycle what they can.  There is a water channel that appears unaffected by surrounding trash; however, if needed, the organization will readdress its monitoring plan.</x:t>
   </x:si>
   <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Cerveny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project:
+Mariposa County is looking to clean up illegal dump sites located on the county’s over 400 miles of roadways adjacent to agricultural land.  The Department of Public Works maintains these areas and remediates material such as mixed trash, tires, appliances, furniture, and construction debris. 
+Given the mountainous terrain and remoteness of the county roads, illegal dumping sites are not always apparent.  Applying under the pilot program, the county plans to address sites as they are reported by personnel or the public.  The county is home to three major drainage basins, so the sooner sites can be alleviated the less likelihood of water contamination.  A public education campaign to discourage illegal dumping and encourage prompt reporting of illegal dumping is planned.
+Note 4/22/22 -- In lieu of roadways, the grant addressed the Mariposa Creek Parkway Site -- cleanup &amp; prevention/abatement. County did cleanup instead of contractor, a parkway grant funded gates.   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Sutter County Resource Conservation District (SCRCD) is seeking funding to cleanup illegal refuse on farms and ranches within the county.  In conjunction with cleanup, the SCRCD is proposing to install security fences, locks and "No Dumping" signs on all properties to help prevent trespassing and future illegal dumping.  All sites are orchards, and have refuse scattered on these impedes the landowners from successful operation.  The removal of refuse will eliminate potentially dangerous obstacles to basic farming operations, prevent future degradation of materials into toxic substances, and limit the possibility of onsite and offsite surface and groundwater contamination. 
+The first site is a rice farm located on Township Road.  With there being no house on the property but close to town, the area is a good target for illegal dumpers.  The landowner feels as though people treat this site like their own dump yard.  Tired of cleaning up the waste, the owner has pushed everything into a pile, which includes material such as scrap metal, wood and appliances.
+The second site is farmland located on Eager Rd.  The last few years people have used the east side driveway to dump their waste.  The owner started cleaning up the material, but unfortunately the dumping has not stopped.  In the interest of time and not wanting to deal with the dumped items, the owner has got into the habit of moving the discarded material to the side so tractors and workers could get through.  At this point the owner is overwhelmed and facing a cost burden for disposal/recycling of which he is seeking assistance.  
+The third and fourth sites are owned by the Pamma family, previous grant participants, needing assistance on other properties.  Their Hwy 99 site is in the City of Live Oak and primary affected by nighttime dumping.  Most of the trash is located behind an onsite structure neighboring a housing development making it hard to see and thus is a hot stop for illegal dumping.  After cleaning up the area several times and finding that discarded material has flown into the orchard, the family is seeking funding for remaining cleanup and barriers.
+The fourth site is located at the dead end of N Street near Larkin Road.  The family has farmed this area for several years.  All the 3 access points experience illegal dumping; the N Street location faces neighborhood trash and the other locations receive a lot of landscaping related material.  The family has handled many loads of trash and ran off locals from the property but have gotten to the point where they don’t have time to keep up with the increased traffic and dumping.  They are looking for assistance to cleanup remaining items such as tires, pallets and wood poles, and to install preventative signage, fencing and gates. 
+The fifth site, Mark Hopkins Ave, is an almond farm in Rio Oso.  For the past two years the property continues to get dumped on even after installation of ‘No Trespassing’ and ‘Private Property’ signs.  The dumping seems to occur when the tenant is traveling for work, “It’s almost like it’s someone in the area that knows his routine” the applicant states.  The owners have cleaned up several loads of material but are seeking additional help.  Funding would cover remaining cleanup costs for items such as tractor tires, pallets, paint and various construction debris, and cover costs to gate/fence the property’s three access points.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Heather Nichols</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306611688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Yolo County Resource Conservation District is applying on behalf of the Solano County Water Agency for reimbursement costs of removing an underground storage tank from Putah Creek.  The creek borders both the Yolo and Solano counties. 
+During a routine canoe survey, the agency spotted the tank.  Originally located on a floodplain upstream for years, the tank floated downstream during the high flows of Winter, settling on the bank of agriculture property.  The water inside the tank was tested for contaminants and determined clean, thus the tank was removed and recycled.
+The removal process went quick and ran smooth, without any problems.  Choosing to move forward with this project likely prevented a more difficult and costly future project should it had traveled further.  No further remediation is necessary or possible at this time.  This area is the agency’s second highest priority creek-wide for restoration with engineered plans forthcoming.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Yurok Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Koiya Tuttle</x:t>
   </x:si>
   <x:si>
     <x:t>7074821822</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Yurok Tribe Environmental Program is requesting funds through the Pilot Program to cleanup one of its legacy ranches, Nelson Ranch.  The site is located on a mountain above the town of Weitchpec in Humboldt County.  This area was once a thriving upland ranch of connecting prairies and meadows with natural small water bodies and flowing streams, used for grazing small livestock.  The current landowner assumed this property with a large dump on it accumulated through many years.  Items such as abandoned vehicles, household waste and construction material remain. 
 The condition of the property is a concern because of the illegal activity and potential harmful impacts to the environmental both on-site and further downhill.  The goal is to return the area back to a ranch-like state giving occupants the opportunity to invest in and assist with the land.  One of the reasons the tribe has prioritized this site is because of its proximity to a sacred site.  The elder tribe members remember the emanating smell of apple blossoms coming from ranches such as this.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honey Lake Valley Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Laurie Tippin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302577271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Honey Lake Valley Resource Conservation District is applying for the grant on behalf of the Bejcek family for trust lands located in Lassen County off Hwy 395.  The previously unoccupied property consists of 122 acres of agricultural land that is currently used for cattle grazing.  Previously, the site had not been occupied for many years and “various items started showing up” explains the landowner.  “The problem compounded itself. When it became obvious what was happening, I installed a gate and some fencing to try to stop the dumping. It has worked some.”  After cleanup, the pristine property and current barriers be enough to abate further dumping.  The grant will cover the northeast corner of the parcel, which will be divided into two sites in order to conduct an appropriate cleanup.
+The north site, site 1, contains a 1960's home that became unoccupied in the 1990's.  Once vacant, waste started being dumped near and around the home site area, as there was easy access.  Material remaining onsite include over 400 tires, a mobile home, vehicles, trailers, metal and household waste.  The south site, site 2, is adjacent to and very similar to site 1.  The area is composed of approximately 5 acres of piled and scattered debris.  Various types of garbage and metal appear to be the bulk of the waste.  There are around 100 tires of all types in piles as well as several vehicles.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marla Walters</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306236004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Trinity County Resource Conservation District (TCRCD) is applying for the grant to cleanup a longstanding “solid waste nuisance” site located on Riverview Road in Hayfork.  The property was originally a pig farm, then sold to someone out-of-state who was unable to control dumping and vandalism and was cited for its condition in 2017.
+In 2019 Christina Pierce purchased the parcel and is planning to donate it to Hayfork Transition, a pending non-profit she and others have founded.  The organization intends to use the area as an agricultural center to include classes, community education and a demonstration plot.  They have already made efforts to reduce waste onsite through public volunteer clean-up events, repairing old fencing, and putting in temporary fencing.
+Funding would allow the TCRCD to complete removal of illegally dumped and vandalized property and install permanent fencing to prevent future dumping.  Cleanup will include material such as tires, abandoned vehicles, a travel trailer, a motorhome, household waste, contaminated soil, and burnt structures.  Public volunteers are contributing in-kind labor to the cause.  A drone will be used to capture before and after images.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 12</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -434,51 +434,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb17c83f883724e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4028de67679f4fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9094bcf86af54511" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ae54db177264652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3959537ed1434b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdaa33d46ce2a4b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -526,315 +526,315 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+    <x:row ht="1011.9118041992188" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>97488</x:v>
+        <x:v>145575</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="965.905517578125" customHeight="1" collapsed="0">
+    <x:row ht="2794.251953125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2759.75439453125" customHeight="1" collapsed="0">
+    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>173602</x:v>
+        <x:v>97488</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+    <x:row ht="2759.75439453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>13048</x:v>
+        <x:v>173602</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1172.8916015625" customHeight="1" collapsed="0">
+    <x:row ht="2069.82958984375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>29377</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="3001.2373046875" customHeight="1" collapsed="0">
+    <x:row ht="770.4287109375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>68571</x:v>
+        <x:v>49935</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>145575</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="3001.2373046875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>170000</x:v>
+        <x:v>68571</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>13048</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>29377</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="1276.384765625" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>49935</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+    <x:row ht="1172.890625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A18" s="10" t="s">
@@ -861,29 +861,29 @@
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:21 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>