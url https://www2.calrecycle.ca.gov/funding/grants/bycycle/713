--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e48b0de451f490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f7b052be72a4e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3959537ed1434b0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Reed8faa87e8d46ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR69)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -434,51 +434,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ae54db177264652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3959537ed1434b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdaa33d46ce2a4b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R359bed8c82df405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reed8faa87e8d46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R207c64f9df63472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -861,29 +861,29 @@
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:25 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>