--- v2 (2025-12-24)
+++ v3 (2026-01-25)
@@ -1,305 +1,305 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f7b052be72a4e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85a521c8fedd4151" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Reed8faa87e8d46ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Raa6b35d208d8480b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR69)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR Nicholas Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306930172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+This project consists of illegally dumped debris, including tires, appliances, mattresses, couches, chairs, metal and electronics across three agriculturally zoned parcels/sites in the Palermo area of Oroville.  Historically used as olive farms, this land is currently undeveloped and plagued by dumping for years.  The landowners have attempted abating previous dumps through erecting gates and fencing and, adding K-rails to access points, but it has stopped the dumping.  Since the landowners do not reside within the state or county and cannot afford cleanup of this magnitude, the county is hoping this effort will ultimately eliminate the problem.
+Funding will contribute to road preparation, cleanup, and installation/replacement of gates and guardrail to prevent any off-road access. Volunteers have been recruited to help collect and separate debris and Recology is donating up to 6 cleanup bins.
+These sites are in an environmentally sensitive area, a habitat for many local and migrating wildlife.  The waterway flowing through the parcels connects to larger estuaries that feed multiple counties.  Two of the parcels are linked to the city’s Environmental Conservation and Safety Land Use Overlay plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Cerveny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stephanie Becker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project:
+Mariposa County is looking to clean up illegal dump sites located on the county’s over 400 miles of roadways adjacent to agricultural land.  The Department of Public Works maintains these areas and remediates material such as mixed trash, tires, appliances, furniture, and construction debris. 
+Given the mountainous terrain and remoteness of the county roads, illegal dumping sites are not always apparent.  Applying under the pilot program, the county plans to address sites as they are reported by personnel or the public.  The county is home to three major drainage basins, so the sooner sites can be alleviated the less likelihood of water contamination.  A public education campaign to discourage illegal dumping and encourage prompt reporting of illegal dumping is planned.
+Note 4/22/22 -- In lieu of roadways, the grant addressed the Mariposa Creek Parkway Site -- cleanup &amp; prevention/abatement. County did cleanup instead of contractor, a parkway grant funded gates.   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsay Bass</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314205274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The city is seeking financial assistance for the cleanup of four illegal solid waste sites on city-owned property.  Waste on these sites are the result of camping and associated activities taking place by unsheltered  populations, and include various material such as tires, appliances, construction debris, e-waste, household waste and forms of metal.  All sites are zoned areas otherwise authorized for agriculture activity, close to sensitive habitats, and close to waterways where illegal disposal creates water quality concerns, especially as the Monterey Bay National Marine Sanctuary receives the City's water outflows.
+Site 1, the Moore Creek Preserve, features high quality habitats, including wildflower fields, coastal prairie, rare examples of coast live oak and riparian forest.  Because of sensitive habitat, public use is limited to hiking.  Cattle are grazed on the preserve to benefit native plant and animal species and to reduce fire hazard. Concentrating efforts in Zone A. This sensitive and remote area has been impacted by activities from unsheltered populations with illegal dumping close to a waterway causing significant concern in this environmentally sensitive area.  Debris removal of debris from this zone can be incredibly labor intensive. Improved signage and fencing are planned, which would improve site security and protect important habitat.
+Site 2, Sycamore Grove, has a long and rich agriculture history, and is part of the Pogonip Master Plan that entails a large organic garden onsite.  This site is considered a critical environmentally sensitive area as it houses California's northernmost stand of central coast cottonwood/sycamore riparian woodland and is located upstream from the city's drinking water treatment plant.  Cleanup support would help revive the area and move the master plan forward, which includes adding a nature trail to bring more positive activity and citizen presence to help deter dumping.  Funding would also include better enforcement signage.
+Site 3 is a San Lorenzo River right-of-way located behind the city’s metro transit yard.  The area is designated as a major watershed in the city’s creeks and wetlands management plan and is a highly sensitive riparian habitat.  The site’s vegetation overgrowth encourages encampments and dumping and makes accessing the area for enforcement and abatement difficult.  Vegetation removal is a major component of this project along with cleanup and sign installation.
+Site 4, Lee Street, is vacant city land adjacent to Branciforte Creek and residential homes.  This area is zoned as a flood plain, single family residence, and is designated as a natural area because of its proximity to the creek.  There has been an uptick in trash and debris as well as fires from encampments, which has increased the risk to the environment, public health and overall safety.  Funding for cleanup, improved signage and vegetation overgrowth will improve abatement efforts and minimize disturbance in this sensitive flood plain.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Heather Nichols</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306611688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Yolo County Resource Conservation District is applying on behalf of the Solano County Water Agency for reimbursement costs of removing an underground storage tank from Putah Creek.  The creek borders both the Yolo and Solano counties. 
+During a routine canoe survey, the agency spotted the tank.  Originally located on a floodplain upstream for years, the tank floated downstream during the high flows of Winter, settling on the bank of agriculture property.  The water inside the tank was tested for contaminants and determined clean, thus the tank was removed and recycled.
+The removal process went quick and ran smooth, without any problems.  Choosing to move forward with this project likely prevented a more difficult and costly future project should it had traveled further.  No further remediation is necessary or possible at this time.  This area is the agency’s second highest priority creek-wide for restoration with engineered plans forthcoming.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marla Walters</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306236004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Trinity County Resource Conservation District (TCRCD) is applying for the grant to cleanup a longstanding “solid waste nuisance” site located on Riverview Road in Hayfork.  The property was originally a pig farm, then sold to someone out-of-state who was unable to control dumping and vandalism and was cited for its condition in 2017.
+In 2019 Christina Pierce purchased the parcel and is planning to donate it to Hayfork Transition, a pending non-profit she and others have founded.  The organization intends to use the area as an agricultural center to include classes, community education and a demonstration plot.  They have already made efforts to reduce waste onsite through public volunteer clean-up events, repairing old fencing, and putting in temporary fencing.
+Funding would allow the TCRCD to complete removal of illegally dumped and vandalized property and install permanent fencing to prevent future dumping.  Cleanup will include material such as tires, abandoned vehicles, a travel trailer, a motorhome, household waste, contaminated soil, and burnt structures.  Public volunteers are contributing in-kind labor to the cause.  A drone will be used to capture before and after images.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Sutter County Resource Conservation District (SCRCD) is seeking funding to cleanup illegal refuse on farms and ranches within the county.  In conjunction with cleanup, the SCRCD is proposing to install security fences, locks and "No Dumping" signs on all properties to help prevent trespassing and future illegal dumping.  All sites are orchards, and have refuse scattered on these impedes the landowners from successful operation.  The removal of refuse will eliminate potentially dangerous obstacles to basic farming operations, prevent future degradation of materials into toxic substances, and limit the possibility of onsite and offsite surface and groundwater contamination. 
+The first site is a rice farm located on Township Road.  With there being no house on the property but close to town, the area is a good target for illegal dumpers.  The landowner feels as though people treat this site like their own dump yard.  Tired of cleaning up the waste, the owner has pushed everything into a pile, which includes material such as scrap metal, wood and appliances.
+The second site is farmland located on Eager Rd.  The last few years people have used the east side driveway to dump their waste.  The owner started cleaning up the material, but unfortunately the dumping has not stopped.  In the interest of time and not wanting to deal with the dumped items, the owner has got into the habit of moving the discarded material to the side so tractors and workers could get through.  At this point the owner is overwhelmed and facing a cost burden for disposal/recycling of which he is seeking assistance.  
+The third and fourth sites are owned by the Pamma family, previous grant participants, needing assistance on other properties.  Their Hwy 99 site is in the City of Live Oak and primary affected by nighttime dumping.  Most of the trash is located behind an onsite structure neighboring a housing development making it hard to see and thus is a hot stop for illegal dumping.  After cleaning up the area several times and finding that discarded material has flown into the orchard, the family is seeking funding for remaining cleanup and barriers.
+The fourth site is located at the dead end of N Street near Larkin Road.  The family has farmed this area for several years.  All the 3 access points experience illegal dumping; the N Street location faces neighborhood trash and the other locations receive a lot of landscaping related material.  The family has handled many loads of trash and ran off locals from the property but have gotten to the point where they don’t have time to keep up with the increased traffic and dumping.  They are looking for assistance to cleanup remaining items such as tires, pallets and wood poles, and to install preventative signage, fencing and gates. 
+The fifth site, Mark Hopkins Ave, is an almond farm in Rio Oso.  For the past two years the property continues to get dumped on even after installation of ‘No Trespassing’ and ‘Private Property’ signs.  The dumping seems to occur when the tenant is traveling for work, “It’s almost like it’s someone in the area that knows his routine” the applicant states.  The owners have cleaned up several loads of material but are seeking additional help.  Funding would cover remaining cleanup costs for items such as tractor tires, pallets, paint and various construction debris, and cover costs to gate/fence the property’s three access points.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Shasta              </x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t>Marc Marc Pelote</x:t>
   </x:si>
   <x:si>
     <x:t>5302255761</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Stephanie Becker</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 On April 10, 2018, a Nuisance Abatement Hearing was held in Shasta County to abate a large junkyard spanning 5.95 acres with an estimated 150 tons of junk and garbage items scattered throughout the area.  Since the passing of the property owner in 2017, no one has taken responsibility of the property, thus the area has become a dumping ground.
 The proposed project entails cleaning up this area, which consists of two parcels to be divided into 3 sites in order to accomplish cleanup.  The landscape is mostly forested with a small stream running through, and zoned rural residential allowing for agriculture.  The local Shingletown Neighborhood Watch has made this junkyard a top priority. 
 Shasta County has close to 600 active junkyard cases, mostly residing on private property.  In order to curb these incidences, the county staff will be taking an education and outreach approach by making illegal dumping resources and material available at the Shingletown Community Library, an informal meeting place for their council and residents.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Ben Weise</x:t>
   </x:si>
   <x:si>
     <x:t>9256904145</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Contra Costa Resource Conservation District (CCRCD) is applying for grant funds using the Pilot Program option.  The organization has already visited and identified several farm and ranch sites but is first seeking award before perusing the additional required background information.  Five sites are planned for cleanup.
 The first site is owned by the California Department of Water Resources and is part of the mitigation for the Dutch Slough Tidal Marsh Restoration.  The property will remain agricultural, serving as mitigation for Swainson's Hawk.  The current tenant uses the property as grazing land and is seeking funding for illegal dumping cleanup.
 The second site involves reviving the historic Byron Hot Springs area, a once popular destination for celebrities and the like in Northern California. This unincorporated agricultural property was abandoned for many years; thus, vandalism and illegal dumping took their toll.  Funding would be used to remove accumulated material such as construction debris and contribute to any needed preventative measures.  The current owner maintains a presence on the land to deter additional illegal dumping and remembers to keep gates closed and locked.  The owner plans to continue grazing on these unincorporated agriculture lands, which also contributes to weed control and fire prevention.
 The third site, Reinstein Ranch in Tassajara Valley, is a horse-boarding facility that also grows grain for an upcoming distillery.  The landowner faces illegal dumping on the property’s private road/driveway that is adjacent to a horse grazing field. Funding would cover cleanup and disposal of various material such as tires, an air conditioner, water heater, doors, vehicles, and incidental amounts of liquid waste.  Funding may also contribute to a secure gate installation project, providing access to clientele while keeping illegal dumpers out.
 The fourth site, Vieira Ranch, is in Alameda County off Patterson Pass Rd.  Illegal dumpers discarded tires and miscellaneous material at the property’s main access gate and pullout, a sideroad that provides access to other parts of the property.  Funding would cover cleanup, disposal costs, and prevention measures.
 The fifth site is a property in Livermore planned for vegetable and pollinator gardens.  After purchasing the property, the landowner found the area affected by both legacy and current illegal dumping; at the intersection of Highland Road and Marciel Road and throughout the creek.  Multiple locations along the creek need to be addressed, however access and removal may be difficult, and an extraction plan is forthcoming.  Funding would cover cleanup, disposal costs, and prevention measures.
 The CCRCD has been awarded Farm and Ranch Solid Waste Cleanup and Abatement grants multiple times and continues to tackle illegal dumping through various programs, education, and prevention measures. Illegal dumping remains a significant problem for the county and surrounding counties.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...34 lines deleted...]
-Site 4, Lee Street, is vacant city land adjacent to Branciforte Creek and residential homes.  This area is zoned as a flood plain, single family residence, and is designated as a natural area because of its proximity to the creek.  There has been an uptick in trash and debris as well as fires from encampments, which has increased the risk to the environment, public health and overall safety.  Funding for cleanup, improved signage and vegetation overgrowth will improve abatement efforts and minimize disturbance in this sensitive flood plain.</x:t>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honey Lake Valley Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Laurie Tippin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302577271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Honey Lake Valley Resource Conservation District is applying for the grant on behalf of the Bejcek family for trust lands located in Lassen County off Hwy 395.  The previously unoccupied property consists of 122 acres of agricultural land that is currently used for cattle grazing.  Previously, the site had not been occupied for many years and “various items started showing up” explains the landowner.  “The problem compounded itself. When it became obvious what was happening, I installed a gate and some fencing to try to stop the dumping. It has worked some.”  After cleanup, the pristine property and current barriers be enough to abate further dumping.  The grant will cover the northeast corner of the parcel, which will be divided into two sites in order to conduct an appropriate cleanup.
+The north site, site 1, contains a 1960's home that became unoccupied in the 1990's.  Once vacant, waste started being dumped near and around the home site area, as there was easy access.  Material remaining onsite include over 400 tires, a mobile home, vehicles, trailers, metal and household waste.  The south site, site 2, is adjacent to and very similar to site 1.  The area is composed of approximately 5 acres of piled and scattered debris.  Various types of garbage and metal appear to be the bulk of the waste.  There are around 100 tires of all types in piles as well as several vehicles.</x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado           </x:t>
   </x:si>
   <x:si>
     <x:t>Tahoe Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Andrew Schurr</x:t>
   </x:si>
   <x:si>
     <x:t>5305431501</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Johnson Meadow river front property is in the City of South Lake Tahoe along the Upper Truckee River.  The location is prominent and easily accessible resulting in illegal camping and dumping.  The land was once a dairy farm in the late 1800’s then used for seasonal grazing from roughly 1920 to the early 2000’s.  It was then obtained by a mostly absent and aging family, which is when the property started showing issues.  The Tahoe Resource Conservation District (Tahoe RCD) has since acquired the land, already remediated part of it, and plans to restore the area.
 Dividing the plot into two sites, the remainder of the property still needs to be addressed and will be considered the second cleanup site.  Initial work was performed in partnership with the City of South Lake Tahoe.  Future efforts will involve partnering with various organizations, as needed, to ensure the homeless/unsheltered populations are aware of available services.  Enforcement action has been taken multiple times.
 The Tahoe RCD is asking for reimbursement on their previous efforts and are submitting a pilot program application to clean up the rest.  The waste is mostly out of site from the public roadways, but not centrally located, and constantly changing over time.  These concentrated spots are found during regular patrol and accessible by road, all-terrain vehicle, or foot.  Crews have become very experienced in cleaning and clearing these types of areas.  Training will be provided if needed. 
 After cleanup, the Tahoe RCD will continue to check the area for any additional remediation needed, and avidly monitor the sites as a means of prevention for the duration of the grant if not longer.  The organization is starting development on coordinated tracking, monitoring and prevention programs as an abatement strategy, along with signage that will include positive messaging, available services and regulatory information. 
 The area provides vital open space for the community and is home to walking trails, sensitive habitat, and serves as a critical filter for water on its way to the Upper Truckee Marsh and Lake Tahoe. The Tahoe RCD is not planning to purse any use variance of its current conservation and agricultural preserve zoning.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Thad Walker</x:t>
   </x:si>
   <x:si>
     <x:t>530-693-3173</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Lone Tree Road site is a 2-parcel, 90-acre, family-owned prune and almond farm in Oroville.  Every year for the past decade the Sooch family has been victim to illegal dumping and paid out of pocket to remove unwanted material such as appliances, automobiles, and green waste.  They are now seeking assistance through this grant to fund remaining cleanup and put in site preventative measures, primarily fencing and gates, so the nuisance stops.  Cleanup includes items such as tires, appliances, e-waste, a boat, and construction debris.
 When the family can afford to haul debris off their property, they recycle what they can.  There is a water channel that appears unaffected by surrounding trash; however, if needed, the organization will readdress its monitoring plan.</x:t>
   </x:si>
   <x:si>
-    <x:t>Mariposa            </x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Yurok Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Koiya Tuttle</x:t>
   </x:si>
   <x:si>
     <x:t>7074821822</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Yurok Tribe Environmental Program is requesting funds through the Pilot Program to cleanup one of its legacy ranches, Nelson Ranch.  The site is located on a mountain above the town of Weitchpec in Humboldt County.  This area was once a thriving upland ranch of connecting prairies and meadows with natural small water bodies and flowing streams, used for grazing small livestock.  The current landowner assumed this property with a large dump on it accumulated through many years.  Items such as abandoned vehicles, household waste and construction material remain. 
 The condition of the property is a concern because of the illegal activity and potential harmful impacts to the environmental both on-site and further downhill.  The goal is to return the area back to a ranch-like state giving occupants the opportunity to invest in and assist with the land.  One of the reasons the tribe has prioritized this site is because of its proximity to a sacred site.  The elder tribe members remember the emanating smell of apple blossoms coming from ranches such as this.</x:t>
-  </x:si>
-[...33 lines deleted...]
-Funding would allow the TCRCD to complete removal of illegally dumped and vandalized property and install permanent fencing to prevent future dumping.  Cleanup will include material such as tires, abandoned vehicles, a travel trailer, a motorhome, household waste, contaminated soil, and burnt structures.  Public volunteers are contributing in-kind labor to the cause.  A drone will be used to capture before and after images.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 12</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -434,51 +434,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R359bed8c82df405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reed8faa87e8d46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R207c64f9df63472d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f15d09eec44cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raa6b35d208d8480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4a5dd6ccc9d4da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -526,315 +526,315 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1011.9118041992188" customHeight="1" collapsed="0">
+    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>145575</x:v>
+        <x:v>97488</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2794.251953125" customHeight="1" collapsed="0">
+    <x:row ht="965.905517578125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>170000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+    <x:row ht="2759.75439453125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>97488</x:v>
+        <x:v>173602</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2759.75439453125" customHeight="1" collapsed="0">
+    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>173602</x:v>
+        <x:v>13048</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2069.82958984375" customHeight="1" collapsed="0">
+    <x:row ht="1172.8916015625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>29377</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="770.4287109375" customHeight="1" collapsed="0">
+    <x:row ht="3001.2373046875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>49935</x:v>
+        <x:v>68571</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>145575</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-    <x:row ht="3001.2373046875" customHeight="1" collapsed="0">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2794.251953125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>68571</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.90625" customHeight="1" collapsed="0">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1276.3837890625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>13048</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2069.8310546875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>29377</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="1276.384765625" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.427734375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>49935</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1172.890625" customHeight="1" collapsed="0">
+    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A18" s="10" t="s">
@@ -861,29 +861,29 @@
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:25 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 25, 2026 4:20 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>