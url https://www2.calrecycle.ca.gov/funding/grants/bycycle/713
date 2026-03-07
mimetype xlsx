--- v3 (2026-01-25)
+++ v4 (2026-03-07)
@@ -1,305 +1,305 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85a521c8fedd4151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b0b6709f4e848db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Raa6b35d208d8480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1b330d26eca945ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR69)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...29 lines deleted...]
-    <x:t>2099665165</x:t>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marc Marc Pelote</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255761</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Becker</x:t>
-  </x:si>
-[...93 lines deleted...]
-    <x:t>5302255761</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 On April 10, 2018, a Nuisance Abatement Hearing was held in Shasta County to abate a large junkyard spanning 5.95 acres with an estimated 150 tons of junk and garbage items scattered throughout the area.  Since the passing of the property owner in 2017, no one has taken responsibility of the property, thus the area has become a dumping ground.
 The proposed project entails cleaning up this area, which consists of two parcels to be divided into 3 sites in order to accomplish cleanup.  The landscape is mostly forested with a small stream running through, and zoned rural residential allowing for agriculture.  The local Shingletown Neighborhood Watch has made this junkyard a top priority. 
 Shasta County has close to 600 active junkyard cases, mostly residing on private property.  In order to curb these incidences, the county staff will be taking an education and outreach approach by making illegal dumping resources and material available at the Shingletown Community Library, an informal meeting place for their council and residents.</x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa        </x:t>
   </x:si>
   <x:si>
     <x:t>Contra Costa Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Ben Weise</x:t>
   </x:si>
   <x:si>
     <x:t>9256904145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Contra Costa Resource Conservation District (CCRCD) is applying for grant funds using the Pilot Program option.  The organization has already visited and identified several farm and ranch sites but is first seeking award before perusing the additional required background information.  Five sites are planned for cleanup.
 The first site is owned by the California Department of Water Resources and is part of the mitigation for the Dutch Slough Tidal Marsh Restoration.  The property will remain agricultural, serving as mitigation for Swainson's Hawk.  The current tenant uses the property as grazing land and is seeking funding for illegal dumping cleanup.
 The second site involves reviving the historic Byron Hot Springs area, a once popular destination for celebrities and the like in Northern California. This unincorporated agricultural property was abandoned for many years; thus, vandalism and illegal dumping took their toll.  Funding would be used to remove accumulated material such as construction debris and contribute to any needed preventative measures.  The current owner maintains a presence on the land to deter additional illegal dumping and remembers to keep gates closed and locked.  The owner plans to continue grazing on these unincorporated agriculture lands, which also contributes to weed control and fire prevention.
 The third site, Reinstein Ranch in Tassajara Valley, is a horse-boarding facility that also grows grain for an upcoming distillery.  The landowner faces illegal dumping on the property’s private road/driveway that is adjacent to a horse grazing field. Funding would cover cleanup and disposal of various material such as tires, an air conditioner, water heater, doors, vehicles, and incidental amounts of liquid waste.  Funding may also contribute to a secure gate installation project, providing access to clientele while keeping illegal dumpers out.
 The fourth site, Vieira Ranch, is in Alameda County off Patterson Pass Rd.  Illegal dumpers discarded tires and miscellaneous material at the property’s main access gate and pullout, a sideroad that provides access to other parts of the property.  Funding would cover cleanup, disposal costs, and prevention measures.
 The fifth site is a property in Livermore planned for vegetable and pollinator gardens.  After purchasing the property, the landowner found the area affected by both legacy and current illegal dumping; at the intersection of Highland Road and Marciel Road and throughout the creek.  Multiple locations along the creek need to be addressed, however access and removal may be difficult, and an extraction plan is forthcoming.  Funding would cover cleanup, disposal costs, and prevention measures.
 The CCRCD has been awarded Farm and Ranch Solid Waste Cleanup and Abatement grants multiple times and continues to tackle illegal dumping through various programs, education, and prevention measures. Illegal dumping remains a significant problem for the county and surrounding counties.</x:t>
   </x:si>
   <x:si>
-    <x:t>Lassen              </x:t>
-[...13 lines deleted...]
-The north site, site 1, contains a 1960's home that became unoccupied in the 1990's.  Once vacant, waste started being dumped near and around the home site area, as there was easy access.  Material remaining onsite include over 400 tires, a mobile home, vehicles, trailers, metal and household waste.  The south site, site 2, is adjacent to and very similar to site 1.  The area is composed of approximately 5 acres of piled and scattered debris.  Various types of garbage and metal appear to be the bulk of the waste.  There are around 100 tires of all types in piles as well as several vehicles.</x:t>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR Nicholas Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306930172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+This project consists of illegally dumped debris, including tires, appliances, mattresses, couches, chairs, metal and electronics across three agriculturally zoned parcels/sites in the Palermo area of Oroville.  Historically used as olive farms, this land is currently undeveloped and plagued by dumping for years.  The landowners have attempted abating previous dumps through erecting gates and fencing and, adding K-rails to access points, but it has stopped the dumping.  Since the landowners do not reside within the state or county and cannot afford cleanup of this magnitude, the county is hoping this effort will ultimately eliminate the problem.
+Funding will contribute to road preparation, cleanup, and installation/replacement of gates and guardrail to prevent any off-road access. Volunteers have been recruited to help collect and separate debris and Recology is donating up to 6 cleanup bins.
+These sites are in an environmentally sensitive area, a habitat for many local and migrating wildlife.  The waterway flowing through the parcels connects to larger estuaries that feed multiple counties.  Two of the parcels are linked to the city’s Environmental Conservation and Safety Land Use Overlay plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsay Bass</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314205274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The city is seeking financial assistance for the cleanup of four illegal solid waste sites on city-owned property.  Waste on these sites are the result of camping and associated activities taking place by unsheltered  populations, and include various material such as tires, appliances, construction debris, e-waste, household waste and forms of metal.  All sites are zoned areas otherwise authorized for agriculture activity, close to sensitive habitats, and close to waterways where illegal disposal creates water quality concerns, especially as the Monterey Bay National Marine Sanctuary receives the City's water outflows.
+Site 1, the Moore Creek Preserve, features high quality habitats, including wildflower fields, coastal prairie, rare examples of coast live oak and riparian forest.  Because of sensitive habitat, public use is limited to hiking.  Cattle are grazed on the preserve to benefit native plant and animal species and to reduce fire hazard. Concentrating efforts in Zone A. This sensitive and remote area has been impacted by activities from unsheltered populations with illegal dumping close to a waterway causing significant concern in this environmentally sensitive area.  Debris removal of debris from this zone can be incredibly labor intensive. Improved signage and fencing are planned, which would improve site security and protect important habitat.
+Site 2, Sycamore Grove, has a long and rich agriculture history, and is part of the Pogonip Master Plan that entails a large organic garden onsite.  This site is considered a critical environmentally sensitive area as it houses California's northernmost stand of central coast cottonwood/sycamore riparian woodland and is located upstream from the city's drinking water treatment plant.  Cleanup support would help revive the area and move the master plan forward, which includes adding a nature trail to bring more positive activity and citizen presence to help deter dumping.  Funding would also include better enforcement signage.
+Site 3 is a San Lorenzo River right-of-way located behind the city’s metro transit yard.  The area is designated as a major watershed in the city’s creeks and wetlands management plan and is a highly sensitive riparian habitat.  The site’s vegetation overgrowth encourages encampments and dumping and makes accessing the area for enforcement and abatement difficult.  Vegetation removal is a major component of this project along with cleanup and sign installation.
+Site 4, Lee Street, is vacant city land adjacent to Branciforte Creek and residential homes.  This area is zoned as a flood plain, single family residence, and is designated as a natural area because of its proximity to the creek.  There has been an uptick in trash and debris as well as fires from encampments, which has increased the risk to the environment, public health and overall safety.  Funding for cleanup, improved signage and vegetation overgrowth will improve abatement efforts and minimize disturbance in this sensitive flood plain.</x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado           </x:t>
   </x:si>
   <x:si>
     <x:t>Tahoe Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Andrew Schurr</x:t>
   </x:si>
   <x:si>
     <x:t>5305431501</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Johnson Meadow river front property is in the City of South Lake Tahoe along the Upper Truckee River.  The location is prominent and easily accessible resulting in illegal camping and dumping.  The land was once a dairy farm in the late 1800’s then used for seasonal grazing from roughly 1920 to the early 2000’s.  It was then obtained by a mostly absent and aging family, which is when the property started showing issues.  The Tahoe Resource Conservation District (Tahoe RCD) has since acquired the land, already remediated part of it, and plans to restore the area.
 Dividing the plot into two sites, the remainder of the property still needs to be addressed and will be considered the second cleanup site.  Initial work was performed in partnership with the City of South Lake Tahoe.  Future efforts will involve partnering with various organizations, as needed, to ensure the homeless/unsheltered populations are aware of available services.  Enforcement action has been taken multiple times.
 The Tahoe RCD is asking for reimbursement on their previous efforts and are submitting a pilot program application to clean up the rest.  The waste is mostly out of site from the public roadways, but not centrally located, and constantly changing over time.  These concentrated spots are found during regular patrol and accessible by road, all-terrain vehicle, or foot.  Crews have become very experienced in cleaning and clearing these types of areas.  Training will be provided if needed. 
 After cleanup, the Tahoe RCD will continue to check the area for any additional remediation needed, and avidly monitor the sites as a means of prevention for the duration of the grant if not longer.  The organization is starting development on coordinated tracking, monitoring and prevention programs as an abatement strategy, along with signage that will include positive messaging, available services and regulatory information. 
 The area provides vital open space for the community and is home to walking trails, sensitive habitat, and serves as a critical filter for water on its way to the Upper Truckee Marsh and Lake Tahoe. The Tahoe RCD is not planning to purse any use variance of its current conservation and agricultural preserve zoning.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Thad Walker</x:t>
   </x:si>
   <x:si>
     <x:t>530-693-3173</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Lone Tree Road site is a 2-parcel, 90-acre, family-owned prune and almond farm in Oroville.  Every year for the past decade the Sooch family has been victim to illegal dumping and paid out of pocket to remove unwanted material such as appliances, automobiles, and green waste.  They are now seeking assistance through this grant to fund remaining cleanup and put in site preventative measures, primarily fencing and gates, so the nuisance stops.  Cleanup includes items such as tires, appliances, e-waste, a boat, and construction debris.
 When the family can afford to haul debris off their property, they recycle what they can.  There is a water channel that appears unaffected by surrounding trash; however, if needed, the organization will readdress its monitoring plan.</x:t>
   </x:si>
   <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Cerveny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project:
+Mariposa County is looking to clean up illegal dump sites located on the county’s over 400 miles of roadways adjacent to agricultural land.  The Department of Public Works maintains these areas and remediates material such as mixed trash, tires, appliances, furniture, and construction debris. 
+Given the mountainous terrain and remoteness of the county roads, illegal dumping sites are not always apparent.  Applying under the pilot program, the county plans to address sites as they are reported by personnel or the public.  The county is home to three major drainage basins, so the sooner sites can be alleviated the less likelihood of water contamination.  A public education campaign to discourage illegal dumping and encourage prompt reporting of illegal dumping is planned.
+Note 4/22/22 -- In lieu of roadways, the grant addressed the Mariposa Creek Parkway Site -- cleanup &amp; prevention/abatement. County did cleanup instead of contractor, a parkway grant funded gates.   </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Sutter County Resource Conservation District (SCRCD) is seeking funding to cleanup illegal refuse on farms and ranches within the county.  In conjunction with cleanup, the SCRCD is proposing to install security fences, locks and "No Dumping" signs on all properties to help prevent trespassing and future illegal dumping.  All sites are orchards, and have refuse scattered on these impedes the landowners from successful operation.  The removal of refuse will eliminate potentially dangerous obstacles to basic farming operations, prevent future degradation of materials into toxic substances, and limit the possibility of onsite and offsite surface and groundwater contamination. 
+The first site is a rice farm located on Township Road.  With there being no house on the property but close to town, the area is a good target for illegal dumpers.  The landowner feels as though people treat this site like their own dump yard.  Tired of cleaning up the waste, the owner has pushed everything into a pile, which includes material such as scrap metal, wood and appliances.
+The second site is farmland located on Eager Rd.  The last few years people have used the east side driveway to dump their waste.  The owner started cleaning up the material, but unfortunately the dumping has not stopped.  In the interest of time and not wanting to deal with the dumped items, the owner has got into the habit of moving the discarded material to the side so tractors and workers could get through.  At this point the owner is overwhelmed and facing a cost burden for disposal/recycling of which he is seeking assistance.  
+The third and fourth sites are owned by the Pamma family, previous grant participants, needing assistance on other properties.  Their Hwy 99 site is in the City of Live Oak and primary affected by nighttime dumping.  Most of the trash is located behind an onsite structure neighboring a housing development making it hard to see and thus is a hot stop for illegal dumping.  After cleaning up the area several times and finding that discarded material has flown into the orchard, the family is seeking funding for remaining cleanup and barriers.
+The fourth site is located at the dead end of N Street near Larkin Road.  The family has farmed this area for several years.  All the 3 access points experience illegal dumping; the N Street location faces neighborhood trash and the other locations receive a lot of landscaping related material.  The family has handled many loads of trash and ran off locals from the property but have gotten to the point where they don’t have time to keep up with the increased traffic and dumping.  They are looking for assistance to cleanup remaining items such as tires, pallets and wood poles, and to install preventative signage, fencing and gates. 
+The fifth site, Mark Hopkins Ave, is an almond farm in Rio Oso.  For the past two years the property continues to get dumped on even after installation of ‘No Trespassing’ and ‘Private Property’ signs.  The dumping seems to occur when the tenant is traveling for work, “It’s almost like it’s someone in the area that knows his routine” the applicant states.  The owners have cleaned up several loads of material but are seeking additional help.  Funding would cover remaining cleanup costs for items such as tractor tires, pallets, paint and various construction debris, and cover costs to gate/fence the property’s three access points.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Heather Nichols</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306611688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Yolo County Resource Conservation District is applying on behalf of the Solano County Water Agency for reimbursement costs of removing an underground storage tank from Putah Creek.  The creek borders both the Yolo and Solano counties. 
+During a routine canoe survey, the agency spotted the tank.  Originally located on a floodplain upstream for years, the tank floated downstream during the high flows of Winter, settling on the bank of agriculture property.  The water inside the tank was tested for contaminants and determined clean, thus the tank was removed and recycled.
+The removal process went quick and ran smooth, without any problems.  Choosing to move forward with this project likely prevented a more difficult and costly future project should it had traveled further.  No further remediation is necessary or possible at this time.  This area is the agency’s second highest priority creek-wide for restoration with engineered plans forthcoming.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Yurok Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Koiya Tuttle</x:t>
   </x:si>
   <x:si>
     <x:t>7074821822</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Yurok Tribe Environmental Program is requesting funds through the Pilot Program to cleanup one of its legacy ranches, Nelson Ranch.  The site is located on a mountain above the town of Weitchpec in Humboldt County.  This area was once a thriving upland ranch of connecting prairies and meadows with natural small water bodies and flowing streams, used for grazing small livestock.  The current landowner assumed this property with a large dump on it accumulated through many years.  Items such as abandoned vehicles, household waste and construction material remain. 
 The condition of the property is a concern because of the illegal activity and potential harmful impacts to the environmental both on-site and further downhill.  The goal is to return the area back to a ranch-like state giving occupants the opportunity to invest in and assist with the land.  One of the reasons the tribe has prioritized this site is because of its proximity to a sacred site.  The elder tribe members remember the emanating smell of apple blossoms coming from ranches such as this.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honey Lake Valley Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Laurie Tippin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302577271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Honey Lake Valley Resource Conservation District is applying for the grant on behalf of the Bejcek family for trust lands located in Lassen County off Hwy 395.  The previously unoccupied property consists of 122 acres of agricultural land that is currently used for cattle grazing.  Previously, the site had not been occupied for many years and “various items started showing up” explains the landowner.  “The problem compounded itself. When it became obvious what was happening, I installed a gate and some fencing to try to stop the dumping. It has worked some.”  After cleanup, the pristine property and current barriers be enough to abate further dumping.  The grant will cover the northeast corner of the parcel, which will be divided into two sites in order to conduct an appropriate cleanup.
+The north site, site 1, contains a 1960's home that became unoccupied in the 1990's.  Once vacant, waste started being dumped near and around the home site area, as there was easy access.  Material remaining onsite include over 400 tires, a mobile home, vehicles, trailers, metal and household waste.  The south site, site 2, is adjacent to and very similar to site 1.  The area is composed of approximately 5 acres of piled and scattered debris.  Various types of garbage and metal appear to be the bulk of the waste.  There are around 100 tires of all types in piles as well as several vehicles.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marla Walters</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306236004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Trinity County Resource Conservation District (TCRCD) is applying for the grant to cleanup a longstanding “solid waste nuisance” site located on Riverview Road in Hayfork.  The property was originally a pig farm, then sold to someone out-of-state who was unable to control dumping and vandalism and was cited for its condition in 2017.
+In 2019 Christina Pierce purchased the parcel and is planning to donate it to Hayfork Transition, a pending non-profit she and others have founded.  The organization intends to use the area as an agricultural center to include classes, community education and a demonstration plot.  They have already made efforts to reduce waste onsite through public volunteer clean-up events, repairing old fencing, and putting in temporary fencing.
+Funding would allow the TCRCD to complete removal of illegally dumped and vandalized property and install permanent fencing to prevent future dumping.  Cleanup will include material such as tires, abandoned vehicles, a travel trailer, a motorhome, household waste, contaminated soil, and burnt structures.  Public volunteers are contributing in-kind labor to the cause.  A drone will be used to capture before and after images.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 12</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -434,51 +434,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f15d09eec44cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raa6b35d208d8480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4a5dd6ccc9d4da3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R351b13c3b2b14188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b330d26eca945ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R34eca8770fb24847" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -526,315 +526,315 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+    <x:row ht="1011.9118041992188" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>97488</x:v>
+        <x:v>145575</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="965.905517578125" customHeight="1" collapsed="0">
+    <x:row ht="2794.251953125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2759.75439453125" customHeight="1" collapsed="0">
+    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>173602</x:v>
+        <x:v>97488</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+    <x:row ht="2759.75439453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>13048</x:v>
+        <x:v>173602</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1172.8916015625" customHeight="1" collapsed="0">
+    <x:row ht="2069.82958984375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>29377</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row ht="3001.2373046875" customHeight="1" collapsed="0">
+    <x:row ht="770.4287109375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>68571</x:v>
+        <x:v>49935</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="965.9052734375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>145575</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="3001.2373046875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>170000</x:v>
+        <x:v>68571</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>13048</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>29377</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="1276.384765625" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>49935</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+    <x:row ht="1172.890625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A18" s="10" t="s">
@@ -861,29 +861,29 @@
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 25, 2026 4:20 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 4:17 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>