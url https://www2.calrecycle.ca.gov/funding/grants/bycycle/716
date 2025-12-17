--- v0 (2025-12-15)
+++ v1 (2025-12-17)
@@ -1,526 +1,526 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d7ba18aa253406e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R421d3e4b42dd489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8c8a568ef6944ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3468bf8ca82b4ce1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Local Gov`t Waste Tire Cleanup Grant (TCU18)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...8 lines deleted...]
-    <x:t>6264583581</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
-    <x:t>The project provides for the cleanup of an estimated 45,000 tires illegally dumped within the road right-of-way and abandoned properties at various locations in the Los Angeles Basin and Antelope Valley.  These areas include many alleys and streets within 1,000 feet of schools, residences, offices, parks, and environmentally sensitive areas.  Grant funds will be used to cover the cost for collecting, loading, transporting, and recycling/disposing of waste tires.  Public Works will oversee the grant and provide contract hauling and recycling.</x:t>
-[...29 lines deleted...]
-    <x:t>The City of Fresno is located near the center of the State of California in the central San Joaquin Valley. Fresno has a population of approximately 500,000 and a high concentrated poverty rate. A substantial part of the residential areas are in older neighborhoods which were developed with alleys. Illegally dumped tires and other debris are continually dumped in these alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The City of Fresno employs two staff members who locate and remove these illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Town of Apple Valley encompasses 78 square miles of developed and open desert land. With these geographical features, illegal dumping of waste tires is a major problem for the Town resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping are often within 1,000 feet of schools, residential neighborhoods, commercial and industrial centers, airport and electrical transmission lines. These locations are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires.  The Town attempts to remove illegally dumped tires quickly to alleviate this threat to public health and safety and to discourage further illegal dumping. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout the entire Apple Valley boundaries. The Town will use the waste tire cleanup grant funds to identify waste tire piles by acting upon citizen complaints of abandoned tires in specific areas of the Town and collect and transport them to a short-term storage location at the Town’s Public Works Yard. Pictures of the waste tires illegally dumped are included for your convenience. The Town anticipates approximately 2,400 waste tires will be transported by the contractor, Burrtec Waste Industries, Inc, a registered waste tire hauler, to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
+To offset the cost of recycling waste tires, the Town is requesting reimbursement of $10,344 for Code Enforcement Officer’s salaries and benefits when actual time is spent on grant related activities with an additional $750 requested for supplies to be used during cleanup activities.  The Town is also requesting $4,547 in Waste Tire Cleanup grant funds to offset the cost to load and transport approximately 2,400 waste tires anticipated to be illegally dumped during the 2-year grant term. As part of grant reporting, the Town is requesting reimbursement of $2,273 for staff to prepare payment requests and final report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Manar Haddad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The main objective of this grant proposal is to remove illegally dumped tires from several locations throughout the City of Bakersfield and to restore the areas back to their original state. Illegally dumped waste tires create blight, vector control and other health and safety hazards to the public and the environment. Illegal dump sites not abated in a timely manner potentially contribute to the accumulation of waste tires. The City of Bakersfield cleanup projects are intended to mitigate potential fire and health risks posed by these tire piles within our jurisdiction. 
+The City of Bakersfield Solid Waste Division currently responds to citizen complaints of illegal dumping which has occurred along the public right-of-ways or upon their private property. 
+The Solid Waste Division dedicates a Solid Waste Equipment Operator almost 25 hours per week towards the collection and removal of waste tires illegally dumped throughout alleys, roadways, sidewalks and other public property. 
+All waste tires collected are transported to the City of Bakersfield s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver large and car passenger tires from its city truck/trailer combination to contractor BARC recycling facility for the purpose of recycling. 
+An estimated of 15,000 tires are to be removed and recycled.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Henderson</x:t>
   </x:si>
   <x:si>
     <x:t>5306930172</x:t>
   </x:si>
   <x:si>
     <x:t>This project will be a roaming waste tire pick up program aimed at properties with illegally dumped waste tires. We will advertise to the general public of the possibility of waste tire removal if qualified. One of our team members will conduct a field interview to determine the eligibility of a site. If a site is eligible we will collect and transport the tires to the proper collection site.
 Illegally dumped waste tires pose significant threats to the environment, public health, and the public safety. Within the unincorporated areas of Butte County, tires are frequently dumped illegally on roadways, on vacant land, in alleys, and in sensitive wildlife habitats near homes, schools, and businesses. These tires provide breeding grounds for rodents and mosquitoes, which could spread the West Nile Virus and other diseases. There is also a threat of fire when a large number of tires are dumped in one location, which occurs frequently in rural areas. During drought conditions, this threat increases significantly. Unfortunately, our county has suffered two major disasters that warranted "State of Emergency" orders from local, state, and federal government. An unforeseen dynamic in the fallout of these events was an exponential increase in illegal debris dumping and disposal. This new tactic will aggressively approach the illegal dumping of tires, and assist in the prevention of continual offenses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Rico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6262588833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project:  
+The City of El Monte has a population of 115,586 and is in the 91-100% (Highest Score) for Disadvantaged Communities.
+The Grant funds would allow the collection of tires being illegally dumped throughout the City.  Valley Vista Services, the City’s franchised hauler, collected 82.37 tons of illegally disposal of tires in 2018 and 16.49 tons in 2019.
+In order to offer our residents additional opportunities to dispose of tires, The City hosts a bulky item round-up twice a year. At these Bulky Item round-up events, residents can also dispose of tires properly.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fresno is located near the center of the State of California in the central San Joaquin Valley. Fresno has a population of approximately 500,000 and a high concentrated poverty rate. A substantial part of the residential areas are in older neighborhoods which were developed with alleys. Illegally dumped tires and other debris are continually dumped in these alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The City of Fresno employs two staff members who locate and remove these illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dylan Loy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596000467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Fresno has an ongoing waste tire cleanup program managed by the County's Department of Public Works and Planning Road Maintenance and Operations (Roads) Division.  Illegally duped tires are removed by Roads personnel from County streets and rights-of-way in the rural and unincorporated areas throughout Fresno County. It is estimated that for the TCU18 cycle, the tires collected by Roads personnel with be approximately 13,000.  Roads personnel collect and deliver tires to storage areas at the County's various Road Maintenance Yards and other appropriate storage sites. Waste tires will be removed by permitted tire hauling companies including American Refuse, Inc. (dba American Tire Tec), West Coast Rubber Recycling, Inc., Gilton Resource Recovery/Transfer Facility, Inc., and other hauling companies as available and established through County- vendor procurement agreements. 
+County and LCC staff have held several discussions addressing assistance with the Tire Cleanup grant. However, LCC has indicated that they have limited labor and equipment resources to cover the 6,000+ square miles that comprise Fresno County. County staff continued to make contact with LCC staff for possible future events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jamie Carone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia covers nearly 75 square miles of developed and vacant open desert land. With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping, often times near schools or residential neighborhoods, are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires. Some locations are also near the City water storage tanks or Mojave River causing a serious threat to the City's drinking water.
+City staff attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping. Code Enforcement Officers are available 7-days a week to clean-up City areas littered with waste tires. To assist in the cleanup efforts, the City's Code Enforcement Department contracts with the Work Release Program through the County of San Bernardino Criminal Justice System. Under the supervision of a Code Enforcement Officer, work release crews and City Code Enforcement Officers pick-up the waste tires and deliver to the grant Contractor for proper disposal. In addition to Code Enforcement Officers collecting waste tires, the City's Public Works personnel may also pick up tires that are located along City right-of-way. The Contractor will transport the waste tires to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
+To offset the cost of recycling waste tires, the City is requesting reimbursement of $9,711.00 for Code Enforcement Officer’s salaries and benefits when actual time is spent on grant-related activities. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout Hesperia and staff acts upon complaints of abandoned tires in specific areas. It is anticipated that passenger car, light truck and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles. Pictures of the waste tires illegally dumped are included for your convenience. The City is requesting Waste Tire Cleanup grant funds of $11,466 to offset the collection, disposal and hauling cost of approximately 3,675 waste tires anticipated to be illegally dumped during the 2- year grant term. As part of grant reporting, the City is requesting reimbursement of $2,033.20 for staff to prepare payment requests and final report.</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Lake Elsinore</x:t>
   </x:si>
   <x:si>
     <x:t> Nicole McCalmont</x:t>
   </x:si>
   <x:si>
     <x:t>9516743124</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Lake Elsinore has identified both 1) existing tire stockpiles on private property, and 2) recurring "hot spots" for illegal tire dumping which occur on, or near, public streets and right-of-ways in residential neighborhoods.
 The City will use grant funds to facilitate the clean-up of existing tire stockpiles on private property, two locations of which are detailed in this grant proposal under the "Sites" tab. Additional stockpiles on private property may be identified during the course of the grant cycle, either by Public Works staff or by the "Tire Patrols" conducted by Conservation Corps members. All tires collected from private property will be taken to the City Yard and placed in the designated tire collection roll-off bin. This bin will then be taken to a recycling facility for end-use. 
 To address its ongoing tire dumping problem near residences, the City will implement a three-pronged approach:
 1. The City will establish and promote a tire dumping reporting telephone hotline and email address.  Residents will be encouraged to report any tires that they see dumped throughout the City.  This information will be provided to the Mountains Federation Local Conservation Corps members during their monthly "Tire Patrol." Corps members will collect the tires and bring them to the City Yard for loading in a 40-yard roll-off for transport for recycling.
 2. The Mountains Foundation Local Conservation Corps will provide 4 staff members each month for an 8-hour "Tire Patrol."  Corps members will drive throughout the Lake Elsinore community to collect any tires that have been dumped on public property or along right-of-ways, with particular emphasis on the "hot spots" identified in the "Sites" tab.  Corps members will collect tires from any locations identified by calls or emails to the City's tire dumping hotline.  Corps members will also collect any tires from all the frequent dumping locations identified by the City.  All tires collected during these "Tire Patrols" will be taken to the City Yard and placed in the designated tire collection 40-yard roll-off bin. This bin will then be taken to a recycling facility for end-use. 
 3. City Public Works staff will collect any dumped tires that they see during their regular travel through the City.  In the case of large tires piles, location information will be provided to the Local Conservation Corps to collect the tires during their regular "Tire Patrols".  All tires collected by the Public Works staff will be brought to the City Yard and placed in the designated tire collection roll-off box. This bin will then be taken to a recycling facility for end-use.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Cruz          </x:t>
-[...27 lines deleted...]
-The Department will use the Crew Lead Worker and Maintenance and Construction job classifications to operate exempt-government hauling vehicles (Tire Program Identification Number 1570382-01). The tire loads will be manifested and transported using the government-exempt hauling vehicles (Tire Program Identification Number 1274054-01). The waste tire loads will be hauled to B J Used Tire &amp; Rubber Recycling (TPID Number 1001094). For the bulk of the labor, the Department will use the Riverside County Sheriff’s Department Riverside Alternative Sentencing Program (RASP) participant’s in removing waste tires from county roads.</x:t>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617236195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Locate and remove illegally dumped and/or stockpiled waste tires from City of Lancaster public roads, right-of-ways and other public lands. Waste tires will be taken to the City Maintenance Facility and transported by state permitted registered haulers to end use facilities. Priority will be given to sites that pose serious threats to public health and safety and the environment. Public roads, vacant lots and public land sites that are within 1,000 feet of residential homes, schools, and industrial centers where tires are often illegally dumped throughout the City. 
+Prior grant cycle awards have helped to clean-up numerous waste tires throughout the City of Lancaster. To date; the City has cleaned up over 500 illegal waste tire piles, benefiting local and regional efforts in minimizing risks to public health and safety, and promoting the clean-up and removal of environmental hazards and conservation of natural resources.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christy Serrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Long Beach proposes to continue the cleanup efforts around the Los Angeles River area north of the Long Beach Harbor Basin.  This area remains a high priority for the City due to the level of illegal dumping that occurs.
+The first area is east of the LA River between 5th Street and Willow Street (East Project Area), to Magnolia Avenue as the west boundary. The East project area is residential and commercial, including Drake Park and Thomas Edison Elementary School.  Golden Park, Cesar Chavez Park and Seaside Park are also nearby.  The Los Angeles River runs directly west of the project area, with the Long Beach Harbor and Downtown Long Beach less than one mile from the project area.
+The second area is west of the Los Angeles River between 9th Street and Willow Street (West Project Area), to Santa Fe Avenue as the east boundary. The West project area includes industrial and residential areas, including Garfield Elementary School and with Cabrillo High School nearby. Nearby parks include Hudson and Admiral Kidd Parks. The Los Angeles River runs directly east, the Dominguez Channel is about one-half mile to the west and the waters of the Port of Long Beach are directly south.
+In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Ronaldo Milo</x:t>
   </x:si>
   <x:si>
     <x:t>2134853568</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Los Angeles has an on-going waste tire cleanup program through the City's Department of Public Works (DPW) managed by the Solid Resources Support Services (SRSSD) and the Solid Resources Collection Division (SRCD) of the Los Angeles Sanitation (LASAN). SRCD removes illegally dumped tires within the City`s right-of-ways, alleys and boundaries. Tires collected are delivered to any of the six LASAN's district yards and other City locations approved by LASAN for storage and recording purposes. The district yards and LASAN approved locations provide environmentally sound storage areas for the collection and transportation by a vendor to a tire recycling facility for processing and beneficial reuse. Each of the LASAN district yards has a Tire Program Identification (TPID) Number Certificate issued by Department of Resources Recycling and Recovery (CalRecycle) storing an approved number of tires at a certain time period. LASAN's six district yards are as follows:
 1) West Valley District Yard
 8840 Vanalden Avenue
 Northridge, CA 91324
 818-727-7193
 2) South Los Angeles District Yard
 786 South Mission Road
 Los Angeles, CA 90023
 213-485-4912
 3) West Los Angeles District
 2027 Stoner Avenue
 Los Angeles,CA 90025
 310-575-8393
 4) Harbor District Yard
 1400 North Gaffey Street
 San Pedro, CA 90731
 310-548-7708
 5) East Valley District yard
 11050 Pendleton Street
 Sun Valley, CA 91325
 818-752-5700
 6) North Central District
 452 San Fernando Road
 Los Angeles, CA 90031
 (323) 227-7334
 The City of Los Angeles collects an average of 650 tons of used tires annually through which LASAN estimates 50% are collected from illegally dumped areas. B.J. Used Tire &amp; Rubber Recycling, Inc. (B.J. - contact: Rita Jankouzian, 909-684-2316) has contract with the City for the collection, transportation and &amp; processing of used tires for beneficial reuse. 
 Additionally, LASAN partners with Los Angeles Conservation Corps (LACC – contact: Robert Skillman, 213-749-3601) for the removal of tires within the approved wastesheds of the City of Los Angeles. LACC services are limited to the collection and transportation of used/waste tires only. LACC will directly deliver to B.J. &amp; LASAN pays B.J. for disposal/recycling of the LACC's delivered tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...124 lines deleted...]
-County and LCC staff have held several discussions addressing assistance with the Tire Cleanup grant. However, LCC has indicated that they have limited labor and equipment resources to cover the 6,000+ square miles that comprise Fresno County. County staff continued to make contact with LCC staff for possible future events.</x:t>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sergio Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596624951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Madera‘s Public Works Department will act as the lead agency in this regional application with Madera County participating as the other jurisdiction. 
+The City staff will administer the grant if selected, coordinate the scheduling of tire trailers and pickup locations, oversee the pickup of tires found in alleys, public right-of-way and waterways at various scattered sites. County staff will follow the same procedures within their jurisdiction. The goal is to remove 31,000 tires over the term of the grant. 
+The City will use American Tire Recycle,LLC. - Scrap Tire Company to provide the trailer vans used for the removal of scrap tires found in the City and County of Madera. American Tire Recycling, LLC will transmit electronically all generator, hauler, and end use facility information to CalRecycle. American Tire Recycling, LLC will provide City with hard copies of all manifests and weight certificates. 
+There will be minor supply costs for gloves to be used by haulers, fuel for hauling vehicles, and related grant costs. 
+Total grant application will not exceed $250,000 and cost per tire will be below $8.00 per tire. All tires collected will be taken to a permitted recycling facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Seth Strader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074675719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collect, remove, transport and dispose of illegally dumped tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosene Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095774801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has an estimated population of 205 thousand people who currently occupy an estimated 37 square miles. Within that area, there are 3.050 streets, 1.400 alleys, 78 parks and 3 main waterways. It is our intent to utilize grant funding to remove illegally dumped waste tires from these areas by assigning a city employee maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition to the labor component, the City of Modesto is requesting funding to contract with Waste Recovery West, Inc. to transport waste tires for recycling. The City of Modesto owns a storage container to store waste tires until removal is required for transportation to an end-use facility. The current location is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note, the City of Modesto will be responsible fro providing a 1/2 ton pickup truck with a lift gate, safety equipment and any additional materials necessary to complete the job safely and efficiently. Historically, the City of Modesto has collected 1400-1800 illegally dumped tires per year through the grant program.  The City of Modesto is estimating that we will collect approximately 1850 illegally dumped tires per year for recycling through a permitted recycler and hauler for an estimated total of 3,700 tires during the entire grant cycle.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Ontario</x:t>
   </x:si>
   <x:si>
     <x:t> Porscha Gatewood</x:t>
   </x:si>
   <x:si>
     <x:t>9093952776</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Ontario covers nearly 50 square miles of developed and vacant open urban. With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping are often near schools or residential neighborhoods, and easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires. In addition, illegally disposed tires are found near Ontario’s International airport, and electrical transmission lines which pose great risk to commercial and industrial districts. 
 Some locations are also near the City water storage tanks or waterways posing a serious threat to the City’s drinking water.
 City staff attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping. City maintenance staff members work 5-days a week to clean-up City areas littered with waste tires. To assist in the cleanup efforts, the City will make use of its electronic app that allows residents to report illegally disposed tires directly from their cell phones.  Residents will also be encouraged to report illegally dumped tires using a designated hotline to report the matter. 
 Under the direction of Ontario’s Municipal Utilities Integrated Waste Division, work crews will be dispatched to collect and store the tires in 40-yard roll-off container for transportation by a waste tire hauler to an approved end-use facility for recycling.
 To offset the cost of recycling waste tires, the City is requesting reimbursement of $25, 367.91 for City Staff, including Code Enforcement staff salaries and benefits when actual time is spent on grant-related activities.  This will also include staff to prepare payment requests and final progress report.
 Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout Ontario and staff acts upon complaints of abandoned tires in specific areas. It is anticipated that passenger car, light truck and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles. 
 Pictures of the waste tires illegally dumped are included for your convenience. The City is requesting Waste Tire Cleanup grant funds of $$19, 563.60 to offset the collection, disposal, materials, and hauling cost of approximately 6,600 waste tires anticipated to be illegally dumped during the 2-year grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Madera              </x:t>
-[...34 lines deleted...]
-An estimated of 15,000 tires are to be removed and recycled.</x:t>
+    <x:t>City of San Bernardino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leslie Graciano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093845353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Bernardino continues to have an issue with illegally dumped tires on the side of roads, parks, fields and alleyways. The City has very limited staff dedicated to cleaning up illegally dumped waste tires, so we are not able to keep up with resident requests for tire cleanups. The Public Works Department and the select volunteers from the neighbor associations now work together at least once a month to go out and collect illegally dumped waste tires in designated areas the City. The City communicates with volunteers to bring all collected tires to our City yard for proper disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nader Sidhom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Santa Cruz seeks to utilize the CalRecycle Tire Cleanup Grant in order to remove and recycle illegal tire dumps along public right of ways and on private properties where the owner was not involved in contributing to the illegal tire dumps. We anticipate the opportunity to remove approximately 550 tires.  
+Tire Clean-up events will be conducted as needed and the tires will be received at  three disposal sites: the Buena Vista Landfill, Ben Lomond Transfer Station, and the City of Santa Cruz Resource Recovery Facility.  Our estimated cost per tire is in the high range at approximately $7.66 due to retrieval costs of partially buried tires from ravines and hillsides. Efforts will be made to reduce the cost per tire whenever possible by maximizing efficiency in the process. 
+The benefits of the proper treatment of waste tires in our county include environmental protection and the reduction of mosquito habitats along with mosquitoes and the threat of diseases they may spread.  Additionally, the aesthetic benefits of removing illegal tire dumps will have far reaching improvements regarding beautification, quality of life, and morale.
+CalRecycle grant funds are requested for the reimbursement of waste tire processing expenses, and staffing costs directly related to the Tire Clean-Up program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the funding requested, Stanislaus County Department of Environmental Resources estimates picking up approximately 5,000 waste tires that have been illegally dumped either on private property or along the county unincorporated roadways.  The goal is to remediate small tire piles as soon as possible to prevent blighted conditions and to prevent a harborage for insects and vermin.  All car and truck tires will be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sanger</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julian Ruvalcuva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595670525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Sanger has dealt with illegal dumping of tires each year. The City Public Works Staff dedicates time each week to remove tires from alleys, behind store buildings, empty lots, inside bin enclosures, and throughout town. This grant would assist the City to offset cost for collecting illegally dumped tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daveline Villaseñor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603374586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County is a unique community of seven cities. The city of Mexicali with a population of well over a million residents, borders the city of Calexico. the yearly crossing is over 1.2 million. Imperial county generates approximately 75,000 used and waste tires annually. The County cities and unincorporated communities comprise less than two percent of the land aand this provides ample desolated, isolated and observably ares where individuals could illegally dump tires.
+Even one these following factors would substantially contribute to the number of illegally dumped and discarded tires but taken together creates a formidable environmental of unsightly and disease-bearing discarded illegally dumped tires. Close proximity to the Mexico border crossing, Imperial Valley inherits many tires rejected by the Mexican Recycling Industry: large number of seasonal visitors attracting recreational vehicle owners with vehicles in tow. off road visitors to the Imperial sand dunes (each of these licensed vehicles paying admission to BLM land is approximately 456,300 street legal vehicles for 2019, typically hauls an average of three off-road vehicles) high usage of passengers, truck, sime-truck and equipment tires in the Imperial County agricultural industry: and lack of financial resources, and irrigation canals (canals are cleaned quarterly and illegally  disposed tires are removed)
+All of Imperial Valley Resource Management Agency (IVRMA) collected tires now are going to Rubber Recovery Inc. located at 10672-B Calabash Avenue, Fontana, Ca 92337. Nothing goes to the landfill. The tires transpoted from the Imperial Valley to Rubber Recovery Inc, are crumbed buffing or molding to manufacture retail products. All contractors must sign an  agreement to take all collected tires to a recycling facility.
+Community support for the Tire Cleanup Program included local Enforcement Agency (LEA) and Elected Officials. Imperial County has developed an Illegally Dumping Task Force in 2009 which has brought awareness to the residents of Imperial County of the problems associated with illegally dumping.We now have enforcement provided by Imperial County Sheriff Department, Highway Patrol and the local enforcement agency (LEA)  In 2008 the Imperial County Board of Supervisors passed an ordinance #1436, chapter 8.73-Unlawfuland Unauthorized Dumping of Solid Waste. Illegal Dumping of tires is a serious threat to the Public Health and Safety in the proximity of densely populated areas to residental homes, schools and commercial locations. Imperial County covers approximately 4,597 square miles of predominately agriculture  land with many schools in Imperial county in remote areas where tires are frequently illegally dumped. San Pasqual Valley Unified School District is located 90 miles from a populated area. Pine Elementary School. Magnolia Union Elementary School district. Mulbery Elementary School District and Meadows Union School District are all schools that are in rural and agricultural areas in Imperial county. Illegally dump inf of tires is common in rural secluded agricultural areas. Pesticides residue has been found in tires. Physical injuries can also result from sharp or pointed objects inside a discarded tires.Tire collection crews have reported finding needles, broken glass and dangerous objects. Piles of illegally discarded tires that contain trash or dry brush are a potential fire hazard. When tires burn the toxic chemicals are released directly into the atmosphere. This can cause both short and long term health hazards to residents. Compounds from melted tires can also pollute soil, surface water and ground water. A tremendous health hazard is created when illegally discarded tires accumulate on roads that run through farmland, and the pile of tires ignited.
+Over 550,000 illegally dumped tires have been collected and recycled from Imperial County roadways and other public areas with grants from CalRecycle /CIWMB. IVRMA has exhibited wise and judicious use of CalRecycle Grant funds which will continue. IVRMA has developed significant experience and has managed to keep the cost of collections down on the  recycling illegally discarded tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tire Cleanup Grant will be used in areas where illegally dumped tires are normally found including alleys and sites within 1000 feet to residential homes, waterways, and commercial/industrial businesses. An estimated total of 8,000 tires are expected to be collected. Funds will be used for the costs associated to tire trailer services for illegally dumped tires. Member jurisdictions remove the tires and bring them over to both of our landfills. Tire haulers then pick them up from both landfills and recycle them.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The TCU18 Waste Tire Cleanup Grant Program will provide funding for Lake County to coordinate for the collection, removal, transportation, recycling and disposal of tires from illegal tire dumping along public road right-of-ways, county park properties, and in some cases private properties that have been used as illegal dump sites for tires. The project will allow the county to respond in a more timely manner to remove tires, thereby reducing potential health and fire risks and minimize additional tires from accumulating into larger piles. We have identified and attached details about some specific sites that have been identified as recurring problem locations; however the proposal allows funding to manage additional sites identified during the grant performance period. The County anticipates collecting approximately 4,000 illegally dumped tires through this program and will work with groups such as AmeriCorps, the Local Government Commission (LGC), and Citizens Caring For Clearlake (CC4C, a local nonprofit) to help with large scale cleanups. These groups have previously partnered with the County of Lake, providing valuable labor and passion to clean up waterways, parks and trails. 
+The County of Lake will contract with the two franchised waste haulers to pick up tires that have been illegally dumped within each of their jurisdictions. The haulers will then deliver the tires to their respective facilities for proper disposal and recycling. The County will partner with AmeriCorps, LGC, and CC4C when necessary to assist with cleanups.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>1,950 tires from the Tijuana River Valley split among at least two agencies;
 200 tires from the City owned Brownfield Airport;
 300 tires from San Diego Open Space clean-ups;
 3,900 tires to be collected by Code Compliance from public rights-of-way.
 1,100 tires from the City of Chula Vista public rights-of-way.
 200 tires from Skibbe Ranch.
 This results in a projected clean-up cost of $7.80/tire.
 The Tijuana River Valley is an estuary of national importance with a multi-agency approach to restoring and protecting the sensitive ecosystem. Tires from Mexico are washed downstream during rain events and have significant impact on the watershed. Tires are plucked from the sediment and trash removed during dredging of river channels and sediment basins. Large truck tires can sometimes be recycled however passenger tires are too contaminated with sediments and go the landfill.
 Brownfield Airport is a small City operated airport located on a large piece of City owned property.  This property is bordered by open space and is located in a remote area of the City. These factors have made it prone to dumping.  The City has been cleaning up the property in preparation for development. 
 City of San Diego Open Space: 
 Tires dumped in open spaces, parks and canyons are collected by park rangers and stored at this location until a pick up is arranged.
 The City of San Diego Code Compliance division actively collects tires from the Public Rights-of Way throughout the City and stores them until a pick up can be arranged.
 The City of Chula Vista Code Compliance division actively collects tires from the Public Rights-of Way throughout the city. The tires were stored at the site known as “former public works” yard which is now closed.  They will now be stored at the current public works yard until they are picked up. 
 Skibbe Ranch is a part of the Tijuana River Valley (TVR), but is a single location to collect small amounts of tires found in the TRV by the ranchers.
 The Tire enforcement Program also refers tire piles on public property to Code Compliance for remediation.  Detailed logs are provided of these activities.  When possible the Tire Enforcement Program utilizes surveillance cameras to catch perpetrators and deter dumping.
 Some signs and/or fencing may be purchased with grant monies.
 Other than the contaminated tires from the Tijuana River Valley, every attempt is made to recycle the tires at BAS recycling, our closest tire recycling facility, located 100 miles away in Moreno Valley.</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Gonzales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9099638665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Code Enforcement will utilize Waste Tire Cleanup Grant funds to abate waste tire dump sites throughout its large jurisdictional area. The deserts of San Bernardino County are frequently utilized as a dumping ground for the illegal disposal of waste tires and other materials. The County actively combats these activities with an Illegal Dumping program, and we look forward to a continued partnership with CalRecycle to carry on our efforts in identifying and abating illegal waste tire dump sites.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County</x:t>
   </x:si>
   <x:si>
     <x:t> Lisette Webb</x:t>
   </x:si>
   <x:si>
     <x:t>2094683066</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County requests $47,375 to implement a tire clean up and education campaign. The campaign aims to reduce the illegal dumping of waste tires from residential and agricultural neighborhoods through tire removal and education. Tires will be removed from rural properties and public roadways using staff and the Greater Valley Conservation Corps.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Lancaster</x:t>
-[...61 lines deleted...]
-The County of Lake will contract with the two franchised waste haulers to pick up tires that have been illegally dumped within each of their jurisdictions. The haulers will then deliver the tires to their respective facilities for proper disposal and recycling. The County will partner with AmeriCorps, LGC, and CC4C when necessary to assist with cleanups.</x:t>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project provides for the cleanup of an estimated 45,000 tires illegally dumped within the road right-of-way and abandoned properties at various locations in the Los Angeles Basin and Antelope Valley.  These areas include many alleys and streets within 1,000 feet of schools, residences, offices, parks, and environmentally sensitive areas.  Grant funds will be used to cover the cost for collecting, loading, transporting, and recycling/disposing of waste tires.  Public Works will oversee the grant and provide contract hauling and recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Contaoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County Department of Waste Resources (Department) has been removing illegally dumped tire from county roads since 2002.  The Illegal dumping Mop-uP and Cleanup Team (IMPACT) has removed tons of illegally dumped solid waste and waste tires. To date IMPACT program has removed over 37,000 illegally dumped waste tires on county road right-of-ways.  The Department is committed to continue this program and remove tires from road sides.  So if awarded the grant for another cycle the Department will continue to do this work.
+The Department will use the Crew Lead Worker and Maintenance and Construction job classifications to operate exempt-government hauling vehicles (Tire Program Identification Number 1570382-01). The tire loads will be manifested and transported using the government-exempt hauling vehicles (Tire Program Identification Number 1274054-01). The waste tire loads will be hauled to B J Used Tire &amp; Rubber Recycling (TPID Number 1001094). For the bulk of the labor, the Department will use the Riverside County Sheriff’s Department Riverside Alternative Sentencing Program (RASP) participant’s in removing waste tires from county roads.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 27</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -655,51 +655,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8765267c8c4d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8c8a568ef6944ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R15675a47040344eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b50cf4f84c4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3468bf8ca82b4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R193109ad86274db4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -747,687 +747,687 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.96697998046875" customHeight="1" collapsed="0">
+    <x:row ht="1874.3526611328125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>240000</x:v>
+        <x:v>17914</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
+    <x:row ht="1230.4063720703125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>30910</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.9259033203125" customHeight="1" collapsed="0">
+    <x:row ht="1172.8916015625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>90190</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1172.8914794921875" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>90190</x:v>
+        <x:v>78652</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2242.318115234375" customHeight="1" collapsed="0">
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>67564</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
+    <x:row ht="1126.91357421875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>4214</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="2219.30078125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>22980</x:v>
+        <x:v>23210</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="2242.318359375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>99998</x:v>
+        <x:v>67564</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.9619140625" customHeight="1" collapsed="0">
+    <x:row ht="781.9365234375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>41950</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="1713.3447265625" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>17914</x:v>
+        <x:v>99841</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="2115.80859375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>99998</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+    </x:row>
+    <x:row ht="1057.91796875" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>99841</x:v>
+        <x:v>249991</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="57.486328125" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>23210</x:v>
+        <x:v>9497</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="1207.388671875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>15000</x:v>
+        <x:v>29844</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>74</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2265.306640625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>4470</x:v>
+        <x:v>44932</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.443359375" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>78652</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="1126.9140625" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1161.412109375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>4214</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="2265.306640625" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>44932</x:v>
+        <x:v>30910</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.916015625" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.470703125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>249991</x:v>
+        <x:v>4470</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="1230.40625" customHeight="1" collapsed="0">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3725.689453125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-    <x:row ht="2276.818359375" customHeight="1" collapsed="0">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>59669</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1310.880859375" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>47375</x:v>
-[...4 lines deleted...]
-      <x:c r="F27" s="8" t="s">
+        <x:v>31363</x:v>
+      </x:c>
+      <x:c r="E27" s="8"/>
+      <x:c r="F27" s="8"/>
+      <x:c r="G27" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+    </x:row>
+    <x:row ht="2276.81640625" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>41950</x:v>
+        <x:v>59669</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.484375" customHeight="1" collapsed="0">
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>9497</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="G29" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H29" s="8" t="s">
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A30" s="8" t="s">
+      <x:c r="B30" s="8" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>16000</x:v>
+        <x:v>47375</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="G30" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B31" s="8" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>29844</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="1057.916015625" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B32" s="8" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>31363</x:v>
-[...2 lines deleted...]
-      <x:c r="F32" s="8"/>
+        <x:v>22980</x:v>
+      </x:c>
+      <x:c r="E32" s="8" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F32" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.40234375" customHeight="1" collapsed="0">
       <x:c r="A33" s="10" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B33" s="10" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C33" s="10"/>
       <x:c r="D33" s="11" t="n">
         <x:v>1975564</x:v>
       </x:c>
       <x:c r="E33" s="10" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F33" s="10" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G33" s="10" t="s">
@@ -1453,29 +1453,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 15, 2025 3:41 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:52 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>