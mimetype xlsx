--- v1 (2025-12-17)
+++ v2 (2025-12-25)
@@ -1,526 +1,526 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R421d3e4b42dd489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd80fe5c66d5f4179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3468bf8ca82b4ce1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R816d62f7eddd490c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Local Gov`t Waste Tire Cleanup Grant (TCU18)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...8 lines deleted...]
-    <x:t>7602407000</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583581</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Town of Apple Valley encompasses 78 square miles of developed and open desert land. With these geographical features, illegal dumping of waste tires is a major problem for the Town resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping are often within 1,000 feet of schools, residential neighborhoods, commercial and industrial centers, airport and electrical transmission lines. These locations are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires.  The Town attempts to remove illegally dumped tires quickly to alleviate this threat to public health and safety and to discourage further illegal dumping. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout the entire Apple Valley boundaries. The Town will use the waste tire cleanup grant funds to identify waste tire piles by acting upon citizen complaints of abandoned tires in specific areas of the Town and collect and transport them to a short-term storage location at the Town’s Public Works Yard. Pictures of the waste tires illegally dumped are included for your convenience. The Town anticipates approximately 2,400 waste tires will be transported by the contractor, Burrtec Waste Industries, Inc, a registered waste tire hauler, to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
-[...19 lines deleted...]
-An estimated of 15,000 tires are to be removed and recycled.</x:t>
+    <x:t>The project provides for the cleanup of an estimated 45,000 tires illegally dumped within the road right-of-way and abandoned properties at various locations in the Los Angeles Basin and Antelope Valley.  These areas include many alleys and streets within 1,000 feet of schools, residences, offices, parks, and environmentally sensitive areas.  Grant funds will be used to cover the cost for collecting, loading, transporting, and recycling/disposing of waste tires.  Public Works will oversee the grant and provide contract hauling and recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the funding requested, Stanislaus County Department of Environmental Resources estimates picking up approximately 5,000 waste tires that have been illegally dumped either on private property or along the county unincorporated roadways.  The goal is to remediate small tire piles as soon as possible to prevent blighted conditions and to prevent a harborage for insects and vermin.  All car and truck tires will be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fresno is located near the center of the State of California in the central San Joaquin Valley. Fresno has a population of approximately 500,000 and a high concentrated poverty rate. A substantial part of the residential areas are in older neighborhoods which were developed with alleys. Illegally dumped tires and other debris are continually dumped in these alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The City of Fresno employs two staff members who locate and remove these illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Nicholas Henderson</x:t>
   </x:si>
   <x:si>
     <x:t>5306930172</x:t>
   </x:si>
   <x:si>
     <x:t>This project will be a roaming waste tire pick up program aimed at properties with illegally dumped waste tires. We will advertise to the general public of the possibility of waste tire removal if qualified. One of our team members will conduct a field interview to determine the eligibility of a site. If a site is eligible we will collect and transport the tires to the proper collection site.
 Illegally dumped waste tires pose significant threats to the environment, public health, and the public safety. Within the unincorporated areas of Butte County, tires are frequently dumped illegally on roadways, on vacant land, in alleys, and in sensitive wildlife habitats near homes, schools, and businesses. These tires provide breeding grounds for rodents and mosquitoes, which could spread the West Nile Virus and other diseases. There is also a threat of fire when a large number of tires are dumped in one location, which occurs frequently in rural areas. During drought conditions, this threat increases significantly. Unfortunately, our county has suffered two major disasters that warranted "State of Emergency" orders from local, state, and federal government. An unforeseen dynamic in the fallout of these events was an exponential increase in illegal debris dumping and disposal. This new tactic will aggressively approach the illegal dumping of tires, and assist in the prevention of continual offenses.</x:t>
-  </x:si>
-[...58 lines deleted...]
-To offset the cost of recycling waste tires, the City is requesting reimbursement of $9,711.00 for Code Enforcement Officer’s salaries and benefits when actual time is spent on grant-related activities. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout Hesperia and staff acts upon complaints of abandoned tires in specific areas. It is anticipated that passenger car, light truck and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles. Pictures of the waste tires illegally dumped are included for your convenience. The City is requesting Waste Tire Cleanup grant funds of $11,466 to offset the collection, disposal and hauling cost of approximately 3,675 waste tires anticipated to be illegally dumped during the 2- year grant term. As part of grant reporting, the City is requesting reimbursement of $2,033.20 for staff to prepare payment requests and final report.</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Lake Elsinore</x:t>
   </x:si>
   <x:si>
     <x:t> Nicole McCalmont</x:t>
   </x:si>
   <x:si>
     <x:t>9516743124</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Lake Elsinore has identified both 1) existing tire stockpiles on private property, and 2) recurring "hot spots" for illegal tire dumping which occur on, or near, public streets and right-of-ways in residential neighborhoods.
 The City will use grant funds to facilitate the clean-up of existing tire stockpiles on private property, two locations of which are detailed in this grant proposal under the "Sites" tab. Additional stockpiles on private property may be identified during the course of the grant cycle, either by Public Works staff or by the "Tire Patrols" conducted by Conservation Corps members. All tires collected from private property will be taken to the City Yard and placed in the designated tire collection roll-off bin. This bin will then be taken to a recycling facility for end-use. 
 To address its ongoing tire dumping problem near residences, the City will implement a three-pronged approach:
 1. The City will establish and promote a tire dumping reporting telephone hotline and email address.  Residents will be encouraged to report any tires that they see dumped throughout the City.  This information will be provided to the Mountains Federation Local Conservation Corps members during their monthly "Tire Patrol." Corps members will collect the tires and bring them to the City Yard for loading in a 40-yard roll-off for transport for recycling.
 2. The Mountains Foundation Local Conservation Corps will provide 4 staff members each month for an 8-hour "Tire Patrol."  Corps members will drive throughout the Lake Elsinore community to collect any tires that have been dumped on public property or along right-of-ways, with particular emphasis on the "hot spots" identified in the "Sites" tab.  Corps members will collect tires from any locations identified by calls or emails to the City's tire dumping hotline.  Corps members will also collect any tires from all the frequent dumping locations identified by the City.  All tires collected during these "Tire Patrols" will be taken to the City Yard and placed in the designated tire collection 40-yard roll-off bin. This bin will then be taken to a recycling facility for end-use. 
 3. City Public Works staff will collect any dumped tires that they see during their regular travel through the City.  In the case of large tires piles, location information will be provided to the Local Conservation Corps to collect the tires during their regular "Tire Patrols".  All tires collected by the Public Works staff will be brought to the City Yard and placed in the designated tire collection roll-off box. This bin will then be taken to a recycling facility for end-use.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Lancaster</x:t>
-[...24 lines deleted...]
-In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nader Sidhom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Santa Cruz seeks to utilize the CalRecycle Tire Cleanup Grant in order to remove and recycle illegal tire dumps along public right of ways and on private properties where the owner was not involved in contributing to the illegal tire dumps. We anticipate the opportunity to remove approximately 550 tires.  
+Tire Clean-up events will be conducted as needed and the tires will be received at  three disposal sites: the Buena Vista Landfill, Ben Lomond Transfer Station, and the City of Santa Cruz Resource Recovery Facility.  Our estimated cost per tire is in the high range at approximately $7.66 due to retrieval costs of partially buried tires from ravines and hillsides. Efforts will be made to reduce the cost per tire whenever possible by maximizing efficiency in the process. 
+The benefits of the proper treatment of waste tires in our county include environmental protection and the reduction of mosquito habitats along with mosquitoes and the threat of diseases they may spread.  Additionally, the aesthetic benefits of removing illegal tire dumps will have far reaching improvements regarding beautification, quality of life, and morale.
+CalRecycle grant funds are requested for the reimbursement of waste tire processing expenses, and staffing costs directly related to the Tire Clean-Up program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Contaoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County Department of Waste Resources (Department) has been removing illegally dumped tire from county roads since 2002.  The Illegal dumping Mop-uP and Cleanup Team (IMPACT) has removed tons of illegally dumped solid waste and waste tires. To date IMPACT program has removed over 37,000 illegally dumped waste tires on county road right-of-ways.  The Department is committed to continue this program and remove tires from road sides.  So if awarded the grant for another cycle the Department will continue to do this work.
+The Department will use the Crew Lead Worker and Maintenance and Construction job classifications to operate exempt-government hauling vehicles (Tire Program Identification Number 1570382-01). The tire loads will be manifested and transported using the government-exempt hauling vehicles (Tire Program Identification Number 1274054-01). The waste tire loads will be hauled to B J Used Tire &amp; Rubber Recycling (TPID Number 1001094). For the bulk of the labor, the Department will use the Riverside County Sheriff’s Department Riverside Alternative Sentencing Program (RASP) participant’s in removing waste tires from county roads.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Ronaldo Milo</x:t>
   </x:si>
   <x:si>
     <x:t>2134853568</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Los Angeles has an on-going waste tire cleanup program through the City's Department of Public Works (DPW) managed by the Solid Resources Support Services (SRSSD) and the Solid Resources Collection Division (SRCD) of the Los Angeles Sanitation (LASAN). SRCD removes illegally dumped tires within the City`s right-of-ways, alleys and boundaries. Tires collected are delivered to any of the six LASAN's district yards and other City locations approved by LASAN for storage and recording purposes. The district yards and LASAN approved locations provide environmentally sound storage areas for the collection and transportation by a vendor to a tire recycling facility for processing and beneficial reuse. Each of the LASAN district yards has a Tire Program Identification (TPID) Number Certificate issued by Department of Resources Recycling and Recovery (CalRecycle) storing an approved number of tires at a certain time period. LASAN's six district yards are as follows:
 1) West Valley District Yard
 8840 Vanalden Avenue
 Northridge, CA 91324
 818-727-7193
 2) South Los Angeles District Yard
 786 South Mission Road
 Los Angeles, CA 90023
 213-485-4912
 3) West Los Angeles District
 2027 Stoner Avenue
 Los Angeles,CA 90025
 310-575-8393
 4) Harbor District Yard
 1400 North Gaffey Street
 San Pedro, CA 90731
 310-548-7708
 5) East Valley District yard
 11050 Pendleton Street
 Sun Valley, CA 91325
 818-752-5700
 6) North Central District
 452 San Fernando Road
 Los Angeles, CA 90031
 (323) 227-7334
 The City of Los Angeles collects an average of 650 tons of used tires annually through which LASAN estimates 50% are collected from illegally dumped areas. B.J. Used Tire &amp; Rubber Recycling, Inc. (B.J. - contact: Rita Jankouzian, 909-684-2316) has contract with the City for the collection, transportation and &amp; processing of used tires for beneficial reuse. 
 Additionally, LASAN partners with Los Angeles Conservation Corps (LACC – contact: Robert Skillman, 213-749-3601) for the removal of tires within the approved wastesheds of the City of Los Angeles. LACC services are limited to the collection and transportation of used/waste tires only. LACC will directly deliver to B.J. &amp; LASAN pays B.J. for disposal/recycling of the LACC's delivered tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>Madera              </x:t>
-[...45 lines deleted...]
-    <x:t>The City of Modesto has an estimated population of 205 thousand people who currently occupy an estimated 37 square miles. Within that area, there are 3.050 streets, 1.400 alleys, 78 parks and 3 main waterways. It is our intent to utilize grant funding to remove illegally dumped waste tires from these areas by assigning a city employee maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition to the labor component, the City of Modesto is requesting funding to contract with Waste Recovery West, Inc. to transport waste tires for recycling. The City of Modesto owns a storage container to store waste tires until removal is required for transportation to an end-use facility. The current location is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note, the City of Modesto will be responsible fro providing a 1/2 ton pickup truck with a lift gate, safety equipment and any additional materials necessary to complete the job safely and efficiently. Historically, the City of Modesto has collected 1400-1800 illegally dumped tires per year through the grant program.  The City of Modesto is estimating that we will collect approximately 1850 illegally dumped tires per year for recycling through a permitted recycler and hauler for an estimated total of 3,700 tires during the entire grant cycle.</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Gonzales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9099638665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Code Enforcement will utilize Waste Tire Cleanup Grant funds to abate waste tire dump sites throughout its large jurisdictional area. The deserts of San Bernardino County are frequently utilized as a dumping ground for the illegal disposal of waste tires and other materials. The County actively combats these activities with an Illegal Dumping program, and we look forward to a continued partnership with CalRecycle to carry on our efforts in identifying and abating illegal waste tire dump sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Town of Apple Valley encompasses 78 square miles of developed and open desert land. With these geographical features, illegal dumping of waste tires is a major problem for the Town resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping are often within 1,000 feet of schools, residential neighborhoods, commercial and industrial centers, airport and electrical transmission lines. These locations are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires.  The Town attempts to remove illegally dumped tires quickly to alleviate this threat to public health and safety and to discourage further illegal dumping. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout the entire Apple Valley boundaries. The Town will use the waste tire cleanup grant funds to identify waste tire piles by acting upon citizen complaints of abandoned tires in specific areas of the Town and collect and transport them to a short-term storage location at the Town’s Public Works Yard. Pictures of the waste tires illegally dumped are included for your convenience. The Town anticipates approximately 2,400 waste tires will be transported by the contractor, Burrtec Waste Industries, Inc, a registered waste tire hauler, to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
+To offset the cost of recycling waste tires, the Town is requesting reimbursement of $10,344 for Code Enforcement Officer’s salaries and benefits when actual time is spent on grant related activities with an additional $750 requested for supplies to be used during cleanup activities.  The Town is also requesting $4,547 in Waste Tire Cleanup grant funds to offset the cost to load and transport approximately 2,400 waste tires anticipated to be illegally dumped during the 2-year grant term. As part of grant reporting, the Town is requesting reimbursement of $2,273 for staff to prepare payment requests and final report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daveline Villaseñor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603374586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County is a unique community of seven cities. The city of Mexicali with a population of well over a million residents, borders the city of Calexico. the yearly crossing is over 1.2 million. Imperial county generates approximately 75,000 used and waste tires annually. The County cities and unincorporated communities comprise less than two percent of the land aand this provides ample desolated, isolated and observably ares where individuals could illegally dump tires.
+Even one these following factors would substantially contribute to the number of illegally dumped and discarded tires but taken together creates a formidable environmental of unsightly and disease-bearing discarded illegally dumped tires. Close proximity to the Mexico border crossing, Imperial Valley inherits many tires rejected by the Mexican Recycling Industry: large number of seasonal visitors attracting recreational vehicle owners with vehicles in tow. off road visitors to the Imperial sand dunes (each of these licensed vehicles paying admission to BLM land is approximately 456,300 street legal vehicles for 2019, typically hauls an average of three off-road vehicles) high usage of passengers, truck, sime-truck and equipment tires in the Imperial County agricultural industry: and lack of financial resources, and irrigation canals (canals are cleaned quarterly and illegally  disposed tires are removed)
+All of Imperial Valley Resource Management Agency (IVRMA) collected tires now are going to Rubber Recovery Inc. located at 10672-B Calabash Avenue, Fontana, Ca 92337. Nothing goes to the landfill. The tires transpoted from the Imperial Valley to Rubber Recovery Inc, are crumbed buffing or molding to manufacture retail products. All contractors must sign an  agreement to take all collected tires to a recycling facility.
+Community support for the Tire Cleanup Program included local Enforcement Agency (LEA) and Elected Officials. Imperial County has developed an Illegally Dumping Task Force in 2009 which has brought awareness to the residents of Imperial County of the problems associated with illegally dumping.We now have enforcement provided by Imperial County Sheriff Department, Highway Patrol and the local enforcement agency (LEA)  In 2008 the Imperial County Board of Supervisors passed an ordinance #1436, chapter 8.73-Unlawfuland Unauthorized Dumping of Solid Waste. Illegal Dumping of tires is a serious threat to the Public Health and Safety in the proximity of densely populated areas to residental homes, schools and commercial locations. Imperial County covers approximately 4,597 square miles of predominately agriculture  land with many schools in Imperial county in remote areas where tires are frequently illegally dumped. San Pasqual Valley Unified School District is located 90 miles from a populated area. Pine Elementary School. Magnolia Union Elementary School district. Mulbery Elementary School District and Meadows Union School District are all schools that are in rural and agricultural areas in Imperial county. Illegally dump inf of tires is common in rural secluded agricultural areas. Pesticides residue has been found in tires. Physical injuries can also result from sharp or pointed objects inside a discarded tires.Tire collection crews have reported finding needles, broken glass and dangerous objects. Piles of illegally discarded tires that contain trash or dry brush are a potential fire hazard. When tires burn the toxic chemicals are released directly into the atmosphere. This can cause both short and long term health hazards to residents. Compounds from melted tires can also pollute soil, surface water and ground water. A tremendous health hazard is created when illegally discarded tires accumulate on roads that run through farmland, and the pile of tires ignited.
+Over 550,000 illegally dumped tires have been collected and recycled from Imperial County roadways and other public areas with grants from CalRecycle /CIWMB. IVRMA has exhibited wise and judicious use of CalRecycle Grant funds which will continue. IVRMA has developed significant experience and has managed to keep the cost of collections down on the  recycling illegally discarded tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christy Serrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Long Beach proposes to continue the cleanup efforts around the Los Angeles River area north of the Long Beach Harbor Basin.  This area remains a high priority for the City due to the level of illegal dumping that occurs.
+The first area is east of the LA River between 5th Street and Willow Street (East Project Area), to Magnolia Avenue as the west boundary. The East project area is residential and commercial, including Drake Park and Thomas Edison Elementary School.  Golden Park, Cesar Chavez Park and Seaside Park are also nearby.  The Los Angeles River runs directly west of the project area, with the Long Beach Harbor and Downtown Long Beach less than one mile from the project area.
+The second area is west of the Los Angeles River between 9th Street and Willow Street (West Project Area), to Santa Fe Avenue as the east boundary. The West project area includes industrial and residential areas, including Garfield Elementary School and with Cabrillo High School nearby. Nearby parks include Hudson and Admiral Kidd Parks. The Los Angeles River runs directly east, the Dominguez Channel is about one-half mile to the west and the waters of the Port of Long Beach are directly south.
+In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jamie Carone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia covers nearly 75 square miles of developed and vacant open desert land. With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping, often times near schools or residential neighborhoods, are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires. Some locations are also near the City water storage tanks or Mojave River causing a serious threat to the City's drinking water.
+City staff attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping. Code Enforcement Officers are available 7-days a week to clean-up City areas littered with waste tires. To assist in the cleanup efforts, the City's Code Enforcement Department contracts with the Work Release Program through the County of San Bernardino Criminal Justice System. Under the supervision of a Code Enforcement Officer, work release crews and City Code Enforcement Officers pick-up the waste tires and deliver to the grant Contractor for proper disposal. In addition to Code Enforcement Officers collecting waste tires, the City's Public Works personnel may also pick up tires that are located along City right-of-way. The Contractor will transport the waste tires to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
+To offset the cost of recycling waste tires, the City is requesting reimbursement of $9,711.00 for Code Enforcement Officer’s salaries and benefits when actual time is spent on grant-related activities. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout Hesperia and staff acts upon complaints of abandoned tires in specific areas. It is anticipated that passenger car, light truck and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles. Pictures of the waste tires illegally dumped are included for your convenience. The City is requesting Waste Tire Cleanup grant funds of $11,466 to offset the collection, disposal and hauling cost of approximately 3,675 waste tires anticipated to be illegally dumped during the 2- year grant term. As part of grant reporting, the City is requesting reimbursement of $2,033.20 for staff to prepare payment requests and final report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Bernardino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leslie Graciano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093845353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Bernardino continues to have an issue with illegally dumped tires on the side of roads, parks, fields and alleyways. The City has very limited staff dedicated to cleaning up illegally dumped waste tires, so we are not able to keep up with resident requests for tire cleanups. The Public Works Department and the select volunteers from the neighbor associations now work together at least once a month to go out and collect illegally dumped waste tires in designated areas the City. The City communicates with volunteers to bring all collected tires to our City yard for proper disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sanger</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julian Ruvalcuva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595670525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Sanger has dealt with illegal dumping of tires each year. The City Public Works Staff dedicates time each week to remove tires from alleys, behind store buildings, empty lots, inside bin enclosures, and throughout town. This grant would assist the City to offset cost for collecting illegally dumped tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Rico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6262588833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project:  
+The City of El Monte has a population of 115,586 and is in the 91-100% (Highest Score) for Disadvantaged Communities.
+The Grant funds would allow the collection of tires being illegally dumped throughout the City.  Valley Vista Services, the City’s franchised hauler, collected 82.37 tons of illegally disposal of tires in 2018 and 16.49 tons in 2019.
+In order to offer our residents additional opportunities to dispose of tires, The City hosts a bulky item round-up twice a year. At these Bulky Item round-up events, residents can also dispose of tires properly.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dylan Loy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596000467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Fresno has an ongoing waste tire cleanup program managed by the County's Department of Public Works and Planning Road Maintenance and Operations (Roads) Division.  Illegally duped tires are removed by Roads personnel from County streets and rights-of-way in the rural and unincorporated areas throughout Fresno County. It is estimated that for the TCU18 cycle, the tires collected by Roads personnel with be approximately 13,000.  Roads personnel collect and deliver tires to storage areas at the County's various Road Maintenance Yards and other appropriate storage sites. Waste tires will be removed by permitted tire hauling companies including American Refuse, Inc. (dba American Tire Tec), West Coast Rubber Recycling, Inc., Gilton Resource Recovery/Transfer Facility, Inc., and other hauling companies as available and established through County- vendor procurement agreements. 
+County and LCC staff have held several discussions addressing assistance with the Tire Cleanup grant. However, LCC has indicated that they have limited labor and equipment resources to cover the 6,000+ square miles that comprise Fresno County. County staff continued to make contact with LCC staff for possible future events.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Ontario</x:t>
   </x:si>
   <x:si>
     <x:t> Porscha Gatewood</x:t>
   </x:si>
   <x:si>
     <x:t>9093952776</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Ontario covers nearly 50 square miles of developed and vacant open urban. With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping are often near schools or residential neighborhoods, and easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires. In addition, illegally disposed tires are found near Ontario’s International airport, and electrical transmission lines which pose great risk to commercial and industrial districts. 
 Some locations are also near the City water storage tanks or waterways posing a serious threat to the City’s drinking water.
 City staff attempts to remove illegally dumped tires quickly to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping. City maintenance staff members work 5-days a week to clean-up City areas littered with waste tires. To assist in the cleanup efforts, the City will make use of its electronic app that allows residents to report illegally disposed tires directly from their cell phones.  Residents will also be encouraged to report illegally dumped tires using a designated hotline to report the matter. 
 Under the direction of Ontario’s Municipal Utilities Integrated Waste Division, work crews will be dispatched to collect and store the tires in 40-yard roll-off container for transportation by a waste tire hauler to an approved end-use facility for recycling.
 To offset the cost of recycling waste tires, the City is requesting reimbursement of $25, 367.91 for City Staff, including Code Enforcement staff salaries and benefits when actual time is spent on grant-related activities.  This will also include staff to prepare payment requests and final progress report.
 Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout Ontario and staff acts upon complaints of abandoned tires in specific areas. It is anticipated that passenger car, light truck and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles. 
 Pictures of the waste tires illegally dumped are included for your convenience. The City is requesting Waste Tire Cleanup grant funds of $$19, 563.60 to offset the collection, disposal, materials, and hauling cost of approximately 6,600 waste tires anticipated to be illegally dumped during the 2-year grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of San Bernardino</x:t>
-[...94 lines deleted...]
-The County of Lake will contract with the two franchised waste haulers to pick up tires that have been illegally dumped within each of their jurisdictions. The haulers will then deliver the tires to their respective facilities for proper disposal and recycling. The County will partner with AmeriCorps, LGC, and CC4C when necessary to assist with cleanups.</x:t>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sergio Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596624951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Madera‘s Public Works Department will act as the lead agency in this regional application with Madera County participating as the other jurisdiction. 
+The City staff will administer the grant if selected, coordinate the scheduling of tire trailers and pickup locations, oversee the pickup of tires found in alleys, public right-of-way and waterways at various scattered sites. County staff will follow the same procedures within their jurisdiction. The goal is to remove 31,000 tires over the term of the grant. 
+The City will use American Tire Recycle,LLC. - Scrap Tire Company to provide the trailer vans used for the removal of scrap tires found in the City and County of Madera. American Tire Recycling, LLC will transmit electronically all generator, hauler, and end use facility information to CalRecycle. American Tire Recycling, LLC will provide City with hard copies of all manifests and weight certificates. 
+There will be minor supply costs for gloves to be used by haulers, fuel for hauling vehicles, and related grant costs. 
+Total grant application will not exceed $250,000 and cost per tire will be below $8.00 per tire. All tires collected will be taken to a permitted recycling facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Manar Haddad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The main objective of this grant proposal is to remove illegally dumped tires from several locations throughout the City of Bakersfield and to restore the areas back to their original state. Illegally dumped waste tires create blight, vector control and other health and safety hazards to the public and the environment. Illegal dump sites not abated in a timely manner potentially contribute to the accumulation of waste tires. The City of Bakersfield cleanup projects are intended to mitigate potential fire and health risks posed by these tire piles within our jurisdiction. 
+The City of Bakersfield Solid Waste Division currently responds to citizen complaints of illegal dumping which has occurred along the public right-of-ways or upon their private property. 
+The Solid Waste Division dedicates a Solid Waste Equipment Operator almost 25 hours per week towards the collection and removal of waste tires illegally dumped throughout alleys, roadways, sidewalks and other public property. 
+All waste tires collected are transported to the City of Bakersfield s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver large and car passenger tires from its city truck/trailer combination to contractor BARC recycling facility for the purpose of recycling. 
+An estimated of 15,000 tires are to be removed and recycled.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>1,950 tires from the Tijuana River Valley split among at least two agencies;
 200 tires from the City owned Brownfield Airport;
 300 tires from San Diego Open Space clean-ups;
 3,900 tires to be collected by Code Compliance from public rights-of-way.
 1,100 tires from the City of Chula Vista public rights-of-way.
 200 tires from Skibbe Ranch.
 This results in a projected clean-up cost of $7.80/tire.
 The Tijuana River Valley is an estuary of national importance with a multi-agency approach to restoring and protecting the sensitive ecosystem. Tires from Mexico are washed downstream during rain events and have significant impact on the watershed. Tires are plucked from the sediment and trash removed during dredging of river channels and sediment basins. Large truck tires can sometimes be recycled however passenger tires are too contaminated with sediments and go the landfill.
 Brownfield Airport is a small City operated airport located on a large piece of City owned property.  This property is bordered by open space and is located in a remote area of the City. These factors have made it prone to dumping.  The City has been cleaning up the property in preparation for development. 
 City of San Diego Open Space: 
 Tires dumped in open spaces, parks and canyons are collected by park rangers and stored at this location until a pick up is arranged.
 The City of San Diego Code Compliance division actively collects tires from the Public Rights-of Way throughout the City and stores them until a pick up can be arranged.
 The City of Chula Vista Code Compliance division actively collects tires from the Public Rights-of Way throughout the city. The tires were stored at the site known as “former public works” yard which is now closed.  They will now be stored at the current public works yard until they are picked up. 
 Skibbe Ranch is a part of the Tijuana River Valley (TVR), but is a single location to collect small amounts of tires found in the TRV by the ranchers.
 The Tire enforcement Program also refers tire piles on public property to Code Compliance for remediation.  Detailed logs are provided of these activities.  When possible the Tire Enforcement Program utilizes surveillance cameras to catch perpetrators and deter dumping.
 Some signs and/or fencing may be purchased with grant monies.
 Other than the contaminated tires from the Tijuana River Valley, every attempt is made to recycle the tires at BAS recycling, our closest tire recycling facility, located 100 miles away in Moreno Valley.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino County</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County</x:t>
   </x:si>
   <x:si>
     <x:t> Lisette Webb</x:t>
   </x:si>
   <x:si>
     <x:t>2094683066</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County requests $47,375 to implement a tire clean up and education campaign. The campaign aims to reduce the illegal dumping of waste tires from residential and agricultural neighborhoods through tire removal and education. Tires will be removed from rural properties and public roadways using staff and the Greater Valley Conservation Corps.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...21 lines deleted...]
-The Department will use the Crew Lead Worker and Maintenance and Construction job classifications to operate exempt-government hauling vehicles (Tire Program Identification Number 1570382-01). The tire loads will be manifested and transported using the government-exempt hauling vehicles (Tire Program Identification Number 1274054-01). The waste tire loads will be hauled to B J Used Tire &amp; Rubber Recycling (TPID Number 1001094). For the bulk of the labor, the Department will use the Riverside County Sheriff’s Department Riverside Alternative Sentencing Program (RASP) participant’s in removing waste tires from county roads.</x:t>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617236195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Locate and remove illegally dumped and/or stockpiled waste tires from City of Lancaster public roads, right-of-ways and other public lands. Waste tires will be taken to the City Maintenance Facility and transported by state permitted registered haulers to end use facilities. Priority will be given to sites that pose serious threats to public health and safety and the environment. Public roads, vacant lots and public land sites that are within 1,000 feet of residential homes, schools, and industrial centers where tires are often illegally dumped throughout the City. 
+Prior grant cycle awards have helped to clean-up numerous waste tires throughout the City of Lancaster. To date; the City has cleaned up over 500 illegal waste tire piles, benefiting local and regional efforts in minimizing risks to public health and safety, and promoting the clean-up and removal of environmental hazards and conservation of natural resources.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Seth Strader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074675719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collect, remove, transport and dispose of illegally dumped tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tire Cleanup Grant will be used in areas where illegally dumped tires are normally found including alleys and sites within 1000 feet to residential homes, waterways, and commercial/industrial businesses. An estimated total of 8,000 tires are expected to be collected. Funds will be used for the costs associated to tire trailer services for illegally dumped tires. Member jurisdictions remove the tires and bring them over to both of our landfills. Tire haulers then pick them up from both landfills and recycle them.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosene Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095774801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has an estimated population of 205 thousand people who currently occupy an estimated 37 square miles. Within that area, there are 3.050 streets, 1.400 alleys, 78 parks and 3 main waterways. It is our intent to utilize grant funding to remove illegally dumped waste tires from these areas by assigning a city employee maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition to the labor component, the City of Modesto is requesting funding to contract with Waste Recovery West, Inc. to transport waste tires for recycling. The City of Modesto owns a storage container to store waste tires until removal is required for transportation to an end-use facility. The current location is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note, the City of Modesto will be responsible fro providing a 1/2 ton pickup truck with a lift gate, safety equipment and any additional materials necessary to complete the job safely and efficiently. Historically, the City of Modesto has collected 1400-1800 illegally dumped tires per year through the grant program.  The City of Modesto is estimating that we will collect approximately 1850 illegally dumped tires per year for recycling through a permitted recycler and hauler for an estimated total of 3,700 tires during the entire grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The TCU18 Waste Tire Cleanup Grant Program will provide funding for Lake County to coordinate for the collection, removal, transportation, recycling and disposal of tires from illegal tire dumping along public road right-of-ways, county park properties, and in some cases private properties that have been used as illegal dump sites for tires. The project will allow the county to respond in a more timely manner to remove tires, thereby reducing potential health and fire risks and minimize additional tires from accumulating into larger piles. We have identified and attached details about some specific sites that have been identified as recurring problem locations; however the proposal allows funding to manage additional sites identified during the grant performance period. The County anticipates collecting approximately 4,000 illegally dumped tires through this program and will work with groups such as AmeriCorps, the Local Government Commission (LGC), and Citizens Caring For Clearlake (CC4C, a local nonprofit) to help with large scale cleanups. These groups have previously partnered with the County of Lake, providing valuable labor and passion to clean up waterways, parks and trails. 
+The County of Lake will contract with the two franchised waste haulers to pick up tires that have been illegally dumped within each of their jurisdictions. The haulers will then deliver the tires to their respective facilities for proper disposal and recycling. The County will partner with AmeriCorps, LGC, and CC4C when necessary to assist with cleanups.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 27</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -655,51 +655,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b50cf4f84c4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3468bf8ca82b4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R193109ad86274db4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98873bd7b818401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R816d62f7eddd490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R50bca3be31af40c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -747,687 +747,687 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1874.3526611328125" customHeight="1" collapsed="0">
+    <x:row ht="482.96697998046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>17914</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1230.4063720703125" customHeight="1" collapsed="0">
+    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>30910</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1172.8916015625" customHeight="1" collapsed="0">
+    <x:row ht="804.9259033203125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>90190</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+    <x:row ht="1172.8914794921875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>78652</x:v>
+        <x:v>90190</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+    <x:row ht="2242.318115234375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>67564</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1126.91357421875" customHeight="1" collapsed="0">
+    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>4214</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-    <x:row ht="2219.30078125" customHeight="1" collapsed="0">
+        <x:v>40</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.91796875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>23210</x:v>
+        <x:v>22980</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-    <x:row ht="2242.318359375" customHeight="1" collapsed="0">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2115.80712890625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>67564</x:v>
+        <x:v>99998</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.9365234375" customHeight="1" collapsed="0">
+    <x:row ht="436.9619140625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>41950</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="1713.3447265625" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1874.3525390625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>99841</x:v>
+        <x:v>17914</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="2115.80859375" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3725.6884765625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>99998</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.91796875" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1713.34375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>249991</x:v>
+        <x:v>99841</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.486328125" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2219.30078125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>9497</x:v>
+        <x:v>23210</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1207.388671875" customHeight="1" collapsed="0">
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>29844</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>44932</x:v>
+        <x:v>4470</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="563.443359375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>15000</x:v>
+        <x:v>78652</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+    </x:row>
+    <x:row ht="1126.9140625" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>4214</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="2265.306640625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>30910</x:v>
+        <x:v>44932</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F23" s="8" t="s">
+    </x:row>
+    <x:row ht="1057.916015625" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="G23" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H23" s="8" t="s">
+      <x:c r="B24" s="8" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>4470</x:v>
+        <x:v>249991</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="1230.40625" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A25" s="8" t="s">
+      <x:c r="B25" s="8" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="2276.818359375" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A26" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>16000</x:v>
+        <x:v>59669</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A27" s="8" t="s">
+      <x:c r="B27" s="8" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>31363</x:v>
-[...2 lines deleted...]
-      <x:c r="F27" s="8"/>
+        <x:v>47375</x:v>
+      </x:c>
+      <x:c r="E27" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-    <x:row ht="2276.81640625" customHeight="1" collapsed="0">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.935546875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>59669</x:v>
+        <x:v>41950</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+    <x:row ht="57.484375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>9497</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.962890625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>47375</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1207.388671875" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>240000</x:v>
+        <x:v>29844</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.916015625" customHeight="1" collapsed="0">
+        <x:v>128</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1310.880859375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>22980</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>31363</x:v>
+      </x:c>
+      <x:c r="E32" s="8"/>
+      <x:c r="F32" s="8"/>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.40234375" customHeight="1" collapsed="0">
       <x:c r="A33" s="10" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B33" s="10" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C33" s="10"/>
       <x:c r="D33" s="11" t="n">
         <x:v>1975564</x:v>
       </x:c>
       <x:c r="E33" s="10" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F33" s="10" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G33" s="10" t="s">
@@ -1453,29 +1453,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:52 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:14 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>