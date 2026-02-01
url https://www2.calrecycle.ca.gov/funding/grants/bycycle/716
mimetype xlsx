--- v2 (2025-12-25)
+++ v3 (2026-02-01)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd80fe5c66d5f4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa450954e4544384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R816d62f7eddd490c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5f7dd6ba5b624e2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Local Gov`t Waste Tire Cleanup Grant (TCU18)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -655,51 +655,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98873bd7b818401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R816d62f7eddd490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R50bca3be31af40c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0618ad893b88495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5f7dd6ba5b624e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re8e969e11c2c4ade" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1453,29 +1453,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:14 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 1:34 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>