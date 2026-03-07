--- v3 (2026-02-01)
+++ v4 (2026-03-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa450954e4544384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72eceb908de5456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5f7dd6ba5b624e2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbd5922888f5e4b77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Local Gov`t Waste Tire Cleanup Grant (TCU18)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -655,51 +655,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0618ad893b88495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5f7dd6ba5b624e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re8e969e11c2c4ade" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b7238fb856b4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd5922888f5e4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf2320ba7d9394655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1453,29 +1453,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 1:34 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:32 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>