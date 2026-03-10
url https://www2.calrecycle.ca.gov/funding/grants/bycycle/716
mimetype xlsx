--- v4 (2026-03-07)
+++ v5 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72eceb908de5456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0273251562e451f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbd5922888f5e4b77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbdba98780c1e4309"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Local Gov`t Waste Tire Cleanup Grant (TCU18)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -655,51 +655,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b7238fb856b4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd5922888f5e4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf2320ba7d9394655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61c79d43453d466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbdba98780c1e4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9df6abf2a27f43be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1453,29 +1453,29 @@
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:32 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:01 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>