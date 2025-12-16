--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,114 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc043843a391b40e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re27b6a12453849c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1ffe5c71d44f4714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3abc4353725f4730"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruni Reyes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097987695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Redlands Fire Department is proposing the construction of a steel canopy to be installed at its Household Hazardous Waste site to provide a covered work area to protect staff and hazardous waste containers from inclement weather. The proposed steel canopy includes the construction of a prefabricated steel canopy approximately 60 feet by 75 feet by 15 feet that includes rain gutters, downspouts, and steel side panels. The canopy will help increase the life of the storage containers at the site by protecting against rain, heat, and wind, but more importantly, will increase the days of operation at the facility by minimizing the closure dates due to inclement weather.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Cruz          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Cruz</x:t>
   </x:si>
   <x:si>
     <x:t> Harrison Hucks</x:t>
   </x:si>
   <x:si>
     <x:t>8317223580</x:t>
   </x:si>
   <x:si>
     <x:t>Jayme Tesser</x:t>
   </x:si>
   <x:si>
     <x:t> The City of Santa Cruz Household Hazardous Waste Collection Facility (HHWCF) requires facility improvements to achieve State certification (engineering). Grant funding will be utilized for necessary improvements including, replacement of asphalt flooring with a secondarily contained, concrete pad, chemical resistant epoxy coating, standard of care ramps, signage and fencing, and installation of an emergency shower/eye-wash station, among other tasks. Following the completion of the construction upgrades for this shovel-ready project, the engineer on-record will certify the facility.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The City of Redlands Fire Department is proposing the construction of a steel canopy to be installed at its Household Hazardous Waste site to provide a covered work area to protect staff and hazardous waste containers from inclement weather. The proposed steel canopy includes the construction of a prefabricated steel canopy approximately 60 feet by 75 feet by 15 feet that includes rain gutters, downspouts, and steel side panels. The canopy will help increase the life of the storage containers at the site by protecting against rain, heat, and wind, but more importantly, will increase the days of operation at the facility by minimizing the closure dates due to inclement weather.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163a0d0917434a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ffe5c71d44f4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8f90f88949764a31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87437d47f3de47b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3abc4353725f4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5cbe38d0fec548c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -335,84 +335,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
+    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>223826</x:v>
+        <x:v>244500</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
+    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>244500</x:v>
+        <x:v>223826</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>468326</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 10:22 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:29 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>