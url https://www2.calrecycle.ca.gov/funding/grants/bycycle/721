--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re27b6a12453849c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ad45ace914741b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3abc4353725f4730"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R66f8873416f9414b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87437d47f3de47b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3abc4353725f4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5cbe38d0fec548c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3a9c5d3408046fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66f8873416f9414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd39ab20a4f2940fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:29 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:52 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>