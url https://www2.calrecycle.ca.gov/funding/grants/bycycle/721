--- v2 (2025-12-17)
+++ v3 (2025-12-24)
@@ -1,114 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ad45ace914741b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24436070dd4244fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R66f8873416f9414b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re43cd7ef16674568"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Harrison Hucks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317223580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The City of Santa Cruz Household Hazardous Waste Collection Facility (HHWCF) requires facility improvements to achieve State certification (engineering). Grant funding will be utilized for necessary improvements including, replacement of asphalt flooring with a secondarily contained, concrete pad, chemical resistant epoxy coating, standard of care ramps, signage and fencing, and installation of an emergency shower/eye-wash station, among other tasks. Following the completion of the construction upgrades for this shovel-ready project, the engineer on-record will certify the facility.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>City of Redlands</x:t>
   </x:si>
   <x:si>
     <x:t> Bruni Reyes</x:t>
   </x:si>
   <x:si>
     <x:t>9097987695</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Redlands Fire Department is proposing the construction of a steel canopy to be installed at its Household Hazardous Waste site to provide a covered work area to protect staff and hazardous waste containers from inclement weather. The proposed steel canopy includes the construction of a prefabricated steel canopy approximately 60 feet by 75 feet by 15 feet that includes rain gutters, downspouts, and steel side panels. The canopy will help increase the life of the storage containers at the site by protecting against rain, heat, and wind, but more importantly, will increase the days of operation at the facility by minimizing the closure dates due to inclement weather.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t> The City of Santa Cruz Household Hazardous Waste Collection Facility (HHWCF) requires facility improvements to achieve State certification (engineering). Grant funding will be utilized for necessary improvements including, replacement of asphalt flooring with a secondarily contained, concrete pad, chemical resistant epoxy coating, standard of care ramps, signage and fencing, and installation of an emergency shower/eye-wash station, among other tasks. Following the completion of the construction upgrades for this shovel-ready project, the engineer on-record will certify the facility.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3a9c5d3408046fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66f8873416f9414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd39ab20a4f2940fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb49ba802598f4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re43cd7ef16674568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R48b42db4b2e74a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -335,84 +335,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
+    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>244500</x:v>
+        <x:v>223826</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
+    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>223826</x:v>
+        <x:v>244500</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>468326</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:52 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>