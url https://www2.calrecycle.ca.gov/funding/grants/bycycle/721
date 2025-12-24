--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24436070dd4244fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8346add46dfe4094" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re43cd7ef16674568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rddebef57b1fa4481"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb49ba802598f4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re43cd7ef16674568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R48b42db4b2e74a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553d95b46ec24fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rddebef57b1fa4481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3cf299143a754c05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:29 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>