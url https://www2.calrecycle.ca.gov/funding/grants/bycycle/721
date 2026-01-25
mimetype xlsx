--- v4 (2025-12-24)
+++ v5 (2026-01-25)
@@ -1,114 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8346add46dfe4094" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fbc8da27ad042b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rddebef57b1fa4481"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R76c73e9cb7834bdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bruni Reyes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097987695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Redlands Fire Department is proposing the construction of a steel canopy to be installed at its Household Hazardous Waste site to provide a covered work area to protect staff and hazardous waste containers from inclement weather. The proposed steel canopy includes the construction of a prefabricated steel canopy approximately 60 feet by 75 feet by 15 feet that includes rain gutters, downspouts, and steel side panels. The canopy will help increase the life of the storage containers at the site by protecting against rain, heat, and wind, but more importantly, will increase the days of operation at the facility by minimizing the closure dates due to inclement weather.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Cruz          </x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Cruz</x:t>
   </x:si>
   <x:si>
     <x:t> Harrison Hucks</x:t>
   </x:si>
   <x:si>
     <x:t>8317223580</x:t>
   </x:si>
   <x:si>
     <x:t>Jayme Tesser</x:t>
   </x:si>
   <x:si>
     <x:t> The City of Santa Cruz Household Hazardous Waste Collection Facility (HHWCF) requires facility improvements to achieve State certification (engineering). Grant funding will be utilized for necessary improvements including, replacement of asphalt flooring with a secondarily contained, concrete pad, chemical resistant epoxy coating, standard of care ramps, signage and fencing, and installation of an emergency shower/eye-wash station, among other tasks. Following the completion of the construction upgrades for this shovel-ready project, the engineer on-record will certify the facility.</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>The City of Redlands Fire Department is proposing the construction of a steel canopy to be installed at its Household Hazardous Waste site to provide a covered work area to protect staff and hazardous waste containers from inclement weather. The proposed steel canopy includes the construction of a prefabricated steel canopy approximately 60 feet by 75 feet by 15 feet that includes rain gutters, downspouts, and steel side panels. The canopy will help increase the life of the storage containers at the site by protecting against rain, heat, and wind, but more importantly, will increase the days of operation at the facility by minimizing the closure dates due to inclement weather.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553d95b46ec24fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rddebef57b1fa4481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3cf299143a754c05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e421b0e243b4b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76c73e9cb7834bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R85e24f935f354aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -335,84 +335,84 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
+    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>223826</x:v>
+        <x:v>244500</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
+    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>244500</x:v>
+        <x:v>223826</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>468326</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:29 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 25, 2026 2:18 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>