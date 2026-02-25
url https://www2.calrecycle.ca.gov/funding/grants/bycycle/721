--- v5 (2026-01-25)
+++ v6 (2026-02-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fbc8da27ad042b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca141619fc3646e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R76c73e9cb7834bdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4fd0bb4967c04bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e421b0e243b4b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76c73e9cb7834bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R85e24f935f354aee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee9dad801834785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4fd0bb4967c04bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9c5407b383ef4433" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 25, 2026 2:18 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 25, 2026 2:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>