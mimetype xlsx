--- v6 (2026-02-25)
+++ v7 (2026-03-09)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca141619fc3646e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd6fb40d05594881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4fd0bb4967c04bb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R81f71f0a00754f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD34)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -243,51 +243,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee9dad801834785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4fd0bb4967c04bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9c5407b383ef4433" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b08b43d69874fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R81f71f0a00754f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f7500976e764d12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -420,29 +420,29 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 25, 2026 2:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:20 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>