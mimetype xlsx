--- v0 (2025-12-07)
+++ v1 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe8d8a2fc76647f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8143bb5cf0aa4647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R59718f326f7e475b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8727e58a992f424b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -439,51 +439,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbcd8e06251e484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59718f326f7e475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra7bbbcdb463a42e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71c66cbee4d4fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8727e58a992f424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R65d9149364644835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -941,29 +941,29 @@
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 4:57 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>