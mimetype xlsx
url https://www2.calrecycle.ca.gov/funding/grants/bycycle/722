--- v1 (2025-12-25)
+++ v2 (2026-01-20)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8143bb5cf0aa4647" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992b0fa0cf2a4393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8727e58a992f424b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7266966575f84af7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -439,51 +439,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71c66cbee4d4fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8727e58a992f424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R65d9149364644835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087f6d7f60a047e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7266966575f84af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4bd86bc31c314832" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -941,29 +941,29 @@
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 5:58 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>