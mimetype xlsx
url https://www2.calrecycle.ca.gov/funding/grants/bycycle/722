--- v2 (2026-01-20)
+++ v3 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992b0fa0cf2a4393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac070a7d66b4f5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7266966575f84af7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd4cbb26b1a1d425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -439,51 +439,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087f6d7f60a047e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7266966575f84af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4bd86bc31c314832" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76802aa7ab30467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4cbb26b1a1d425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4e8a3c65ad79468f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -941,29 +941,29 @@
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 5:58 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:41 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>