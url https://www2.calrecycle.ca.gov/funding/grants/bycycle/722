--- v3 (2026-03-06)
+++ v4 (2026-03-09)
@@ -1,310 +1,310 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac070a7d66b4f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2ee26536d644a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd4cbb26b1a1d425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra748889e1a244de0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Household Hazardous Waste Discretionary Grants (HD35)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Solano              </x:t>
-[...8 lines deleted...]
-    <x:t>9164464744</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Folsom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Marc Santiago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164616729</x:t>
   </x:si>
   <x:si>
     <x:t>Ashraf Batavia</x:t>
   </x:si>
   <x:si>
-    <x:t> This project will educate the City of Vacaville residents of their permanent HHW collection facility (RVS HHW), located within the City, in order to increase usage of that site and decrease improper disposal of HHW. In order to reach the 100,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include radio, free media, door hangers, bill inserts, direct mail, newsletters, newspaper ads, transit signage, and/or social media. The outreach tasks will educate residents about the specific HHW materials accepted by the RVS HHW facility, proper HHW handling, transporting tips, hours of operation, etc. We will all augment all outreach tasks with all relevant City- and community-connected web and digital platforms.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>New hazardous waste locker to replace aging locker.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Barbara       </x:t>
-[...8 lines deleted...]
-    <x:t>8058823603</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fontana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leslie Graciano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9094288819</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
-  </x:si>
-[...124 lines deleted...]
-    <x:t>9094288819</x:t>
   </x:si>
   <x:si>
     <x:t>To upgrade to the City of Fontana Household Hazardous Waste collection facility by upgrading a prefabricated steel canopy. The awning provides cover for equipment and materials enabling
 the City to continue compliance with our stormwater NPDES permit. Purchase of personal protective equipment and equipment for HHW Facility.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Gurprit Jhujj</x:t>
   </x:si>
   <x:si>
     <x:t>5596004320</x:t>
   </x:si>
   <x:si>
     <x:t>Reusable 1 lb. propane cylinders (reusables) are relatively new, the public/consumer doesn’t know about them. We want consumers to switch from single-use cylinders to reusables to be more environmentally friendly and reduce the cost to manage 1 lb. cylinder waste, which is costly for the city and county. The project will collect additional data on resident awareness and use of 1 lb. cylinders. We will recruit and promote locations to sell or refill the reusable 1 lb. cylinders. The HHW education campaign will include multi-media utilizing existing Refuel Your Fun campaign materials and also include outreach promotion for general HHW and local collection locations for batteries and fluorescent bulbs/lamps.</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hawthorne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Selena Acuna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103492982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This project will include education and outreach (EPR). One Day Collection Event in the City of Hawthorne. As well as the purchase of personal protection equipment. As well as an 8-hour refresher Hazardous Waste Operations and Emergency Response Standards Training.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Paul Roten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607090427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono County applies for HD35 grant funds to implement a reusable 1lb. Propane cylinder program. The concept is to provide consumers with an incentive to switch from single-use cylinders to reusable ones to be more environmentally friendly and reduce the cost of managing waste cylinders, which are costly for the City and the County.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sacramento County</x:t>
   </x:si>
   <x:si>
     <x:t> Keith Goodrich</x:t>
   </x:si>
   <x:si>
     <x:t>9168765393</x:t>
   </x:si>
   <x:si>
     <x:t> Residential education campaign for safe battery management. The "Safe Battery Recycling and Disposal Campaign" will develop a wide range of digital content to be distributed through multiple channels of communication to educate residents on proper battery handling, local recycling and disposal options, and opportunities for innovative management, such as Do-It-Yourself (DIY) instructions for making battery storage boxes, or neighborhood consolidation of unwanted batteries. Battery management in the Sacramento Area has caused significant human safety risks and caused damage to the property of local governments and private haulers. Educating the residents on safe management and recycling and disposal options will raise awareness of the dangers of mishandling batteries and provide actionable information to improve battery management regionally.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Rajony Chin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County seeks to increase HHW collection by holding three mobile collection events in remote and underserved areas, targeting senior, rural, and low income residents.  Surveys taken at the County's HHW facility show that only a small percentage of the customers visiting the facility come from these areas, demonstrating the need to hold these events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Barbara</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lorraine Cruz Carpenter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055645678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Due to continued HHW improper disposal, especially lithium-ion batteries and 1 lb. propane cylinders which can cause fires and safety issues in the waste stream, there is a need for more public education and more convenient HHW collection opportunities. Grant funds will be used to expand regional battery recycling education and outreach campaigns, develop a retail drop-off location for landscape and e-scooter/bicycle equipment batteries, and a pilot program for battery reuse and provide access to reusable propane canisters and retail locations that sell/exchange/refill reusables.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaitlyn Haberlin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058823603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchase two new cabinets to safely store products intended for reuse, new signage to clearly identify the storage cabinet and the protocols for using the program, a computer tablet to more accessibly track and monitor hazardous materials. These items will effectively support the Materials Reuse Program at the County-managed Community Hazardous Waste Collection Center.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Beau Hawksford</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeremy Xiong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will collect local data on awareness and use of 1 lb. propane cylinders and recruit/promote locations to sell or refill the reusable 1 lb. cylinders, including resident surveys and interviews.  The HHW education campaign will include multi-media update local RFYF outreach material and the additional Refuel Your Fun campaign materials to promote source reduction of 1 lb. propane cylinders. The project will host up to three exchange or pledge events, offering a temporary collection of unwanted 1 lb. cylinders in exchange for a free reusable cylinder. Additionally, the project will recruit local hosts for pre-paid battery collection boxes to offer a more convenient collection to residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. NARCISA UNTAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Disposal of expired and/or unregistered pesticides by agricultural growers countywide.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Denise Saucedo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618625208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County is proposing to expand its collection services to the county-owned landfills and transfer stations. The County is in the process of implementing ABOP collection services to these sites and the purchase of ten antifreeze collection containers is needed in order to promote the proper and safe disposal of antifreeze.  Furthermore, Kern County is proposing to expand its one-day collection events in the rural mountain community of Tehachapi. The request to add additional events and purchase antifreeze tanks are needed to better serve the residents of Kern County with safe and proper HHW disposal options.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Jim Robbins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074636708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collect local data on awareness, such as a survey or interviews, and use 1 lb. propane cylinders by asking retailers for sales data. The project will recruit/promote locations to sell or refill the reusable 1 lb. cylinders.  We will recruit retailers to sell/refill/exchange ongoing beyond the timeframe of the grant project.  Additionally, this project will recruit local collection sites for batteries.  Further, we will provide mobile collections for hazardous waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This project will educate the City of Vacaville residents of their permanent HHW collection facility (RVS HHW), located within the City, in order to increase usage of that site and decrease improper disposal of HHW. In order to reach the 100,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include radio, free media, door hangers, bill inserts, direct mail, newsletters, newspaper ads, transit signage, and/or social media. The outreach tasks will educate residents about the specific HHW materials accepted by the RVS HHW facility, proper HHW handling, transporting tips, hours of operation, etc. We will all augment all outreach tasks with all relevant City- and community-connected web and digital platforms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta Diablo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Roa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257561940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This HD 35 application proposes a robust resident education campaign for safe marine flare management while promoting the adoption of coast guard certified reusable LED distress signals to replace single-use pyrotechnic flares. The project will include up to two marine flare collection exchange events, offering residents free or discounted reusable signals when they bring unwanted flares for safe disposal. Reportable metrics include the number of publications, the number of flares collected, and the number of LED signals distributed to residents in the Delta Diablo special district.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 15</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -439,51 +439,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76802aa7ab30467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4cbb26b1a1d425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4e8a3c65ad79468f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4a2a5f0801e487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra748889e1a244de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfcbdc1c8aa594a1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -531,405 +531,405 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.93072509765625" customHeight="1" collapsed="0">
+    <x:row ht="46.006294250488281" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.9591064453125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>77913</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9920654296875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>4750</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>95000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>40</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.959228515625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>4750</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="597.93994140625" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A15" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>74011</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>74011</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95703125" customHeight="1" collapsed="0">
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>77913</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.95556640625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A21" s="10" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B21" s="10" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="10"/>
       <x:c r="D21" s="11" t="n">
         <x:v>1031674</x:v>
       </x:c>
       <x:c r="E21" s="10" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="10" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="10" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -941,29 +941,29 @@
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:41 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>