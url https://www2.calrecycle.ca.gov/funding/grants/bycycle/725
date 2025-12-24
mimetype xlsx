--- v0 (2025-12-18)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R279aa62701694999" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e27d5d17d44c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R13e5dc0da7124119"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1444f1fc09304a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Tire Incentive Program (TIP8)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -437,51 +437,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca17b041cdb1438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13e5dc0da7124119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0f3dccd2fa614b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b6b55a41b0e4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1444f1fc09304a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re75263aae8744a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -914,29 +914,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:41 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:57 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>