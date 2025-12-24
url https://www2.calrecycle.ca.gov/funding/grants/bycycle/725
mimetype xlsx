--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e27d5d17d44c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf09cb17ef8641b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1444f1fc09304a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc99206bd7e50439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Tire Incentive Program (TIP8)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -437,51 +437,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b6b55a41b0e4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1444f1fc09304a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re75263aae8744a98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4183afa1341345eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc99206bd7e50439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra0329af1a3ab400a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -914,29 +914,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:57 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>