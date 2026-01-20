--- v2 (2025-12-24)
+++ v3 (2026-01-20)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf09cb17ef8641b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re50c4ebcdcfc4e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc99206bd7e50439c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R782b968f94eb4365"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Tire Incentive Program (TIP8)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -437,51 +437,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4183afa1341345eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc99206bd7e50439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra0329af1a3ab400a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b60038a90914e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R782b968f94eb4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R04abafbd3d1b49df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -914,29 +914,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 5:59 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>