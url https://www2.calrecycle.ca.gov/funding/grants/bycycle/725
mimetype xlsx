--- v3 (2026-01-20)
+++ v4 (2026-03-14)
@@ -1,308 +1,308 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re50c4ebcdcfc4e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3119e7c70c34faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R782b968f94eb4365"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2a04b3b92b3740ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Tire Incentive Program (TIP8)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Three D Plastics, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Dvoracek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238491316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Expand market share for our existing rubber bases used in the traffic safety industry in both commercial and retail outlets. Funds will also be used to offset high freight costs to customers in Canada and the Eastern States of the U.S.
+We are applying for Incentive Category 1, New or Existing TDP, with the estimated use of crumb rubber (10 mesh) in the amount of 3,292,438 lbs. throughout the grant cycle of TIP8.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBTechnology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Bahman Behbehani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592332181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through this Grant we want to allocate more resources to market ecotorch.  This includes offering cash rebate to contractors, doing more demos at distributor yards.  Ecotorch will also be put on various sites catering to roofing contractors .  We have a nice motion graphic which will be promoted more on YouTube and other sites.   Lowes  is currently being promoted at Lowes is currently stocking our supercap roofing membrane at 160 stores, we are introducing ecotorch to Lowes and present the benefits of promoting an ecofriendly roofing membrane to their customer base.  We have been using fine rubber (50 mesh).
+Ecotorch SBS Modified Bitumen Roofing membranes is an SBS modified bitumen roofing membrane manufactured with recycled tire. Top surface comes in a variety of granule finishes. The membrane is applied via heat weld application to prepared substrate. The final assembly carries 10-20 year warranty. Each roll uses about 5.3 lbs of recycled tire. Its manufactured with a variety of granulated color surfacing. This year we also made ecotorch available with a Cool White granule to address ongoing demand for building's needing a "Cool Roof".  The estimated use of crumb rubber is 144,310.50 lbs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>U.S. Rubber Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Megan Staggs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098251200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quietsound acoustical underlayment is an acoustical material used to abate sound between floors in multi-story buildings, available in various thicknesses depending on finished flooring installed over the sub-floor, this will fall under an existing TDP. We also have two additional products that fall under feedstock conversion. The Ultra underlayment will be manufactured using higher volumes of crumb rubber and will be more expensive than the Premium underlayment product. The acoustical sound underlayment(s) will be targeted for solid or engineered wood floors and luxury vinyl tile (LVT) to achieve an Impact Insulation Class (IIC) of 63+ or higher. The 10-mesh crumb rubber and 30-mesh buffings will replace cork (primary option) or foam (secondary option) which will result in increased sound absorption in the existing room and floors below.  The intent will be to laminate together different rubber products of various densities to create a highly sound absorptive material. We expect to use more than 5 million pounds over the term of the grant and we are requesting the maximum of $500,000. Sales will be primarily through our partner distributors generating sales in the continental U.S. and Hawaii. Q1(15%) and Q4(20%) are expected to have less volume than Q2(30%) and Q3(35%).</x:t>
+  </x:si>
+  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>TrafFix Devices, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Bob Wielenga</x:t>
   </x:si>
   <x:si>
     <x:t>9493619860</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
     <x:t>California Tire Incentive Recycling Project 8
 The below narrative describes the general scope of the product groups included in TrafFix Devices Inc. grant submission.  Each of the groups below represents one of our product lines that use various bases produced with 100% California Recycled tire crumb rubber.  All of the rubber products describer below is produced with various amounts of 10, 16, and 30 mesh crumb with 3% to 6% urethane binder in our Coast Rubber Products plant in Adelanto, CA.
 Enviro-Cones® - The Enviro-Cone comes in 3 heights, 18”, 28” and 36”.  The 18”, 3 lb. cone has a 2.5 lb. base, the 28", 7 lb. cone and 36", 8 lb. cone has a 5.5 lb. base, the 28", 10 lb. cone and 36", 10 lb. cone has an 8.5 lb. base and lastly the 28", 12 lb. cone and 36", 12 lb. cone has a 10.5 lb. base.  
 TrafFix Channelizer Bases – 25 pounds and are used to ballast the TrafFix Channelizer Drum used in traffic delineation on roadways.  
 TrafFix Step-n-Lock® Bases - This crumb rubber base is offered in 2 weights, 28 lbs. and 43 lbs. and is used to ballast the TrafFix Step-n-Lock series of vertical panels used in traffic delineation and signage on roadways and parking lots
 TrafFix Premier Panel™ Bases – This crumb rubber base is offered in 3 weights 12 lbs., 20 lbs., and 30 lbs. and is used to ballast the TrafFix Premier Panel series of vertical panels used in traffic delineation and signage on roadways and parking lots. 
 TrafFix Tube Bases – These bases are offered 3 weights – 8 lbs., 12 lbs. and 18 lbs. and are used to ballast tubes in 2 different product lines the TrafFix Grabber-Tubes® and the TrafFix Looper-Tubes®.  These tubes are used in traffic delineation and in many other applications including signage and pedestrian safety. 
 TrafFix Cone Base – This crumb rubber base is offered in 3 weights, 10 lbs., 16 lbs. and 30 lbs. and is used to ballast the TrafFix Grabber-Cone® series of products and the TrafFix Looper-Cone® used in traffic delineation and in many other applications including signage and pedestrian safety. 
 Roof Edge Delineator™ Base - is a 30 pound crumb rubber base used to ballast our Roof Edge Delineator product and along with a flag line provides a warning line system for workers on the roofs of commercial buildings and houses.  The base weight is the most critical component because it allows us to meet the OSHA 1926.502 16 lb. pull test ensuring that the warning line is providing the necessary protection from the edge of the roof. 
 Phoenix Sign Stand Base - is a 32 pound crumb rubber base used to ballast the Phoenix Sign Stand.  The Phoenix Sign Stand is a simple and easy way to mount signs that are different in size and shape onto ONE sign stand.  The 6' long square upright is pre-drilled on all four sides to accommodate hole patterns found in most size signs.  One can also use two Phoenix bases to support barricade panels to create a type III barricade.  
 Weed Mat - is crumb rubber weed mat is 45.5” × 48" and weighs 40 lbs. which is one solution for controlling weeds along roads and highways. 
 HSP Delineator Tube Bases - These customized delineator crumb rubber tube bases are for Meyers &amp; Sons Hi-Way Safety Inc. who has contracted with the Coast Rubber Products Division of TrafFix Devices to produce their bases.  There are 4 base weights 8 lbs., 10 lbs., 12 lbs. and 15 lbs.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Diego           </x:t>
-[...43 lines deleted...]
-We are applying for Incentive Category 1, New or Existing TDP, with the estimated use of crumb rubber (10 mesh) in the amount of 3,292,438 lbs. throughout the grant cycle of TIP8.</x:t>
+    <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eileen Dutton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5032407850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Program will work on feedstock conversion of finished goods. We manufacture polymer modified shingles for steep slope roofing as well as roll goods for low sloped roofing. We have been working for several years on incorporating tire rubber in our products. We have a few roll goods we are moving onto a polymer modified platform using crumb rubber as a component. We had tried on a prior grant, but did not meet field expectations. We have modified the products and are getting good product acceptance for some products. Our shingles are also getting good field acceptance.  We will be utilizing fine mesh crumb rubber and estimate to use a total of 1,204,819 lbs. </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>Jessop Holding Co.,LLC</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Loren Jessop</x:t>
   </x:si>
   <x:si>
     <x:t>2095419658</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The molding of H Block electrical strut blocks and HVAC mounting blocks. The blocks will be produced with 30 mesh recycled crumb rubber. Recycled crumb rubber will be used to replace plastic parts that are currently in the market. These parts will also replace parts that are currently being imported for over seas. Feedstock conversion
 The Molding of "Sierra Bumper Weight" The weights come in 10,15,25,35 &amp; 45 pounds weights. The product will be made with 30 mesh crumb rubber and the incentive category is New/Existing TDP. The weights will be sold to retail and commercial markets.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...14 lines deleted...]
-Heavy Equipment Acoustical Mats: these products provide sound and vibration dampening when placed on heavy equipment and off-road vehicles. They are primarily utilized in the agricultural industry. The acoustical mats will be reformulated to use 10 percent of the mix design with 50 mesh feedstock conversion. Our estimated usage over the next two years is 500,000 pounds of 50 mesh crumb rubber.</x:t>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>SpectraSystems, Inc. dba SpectraTurf</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517363579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three of the four products, SpectraTurfPath and SpectraTop are considered feedstock conversion tire-derived products replacing one or more raw materials. The total estimated use of crumb rubber to be used is 1,275,800. SpectraTurf has developed a new process for upcycling end of life rubber surfacing. To date all rubber surfacing playgrounds have only extended the tires from hitting the landfill by 10-15 years. SpectraTurf's Regrind diverts old playground surfacing from the landfill and repurposes the 3 – 5 mm for use in SpectraTurf’s product line. We are able to utilize 30 percent of our our SpectraTurf Regrind into our SpectraPour Play Cushion Layer, SpectraTurf Play Grass Underlayment, and SpectraTurfPath.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Filtration Specialists, LLC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Mitchel Whitson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587056483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are adding to our marketing line the "recycleBloxx Paving System" which is being designed and developed through our participation as a California Manufacturer in the Feedstock Conversion Technical Assistance and Material Testing Services Contract (FCS). This 100 percent permeable product will support stormwater management and ADA compliance for pedestrian uses. The recycleBloxx Paving System is an interlocking surfacing that is being designed as two different versions: 1. recycleBloxx Paving System - Pedestrian Model and 2. recycleBloxx Paving System - Parking Lots/Traffic Uses. We have produced our first samples for the Pedestrian Model and are currently developing our prototypes for Parking Lots/Traffic Uses. The primary difference between each model will be the quantity of aggregate, which is dependent on the weight-bearing requirement of the use (e.g. the Parking Lots/Traffic Uses version will contain more aggregate than the Pedestrian Model). Therefore, the Pedestrian Model may contain more rubber by percentage than the Parking Lot/Traffic Uses version. The interlocking frame in both product models is constructed of 100 percent recycled plastic shopping bags. In the Pedestrian Model, the four inserts to this recycled frame will be constructed with 90 percent tire-derived rubber (e.g. 10 mesh, 30 mesh, 3/8") and 10 percent binder and aggregate. However, for the Parking Lots/Traffic Uses, the four inserts will be constructed with 80 percent tire-derived rubber (e.g. 10 mesh, 30 mesh, 3/8") and 20 percent binder and aggregate. Each unit of the recycleBloxx Paving System, which consists of an interlocking frame and four inserts, is 1.19 square feet (1.09ft x 1.09ft x 0.164ft), yet the weight of each unit is dependent on the version of the product. The Pedestrian Model units will weigh 4.5 pounds each, and the units for Parking Lots/Traffic Uses will weigh 5.5 pounds each. The recycleBloxx Paving System inserts will replace our concrete Bloxx inserts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Sports Surfacing of America, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Karoleen Alexander</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9495514696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our Rubberway products and systems are designed for stormwater management and are pervious rubber pavements used for sidewalks, tree wells, and pavements . We have spent the past 18 months reformulating the color coating to ensure better overall performance.  We have also retested the newest color coatings incorporated into our sidewalks, tree wells and pavement products. These tests are required for storm water management applications to meet the environmental requirements. These improvements which have been made to our systems, meet and pass all regulations currently set forth in CA and by the EPA. We anticipate to divert 1,950,000 lbs of CA crumb rubber over the next two years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Millennium Molding, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eimy Jacquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9515099393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Millennium Molding, Inc. is estimating to use a total of at least 2,499,872 lbs of rubber between all of the products listed in the next two years. Ballistic Tiles, Bridjit Curb Ramps, Rubber Blocks, Rubber Bumpers and Snap Pad.  All products are under the New/Existing TDP category.</x:t>
   </x:si>
   <x:si>
     <x:t>J.E. Thomson &amp; Company, LLC (DBA Carousel USA)</x:t>
   </x:si>
   <x:si>
     <x:t> John Thomson</x:t>
   </x:si>
   <x:si>
     <x:t>6263347190</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Carousel USA manufactures large scale rotating platforms (turntables) for cars and trucks. Our Model 55SSV and 40SSV are our surface mount turntables, which are mounted to the existing floor surface, so no excavation is required. These turntables require a 3.25” high ramp to load the cars onto the turntables. We are in the process of manufacturing our own RAMPs, to incorporate into these turntable models.
 The incentive category is Feedstock Conversion and the total estimated lbs. is 103,500.00
 Model 55SSV turntable, requires 56.5 linear feet of ramps, which is divided into 16 individual ramp sections, approximately 3.5’ each x 10” wide, 3.25” high.
 Model 40SSV turntable, requires 41 linear feet of ramps, which is divided into 10 indivdual ramp sections, approximately 3.5’ each x 10” wide, 3.25” high.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Program will work on feedstock conversion of finished goods. We manufacture polymer modified shingles for steep slope roofing as well as roll goods for low sloped roofing. We have been working for several years on incorporating tire rubber in our products. We have a few roll goods we are moving onto a polymer modified platform using crumb rubber as a component. We had tried on a prior grant, but did not meet field expectations. We have modified the products and are getting good product acceptance for some products. Our shingles are also getting good field acceptance.  We will be utilizing fine mesh crumb rubber and estimate to use a total of 1,204,819 lbs. </x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Van Duerr Industries, Inc. dba SafePath Products</x:t>
   </x:si>
   <x:si>
     <x:t> Timothy Vanderheiden</x:t>
   </x:si>
   <x:si>
     <x:t>8004972003</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Eligible Product Description: 
 Products designed for this proposal are access barrier removal, walking flat stock, and other reducer type products made from recycled waste tires from California. This year we were recognized by the American Institute of Architects (AIA) via the Construction Specifiers Institute (CSI) MasterFormat Team has designated our products with a specific division number 10-74-49 “Modular Landing and Ramp Systems“. 
 Most of these products incorporate standards adopted by various access and disability building code and multi-family housing regulations throughout the United States as well as the AIA. 
 Designed for the growing residential marketplace providing access to the growing baby-boomer (senior) populations in the Unites States, these products are aimed for optimum marketability in the United State.  Reduced product weights, intended for structural strength these products fulfill many demands in the largest market channels in retail sales, big box and on-line conglomerates (See attached PDF of corporate partners.) 
 We bring over 24 years of development of proper market channels with a strategic plan for specification in these diverse and varied markets, including required EDI and advanced product delivery matrix’s software for contract delivery to distribution centers throughout the U.S. 
 These new existing products will utilize a 10-20-30 mesh size crumb, with 100% recycled crumb California tire rubber. All products consist of a minimum of 90% crumb rubber with the remaining consisting of binders and color additives and a percentage of recycled carpet material utilizing PC4 (Otherwise known as CaC03). 
 We have developed dozens of product lines for our customer base that continues to demand custom and standard product lines. Presently, we are experiencing an increase of custom projects with customers exceeding over 42% of our work product. Understandably, in practical application the conditions that exist for our custom products tend to be current construction conditions and therefore demand specific configuration and specialized modification for code compliance. 
 Our basic SKU’s are utilized in various configurations when applied to specific projects. For instance, what can be sold as a standalone 7/8” high transition/ramp product, as in a MRAEZ0110 will also serve as a reducer 7/8” high RED 400 for the flooring industry where these products are butted end to end as an extended reducer, or can be used to constructed in an EntryLevel Landing to provide regulatory and code compliant access to a commercial door entrance.
 We are applying for the incentive category New/Existing TDP and the total lbs. estimated to be used are 2,763,360.</x:t>
   </x:si>
   <x:si>
-    <x:t>United Sports Surfacing of America, Inc.</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>EM Concepts, a DBA of Lakin Tire West, LLC.</x:t>
   </x:si>
   <x:si>
     <x:t> Theresa Escalante</x:t>
   </x:si>
   <x:si>
     <x:t>9512146590</x:t>
   </x:si>
   <x:si>
     <x:t>Rubber tiles produced from California recycled tire rubber.  Marketed under the brand name DeckTop, SportPlay, PaverTile and EquiTile.  This grant request includes 752,000 pounds of crumb rubber utilized in producing  these rubber tiles broken down as follows:
 1.  0.50 Tile - Fine (50) Mesh - 39,000 pounds
 2.  0.75 Tile - Fine (50) Mesh - 12,000 pounds
 3.  1 3/8 DeckTop - New/Existing TDP - 91,000 pounds
 4.  1 3/8 DeckTop - Fine (50) Mesh - 260,000 pounds
 5.  1.00 EquiTile - Fine (50) Mesh - 19,000 pounds
 6.  1.00 Ramp - Fine (50) Mesh - 10,000 pounds
 7.  1.00 Sport Play - Fine (50) Mesh - 321,000 pounds</x:t>
   </x:si>
   <x:si>
-    <x:t>SpectraSystems, Inc. dba SpectraTurf</x:t>
-[...8 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three of the four products, SpectraTurfPath and SpectraTop are considered feedstock conversion tire-derived products replacing one or more raw materials. The total estimated use of crumb rubber to be used is 1,275,800. SpectraTurf has developed a new process for upcycling end of life rubber surfacing. To date all rubber surfacing playgrounds have only extended the tires from hitting the landfill by 10-15 years. SpectraTurf's Regrind diverts old playground surfacing from the landfill and repurposes the 3 – 5 mm for use in SpectraTurf’s product line. We are able to utilize 30 percent of our our SpectraTurf Regrind into our SpectraPour Play Cushion Layer, SpectraTurf Play Grass Underlayment, and SpectraTurfPath.</x:t>
+    <x:t>KMC Acquisition LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrew Reker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5623960121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMC Rubber is requesting $500,000.00 in funding and will produce the following three “feedstock conversion” products using an estimated total 1,000,000 pounds of crumb rubber.  We are replacing between 10 – 12 percent of the raw material (e.g. carbon black, oil, SBR polymers and virgin rubber) in each of the products with 50 mesh crumb rubber. We are receiving technical assistance and material testing services for all three products through support of the FCS Contract
+Anti-Fatigue Mats: these products are used primarily by restaurant industry and other service occupations where it is important for persons continuously standing to have ergonomic cushioning underfoot. Currently in production, these anti-fatigue sponge mats will be reformulated to replace 10 percent of the mix design with 50 mesh crumb rubber. The estimated usage over the next two years is 400,000 pounds of 50 mesh crumb rubber.
+Pipe Sealants: these products are used to join clay, iron, and PVC pipes in a watertight seal for both sewer and potable water applications. They are used both indoors and outdoors, home, commercial, industrial, and municipal plumbing. Currently in the production, the pipe sealants will be reformulated to replace 12 percent of the mix design with 50 mesh crumb rubber. The estimated usage over the next two years is 100,000 pounds of 50 mesh crumb rubber
+Heavy Equipment Acoustical Mats: these products provide sound and vibration dampening when placed on heavy equipment and off-road vehicles. They are primarily utilized in the agricultural industry. The acoustical mats will be reformulated to use 10 percent of the mix design with 50 mesh feedstock conversion. Our estimated usage over the next two years is 500,000 pounds of 50 mesh crumb rubber.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -437,51 +437,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b60038a90914e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R782b968f94eb4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R04abafbd3d1b49df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R548408ed72384879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2a04b3b92b3740ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R28d4e8f523e44905" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -529,365 +529,365 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2989.75732421875" customHeight="1" collapsed="0">
+    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>164880</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1747.842529296875" customHeight="1" collapsed="0">
+    <x:row ht="1161.4110107421875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>70000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
+    <x:row ht="1149.9024658203125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+    <x:row ht="2989.75732421875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>164880</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row ht="574.95068359375" customHeight="1" collapsed="0">
+    <x:row ht="678.44384765625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="574.95166015625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94189453125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>30000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+    <x:row ht="1747.8427734375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-    <x:row ht="2552.796875" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.95703125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>230320</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.9580078125" customHeight="1" collapsed="0">
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>230320</x:v>
+        <x:v>135000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.4775390625" customHeight="1" collapsed="0">
+    <x:row ht="816.4345703125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>135000</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1149.9033203125" customHeight="1" collapsed="0">
+    <x:row ht="2552.796875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>500000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>169800</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
-    <x:row ht="712.9404296875" customHeight="1" collapsed="0">
+    <x:row ht="1586.86328125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -914,29 +914,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 5:59 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 14, 2026 12:45 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>