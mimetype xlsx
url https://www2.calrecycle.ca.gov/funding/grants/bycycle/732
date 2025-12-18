--- v0 (2025-12-07)
+++ v1 (2025-12-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8532aa7e62604c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4feea3ecd1784b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R99c9ff0a2c024f00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8f481e497c884c18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Food Waste Prevention and Rescue Grant Program (FW4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -394,51 +394,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c5e48373434498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R99c9ff0a2c024f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf28d3336c5af4d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ae305e7b18411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f481e497c884c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re52c65d1a2864234" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -821,29 +821,29 @@
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 12:24 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:10 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>