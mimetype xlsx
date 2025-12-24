--- v1 (2025-12-18)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4feea3ecd1784b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a0eb16b5054ff5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8f481e497c884c18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R37c0bba0b7f14824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Food Waste Prevention and Rescue Grant Program (FW4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -394,51 +394,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ae305e7b18411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f481e497c884c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re52c65d1a2864234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R302b8adb7bf14864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37c0bba0b7f14824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a65c4a8451a472a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -821,29 +821,29 @@
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:10 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>