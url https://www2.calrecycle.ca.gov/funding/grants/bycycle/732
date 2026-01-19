--- v2 (2025-12-24)
+++ v3 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a0eb16b5054ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b1968d50da401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R37c0bba0b7f14824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R89e19578eee44295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Food Waste Prevention and Rescue Grant Program (FW4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -394,51 +394,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R302b8adb7bf14864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37c0bba0b7f14824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4a65c4a8451a472a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc6dbd3b375414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89e19578eee44295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3cdb564ef43b429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -821,29 +821,29 @@
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 3:01 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>