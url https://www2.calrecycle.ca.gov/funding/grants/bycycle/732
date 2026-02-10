--- v3 (2026-01-19)
+++ v4 (2026-02-10)
@@ -1,265 +1,265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b1968d50da401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b96c081c5f84721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R89e19578eee44295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R846ee2473d374f83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Food Waste Prevention and Rescue Grant Program (FW4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Community Environmental Council</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cameron Gray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059630583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Environmental Council (CEC) will use grant funds to expand its Santa Barbara County Food Rescue program by adding new food donors and by purchasing a refrigerated box truck for Veggie Rescue and one reach-in freezer and two reach-in refrigerators for St. Mark's In-The-Valley Episcopal Church to allow safe transportation and storage of rescued food.  CEC will also hire a full-time Outreach Coordinator.  The project will rescue approximately 360,000 pounds of edible food, preventing 243 MTCO2e in greenhouse gas emissions, from landfill disposal over the grant term and be distributed to food insecure community members.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County Waste Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Xinci Tan</x:t>
   </x:si>
   <x:si>
     <x:t>7075651733</x:t>
   </x:si>
   <x:si>
     <x:t>SarahE Sanders</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Sonoma County Waste Management Agency (SCWMA) will partner with the Conservation Corps North Bay (CCNB) to significantly expand food recovery infrastructure and services in Sonoma County.  Through the grant project, CCNB will acquire on-the-job experience through Redwood Empire Food Bank to eventually become an independently operated food recovery service to help decrease food insecurity and increase landfill diversion of food.  Grant funds will be used to purchase a refrigerated box truck, pallet jack, materials for food rescue and fund Food Rescue Driver and Food Rescue Helper positions that will be filled by CCNB staff and corps members.  The project will result in 705,200 pounds of food rescued over the grant term, resulting in the reduction of 561 MTCO2e in greenhouse gas emissions.</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Forward</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sierra Trujillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097319474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Aicega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Food Forward will use grant funds to increase wholesale produce rescue by adding two new Warehouse Coordinator positions and one new Warehouse Dispatch position at the Produce Pit Stop warehouse in Bell, CA, as well as the purchase of produce tracking software.  Grant funding will help Food Forward rescue 10,701,425 additional pounds of produce, preventing 9,524 MTCO2e in greenhouse gas emissions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Francis Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jasmine Bravo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213-747-5347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: St. Francis Center provides hunger relief to homeless and low-income families and individuals in Los Angeles.  Grant funds will purchase a new refrigerated box truck, forklift, electric pallet jack, and support the Food Bank Manager position over the grant term.  The new equipment will double the amount of food recovered from food donors, resulting in a net increase of 1,288,000 pounds of food rescued and 1,095 MTCO2e in greenhouse gas emission reductions during the grant term.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Fresno Metropolitan Ministry</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Keith Bergthold</x:t>
   </x:si>
   <x:si>
     <x:t>5594851416</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Dallas Aicega</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry (Metro) and Central California Food Bank (CCFB) will use grant funds to expand Food to Share’s capacity and increase access to healthy food in low-income and food desert neighborhoods in Fresno, Madera, Kings, Tulare, and Kern Counties by adding food rescue donors and food receiver organizations to the existing Food to Share network.  Over the grant term, Metro will add 20 new food recovery school sites from Fresno Unified and/or Central Unified School Districts, five new community-based organizations as food distribution sites and increase direct food recoveries by adding two new retail locations and six urban gleaning sites.  CCFB will increase their rescued pounds from manufacturers and processors, and produce partners currently participating in their existing rescue program, as well as add two new produce donors and one new processor/manufacturer. CCFB will also expand their food rescue operations with their repack line. This grant will also fund two new Metro drivers and a Retail Rescue Coordinator for CCFB, support pack line maintenance and sanitation, and purchase materials and supplies to support these rescue activities.
 This project will rescue a total of 3,125,000 pounds of edible food and offset 2,781 MTCO2e in greenhouse gas emissions over the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: St. Francis Center provides hunger relief to homeless and low-income families and individuals in Los Angeles.  Grant funds will purchase a new refrigerated box truck, forklift, electric pallet jack, and support the Food Bank Manager position over the grant term.  The new equipment will double the amount of food recovered from food donors, resulting in a net increase of 1,288,000 pounds of food rescued and 1,095 MTCO2e in greenhouse gas emission reductions during the grant term.</x:t>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo Food Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Corkey Mapalo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303043579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo Food Bank will utilize grant funding to launch Phase 2 of its SB 1383 Food Recovery plans (“Project”).  The Project will achieve additional landfill diversion of edible food through the recruitment of new Tier 1 commercial edible food generators and the purchase of more food rescue equipment.  CalRecycle grant funding will also purchase two new box trucks for the collection of rescued food.  This effort is projected to recover 1,837,700 pounds of edible food resulting in a reduction of 1,503 MTCO2e in greenhouse gas emissions during the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hollywood Food Coalition</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Asher Landau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185684050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Hollywood Food Coalition will use grant funds to expand its Community Exchange program, a free food-sharing program, by adding an additional Warehouse Coordinator, an assistant and support staff, and a refrigerated box truck.  The projected food rescued over the grant term is 3,833,613 pounds of food and the reduction of 3,346 MTCO2e in greenhouse gas emissions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Merry Dempsey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7039893535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express, together with the Central Contra Costa Solid Waste Authority (RecycleSmart) will rescue 964,557 new pounds of edible food from landfill and reduce 858 MTCO2E in greenhouse gas emissions.  This project will help expand the Neighbors Helping Neighbors (NHN) program in Contra Costa County, in which community volunteers collect edible food directly from smaller donors and redistribute it to recipients, using ChowMatch software.  This grant will fund the NHN Program Manager, provide education and outreach materials, personal protective and food handling equipment, and ChowMatch Software and staff support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>F.O.O.D. Share, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristy Pollard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057465909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: F.O.O.D Share will use grant funds to pay for a new refrigerated box truck and full-time driver to recover edible food collected and distributed through the Food Share Food Bank in Ventura County.  A new food Sourcing Coordinator position will be created to find and setup new collection programs, and purchase supplies to aid the edible food collection and distribution efforts.  The project will rescue approximately 228,000 pounds of edible food from landfill disposal over the grant term, preventing 137 MTCO2e in greenhouse gas emissions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Second Harvest of Silicon Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Gaherty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4082668866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Second Harvest Food Bank will use grant funds to purchase a heavy-duty truck, and employ a full-time Class A driver.  The driver will pick up surplus edible food donations from local food generators that otherwise would have sent the food to landfill.  Second Harvest will distribute the food for free to food-insecure people, helping low-income residents to access nutritious food and free up funds they can apply toward housing or other needs.  Over the grant term, the grant funds will enable Second Harvest to rescue an additional 1,067,500 pounds of food from California landfills resulting in 852 MTCO2e in greenhouse gas emissions reduced.</x:t>
   </x:si>
   <x:si>
     <x:t>Nevada              </x:t>
   </x:si>
   <x:si>
     <x:t>ReFED, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Katy Franklin</x:t>
   </x:si>
   <x:si>
     <x:t>5129472176</x:t>
   </x:si>
   <x:si>
-    <x:t>Shaina Meiners</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through a public-private partnership with World Wildlife Fund (WWF), and Cascadia Policy Solutions, ReFED will prevent 128,041,232 pounds of food waste from being generated and prevent 113,957 MTCO2e in greenhouse gas emissions over the grant term.  They will use grant funds to add new business signatories; expand recruitment to new food system industries; establish working groups for CA signatories and jurisdictions; provide technical assistance during solution implementation; develop supportive tools, resources, and measurement tools to track progress; and communicate impacts to attract new signatories and jurisdictions to the effort throughout the grant term.</x:t>
   </x:si>
   <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>Helping Hand Worldwide</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Sita Helms</x:t>
   </x:si>
   <x:si>
     <x:t>9492307318</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Helping Hand Worldwide will increase the volume of food rescued and distributed in Orange and San Diego Counties by 180,000 pounds over the course of the grant period, resulting in 94 MTCO2e in greenhouse gas emission reductions.  Helping Hand Worldwide rescues food from eight retail grocers and distributes it to 27 organizations that serve over 11,000 low-income seniors, families, and students.  Through the project, the organization will hire a full-time Food Recovery Coordinator and part-time driver, purchase a new refrigerated box truck, mobile scales, and an iPad for more accurate weighing and tracking of food.</x:t>
-  </x:si>
-[...100 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Environmental Council (CEC) will use grant funds to expand its Santa Barbara County Food Rescue program by adding new food donors and by purchasing a refrigerated box truck for Veggie Rescue and one reach-in freezer and two reach-in refrigerators for St. Mark's In-The-Valley Episcopal Church to allow safe transportation and storage of rescued food.  CEC will also hire a full-time Outreach Coordinator.  The project will rescue approximately 360,000 pounds of edible food, preventing 243 MTCO2e in greenhouse gas emissions, from landfill disposal over the grant term and be distributed to food insecure community members.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 12</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -394,51 +394,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc6dbd3b375414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89e19578eee44295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3cdb564ef43b429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cbaf5d43ed647a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R846ee2473d374f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbfe6b5daccce49ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -486,364 +486,364 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>277932</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1184.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="781.93695068359375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="448.4693603515625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.4471435546875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>247746</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="1184.39990234375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>270663</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="574.951416015625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.9521484375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>247746</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.94091796875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>277932</x:v>
+        <x:v>270663</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="10" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="10"/>
       <x:c r="D18" s="11" t="n">
         <x:v>3496341</x:v>
       </x:c>
       <x:c r="E18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 3:01 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:36 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>