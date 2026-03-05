--- v4 (2026-02-10)
+++ v5 (2026-03-05)
@@ -1,265 +1,265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b96c081c5f84721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121216a8fc394f42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R846ee2473d374f83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R313abcc2eb204849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Food Waste Prevention and Rescue Grant Program (FW4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Barbara       </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County Waste Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Xinci Tan</x:t>
   </x:si>
   <x:si>
     <x:t>7075651733</x:t>
   </x:si>
   <x:si>
     <x:t>SarahE Sanders</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Sonoma County Waste Management Agency (SCWMA) will partner with the Conservation Corps North Bay (CCNB) to significantly expand food recovery infrastructure and services in Sonoma County.  Through the grant project, CCNB will acquire on-the-job experience through Redwood Empire Food Bank to eventually become an independently operated food recovery service to help decrease food insecurity and increase landfill diversion of food.  Grant funds will be used to purchase a refrigerated box truck, pallet jack, materials for food rescue and fund Food Rescue Driver and Food Rescue Helper positions that will be filled by CCNB staff and corps members.  The project will result in 705,200 pounds of food rescued over the grant term, resulting in the reduction of 561 MTCO2e in greenhouse gas emissions.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...8 lines deleted...]
-    <x:t>9097319474</x:t>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5594851416</x:t>
   </x:si>
   <x:si>
     <x:t>Dallas Aicega</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>5594851416</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry (Metro) and Central California Food Bank (CCFB) will use grant funds to expand Food to Share’s capacity and increase access to healthy food in low-income and food desert neighborhoods in Fresno, Madera, Kings, Tulare, and Kern Counties by adding food rescue donors and food receiver organizations to the existing Food to Share network.  Over the grant term, Metro will add 20 new food recovery school sites from Fresno Unified and/or Central Unified School Districts, five new community-based organizations as food distribution sites and increase direct food recoveries by adding two new retail locations and six urban gleaning sites.  CCFB will increase their rescued pounds from manufacturers and processors, and produce partners currently participating in their existing rescue program, as well as add two new produce donors and one new processor/manufacturer. CCFB will also expand their food rescue operations with their repack line. This grant will also fund two new Metro drivers and a Retail Rescue Coordinator for CCFB, support pack line maintenance and sanitation, and purchase materials and supplies to support these rescue activities.
 This project will rescue a total of 3,125,000 pounds of edible food and offset 2,781 MTCO2e in greenhouse gas emissions over the grant term.</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Francis Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jasmine Bravo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213-747-5347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: St. Francis Center provides hunger relief to homeless and low-income families and individuals in Los Angeles.  Grant funds will purchase a new refrigerated box truck, forklift, electric pallet jack, and support the Food Bank Manager position over the grant term.  The new equipment will double the amount of food recovered from food donors, resulting in a net increase of 1,288,000 pounds of food rescued and 1,095 MTCO2e in greenhouse gas emission reductions during the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ReFED, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Katy Franklin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5129472176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through a public-private partnership with World Wildlife Fund (WWF), and Cascadia Policy Solutions, ReFED will prevent 128,041,232 pounds of food waste from being generated and prevent 113,957 MTCO2e in greenhouse gas emissions over the grant term.  They will use grant funds to add new business signatories; expand recruitment to new food system industries; establish working groups for CA signatories and jurisdictions; provide technical assistance during solution implementation; develop supportive tools, resources, and measurement tools to track progress; and communicate impacts to attract new signatories and jurisdictions to the effort throughout the grant term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helping Hand Worldwide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Sita Helms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9492307318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Helping Hand Worldwide will increase the volume of food rescued and distributed in Orange and San Diego Counties by 180,000 pounds over the course of the grant period, resulting in 94 MTCO2e in greenhouse gas emission reductions.  Helping Hand Worldwide rescues food from eight retail grocers and distributes it to 27 organizations that serve over 11,000 low-income seniors, families, and students.  Through the project, the organization will hire a full-time Food Recovery Coordinator and part-time driver, purchase a new refrigerated box truck, mobile scales, and an iPad for more accurate weighing and tracking of food.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hollywood Food Coalition</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Asher Landau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185684050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Hollywood Food Coalition will use grant funds to expand its Community Exchange program, a free food-sharing program, by adding an additional Warehouse Coordinator, an assistant and support staff, and a refrigerated box truck.  The projected food rescued over the grant term is 3,833,613 pounds of food and the reduction of 3,346 MTCO2e in greenhouse gas emissions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>F.O.O.D. Share, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristy Pollard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057465909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: F.O.O.D Share will use grant funds to pay for a new refrigerated box truck and full-time driver to recover edible food collected and distributed through the Food Share Food Bank in Ventura County.  A new food Sourcing Coordinator position will be created to find and setup new collection programs, and purchase supplies to aid the edible food collection and distribution efforts.  The project will rescue approximately 228,000 pounds of edible food from landfill disposal over the grant term, preventing 137 MTCO2e in greenhouse gas emissions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>White Pony Express</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Merry Dempsey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7039893535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: White Pony Express, together with the Central Contra Costa Solid Waste Authority (RecycleSmart) will rescue 964,557 new pounds of edible food from landfill and reduce 858 MTCO2E in greenhouse gas emissions.  This project will help expand the Neighbors Helping Neighbors (NHN) program in Contra Costa County, in which community volunteers collect edible food directly from smaller donors and redistribute it to recipients, using ChowMatch software.  This grant will fund the NHN Program Manager, provide education and outreach materials, personal protective and food handling equipment, and ChowMatch Software and staff support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Second Harvest of Silicon Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Gaherty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4082668866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Second Harvest Food Bank will use grant funds to purchase a heavy-duty truck, and employ a full-time Class A driver.  The driver will pick up surplus edible food donations from local food generators that otherwise would have sent the food to landfill.  Second Harvest will distribute the food for free to food-insecure people, helping low-income residents to access nutritious food and free up funds they can apply toward housing or other needs.  Over the grant term, the grant funds will enable Second Harvest to rescue an additional 1,067,500 pounds of food from California landfills resulting in 852 MTCO2e in greenhouse gas emissions reduced.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food Forward</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sierra Trujillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097319474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Food Forward will use grant funds to increase wholesale produce rescue by adding two new Warehouse Coordinator positions and one new Warehouse Dispatch position at the Produce Pit Stop warehouse in Bell, CA, as well as the purchase of produce tracking software.  Grant funding will help Food Forward rescue 10,701,425 additional pounds of produce, preventing 9,524 MTCO2e in greenhouse gas emissions.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo Food Bank</x:t>
   </x:si>
   <x:si>
     <x:t> Corkey Mapalo</x:t>
   </x:si>
   <x:si>
     <x:t>5303043579</x:t>
   </x:si>
   <x:si>
-    <x:t>Shaina Meiners</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Yolo Food Bank will utilize grant funding to launch Phase 2 of its SB 1383 Food Recovery plans (“Project”).  The Project will achieve additional landfill diversion of edible food through the recruitment of new Tier 1 commercial edible food generators and the purchase of more food rescue equipment.  CalRecycle grant funding will also purchase two new box trucks for the collection of rescued food.  This effort is projected to recover 1,837,700 pounds of edible food resulting in a reduction of 1,503 MTCO2e in greenhouse gas emissions during the grant term.</x:t>
   </x:si>
   <x:si>
-    <x:t>Hollywood Food Coalition</x:t>
-[...83 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Helping Hand Worldwide will increase the volume of food rescued and distributed in Orange and San Diego Counties by 180,000 pounds over the course of the grant period, resulting in 94 MTCO2e in greenhouse gas emission reductions.  Helping Hand Worldwide rescues food from eight retail grocers and distributes it to 27 organizations that serve over 11,000 low-income seniors, families, and students.  Through the project, the organization will hire a full-time Food Recovery Coordinator and part-time driver, purchase a new refrigerated box truck, mobile scales, and an iPad for more accurate weighing and tracking of food.</x:t>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Community Environmental Council</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cameron Gray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059630583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Environmental Council (CEC) will use grant funds to expand its Santa Barbara County Food Rescue program by adding new food donors and by purchasing a refrigerated box truck for Veggie Rescue and one reach-in freezer and two reach-in refrigerators for St. Mark's In-The-Valley Episcopal Church to allow safe transportation and storage of rescued food.  CEC will also hire a full-time Outreach Coordinator.  The project will rescue approximately 360,000 pounds of edible food, preventing 243 MTCO2e in greenhouse gas emissions, from landfill disposal over the grant term and be distributed to food insecure community members.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 12</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -394,51 +394,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cbaf5d43ed647a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R846ee2473d374f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbfe6b5daccce49ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8383493fc44212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R313abcc2eb204849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R23b67735ccc548ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -486,364 +486,364 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>277932</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.93695068359375" customHeight="1" collapsed="0">
+    <x:row ht="1184.39990234375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.4693603515625" customHeight="1" collapsed="0">
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>247746</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="1184.39990234375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>270663</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951416015625" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462646484375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>247746</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>270663</x:v>
+        <x:v>277932</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="10" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="10"/>
       <x:c r="D18" s="11" t="n">
         <x:v>3496341</x:v>
       </x:c>
       <x:c r="E18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H18" s="10" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:36 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 7:22 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>