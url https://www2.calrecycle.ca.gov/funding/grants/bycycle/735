--- v0 (2025-12-24)
+++ v1 (2026-01-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da402f659ee41ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bddcbe31cc545ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1284299dd2414d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R181d55f7a0914b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Local Government Waste Tire Enforcement Grants (TEA28)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -720,51 +720,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40b697c6bb154efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1284299dd2414d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5cb9f4c37f044138" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac24ba286ccc4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R181d55f7a0914b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rce0080360aea4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1647,29 +1647,29 @@
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 8:48 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>