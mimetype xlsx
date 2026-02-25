--- v1 (2026-01-21)
+++ v2 (2026-02-25)
@@ -1,591 +1,591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bddcbe31cc545ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01c41ac704bb45e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R181d55f7a0914b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdce14a3b22ed4c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Local Government Waste Tire Enforcement Grants (TEA28)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Calaveras           </x:t>
-[...8 lines deleted...]
-    <x:t>2097546744</x:t>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr David Paquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263948</x:t>
   </x:si>
   <x:si>
     <x:t>Jim Madden</x:t>
-  </x:si>
-[...180 lines deleted...]
-    <x:t>6613263948</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Bakersfield‘s Waste Tire Enforcement Program will implement an inspection and compliance program that:
 1. Educates waste tire generators within our jurisdiction on their responsibilities to comply with applicable laws;
 2. Surveys Waste Tire Facilities and confirms that generators are using authorized waste tire haulers, properly
 maintaining CTLs; and fulfilling the WTF requirements;
 3. Identifies and reports sites that may be in violation of WTF storage standards;
 4. Initiates enforcement action against facilities that are in non-compliance by issuing a Notice of Violation (NOV);
 5. Refers facilities that continue to be in non-compliance after the issuance of a LNOV to CalRecycle staff;
 6. Identify and investigate existing sites where waste tires have been illegally dumped; and
 7. Obtains and submits the necessary information required for monthly reporting through WTMS to CalRecycle.
 The activities described above are an effective way to address the City of Bakersfield’s
 need to educate tire dealers and auto dismantlers of their responsibilities and reduce the
 illegal disposal of waste tires. The program will be comprehensive, informative and allows for enforcement action when
 necessary. It provides for correcting of waste handling problems, reducing long-term disposal problems, identifying illegal
 waste tire haulers and encouraging compliance</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...23 lines deleted...]
-    <x:t>This grant will be utilized for the enforcement of waste tire laws and regulations through inspections of waste tire facilities within our jurisdiction and for the administration of the waste tire grant.</x:t>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MR. Nicholas Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306930172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wendy Box</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County will be allocating a Solid Waste Code Enforcement Officer for Waste Tire Code Enforcement with specific duties to include supervision of the TEA program.  These funds will be used to conduct in field inspections for illegal dumping of tires, Tire Retailer oversite, and Tire Disposal Education for the County of Butte.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tim Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renee Podris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be used to conduct waste tire inspections and other enforcement actions, train employees on waste tire regulations, enforcement and educate waste tire operators, other enforcement agencies, and the general public on the requirements for handling, disposing and storage of waste tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used for continued inspections and enforcement of waste tire generators, waste tire haulers, and waste tire end-use facilities in accordance with CalRecycle regulations for the disposal and storage of waste/used tires. Inspections will be conducted on the CalRecycle Priority TPID list provided by CalRecycle and businesses currently registered with CalRecycle for the disposal and storage of waste/used tires. Educational visits will be conducted on new businesses generating, storing, and disposing of waste/used tires. Surveillance will be conducted as needed when illegal dumping of waste tires is suspected by a generator, hauler, and end-use facility. This program has aided the City of Fresno in the monitoring generators, haulers, and end-use facilities with the disposal of waste tires insuring businesses are contracting with a registered hauler resulting in less waste tires being illegally dumped throughout the City of Fresno.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Sukhdeep Sidhu</x:t>
   </x:si>
   <x:si>
     <x:t>5596003271</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the Waste Tire Program is to promote compliance with State and local regulations as it
 pertains to the collection, handling, storage and disposal of waste tires in an effort to protect the air,
 water, and land from pollution and to ensure public health and safety.
 The Fresno County Department of Public Health, Environmental Health Division, proposes to utilize FY
 2020-21 Waste Tire Grant funds for staffing, training and equipment needs associated with continuing
 the County‘s Enforcement Program Plan.</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jerry Weir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2138476260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to inspect our over 1600 Waste Tire Facilities for compliance with all waste tire handling regulations. Our past participation in the Local Government Waste Tire Enforcement Grant program resulted in a decrease in the number of large illegal waste tire dumping incidents in our jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michele Hunt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inspect Waste tire generators and haulers within the City limits of Modesto and investigate and dispose of waste tires illegally dumped in the City of Modesto.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Durham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317558979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used to fund the existing Waste Tire Enforcement Program, which includes conducting routine waste tire inspections, surveillance and enforcement, community education, attending round table events and other training required by Cal Recycle, and to purchase equipment and supplies needed to conduct the program activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant will allow for Environmental health to perform waste tire inspections, identify unpermitted waste tire activities, and provide enforcement for illegally dumped tires within Placer County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Czapla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168766586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sacramento County Environmental Management Department requests TEA 28 grant funding for the continued implementation of a local waste tire inspection and enforcement program. Funds will be used to ensure businesses comply with State regulations governing the storage, transportation, and manifesting of used and waste tires. This will be accomplished via inspection of waste tire generators and haulers, surveying for new businesses that are required to comply with State waste tire regulations, investigating illegal tire hauling and dumping complaints, and providing used/waste tire education to the public and businesses. Funds will also be used for staff training, equipment, and to prepare required reports for submittal to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Waste Tire Enforcement Grant program allows Stanislaus County to administer a comprehensive waste tire enforcement program which includes the following elements: identification, documentation, education, and inspection of businesses involved in the generation, collection, transportation, and disposal of waste tires.
+Currently, there are approximately 703 waste tire businesses in Stanislaus County and in the participating cities.  The grant allows inspections of each of these tire facilities, tire dealers, auto dismantler, tire haulers, and other waste tire generators.  The local enforcement of the waste tire regulations will emphasize the importance of proper disposal, reuse, and recycling of waste tires through the education and the regulation of generators, haulers, and end-user businesses.
+Since the program's inception in 2006, two large tire piles containing over 20,000 tires have been cleaned up.  Over 4,008 inspections of tire facilities and tire haulers have been conducted, with 45 notices of violation issued along with 13 referrals to CalRecycle for legal action.  
+If TEA 28 is awarded to Stanislaus County it will enable our jurisdiction to conduct 200 inspections, spend 200 hours on surveillance, investigate reported violations and respond to complaints of tire dumps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tim Potanovic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA28 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville is located in the Mojave Desert area approximately 1.5 hour from the heavily populated Los Angeles, Orange County, Inland Empire and approximately 3 hours from the growing Las Vegas Nevada areas. The City is surrounded by a vast amount of desert land and has three major highways that intersect within the City(I-15 Freeway, CA Highway 18/138, and US highway 395). Due to the surrounding geography, the City experiences a large amount of illegal dumping activity which includes illegally dumped tire piles of both general passenger and commercial type tires. The City is continues to grow industrially and commercially and in total residential units and currently has 117 waste tire related businesses (identified via WTMS as active businesses). Specifically, the City has a large number of used tire dealers located in areas of the City that historically have high frequencies of illegally dumped waste tires. The City will use waste tire enforcement grant funds to establish a presence in our City and partner with the State to regulate the waste tire disposal process and minimize illegal dumping through surveillance, enforcement, and administrative actions. Funds will also aid our assigned staff to provide them with office and small field supplies/equipment to carryout grant inspection, surveillance, and education tasks. Our primary goal when utilizing grant funds is to inspect all waste tire generators and haulers within the grant period. Additionally, we will partner with the businesses, ensuring that all waste tires are manifested utilizing the forms provided by Cal-Recycle and encouraging them to report those who illegally dispose of tires. In administering the grant, the City of Victorville will prioritize its activities to mirror those established in the grant terms/conditions and procedures: inspection, waste tire manifest compliance, identifying illegal disposal activities, education, and awareness.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Robin Bowker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CalRecycle offers Waste Tire Enforcement grants to cities, counties, and city and county agencies in California to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations. 
+Environmental Management is applying on behalf of the County. The Board of Supervisors has signed a resolution allowing Environmental Management to apply for this grant.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Nanci Biendarra</x:t>
   </x:si>
   <x:si>
     <x:t>6192366007</x:t>
   </x:si>
   <x:si>
     <x:t>The City of San Diego Regional Waste Tire program will be using grant funds to continue implementing inspections, enforcement, and educate over 1,100 active waste tire generating businesses. In 2007, the City began inviting neighboring cities to participate in the grant program in order to achieve better regional compliance. Today, the City is collaborating with six neighboring cities (Participating Collaborative Jurisdictions).</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo County</x:t>
   </x:si>
   <x:si>
     <x:t> Dan Rompf</x:t>
   </x:si>
   <x:si>
     <x:t>6503390327</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo County Tire Enforcement Agency will conduct tire inspections for all cities and un-incorporated areas in the county and provide outreach and enforcement as needed for administering the Tire grant inspection program for the 28th Grant cycle.</x:t>
   </x:si>
   <x:si>
-    <x:t>Imperial            </x:t>
-[...11 lines deleted...]
-    <x:t>Grant funds will be used to perform the duties outlined in the TEA 28 grant requirements.</x:t>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rochelle Gaddi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089183449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the County of Santa Clara Department of Environmental Health (DEH) is to protect public health, safety, and the environment in regards to proper storage, transport and use of waste tires within our jurisdiction.
+The County of Santa Clara DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for implementing the waste tire program as outlined in the grant procedures and requirements, and grant application guidelines and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Gonzales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9099485086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>As a current grantee, San Bernardino County Land Use Services - Code Enforcement anticipates continued Countywide inspections of all waste tire facilities within our jurisdiction and all cities within the County that are not individual grantees. The largest geographical county in the lower 48 states, San Bernardino County has vast areas of open land in desert and mountain regions, as well as many large incorporated cities; illegal dumping of waste tires in remote areas has been a chronic problem. As a result of participation in CalRecycle‘s grant programs, the County has seen marked improvement with respect to illegal waste tire dumping activities. 
+In addition to scheduled facility and compliance inspections, we will continue with educational outreach and enforcement efforts throughout the county to promote the proper transport, storing and disposal of waste tires, thereby reducing the incidences of illegal dumping, improper stockpiling and illegal transport activities.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Brandon Medellin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local government tire enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Aura Quecan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072598602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Investigate illegal tire activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dean Freed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County will use these grant funds to investigate illegal tire disposal activities and perform waste tire inspections to ensure compliance with all applicable laws and regulations. Funds will also be used for community and industry education, staff training, and administration of the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lee Bryant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Environmental Health Services staff will perform duties to enforce the waste tire laws and regulations under Calrecycle's authority.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Ambrose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perform waste tire enforcement activities, including: inspecting waste tire generators and transporters, perform educational/outreach, and perform enforcement activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County</x:t>
   </x:si>
   <x:si>
     <x:t> Christine Sosko</x:t>
   </x:si>
   <x:si>
     <x:t>7075656521</x:t>
   </x:si>
   <x:si>
     <x:t>Waste Tire Grant funds will be used to continue waste tire management in Sonoma County through permitting, inspections, education and enforcement activities.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...100 lines deleted...]
-  <x:si>
     <x:t>Yuba                </x:t>
   </x:si>
   <x:si>
     <x:t>Yuba County</x:t>
   </x:si>
   <x:si>
     <x:t> Gary Cantwell</x:t>
   </x:si>
   <x:si>
     <x:t>5307497526</x:t>
   </x:si>
   <x:si>
     <x:t>The county will use the funds to conduct inspections of active tire facilities.  It will also monitor dumping areas for the presence of illegally disposed tires.  When found, the county will remove and properly dispose of waste tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tehama              </x:t>
-[...11 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of our Waste Tire Program is to protect public health and the environment with regard to waste tires and facilities in Tehama County. TCEHD intends to use TEA28 reimbursement grant funds for inspection, enforcement, outreach, training and management in order to accomplish these objectives.</x:t>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dorcas Hanson-lugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant will be utilized for the enforcement of waste tire laws and regulations through inspections of waste tire facilities within our jurisdiction and for the administration of the waste tire grant.</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Riverside County</x:t>
   </x:si>
   <x:si>
     <x:t> Manuel A. Acueto</x:t>
   </x:si>
   <x:si>
     <x:t>9515387975</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be utilized to inspect tire-related businesses and ensure entities within the County are storing and hauling used and waste tires as dictated by California law. These funds will augment local and regional enforcement efforts by seeking to prevent the unlawful stockpiling and dumping of waste tires. This goal is accomplished by allowing personnel to be dedicated to the task of ensuring waste tires reach an appropriate end-use facility by educating business owners of the proper disposal methods and referring the actions of offenders to the appropriate governing agency.
 Training will be provided to assure county employees are kept up to date with new requirements of the state. Staff will also attend safety training of perishable skills.
 Equipment requested will be utilized to assure the employees are well prepared when conducting inspections.
 Direct Administration funds will be used to supervise the grant in an effort to assure all tasks are met.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara         </x:t>
-[...12 lines deleted...]
-The County of Santa Clara DEH intends to use TEA grant funds for activities directly related to inspection and administration costs for implementing the waste tire program as outlined in the grant procedures and requirements, and grant application guidelines and ongoing grant guidance from CalRecycle regarding waste and used tire activities.</x:t>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Moushumi Hasan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County Environmental Health Hazmat Unit staff will use TEA28 grant funding to conduct routine waste tire facility inspections, look for new waste tire facilities, work with CalRecycle when requested, investigate illegal disposal of waste tires, educate the public and facilities about proper handling and disposal of waste tires, purchase necessary equipment, and attend training.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to perform the duties outlined in the TEA 28 grant requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Muhammed Khan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106391273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County Department of Environmental Health (ACDEH) will utilize the TEA 28 Waste Tire Grant Funds to implement the Waste Tire Program and conduct compliance inspections to verify compliance with the Waste Tire Regulations. Additionally ACDEH will use TEA 28 grant funds to prepare reports and payment requests and provide information and education to community stakeholders and regulated businesses, while also providing continuing education for ACDEH Waste Tire inspection staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Medina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Calaveras County Waste Tire grant budget outlines our enforcement needs that will allow for the continued implementation of an effective Waste Tire Enforcement program within Calaveras County. Waste Tire staff continue to provide outreach to our stakeholders, waste tire operators and waste tire haulers. Due to our rural setting many of our waste tire facilities require considerable travel time. Over the past several TEA cycles there has been an increased observation of waste tires being left in the public right-of-way and our inspectors are spending additional time abating the waste tires in our surrounding communities.
+It is vital to our enforcement program to have the necessary funding available in order to continue a proactive program including the inspection, surveillance and educational components of the program. Many of the rural areas are only accessible during the dry months and take additional time to travel to.
+Environmental Health and the Waste Tire staff work with our Code Enforcement and Public Works Teams to educate them on the collaborative efforts in identifying waste tires for our staff response. There has been an increased activity of illegally dumped waste tires dumped in our County possibly due to the influx of transient visitors to our rural region. Our public frequently inquires as to how to dispose of waste tires and education is consistently pushed out by the waste tire staff with pamphlets provided by CalRecycle while posters are displayed in our public lobby. It is imperative to our Waste Tire Program to have the trained staff and funds available to perform all tasks associated with the Waste Tire Program implementation.</x:t>
   </x:si>
   <x:si>
     <x:t>Merced              </x:t>
   </x:si>
   <x:si>
     <x:t>Merced County</x:t>
   </x:si>
   <x:si>
     <x:t> Andres Rodriguez</x:t>
   </x:si>
   <x:si>
     <x:t>2093857686</x:t>
   </x:si>
   <x:si>
     <x:t>Grant funds will be used to administer the Local Waste Tire Enforcement Agency in Merced County. The program is responsible for inspections of Waste Tire Facilities and to make sure operators are in compliance with Waste Tire laws. </x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Perform waste tire enforcement activities, including: inspecting waste tire generators and transporters, perform educational/outreach, and perform enforcement activities.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 32</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -720,51 +720,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac24ba286ccc4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R181d55f7a0914b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rce0080360aea4537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3816921b6a0946fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdce14a3b22ed4c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R70886e6f88854b6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -812,813 +812,813 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1425.8834228515625" customHeight="1" collapsed="0">
+    <x:row ht="1264.9039306640625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>30468</x:v>
+        <x:v>95817</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9764404296875" customHeight="1" collapsed="0">
+    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>233077</x:v>
+        <x:v>10536</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1161.410888671875" customHeight="1" collapsed="0">
+    <x:row ht="344.976318359375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>146306</x:v>
+        <x:v>233077</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.00146484375" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>44500</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>300000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>94604</x:v>
+        <x:v>71696</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="137.99072265625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>71696</x:v>
+        <x:v>31976</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="287.461669921875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>115509</x:v>
+        <x:v>55916</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
+    </x:row>
+    <x:row ht="195.476806640625" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H13" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>438169</x:v>
+        <x:v>115509</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="H14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>31976</x:v>
+        <x:v>447799</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+    <x:row ht="1161.4111328125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>146306</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>95817</x:v>
+        <x:v>17344</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="1655.85791015625" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>430500</x:v>
+        <x:v>77710</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>94604</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>300000</x:v>
+        <x:v>185698</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.474609375" customHeight="1" collapsed="0">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>185698</x:v>
+        <x:v>69609</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.9736328125" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>69609</x:v>
+        <x:v>142930</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.5048828125" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.412109375" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>156572</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>123007</x:v>
+        <x:v>106693</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+    <x:row ht="115.0009765625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>10536</x:v>
+        <x:v>44500</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.4443359375" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>447799</x:v>
+        <x:v>430500</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row ht="195.4775390625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
         <x:v>31195</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>55916</x:v>
+        <x:v>141236</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>72190</x:v>
+        <x:v>123007</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>106693</x:v>
+        <x:v>105473</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1655.8583984375" customHeight="1" collapsed="0">
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>77710</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
+    <x:row ht="885.4296875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>105473</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>17344</x:v>
+        <x:v>72190</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.4287109375" customHeight="1" collapsed="0">
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>600000</x:v>
+        <x:v>156572</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.4482421875" customHeight="1" collapsed="0">
+    <x:row ht="459.9501953125" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>142930</x:v>
+        <x:v>438169</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+    <x:row ht="1425.8828125" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>83357</x:v>
+        <x:v>30468</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>141236</x:v>
+        <x:v>83357</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A38" s="10" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B38" s="10" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C38" s="10"/>
       <x:c r="D38" s="11" t="n">
         <x:v>5959887</x:v>
       </x:c>
       <x:c r="E38" s="10" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F38" s="10" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G38" s="10" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -1647,29 +1647,29 @@
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 8:48 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 9:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>