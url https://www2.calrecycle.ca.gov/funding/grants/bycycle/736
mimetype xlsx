--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -1,168 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b976adb1858484c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e1d099bc5442ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5f6134aa3cb74939"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfa58b11119a649e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Recycled Fiber, Plastic, and Glass Grant Program (FPG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Plastics Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Bahou</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5627082168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Global Plastics Recycling, Inc., located in Perris, CA, is requesting grant funds to recycle post-consumer PET (polyethylene terephthalate) plastic thermoforms (clamshells). The proposed project will expand existing operations to increase the amount of PET recycled into an intermediate commodity of blended thermoform/bottle PET flake. The material will then be sent to Sonoco, where it will be made into food grade packaging. The project claims to divert from landfill 1,300 tons of PET, and reduce 1,950 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Innovive, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Jenson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6199908832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Innovive, LLC, located in El Cajon, CA, is requesting grant funds to recycle PET (polyethylene terephthalate) plastic single use lab animal cages. The proposed project will expand existing recycling to 75% of cages sold in California. The project is closed loop, producing cages that will be collected and recycled at end of life. The project claims to divert from landfill 451 tons of PET, and reduce 677 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ross International</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joe Ross</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3109475977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Green Impact Manufacturing, LLC, located in Vernon, CA, is requesting grant funds to recycle post-consumer PET (polyethylene terephthalate) plastic clamshells, production rejects, fines, and purge. The proposed project will install a new, advanced PET recycling and upcycling facility to purify, pelletize, and upcycle low quality PET into high-value, high quality intermediate products (clear and colored PET pellets) to be sold into the garment production industry. The project claims to divert from landfill 15,625 tons of PET, and reduce 23,437.5 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suay, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Pavlu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9134490555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Suay, Inc., located in Los Angeles, CA, is requesting grant funds to upcycle and recycle post-consumer garments/clothing. The proposed project will expand existing operations to increase the amount of textiles diverted from landfill. The finished product is repaired clothing and remade products, such as pillows and dog beds, that use stuffing from shredded garments that cannot be repaired. The project claims to divert from landfill 1,500 tons of textiles, and reduce 3,750 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Strategic Materials, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Salvador Ramirez</x:t>
   </x:si>
   <x:si>
     <x:t>2134940359</x:t>
   </x:si>
   <x:si>
-    <x:t>Molly Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Strategic Materials, Inc., was located in Modesto, CA, but relocated to their Sacramento facility in 2023. They were awarded $732,512 in grant funds to recycle automotive and architectural glass. Grant funds will be used to install a mobile trommel screener to recycle the glass into cullet, which will be sent to CertainTeed to manufacture fiberglass. The projected diversion from landfill is 7,494 tons of glass, and a reduction of 1,499 MTCO2e.</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Gallo Glass Company</x:t>
   </x:si>
   <x:si>
     <x:t> Nigel Dart</x:t>
   </x:si>
   <x:si>
     <x:t>2093416550</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Gallo Glass Company, located in Modesto, CA, is requesting grant funds to recycle post-consumer glass. The proposed project will install a new recycling line to produce glass cullet that will be used in the production of wine bottles. The project claims to divert from landfill 1,200 tons of glass, and reduce 240 MTCO2e.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Green Impact Manufacturing, LLC, located in Vernon, CA, is requesting grant funds to recycle post-consumer PET (polyethylene terephthalate) plastic clamshells, production rejects, fines, and purge. The proposed project will install a new, advanced PET recycling and upcycling facility to purify, pelletize, and upcycle low quality PET into high-value, high quality intermediate products (clear and colored PET pellets) to be sold into the garment production industry. The project claims to divert from landfill 15,625 tons of PET, and reduce 23,437.5 MTCO2e.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -297,51 +297,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf20ac30880254b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5f6134aa3cb74939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R09582d4609c44deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4639a13de6d4fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa58b11119a649e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ead3d7135d6441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -389,214 +389,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45831298828125" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>732512</x:v>
+        <x:v>1550000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1550000</x:v>
+        <x:v>1193119</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.451904296875" customHeight="1" collapsed="0">
+    <x:row ht="563.4425048828125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1193119</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1315378</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>732512</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.399658203125" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>10791009</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:40 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:11 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>