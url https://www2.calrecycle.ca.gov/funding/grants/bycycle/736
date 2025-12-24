--- v1 (2025-12-18)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e1d099bc5442ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf3e652ce8a24a5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfa58b11119a649e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R91af43367dfe4646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Recycled Fiber, Plastic, and Glass Grant Program (FPG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -297,51 +297,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4639a13de6d4fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa58b11119a649e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ead3d7135d6441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aad5d6b51fd4429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91af43367dfe4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9d75ade5c21e4967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -574,29 +574,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:11 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>