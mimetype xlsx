--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf3e652ce8a24a5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9851df26644e45ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R91af43367dfe4646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfc912877eb7344ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Recycled Fiber, Plastic, and Glass Grant Program (FPG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -297,51 +297,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aad5d6b51fd4429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91af43367dfe4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9d75ade5c21e4967" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf22a962a013c4406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc912877eb7344ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb5664c0a6df0470b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -574,29 +574,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>