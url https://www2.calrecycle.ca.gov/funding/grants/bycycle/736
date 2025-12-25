--- v3 (2025-12-24)
+++ v4 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9851df26644e45ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae44829e580f4bf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfc912877eb7344ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re08343ed87c64518"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Recycled Fiber, Plastic, and Glass Grant Program (FPG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -297,51 +297,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf22a962a013c4406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc912877eb7344ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb5664c0a6df0470b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3527c49f29904ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re08343ed87c64518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb6674a3032964f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -574,29 +574,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:08 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>