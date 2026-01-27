--- v4 (2025-12-25)
+++ v5 (2026-01-27)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae44829e580f4bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fefd82b846841a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re08343ed87c64518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R43866f9109c14138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Recycled Fiber, Plastic, and Glass Grant Program (FPG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -297,51 +297,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3527c49f29904ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re08343ed87c64518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb6674a3032964f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fdc0fd696d54e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43866f9109c14138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb25141abc7294679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -574,29 +574,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 4:08 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 9:26 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>