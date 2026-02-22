--- v5 (2026-01-27)
+++ v6 (2026-02-22)
@@ -1,168 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fefd82b846841a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1e06348cd3428b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R43866f9109c14138"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R98211274107849eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Recycled Fiber, Plastic, and Glass Grant Program (FPG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategic Materials, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Salvador Ramirez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2134940359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Strategic Materials, Inc., was located in Modesto, CA, but relocated to their Sacramento facility in 2023. They were awarded $732,512 in grant funds to recycle automotive and architectural glass. Grant funds will be used to install a mobile trommel screener to recycle the glass into cullet, which will be sent to CertainTeed to manufacture fiberglass. The projected diversion from landfill is 7,494 tons of glass, and a reduction of 1,499 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>Global Plastics Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Paul Bahou</x:t>
   </x:si>
   <x:si>
     <x:t>5627082168</x:t>
   </x:si>
   <x:si>
     <x:t>Stanley Uyeda</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Global Plastics Recycling, Inc., located in Perris, CA, is requesting grant funds to recycle post-consumer PET (polyethylene terephthalate) plastic thermoforms (clamshells). The proposed project will expand existing operations to increase the amount of PET recycled into an intermediate commodity of blended thermoform/bottle PET flake. The material will then be sent to Sonoco, where it will be made into food grade packaging. The project claims to divert from landfill 1,300 tons of PET, and reduce 1,950 MTCO2e.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>Innovive, LLC</x:t>
   </x:si>
   <x:si>
     <x:t> Jeremy Jenson</x:t>
   </x:si>
   <x:si>
     <x:t>6199908832</x:t>
   </x:si>
   <x:si>
-    <x:t>Molly Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Innovive, LLC, located in El Cajon, CA, is requesting grant funds to recycle PET (polyethylene terephthalate) plastic single use lab animal cages. The proposed project will expand existing recycling to 75% of cages sold in California. The project is closed loop, producing cages that will be collected and recycled at end of life. The project claims to divert from landfill 451 tons of PET, and reduce 677 MTCO2e.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>Suay, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Pavlu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9134490555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Suay, Inc., located in Los Angeles, CA, is requesting grant funds to upcycle and recycle post-consumer garments/clothing. The proposed project will expand existing operations to increase the amount of textiles diverted from landfill. The finished product is repaired clothing and remade products, such as pillows and dog beds, that use stuffing from shredded garments that cannot be repaired. The project claims to divert from landfill 1,500 tons of textiles, and reduce 3,750 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gallo Glass Company</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nigel Dart</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093416550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Gallo Glass Company, located in Modesto, CA, is requesting grant funds to recycle post-consumer glass. The proposed project will install a new recycling line to produce glass cullet that will be used in the production of wine bottles. The project claims to divert from landfill 1,200 tons of glass, and reduce 240 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ross International</x:t>
   </x:si>
   <x:si>
     <x:t> Joe Ross</x:t>
   </x:si>
   <x:si>
     <x:t>3109475977</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Green Impact Manufacturing, LLC, located in Vernon, CA, is requesting grant funds to recycle post-consumer PET (polyethylene terephthalate) plastic clamshells, production rejects, fines, and purge. The proposed project will install a new, advanced PET recycling and upcycling facility to purify, pelletize, and upcycle low quality PET into high-value, high quality intermediate products (clear and colored PET pellets) to be sold into the garment production industry. The project claims to divert from landfill 15,625 tons of PET, and reduce 23,437.5 MTCO2e.</x:t>
-  </x:si>
-[...37 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Gallo Glass Company, located in Modesto, CA, is requesting grant funds to recycle post-consumer glass. The proposed project will install a new recycling line to produce glass cullet that will be used in the production of wine bottles. The project claims to divert from landfill 1,200 tons of glass, and reduce 240 MTCO2e.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -297,51 +297,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fdc0fd696d54e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43866f9109c14138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb25141abc7294679" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96491c2359d1431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R98211274107849eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R87dca83ab6c643b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -389,214 +389,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="471.45831298828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>1550000</x:v>
+        <x:v>732512</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1193119</x:v>
+        <x:v>1550000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4425048828125" customHeight="1" collapsed="0">
+    <x:row ht="425.451904296875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1193119</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1315378</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4566650390625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>732512</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.399658203125" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>10791009</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 9:26 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 5:59 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>