--- v6 (2026-02-22)
+++ v7 (2026-03-07)
@@ -1,168 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1e06348cd3428b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree5764aaabf44c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R98211274107849eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdec5e9ac652e4305"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2019-20 Recycled Fiber, Plastic, and Glass Grant Program (FPG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Plastics Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Bahou</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5627082168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Global Plastics Recycling, Inc., located in Perris, CA, is requesting grant funds to recycle post-consumer PET (polyethylene terephthalate) plastic thermoforms (clamshells). The proposed project will expand existing operations to increase the amount of PET recycled into an intermediate commodity of blended thermoform/bottle PET flake. The material will then be sent to Sonoco, where it will be made into food grade packaging. The project claims to divert from landfill 1,300 tons of PET, and reduce 1,950 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Innovive, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeremy Jenson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6199908832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Innovive, LLC, located in El Cajon, CA, is requesting grant funds to recycle PET (polyethylene terephthalate) plastic single use lab animal cages. The proposed project will expand existing recycling to 75% of cages sold in California. The project is closed loop, producing cages that will be collected and recycled at end of life. The project claims to divert from landfill 451 tons of PET, and reduce 677 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ross International</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joe Ross</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3109475977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Green Impact Manufacturing, LLC, located in Vernon, CA, is requesting grant funds to recycle post-consumer PET (polyethylene terephthalate) plastic clamshells, production rejects, fines, and purge. The proposed project will install a new, advanced PET recycling and upcycling facility to purify, pelletize, and upcycle low quality PET into high-value, high quality intermediate products (clear and colored PET pellets) to be sold into the garment production industry. The project claims to divert from landfill 15,625 tons of PET, and reduce 23,437.5 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suay, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Pavlu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9134490555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Suay, Inc., located in Los Angeles, CA, is requesting grant funds to upcycle and recycle post-consumer garments/clothing. The proposed project will expand existing operations to increase the amount of textiles diverted from landfill. The finished product is repaired clothing and remade products, such as pillows and dog beds, that use stuffing from shredded garments that cannot be repaired. The project claims to divert from landfill 1,500 tons of textiles, and reduce 3,750 MTCO2e.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Strategic Materials, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Salvador Ramirez</x:t>
   </x:si>
   <x:si>
     <x:t>2134940359</x:t>
   </x:si>
   <x:si>
-    <x:t>Molly Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Strategic Materials, Inc., was located in Modesto, CA, but relocated to their Sacramento facility in 2023. They were awarded $732,512 in grant funds to recycle automotive and architectural glass. Grant funds will be used to install a mobile trommel screener to recycle the glass into cullet, which will be sent to CertainTeed to manufacture fiberglass. The projected diversion from landfill is 7,494 tons of glass, and a reduction of 1,499 MTCO2e.</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Gallo Glass Company</x:t>
   </x:si>
   <x:si>
     <x:t> Nigel Dart</x:t>
   </x:si>
   <x:si>
     <x:t>2093416550</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Gallo Glass Company, located in Modesto, CA, is requesting grant funds to recycle post-consumer glass. The proposed project will install a new recycling line to produce glass cullet that will be used in the production of wine bottles. The project claims to divert from landfill 1,200 tons of glass, and reduce 240 MTCO2e.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:  Green Impact Manufacturing, LLC, located in Vernon, CA, is requesting grant funds to recycle post-consumer PET (polyethylene terephthalate) plastic clamshells, production rejects, fines, and purge. The proposed project will install a new, advanced PET recycling and upcycling facility to purify, pelletize, and upcycle low quality PET into high-value, high quality intermediate products (clear and colored PET pellets) to be sold into the garment production industry. The project claims to divert from landfill 15,625 tons of PET, and reduce 23,437.5 MTCO2e.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -297,51 +297,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96491c2359d1431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R98211274107849eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R87dca83ab6c643b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43d2d6fa95a046bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdec5e9ac652e4305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2cdf0214927e48dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -389,214 +389,214 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45831298828125" customHeight="1" collapsed="0">
+    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>732512</x:v>
+        <x:v>1550000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9559326171875" customHeight="1" collapsed="0">
+    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1550000</x:v>
+        <x:v>1193119</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.451904296875" customHeight="1" collapsed="0">
+    <x:row ht="563.4425048828125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1193119</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>1315378</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>732512</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.399658203125" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="10"/>
       <x:c r="D12" s="11" t="n">
         <x:v>10791009</x:v>
       </x:c>
       <x:c r="E12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 22, 2026 5:59 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 7, 2026 11:26 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>