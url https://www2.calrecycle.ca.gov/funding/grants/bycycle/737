--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,418 +1,418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7769f9b8546d4fe2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cc433e666f4315" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Radf08bf9ceed40fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R83412cbd492946f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Rubberized Pavement Grant Program (TRP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Benicia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danny Urrutia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077464374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Street Rehabilitation on various city streets using Rubberized Hot Mix Asphalt (RHMA). The project is being planned over two years. This year’s project design is 95% complete and will be bid in March 2021. Work is anticipated to start in June 2021. Next year’s project is anticipated to start in June 2022. 
+The total tons of RAC hot mix – At least 12,500 tons of RAC hot mix will be used. Approximately 9,500 tons in 2021 and at least 3,000 tons in 2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Burnett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The construction involves applying 84,870.9 square yards of cape seal on various public, residential streets in the City of Clovis. The earliest proposed construction start date is May 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Danville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Russell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253143315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+As part of the pavement management program, rubber cape seal will be applied for sixty eight residential streets with average PCI of 55. The project will include base repair and crack seal, and concrete work to repair curb, gutter, and reconstruct curb ramps within project limits to meet ADA requirements. The earliest proposed construction date is July 1st, 2021 – the total square yards of rubberized chip seal that will be used is 200,000 square yards.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Folsom</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Chance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164616713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project is a pavement resurfacing project utilizing a rubber chip seal. The project includes residential roadways and arterial roadways, for a combined total project quantity of 112,500 SY of rubber chip seal. The project is anticipated to begin in Summer 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lesa Byars</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The City is proposing to use rubberized hot mix asphalt (RHMA) material. The asphalt concrete section will include 5" of asphalt base course with a 2" rubberized overlay. The project will also include the remediation of drainage issues. It is estimated that a total of 28,800 tons of RHMA will be used for the project with a minimum of 300 pounds (or 15% by weight) of tire derived crumb rubber per ton of rubberized binder. Design for the proposed project is complete with construction slated to begin in August 2021. The project goal is to improve driving conditions for residents and visitors to the City, increase longevity to the street, and utilize environmentally friendly solutions in addressing the City's needs while helping the effort to reduce tires sent to landfills.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara South</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312428724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project.
+The project scope includes approximately 25,000 SY of pavement spot repair, crack sealing, placing of approximately 75,000 SY of Rubberized Chip Seal, associated striping removal and replacement, refreshing of existing painted street markings, traffic control, and installation of necessary environmental pollution prevention requirements on various streets and parking lots in the City of Monterey. Our earliest start date is in September 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josie Ahrens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102386241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+This project will pave local streets as part of The City of Oakland Department of Transportation's current paving plan, which incorporates equity, street condition, and safety to prioritize repaving across Oakland. The streets that will be repaved with RAC hot-mix are currently in the design stage and the earliest start date for construction would be in the late spring of 2022. The total ton of RAC hot-mix will be 12,500 tons. The approximately 4 miles of local streets that will receive the RAC hot-mix are located in East Oakland where historic disinvestment has left local streets in extremely poor condition and exposed residents to abnormally high levels of pollution.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+City of Pico Rivera proposes to complete Road Resurfacing Projects Citywide within the next two years totaling up to 25,000 tons of Rubberized Hot Mix Asphalt. The proposed start date is June 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Ana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexander Olmos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146475629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Various citywide street rehabilitation projects in the City of Santa Ana. All projects will be incorporating Asphalt Rubber Hot Mix into pavement treatment plans. Earliest proposed construction start date will be April 2021 tentatively. Total tons of RAC hot mix is estimated to be 25,000 tons, spanning 5 large street segment projects. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frances Neade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Solano County is proposing a Rubberized Chip Seal in year 2021. We anticipate construction to start around August 1, 2021 and would consist of approximately 287,279 square yards of rubberized chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tatevik Barakazyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2136105864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of South Pasadena will be applying Cape Seal treatment (rubberized chip seal with type II slurry seal) as a finish wearing course to 74,711.11 square yards of local roadways throughout the City of South Pasadena. Scope of work includes base failure repairs (dig outs), crack sealing, grinding and leveling course placement. Anticipated weight of crumb rubber used is 57,336.43 lbs. and number of tires used is 4,778 tires. The earliest proposed Construction start date is June 01, 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Howard De Leon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+This project will resurface various roads within the County of Ventura. There are currently 19 centerline miles (277,305 SY) that have been designed to have rubberized chip seal and proposed to be in construction by this fiscal year (FY2020-21).</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>City of West Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Ryan Teves</x:t>
   </x:si>
   <x:si>
     <x:t>9166174665</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Loreto Tamondong</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 Proposed construction start date is May 2021 utilizing 16,000 tons of hot-mix material.
 West Capitol Avenue Rehabilitate encompasses approximately three miles of deteriorating pavement conditions along West Capitol Avenue from Enterprise Boulevard to Jefferson Boulevard. West Capitol Avenue is a primary east-west arterial and also serves as a regional bicycle commute route. The PCI for this road segment ranges from 39 to 53 which rates in the poor category. There are segments of West Capitol Ave that are without bike lanes or bike lane that are inadequate for the users.  This project will build modern and consistent bike lanes through this corridor.
 </x:t>
-  </x:si>
-[...267 lines deleted...]
-The project scope includes approximately 25,000 SY of pavement spot repair, crack sealing, placing of approximately 75,000 SY of Rubberized Chip Seal, associated striping removal and replacement, refreshing of existing painted street markings, traffic control, and installation of necessary environmental pollution prevention requirements on various streets and parking lots in the City of Monterey. Our earliest start date is in September 2021.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Whittier</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>5625679505</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The proposed project: Colima Road Rehabilitation Project in the City of Whittier
 This 1.5-mile rehabilitation project extends along Colima Road from Mar Vista Street to Lambert Road and conforms to all current, city, and state standards for roadways. Colima Road is a major 80’ wide arterial with two lanes for north/south travel. Colima Road has over 36,000 average daily trips and Class II bicycle lanes. The proposed pavement section for this project consists of 6-in convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in April, 2021. The total tons of rubberized asphalt hot-mix needed for this project is estimated at 7000 Tones. Requested total grant amount for this project is 7000 Tones of Asphalt Rubber Hot-Mix X $10= $70,000. 
 The proposed project: Santa Gertrudes Avenue Overlay Project in the City of Whittier
 This paving project extends along Santa Gertrudes from Whittier Boulevard to Leffingwell Road. The project includes: asphalt grind and overlay, Class II bike lane extended 0.15 miles (Lambert Road to Leffingwell Road), and reconstruction of 14 existing ADA access ramps between Whittier Boulevard and Leffingwell Road. In addition, 380 feet of sidewalks between Whittier Boulevard to Leffingwell Road will be repaired and replaced. The proposed pavement section for this project consists of convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in June, 2021.  The total tons of rubberized asphalt hot-mix needed for this project is estimated at 4000 Tones. Requested total grant amount for this project is 4000 Tones of Asphalt Rubber Hot-Mix X $10= $40,000. 
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alvin Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159275017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of Larkspur will be performing pavement rehabilitation work on Sir Francis Drake Boulevard from Del Monte to Drakes Cove Road. Tentative Construction Start Date is July 12, 2021, using 5,750 tons of RAC hot-mix. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Hitch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Rubberized Hot Mix Asphalt to be used on the Murrieta Hot Springs Road Rehabilitation project from Madison Avenue to Alta Murrieta Road and Hancock Avenue Rehabilitation project from Las Brisas Road South to Murrieta Hot Springs Road.
+The earliest proposed construction start date is July 1, 2021. The total tons of RAC hot-mix used will be 12,320 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brisbane</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tomas Santoyo-Velazquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152591107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+Project will include both rubberized asphalt concrete hot mix and rubberized cape seal maintenance treatments in both the City of Brisbane and City of South San Francisco. The earliest proposed start date is June 2021. Various streets in South San Francisco will be resurfaced with an overlay of approx. 2,700 tons of rubberized asphalt concrete hot mix. Various streets in both Brisbane and South San Francisco will be surface sealed with approx. 41,000 SY of rubberized cape seal treatment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Haro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Multiple paving projects in the City of Eastvale will utilize approximately 170,000 SY of chip seal and 12,857 tons of hot mix asphalt with crumb rubber from California-generated tires. This project will commence in different times between May 2021 and March 2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Calvert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152465017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Rubberized Chip Seal application to 250,000 SY of roadway surface owned and maintained by Marin County and utilized by the public. Only California-generated waste tires, processed in California, will be used in the crumb rubber portion of the project(s). Construction of the RAC portion of any project will commence on or after the date indicated in the Notice to Proceed and be completed by April 1, 2023.
+The binder material will contain a minimum of 300 pounds (equivalent to 15
+percent by weight) of the tire-derived crumb rubber per ton of rubberized binder. The binder will be either asphalt rubber/field blend or terminal blend or a combination of those two.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alan Mai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+City’s upcoming 2021 Pavement Rehabilitation Project intends to install an application of 3/8” ARAM + 1.70” ARHM. 3/8” ARAM - 272,413 square yard of ARAM will be applied. 1.70” ARHM - 25,414 tons of RAC hot-mix will be applied. We plan to advertise the project in July 2021, with project award in September 2021, and to start the construction in October 2021.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>Town of Los Gatos</x:t>
   </x:si>
   <x:si>
     <x:t> Kara Capaldo</x:t>
   </x:si>
   <x:si>
     <x:t>4088273094</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The Town of Los Gatos’ Street Repair and Resurfacing Project (CIP No. 811-9901) is a recurring annual project for street maintenance and rehabilitation activities throughout the Town to enhance safety for all travel modes and maintain the roadway infrastructure. The Town Council approved the Street List for the FY 2020/21 Street Repair and Resurfacing Project, approved the Plans and Specifications, and authorized advertising the project for bid. 
 For the FY 2020/21 Street Repair and Resurfacing Project, the focus will be on preventive maintenance through rubber cape seal, slurry seal, and crack seal treatments of project locations identified in the approved street list. Approximately 230,000 square yards of Rubberized Chip Seal will be used. The FY 2020/21 project includes 115,000 square yards of Rubberized Chip Seal and the anticipated FY 2022/23 has an estimated quantity of 115,000 square yards as well. The proposed construction start date for the Street Repair and Resurfacing project is around April 15. The Rubberized cape seal work will start as early as May 1, 2021.</x:t>
-  </x:si>
-[...14 lines deleted...]
-The City is proposing to use rubberized hot mix asphalt (RHMA) material. The asphalt concrete section will include 5" of asphalt base course with a 2" rubberized overlay. The project will also include the remediation of drainage issues. It is estimated that a total of 28,800 tons of RHMA will be used for the project with a minimum of 300 pounds (or 15% by weight) of tire derived crumb rubber per ton of rubberized binder. Design for the proposed project is complete with construction slated to begin in August 2021. The project goal is to improve driving conditions for residents and visitors to the City, increase longevity to the street, and utilize environmentally friendly solutions in addressing the City's needs while helping the effort to reduce tires sent to landfills.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -547,51 +547,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4123d52552894555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radf08bf9ceed40fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb1582f7dbbe04475" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8451b34265ee48ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83412cbd492946f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd4fcf36f44af43b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -639,549 +639,549 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
+    <x:row ht="494.44720458984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.95428466796875" customHeight="1" collapsed="0">
+    <x:row ht="183.99688720703125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>84871</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.97021484375" customHeight="1" collapsed="0">
+    <x:row ht="459.94964599609375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>138653</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="229.9747314453125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>112500</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>112500</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="379.474365234375" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>115000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.949951171875" customHeight="1" collapsed="0">
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>25301</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>123200</x:v>
+        <x:v>138653</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>84871</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="1586.86279296875" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>25301</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.453125" customHeight="1" collapsed="0">
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>95000</x:v>
+        <x:v>123200</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>174999</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>174999</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1586.86279296875" customHeight="1" collapsed="0">
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>110000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.900390625" customHeight="1" collapsed="0">
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>230000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.931640625" customHeight="1" collapsed="0">
+    <x:row ht="1034.9013671875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>3734524</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -1199,29 +1199,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 4:57 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:40 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>