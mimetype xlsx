--- v1 (2025-12-16)
+++ v2 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cc433e666f4315" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11e0c0555c194a18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R83412cbd492946f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8bf821d9decd4a76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Rubberized Pavement Grant Program (TRP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -547,51 +547,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8451b34265ee48ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83412cbd492946f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd4fcf36f44af43b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15538cafc6614c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8bf821d9decd4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2fa7499b0b784f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1199,29 +1199,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:40 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>