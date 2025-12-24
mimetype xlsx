--- v2 (2025-12-17)
+++ v3 (2025-12-24)
@@ -1,418 +1,418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11e0c0555c194a18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bb670829224d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8bf821d9decd4a76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R267591f325464990"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Rubberized Pavement Grant Program (TRP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Solano              </x:t>
-[...28 lines deleted...]
-    <x:t>5593242336</x:t>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ryan Teves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166174665</x:t>
   </x:si>
   <x:si>
     <x:t>Loreto Tamondong</x:t>
-  </x:si>
-[...169 lines deleted...]
-    <x:t>9166174665</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 Proposed construction start date is May 2021 utilizing 16,000 tons of hot-mix material.
 West Capitol Avenue Rehabilitate encompasses approximately three miles of deteriorating pavement conditions along West Capitol Avenue from Enterprise Boulevard to Jefferson Boulevard. West Capitol Avenue is a primary east-west arterial and also serves as a regional bicycle commute route. The PCI for this road segment ranges from 39 to 53 which rates in the poor category. There are segments of West Capitol Ave that are without bike lanes or bike lane that are inadequate for the users.  This project will build modern and consistent bike lanes through this corridor.
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alan Mai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+City’s upcoming 2021 Pavement Rehabilitation Project intends to install an application of 3/8” ARAM + 1.70” ARHM. 3/8” ARAM - 272,413 square yard of ARAM will be applied. 1.70” ARHM - 25,414 tons of RAC hot-mix will be applied. We plan to advertise the project in July 2021, with project award in September 2021, and to start the construction in October 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Howard De Leon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+This project will resurface various roads within the County of Ventura. There are currently 19 centerline miles (277,305 SY) that have been designed to have rubberized chip seal and proposed to be in construction by this fiscal year (FY2020-21).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josie Ahrens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102386241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+This project will pave local streets as part of The City of Oakland Department of Transportation's current paving plan, which incorporates equity, street condition, and safety to prioritize repaving across Oakland. The streets that will be repaved with RAC hot-mix are currently in the design stage and the earliest start date for construction would be in the late spring of 2022. The total ton of RAC hot-mix will be 12,500 tons. The approximately 4 miles of local streets that will receive the RAC hot-mix are located in East Oakland where historic disinvestment has left local streets in extremely poor condition and exposed residents to abnormally high levels of pollution.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Folsom</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Chance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164616713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project is a pavement resurfacing project utilizing a rubber chip seal. The project includes residential roadways and arterial roadways, for a combined total project quantity of 112,500 SY of rubber chip seal. The project is anticipated to begin in Summer 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Ana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexander Olmos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146475629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Various citywide street rehabilitation projects in the City of Santa Ana. All projects will be incorporating Asphalt Rubber Hot Mix into pavement treatment plans. Earliest proposed construction start date will be April 2021 tentatively. Total tons of RAC hot mix is estimated to be 25,000 tons, spanning 5 large street segment projects. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frances Neade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Solano County is proposing a Rubberized Chip Seal in year 2021. We anticipate construction to start around August 1, 2021 and would consist of approximately 287,279 square yards of rubberized chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Calvert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152465017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Rubberized Chip Seal application to 250,000 SY of roadway surface owned and maintained by Marin County and utilized by the public. Only California-generated waste tires, processed in California, will be used in the crumb rubber portion of the project(s). Construction of the RAC portion of any project will commence on or after the date indicated in the Notice to Proceed and be completed by April 1, 2023.
+The binder material will contain a minimum of 300 pounds (equivalent to 15
+percent by weight) of the tire-derived crumb rubber per ton of rubberized binder. The binder will be either asphalt rubber/field blend or terminal blend or a combination of those two.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alvin Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159275017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of Larkspur will be performing pavement rehabilitation work on Sir Francis Drake Boulevard from Del Monte to Drakes Cove Road. Tentative Construction Start Date is July 12, 2021, using 5,750 tons of RAC hot-mix. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Danville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Russell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253143315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+As part of the pavement management program, rubber cape seal will be applied for sixty eight residential streets with average PCI of 55. The project will include base repair and crack seal, and concrete work to repair curb, gutter, and reconstruct curb ramps within project limits to meet ADA requirements. The earliest proposed construction date is July 1st, 2021 – the total square yards of rubberized chip seal that will be used is 200,000 square yards.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+City of Pico Rivera proposes to complete Road Resurfacing Projects Citywide within the next two years totaling up to 25,000 tons of Rubberized Hot Mix Asphalt. The proposed start date is June 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Hitch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Rubberized Hot Mix Asphalt to be used on the Murrieta Hot Springs Road Rehabilitation project from Madison Avenue to Alta Murrieta Road and Hancock Avenue Rehabilitation project from Las Brisas Road South to Murrieta Hot Springs Road.
+The earliest proposed construction start date is July 1, 2021. The total tons of RAC hot-mix used will be 12,320 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Burnett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The construction involves applying 84,870.9 square yards of cape seal on various public, residential streets in the City of Clovis. The earliest proposed construction start date is May 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tatevik Barakazyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2136105864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of South Pasadena will be applying Cape Seal treatment (rubberized chip seal with type II slurry seal) as a finish wearing course to 74,711.11 square yards of local roadways throughout the City of South Pasadena. Scope of work includes base failure repairs (dig outs), crack sealing, grinding and leveling course placement. Anticipated weight of crumb rubber used is 57,336.43 lbs. and number of tires used is 4,778 tires. The earliest proposed Construction start date is June 01, 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Benicia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danny Urrutia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077464374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Street Rehabilitation on various city streets using Rubberized Hot Mix Asphalt (RHMA). The project is being planned over two years. This year’s project design is 95% complete and will be bid in March 2021. Work is anticipated to start in June 2021. Next year’s project is anticipated to start in June 2022. 
+The total tons of RAC hot mix – At least 12,500 tons of RAC hot mix will be used. Approximately 9,500 tons in 2021 and at least 3,000 tons in 2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brisbane</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tomas Santoyo-Velazquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152591107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+Project will include both rubberized asphalt concrete hot mix and rubberized cape seal maintenance treatments in both the City of Brisbane and City of South San Francisco. The earliest proposed start date is June 2021. Various streets in South San Francisco will be resurfaced with an overlay of approx. 2,700 tons of rubberized asphalt concrete hot mix. Various streets in both Brisbane and South San Francisco will be surface sealed with approx. 41,000 SY of rubberized cape seal treatment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Haro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Multiple paving projects in the City of Eastvale will utilize approximately 170,000 SY of chip seal and 12,857 tons of hot mix asphalt with crumb rubber from California-generated tires. This project will commence in different times between May 2021 and March 2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara South</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312428724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project.
+The project scope includes approximately 25,000 SY of pavement spot repair, crack sealing, placing of approximately 75,000 SY of Rubberized Chip Seal, associated striping removal and replacement, refreshing of existing painted street markings, traffic control, and installation of necessary environmental pollution prevention requirements on various streets and parking lots in the City of Monterey. Our earliest start date is in September 2021.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Whittier</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>5625679505</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The proposed project: Colima Road Rehabilitation Project in the City of Whittier
 This 1.5-mile rehabilitation project extends along Colima Road from Mar Vista Street to Lambert Road and conforms to all current, city, and state standards for roadways. Colima Road is a major 80’ wide arterial with two lanes for north/south travel. Colima Road has over 36,000 average daily trips and Class II bicycle lanes. The proposed pavement section for this project consists of 6-in convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in April, 2021. The total tons of rubberized asphalt hot-mix needed for this project is estimated at 7000 Tones. Requested total grant amount for this project is 7000 Tones of Asphalt Rubber Hot-Mix X $10= $70,000. 
 The proposed project: Santa Gertrudes Avenue Overlay Project in the City of Whittier
 This paving project extends along Santa Gertrudes from Whittier Boulevard to Leffingwell Road. The project includes: asphalt grind and overlay, Class II bike lane extended 0.15 miles (Lambert Road to Leffingwell Road), and reconstruction of 14 existing ADA access ramps between Whittier Boulevard and Leffingwell Road. In addition, 380 feet of sidewalks between Whittier Boulevard to Leffingwell Road will be repaired and replaced. The proposed pavement section for this project consists of convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in June, 2021.  The total tons of rubberized asphalt hot-mix needed for this project is estimated at 4000 Tones. Requested total grant amount for this project is 4000 Tones of Asphalt Rubber Hot-Mix X $10= $40,000. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...92 lines deleted...]
-  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>Town of Los Gatos</x:t>
   </x:si>
   <x:si>
     <x:t> Kara Capaldo</x:t>
   </x:si>
   <x:si>
     <x:t>4088273094</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The Town of Los Gatos’ Street Repair and Resurfacing Project (CIP No. 811-9901) is a recurring annual project for street maintenance and rehabilitation activities throughout the Town to enhance safety for all travel modes and maintain the roadway infrastructure. The Town Council approved the Street List for the FY 2020/21 Street Repair and Resurfacing Project, approved the Plans and Specifications, and authorized advertising the project for bid. 
 For the FY 2020/21 Street Repair and Resurfacing Project, the focus will be on preventive maintenance through rubber cape seal, slurry seal, and crack seal treatments of project locations identified in the approved street list. Approximately 230,000 square yards of Rubberized Chip Seal will be used. The FY 2020/21 project includes 115,000 square yards of Rubberized Chip Seal and the anticipated FY 2022/23 has an estimated quantity of 115,000 square yards as well. The proposed construction start date for the Street Repair and Resurfacing project is around April 15. The Rubberized cape seal work will start as early as May 1, 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lesa Byars</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The City is proposing to use rubberized hot mix asphalt (RHMA) material. The asphalt concrete section will include 5" of asphalt base course with a 2" rubberized overlay. The project will also include the remediation of drainage issues. It is estimated that a total of 28,800 tons of RHMA will be used for the project with a minimum of 300 pounds (or 15% by weight) of tire derived crumb rubber per ton of rubberized binder. Design for the proposed project is complete with construction slated to begin in August 2021. The project goal is to improve driving conditions for residents and visitors to the City, increase longevity to the street, and utilize environmentally friendly solutions in addressing the City's needs while helping the effort to reduce tires sent to landfills.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -547,51 +547,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15538cafc6614c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8bf821d9decd4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2fa7499b0b784f7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46534c6453244d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R267591f325464990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a243bfa17a34036" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -639,549 +639,549 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.44720458984375" customHeight="1" collapsed="0">
+    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99688720703125" customHeight="1" collapsed="0">
+    <x:row ht="390.95428466796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>84871</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94964599609375" customHeight="1" collapsed="0">
+    <x:row ht="298.97021484375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>138653</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.9747314453125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.935302734375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>112500</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974853515625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>112500</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.952880859375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.474365234375" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.461181640625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+    <x:row ht="459.949951171875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>25301</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>138653</x:v>
+        <x:v>123200</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>84871</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="1586.86279296875" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>110000</x:v>
+        <x:v>25301</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>115000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>123200</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>95000</x:v>
+        <x:v>174999</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>174999</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.953125" customHeight="1" collapsed="0">
+    <x:row ht="1586.86279296875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+    <x:row ht="1034.900390625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.9013671875" customHeight="1" collapsed="0">
+    <x:row ht="735.931640625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>230000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>3734524</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -1199,29 +1199,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:14 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>