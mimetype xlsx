--- v3 (2025-12-24)
+++ v4 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bb670829224d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923648d5e9a742c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R267591f325464990"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rec3592c376524b7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Rubberized Pavement Grant Program (TRP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -547,51 +547,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46534c6453244d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R267591f325464990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a243bfa17a34036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4862c1065a894f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec3592c376524b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9246f3a8291a4f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1199,29 +1199,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 7:14 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>