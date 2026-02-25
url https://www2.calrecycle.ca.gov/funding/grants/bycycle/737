--- v4 (2025-12-24)
+++ v5 (2026-02-25)
@@ -1,418 +1,418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923648d5e9a742c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0d1e533976347f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rec3592c376524b7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7415a45f5897445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Rubberized Pavement Grant Program (TRP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Benicia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danny Urrutia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077464374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Street Rehabilitation on various city streets using Rubberized Hot Mix Asphalt (RHMA). The project is being planned over two years. This year’s project design is 95% complete and will be bid in March 2021. Work is anticipated to start in June 2021. Next year’s project is anticipated to start in June 2022. 
+The total tons of RAC hot mix – At least 12,500 tons of RAC hot mix will be used. Approximately 9,500 tons in 2021 and at least 3,000 tons in 2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Burnett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The construction involves applying 84,870.9 square yards of cape seal on various public, residential streets in the City of Clovis. The earliest proposed construction start date is May 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Danville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Russell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253143315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+As part of the pavement management program, rubber cape seal will be applied for sixty eight residential streets with average PCI of 55. The project will include base repair and crack seal, and concrete work to repair curb, gutter, and reconstruct curb ramps within project limits to meet ADA requirements. The earliest proposed construction date is July 1st, 2021 – the total square yards of rubberized chip seal that will be used is 200,000 square yards.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Folsom</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Chance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164616713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project is a pavement resurfacing project utilizing a rubber chip seal. The project includes residential roadways and arterial roadways, for a combined total project quantity of 112,500 SY of rubber chip seal. The project is anticipated to begin in Summer 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lesa Byars</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The City is proposing to use rubberized hot mix asphalt (RHMA) material. The asphalt concrete section will include 5" of asphalt base course with a 2" rubberized overlay. The project will also include the remediation of drainage issues. It is estimated that a total of 28,800 tons of RHMA will be used for the project with a minimum of 300 pounds (or 15% by weight) of tire derived crumb rubber per ton of rubberized binder. Design for the proposed project is complete with construction slated to begin in August 2021. The project goal is to improve driving conditions for residents and visitors to the City, increase longevity to the street, and utilize environmentally friendly solutions in addressing the City's needs while helping the effort to reduce tires sent to landfills.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara South</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312428724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project.
+The project scope includes approximately 25,000 SY of pavement spot repair, crack sealing, placing of approximately 75,000 SY of Rubberized Chip Seal, associated striping removal and replacement, refreshing of existing painted street markings, traffic control, and installation of necessary environmental pollution prevention requirements on various streets and parking lots in the City of Monterey. Our earliest start date is in September 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josie Ahrens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102386241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+This project will pave local streets as part of The City of Oakland Department of Transportation's current paving plan, which incorporates equity, street condition, and safety to prioritize repaving across Oakland. The streets that will be repaved with RAC hot-mix are currently in the design stage and the earliest start date for construction would be in the late spring of 2022. The total ton of RAC hot-mix will be 12,500 tons. The approximately 4 miles of local streets that will receive the RAC hot-mix are located in East Oakland where historic disinvestment has left local streets in extremely poor condition and exposed residents to abnormally high levels of pollution.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+City of Pico Rivera proposes to complete Road Resurfacing Projects Citywide within the next two years totaling up to 25,000 tons of Rubberized Hot Mix Asphalt. The proposed start date is June 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Ana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexander Olmos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146475629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Various citywide street rehabilitation projects in the City of Santa Ana. All projects will be incorporating Asphalt Rubber Hot Mix into pavement treatment plans. Earliest proposed construction start date will be April 2021 tentatively. Total tons of RAC hot mix is estimated to be 25,000 tons, spanning 5 large street segment projects. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frances Neade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Solano County is proposing a Rubberized Chip Seal in year 2021. We anticipate construction to start around August 1, 2021 and would consist of approximately 287,279 square yards of rubberized chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tatevik Barakazyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2136105864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of South Pasadena will be applying Cape Seal treatment (rubberized chip seal with type II slurry seal) as a finish wearing course to 74,711.11 square yards of local roadways throughout the City of South Pasadena. Scope of work includes base failure repairs (dig outs), crack sealing, grinding and leveling course placement. Anticipated weight of crumb rubber used is 57,336.43 lbs. and number of tires used is 4,778 tires. The earliest proposed Construction start date is June 01, 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Howard De Leon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+This project will resurface various roads within the County of Ventura. There are currently 19 centerline miles (277,305 SY) that have been designed to have rubberized chip seal and proposed to be in construction by this fiscal year (FY2020-21).</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>City of West Sacramento</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Ryan Teves</x:t>
   </x:si>
   <x:si>
     <x:t>9166174665</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Loreto Tamondong</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 Proposed construction start date is May 2021 utilizing 16,000 tons of hot-mix material.
 West Capitol Avenue Rehabilitate encompasses approximately three miles of deteriorating pavement conditions along West Capitol Avenue from Enterprise Boulevard to Jefferson Boulevard. West Capitol Avenue is a primary east-west arterial and also serves as a regional bicycle commute route. The PCI for this road segment ranges from 39 to 53 which rates in the poor category. There are segments of West Capitol Ave that are without bike lanes or bike lane that are inadequate for the users.  This project will build modern and consistent bike lanes through this corridor.
 </x:t>
-  </x:si>
-[...267 lines deleted...]
-The project scope includes approximately 25,000 SY of pavement spot repair, crack sealing, placing of approximately 75,000 SY of Rubberized Chip Seal, associated striping removal and replacement, refreshing of existing painted street markings, traffic control, and installation of necessary environmental pollution prevention requirements on various streets and parking lots in the City of Monterey. Our earliest start date is in September 2021.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Whittier</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>5625679505</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The proposed project: Colima Road Rehabilitation Project in the City of Whittier
 This 1.5-mile rehabilitation project extends along Colima Road from Mar Vista Street to Lambert Road and conforms to all current, city, and state standards for roadways. Colima Road is a major 80’ wide arterial with two lanes for north/south travel. Colima Road has over 36,000 average daily trips and Class II bicycle lanes. The proposed pavement section for this project consists of 6-in convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in April, 2021. The total tons of rubberized asphalt hot-mix needed for this project is estimated at 7000 Tones. Requested total grant amount for this project is 7000 Tones of Asphalt Rubber Hot-Mix X $10= $70,000. 
 The proposed project: Santa Gertrudes Avenue Overlay Project in the City of Whittier
 This paving project extends along Santa Gertrudes from Whittier Boulevard to Leffingwell Road. The project includes: asphalt grind and overlay, Class II bike lane extended 0.15 miles (Lambert Road to Leffingwell Road), and reconstruction of 14 existing ADA access ramps between Whittier Boulevard and Leffingwell Road. In addition, 380 feet of sidewalks between Whittier Boulevard to Leffingwell Road will be repaired and replaced. The proposed pavement section for this project consists of convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in June, 2021.  The total tons of rubberized asphalt hot-mix needed for this project is estimated at 4000 Tones. Requested total grant amount for this project is 4000 Tones of Asphalt Rubber Hot-Mix X $10= $40,000. 
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alvin Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159275017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of Larkspur will be performing pavement rehabilitation work on Sir Francis Drake Boulevard from Del Monte to Drakes Cove Road. Tentative Construction Start Date is July 12, 2021, using 5,750 tons of RAC hot-mix. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Hitch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Rubberized Hot Mix Asphalt to be used on the Murrieta Hot Springs Road Rehabilitation project from Madison Avenue to Alta Murrieta Road and Hancock Avenue Rehabilitation project from Las Brisas Road South to Murrieta Hot Springs Road.
+The earliest proposed construction start date is July 1, 2021. The total tons of RAC hot-mix used will be 12,320 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brisbane</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tomas Santoyo-Velazquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152591107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+Project will include both rubberized asphalt concrete hot mix and rubberized cape seal maintenance treatments in both the City of Brisbane and City of South San Francisco. The earliest proposed start date is June 2021. Various streets in South San Francisco will be resurfaced with an overlay of approx. 2,700 tons of rubberized asphalt concrete hot mix. Various streets in both Brisbane and South San Francisco will be surface sealed with approx. 41,000 SY of rubberized cape seal treatment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Haro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Multiple paving projects in the City of Eastvale will utilize approximately 170,000 SY of chip seal and 12,857 tons of hot mix asphalt with crumb rubber from California-generated tires. This project will commence in different times between May 2021 and March 2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Calvert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152465017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Rubberized Chip Seal application to 250,000 SY of roadway surface owned and maintained by Marin County and utilized by the public. Only California-generated waste tires, processed in California, will be used in the crumb rubber portion of the project(s). Construction of the RAC portion of any project will commence on or after the date indicated in the Notice to Proceed and be completed by April 1, 2023.
+The binder material will contain a minimum of 300 pounds (equivalent to 15
+percent by weight) of the tire-derived crumb rubber per ton of rubberized binder. The binder will be either asphalt rubber/field blend or terminal blend or a combination of those two.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alan Mai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+City’s upcoming 2021 Pavement Rehabilitation Project intends to install an application of 3/8” ARAM + 1.70” ARHM. 3/8” ARAM - 272,413 square yard of ARAM will be applied. 1.70” ARHM - 25,414 tons of RAC hot-mix will be applied. We plan to advertise the project in July 2021, with project award in September 2021, and to start the construction in October 2021.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>Town of Los Gatos</x:t>
   </x:si>
   <x:si>
     <x:t> Kara Capaldo</x:t>
   </x:si>
   <x:si>
     <x:t>4088273094</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The Town of Los Gatos’ Street Repair and Resurfacing Project (CIP No. 811-9901) is a recurring annual project for street maintenance and rehabilitation activities throughout the Town to enhance safety for all travel modes and maintain the roadway infrastructure. The Town Council approved the Street List for the FY 2020/21 Street Repair and Resurfacing Project, approved the Plans and Specifications, and authorized advertising the project for bid. 
 For the FY 2020/21 Street Repair and Resurfacing Project, the focus will be on preventive maintenance through rubber cape seal, slurry seal, and crack seal treatments of project locations identified in the approved street list. Approximately 230,000 square yards of Rubberized Chip Seal will be used. The FY 2020/21 project includes 115,000 square yards of Rubberized Chip Seal and the anticipated FY 2022/23 has an estimated quantity of 115,000 square yards as well. The proposed construction start date for the Street Repair and Resurfacing project is around April 15. The Rubberized cape seal work will start as early as May 1, 2021.</x:t>
-  </x:si>
-[...14 lines deleted...]
-The City is proposing to use rubberized hot mix asphalt (RHMA) material. The asphalt concrete section will include 5" of asphalt base course with a 2" rubberized overlay. The project will also include the remediation of drainage issues. It is estimated that a total of 28,800 tons of RHMA will be used for the project with a minimum of 300 pounds (or 15% by weight) of tire derived crumb rubber per ton of rubberized binder. Design for the proposed project is complete with construction slated to begin in August 2021. The project goal is to improve driving conditions for residents and visitors to the City, increase longevity to the street, and utilize environmentally friendly solutions in addressing the City's needs while helping the effort to reduce tires sent to landfills.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -547,51 +547,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4862c1065a894f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec3592c376524b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9246f3a8291a4f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7ca0460ab84413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7415a45f5897445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R60b9d0f697604d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -639,549 +639,549 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
+    <x:row ht="494.44720458984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.95428466796875" customHeight="1" collapsed="0">
+    <x:row ht="183.99688720703125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>84871</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.97021484375" customHeight="1" collapsed="0">
+    <x:row ht="459.94964599609375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>138653</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="229.9747314453125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>112500</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>112500</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+    </x:row>
+    <x:row ht="379.474365234375" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>115000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.949951171875" customHeight="1" collapsed="0">
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>25301</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="G16" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="G16" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H16" s="8" t="s">
+    </x:row>
+    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>123200</x:v>
+        <x:v>138653</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>84871</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="1586.86279296875" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>25301</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.453125" customHeight="1" collapsed="0">
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>95000</x:v>
+        <x:v>123200</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>174999</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>174999</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1586.86279296875" customHeight="1" collapsed="0">
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>110000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.900390625" customHeight="1" collapsed="0">
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>230000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.931640625" customHeight="1" collapsed="0">
+    <x:row ht="1034.9013671875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>3734524</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -1199,29 +1199,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 11:50 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>