--- v5 (2026-02-25)
+++ v6 (2026-03-10)
@@ -1,418 +1,418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0d1e533976347f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5fe9294e1d43d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7415a45f5897445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1dddb582768b4d54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2020-21 Rubberized Pavement Grant Program (TRP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Solano              </x:t>
-[...28 lines deleted...]
-    <x:t>5593242336</x:t>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ryan Teves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166174665</x:t>
   </x:si>
   <x:si>
     <x:t>Loreto Tamondong</x:t>
-  </x:si>
-[...169 lines deleted...]
-    <x:t>9166174665</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 Proposed construction start date is May 2021 utilizing 16,000 tons of hot-mix material.
 West Capitol Avenue Rehabilitate encompasses approximately three miles of deteriorating pavement conditions along West Capitol Avenue from Enterprise Boulevard to Jefferson Boulevard. West Capitol Avenue is a primary east-west arterial and also serves as a regional bicycle commute route. The PCI for this road segment ranges from 39 to 53 which rates in the poor category. There are segments of West Capitol Ave that are without bike lanes or bike lane that are inadequate for the users.  This project will build modern and consistent bike lanes through this corridor.
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alan Mai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Victoria Rocha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+City’s upcoming 2021 Pavement Rehabilitation Project intends to install an application of 3/8” ARAM + 1.70” ARHM. 3/8” ARAM - 272,413 square yard of ARAM will be applied. 1.70” ARHM - 25,414 tons of RAC hot-mix will be applied. We plan to advertise the project in July 2021, with project award in September 2021, and to start the construction in October 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Howard De Leon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+This project will resurface various roads within the County of Ventura. There are currently 19 centerline miles (277,305 SY) that have been designed to have rubberized chip seal and proposed to be in construction by this fiscal year (FY2020-21).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Josie Ahrens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102386241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+This project will pave local streets as part of The City of Oakland Department of Transportation's current paving plan, which incorporates equity, street condition, and safety to prioritize repaving across Oakland. The streets that will be repaved with RAC hot-mix are currently in the design stage and the earliest start date for construction would be in the late spring of 2022. The total ton of RAC hot-mix will be 12,500 tons. The approximately 4 miles of local streets that will receive the RAC hot-mix are located in East Oakland where historic disinvestment has left local streets in extremely poor condition and exposed residents to abnormally high levels of pollution.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Folsom</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Chance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164616713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project is a pavement resurfacing project utilizing a rubber chip seal. The project includes residential roadways and arterial roadways, for a combined total project quantity of 112,500 SY of rubber chip seal. The project is anticipated to begin in Summer 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Ana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexander Olmos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146475629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Various citywide street rehabilitation projects in the City of Santa Ana. All projects will be incorporating Asphalt Rubber Hot Mix into pavement treatment plans. Earliest proposed construction start date will be April 2021 tentatively. Total tons of RAC hot mix is estimated to be 25,000 tons, spanning 5 large street segment projects. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frances Neade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Solano County is proposing a Rubberized Chip Seal in year 2021. We anticipate construction to start around August 1, 2021 and would consist of approximately 287,279 square yards of rubberized chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Calvert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152465017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Rubberized Chip Seal application to 250,000 SY of roadway surface owned and maintained by Marin County and utilized by the public. Only California-generated waste tires, processed in California, will be used in the crumb rubber portion of the project(s). Construction of the RAC portion of any project will commence on or after the date indicated in the Notice to Proceed and be completed by April 1, 2023.
+The binder material will contain a minimum of 300 pounds (equivalent to 15
+percent by weight) of the tire-derived crumb rubber per ton of rubberized binder. The binder will be either asphalt rubber/field blend or terminal blend or a combination of those two.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alvin Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159275017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of Larkspur will be performing pavement rehabilitation work on Sir Francis Drake Boulevard from Del Monte to Drakes Cove Road. Tentative Construction Start Date is July 12, 2021, using 5,750 tons of RAC hot-mix. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Danville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bob Russell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253143315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+As part of the pavement management program, rubber cape seal will be applied for sixty eight residential streets with average PCI of 55. The project will include base repair and crack seal, and concrete work to repair curb, gutter, and reconstruct curb ramps within project limits to meet ADA requirements. The earliest proposed construction date is July 1st, 2021 – the total square yards of rubberized chip seal that will be used is 200,000 square yards.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Carrillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+City of Pico Rivera proposes to complete Road Resurfacing Projects Citywide within the next two years totaling up to 25,000 tons of Rubberized Hot Mix Asphalt. The proposed start date is June 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Hitch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Rubberized Hot Mix Asphalt to be used on the Murrieta Hot Springs Road Rehabilitation project from Madison Avenue to Alta Murrieta Road and Hancock Avenue Rehabilitation project from Las Brisas Road South to Murrieta Hot Springs Road.
+The earliest proposed construction start date is July 1, 2021. The total tons of RAC hot-mix used will be 12,320 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ryan Burnett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The construction involves applying 84,870.9 square yards of cape seal on various public, residential streets in the City of Clovis. The earliest proposed construction start date is May 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tatevik Barakazyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2136105864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The City of South Pasadena will be applying Cape Seal treatment (rubberized chip seal with type II slurry seal) as a finish wearing course to 74,711.11 square yards of local roadways throughout the City of South Pasadena. Scope of work includes base failure repairs (dig outs), crack sealing, grinding and leveling course placement. Anticipated weight of crumb rubber used is 57,336.43 lbs. and number of tires used is 4,778 tires. The earliest proposed Construction start date is June 01, 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Benicia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danny Urrutia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077464374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Street Rehabilitation on various city streets using Rubberized Hot Mix Asphalt (RHMA). The project is being planned over two years. This year’s project design is 95% complete and will be bid in March 2021. Work is anticipated to start in June 2021. Next year’s project is anticipated to start in June 2022. 
+The total tons of RAC hot mix – At least 12,500 tons of RAC hot mix will be used. Approximately 9,500 tons in 2021 and at least 3,000 tons in 2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brisbane</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tomas Santoyo-Velazquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152591107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+Project will include both rubberized asphalt concrete hot mix and rubberized cape seal maintenance treatments in both the City of Brisbane and City of South San Francisco. The earliest proposed start date is June 2021. Various streets in South San Francisco will be resurfaced with an overlay of approx. 2,700 tons of rubberized asphalt concrete hot mix. Various streets in both Brisbane and South San Francisco will be surface sealed with approx. 41,000 SY of rubberized cape seal treatment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Haro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+Multiple paving projects in the City of Eastvale will utilize approximately 170,000 SY of chip seal and 12,857 tons of hot mix asphalt with crumb rubber from California-generated tires. This project will commence in different times between May 2021 and March 2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara South</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312428724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project.
+The project scope includes approximately 25,000 SY of pavement spot repair, crack sealing, placing of approximately 75,000 SY of Rubberized Chip Seal, associated striping removal and replacement, refreshing of existing painted street markings, traffic control, and installation of necessary environmental pollution prevention requirements on various streets and parking lots in the City of Monterey. Our earliest start date is in September 2021.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Whittier</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>5625679505</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The proposed project: Colima Road Rehabilitation Project in the City of Whittier
 This 1.5-mile rehabilitation project extends along Colima Road from Mar Vista Street to Lambert Road and conforms to all current, city, and state standards for roadways. Colima Road is a major 80’ wide arterial with two lanes for north/south travel. Colima Road has over 36,000 average daily trips and Class II bicycle lanes. The proposed pavement section for this project consists of 6-in convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in April, 2021. The total tons of rubberized asphalt hot-mix needed for this project is estimated at 7000 Tones. Requested total grant amount for this project is 7000 Tones of Asphalt Rubber Hot-Mix X $10= $70,000. 
 The proposed project: Santa Gertrudes Avenue Overlay Project in the City of Whittier
 This paving project extends along Santa Gertrudes from Whittier Boulevard to Leffingwell Road. The project includes: asphalt grind and overlay, Class II bike lane extended 0.15 miles (Lambert Road to Leffingwell Road), and reconstruction of 14 existing ADA access ramps between Whittier Boulevard and Leffingwell Road. In addition, 380 feet of sidewalks between Whittier Boulevard to Leffingwell Road will be repaired and replaced. The proposed pavement section for this project consists of convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in June, 2021.  The total tons of rubberized asphalt hot-mix needed for this project is estimated at 4000 Tones. Requested total grant amount for this project is 4000 Tones of Asphalt Rubber Hot-Mix X $10= $40,000. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...92 lines deleted...]
-  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>Town of Los Gatos</x:t>
   </x:si>
   <x:si>
     <x:t> Kara Capaldo</x:t>
   </x:si>
   <x:si>
     <x:t>4088273094</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
 The Town of Los Gatos’ Street Repair and Resurfacing Project (CIP No. 811-9901) is a recurring annual project for street maintenance and rehabilitation activities throughout the Town to enhance safety for all travel modes and maintain the roadway infrastructure. The Town Council approved the Street List for the FY 2020/21 Street Repair and Resurfacing Project, approved the Plans and Specifications, and authorized advertising the project for bid. 
 For the FY 2020/21 Street Repair and Resurfacing Project, the focus will be on preventive maintenance through rubber cape seal, slurry seal, and crack seal treatments of project locations identified in the approved street list. Approximately 230,000 square yards of Rubberized Chip Seal will be used. The FY 2020/21 project includes 115,000 square yards of Rubberized Chip Seal and the anticipated FY 2022/23 has an estimated quantity of 115,000 square yards as well. The proposed construction start date for the Street Repair and Resurfacing project is around April 15. The Rubberized cape seal work will start as early as May 1, 2021.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lesa Byars</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The City is proposing to use rubberized hot mix asphalt (RHMA) material. The asphalt concrete section will include 5" of asphalt base course with a 2" rubberized overlay. The project will also include the remediation of drainage issues. It is estimated that a total of 28,800 tons of RHMA will be used for the project with a minimum of 300 pounds (or 15% by weight) of tire derived crumb rubber per ton of rubberized binder. Design for the proposed project is complete with construction slated to begin in August 2021. The project goal is to improve driving conditions for residents and visitors to the City, increase longevity to the street, and utilize environmentally friendly solutions in addressing the City's needs while helping the effort to reduce tires sent to landfills.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -547,51 +547,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd7ca0460ab84413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7415a45f5897445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R60b9d0f697604d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b591b48f6c64cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1dddb582768b4d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R30fc02fa89624a69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -639,549 +639,549 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.44720458984375" customHeight="1" collapsed="0">
+    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="183.99688720703125" customHeight="1" collapsed="0">
+    <x:row ht="390.95428466796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>84871</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94964599609375" customHeight="1" collapsed="0">
+    <x:row ht="298.97021484375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>200000</x:v>
+        <x:v>138653</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.9747314453125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.935302734375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>112500</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974853515625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>112500</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.458251953125" customHeight="1" collapsed="0">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.952880859375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.474365234375" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.461181640625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+    <x:row ht="459.949951171875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>200000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>25301</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.9697265625" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>138653</x:v>
+        <x:v>123200</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>84871</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="1586.86279296875" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46435546875" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>110000</x:v>
+        <x:v>25301</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>115000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>123200</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>95000</x:v>
+        <x:v>174999</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>174999</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.953125" customHeight="1" collapsed="0">
+    <x:row ht="1586.86279296875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+    <x:row ht="1034.900390625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>230000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.9013671875" customHeight="1" collapsed="0">
+    <x:row ht="735.931640625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>230000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>3734524</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -1199,29 +1199,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 24, 2026 11:50 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:22 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>