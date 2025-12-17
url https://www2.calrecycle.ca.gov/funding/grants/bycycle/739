--- v0 (2025-12-06)
+++ v1 (2025-12-17)
@@ -1,647 +1,647 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb099d77100314c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0598272a59aa4cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R197e8380ebd84d1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R57a3e75d8fc94571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Local Government Waste Tire Amnesty Grant (TA6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...8 lines deleted...]
-    <x:t>5307127986</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
-    <x:t>County of Butte will provied a series of Tire Amnesty events by appointment at the Neal Road Recycling and Waste Facility (NRRWF). The NRRWF is located in the geographical center of Butte County and serve all jurisdictoins in the County. These by appointment events will span the grant term and will serve as a convenient alternative to a one day event.  </x:t>
+    <x:t>Due to increased costs waste tires are often illegally dumped instead of being properly disposed. Typically, waste tires are illegally dumped within 1,000 feet of residential homes, schools, commercial or industrial centers, airports and electrical transmission lines.  If funding for this program is not available, illegal dumping will increase and the health and safety of the Town’s residents will be at risk.  The Town collects and disposes of waste tires to protect its community and our environment. To help us achieve maximum effectiveness and efficiency, the town is requesting these grant funds.
+The Town of Apple Valley is requesting funds to provide waste tire amnesty events and a drop off location for residents to dispose of waste tires for free in accordance with CalRecycle requirements and regulations.  Tire Amnesty events will take place at a permanent location at the Town of Apple Valley Household Hazardous Waste Facility located at 13450 Nomwaket Rd, and 12 additional events at Lions Park located at 20789 CA-18. Funds will be used for salaries and benefits for staff at the 12 Tire Amnesty events; collection and transportation of waste tires; public outreach and advertising; and container usage for collection on event days. The estimated cost per tire for each event is $1.62.  Town staff anticipates collecting approximately 800 waste tires per event, plus 58 tires per week at the permanent drop off location, totaling 15,120 waste tires collected throughout the grant period. Staff will focus on conducting a public outreach campaign to publicize events and promote proper disposal of waste tires. The events will be advertised in the local newspaper, in accordance with CalRecycle guidelines. Further, events will be publicized through Facebook, Twitter, Town of Apple Valley website, and in the “Our Town” quarterly newsletter. Flyers will be created, printed, and distributed through handouts and mailings to Apple Valley residents. 
+All waste tires collected during events will be transported by Burrtec Waste Industries, utilizing a 40 cubic yard roll off container. Waste tires will be transported to a recycling facility (Mitsubishi Cement Corporation located in Lucerne Valley, California) for proper handling.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coachella Valley Association of Governments</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emily Langenbahn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604246880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Due to COVID, CVAG was unable to produce any tire collection events until the end of March 2021.  We are now slowly ramping back up.  We have a new consultant for these events which use their own trucks for transporting to recycling facilities, greatly reducing costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Sutorus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093705561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Create a twice a month tire amnesty event paid for through grant funds.  The Tire amnesty events will provide free and convenient waste tire collection for the residents of the City of Colton and businesses that have been victims of illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Carlos Duque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tire Amnesty program purpose is to financially assist Sacramento County residents to recycle their unwanted tires with a once a month multi-day tire collection for the next 2 years. Scrap tires pose a threat to human health and the environment as ideal breeding grounds for mosquitoes, which can carry and transmit life-threatening diseases, but through proper handling and disposal, scrap tires do not present any major environmental problems.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Fresno</x:t>
   </x:si>
   <x:si>
     <x:t> Christina Pasillas</x:t>
   </x:si>
   <x:si>
     <x:t>5596218456</x:t>
   </x:si>
   <x:si>
     <x:t>The Code Division plans to hold six amnesty events throughout the City of Fresno.  Our goal is to collect ten thousand tires.  We will work on having the tires recycled but will have them processed for recycling.</x:t>
   </x:si>
   <x:si>
-    <x:t>Sacramento          </x:t>
-[...14 lines deleted...]
-    <x:t>Riverside           </x:t>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County staff proposes to host five (5) Tire Amnesty events for the TA5 grant performance period. Events will be held at the various Road Maintenance Yards throughout the County.  Residents will be invited to the events via a Tire Amnesty mailer that emphasizes the event’s importance in preventing illegal tire disposal.  Additionally, staff will distribute various educational/outreach materials oriented toward automotive care (proper tire care, used oil/filter recycling, etc.).  Staff will coordinate with the Fresno Economic Opportunities Commission Local Conservation Corps to provide Corps Member labor for purposes of loading tires into trailers.  Currently, Fresno County has  contracts with three (3) State permitted tire haulers/recyclers to provide trailers/containers for the events, who will transport the collected tires to their facilities for processing:  1) American Refuse, Inc. dba American Tire Tec of Wasco, CA; 2) Gilton Resource Recovery/Transfer Facility, Inc. of Oakdale, CA; and 3) West Coast Rubber Recycling, Inc.  Waste tires are grounded and shredded for purposes of creating raw materials in producing various recycled rubber products, rubberized asphalt, etc.
+County staff is requesting $40,000.00 in grant funding to offset the costs of hosting the Tire Amnesty events.  It is anticipated that staff will meet the $5.00 per tire cost parameter established by CalRecycle Administration, by collecting a minimum of 8,000 tires.  The County currently pays varying rates per trailer/container dependent upon the location of the amnesty event and the contractor selected for the event.  Staff plans to utilize approximately 10-15 trailers during the grant performance period.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Talia Richardson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309346530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Glenn, City of Willows and City of Orland (Applicant) will host six Waste Tire Collection Events (Events) at the Glenn County Transfer Station one Saturday a month for 2022 and 2023. Applicant will host events from December 2021 to September 2023. This will give all residents in the Applicant jurisdictions a central location to dispose of their waste tires for an extended period of time. These events will be held at a time when the weather is predictable and we are outside of the Transfer Station event dates. Populations are concentrated within the city limits of Willows and Orland, this will provide the residents with easy access to events. All events will be open to residents of the Cities and County regardless of where the events are located.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia will utilize the Tire Amnesty funds to hold eight (8) Tire Amnesty events at the City's Franchise Waste Hauler facility during the two-year grant term with the anticipation of collecting 7,900 waste tires.  All tires will be delivered to a recycling facility to be used for fuel.  Tire Amnesty grant funds will also be used for salaries, benefits, and overtime costs for personnel who are scheduled to work the weekend tire amnesty events, and salaries for personnel providing grant management and reporting, and creation of educational materials.  Events will be advertised through posters, flyers, mailers, radio advertising, and social media to help promote events and encourage a cleaner environment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cap Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608735577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conducting amnesty events in the Spring and Fall through out the grant term as long as funds last. These events will be open to all Inyo County residents and tribal members, tire dealers will not be allowed.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Lake Elsinore</x:t>
   </x:si>
   <x:si>
     <x:t> Nicole McCalmont</x:t>
   </x:si>
   <x:si>
     <x:t>9516743124</x:t>
   </x:si>
   <x:si>
     <x:t>1. Conduct 8 tire collection events in the Lake Elsinore community. The City will continue to team with the Southern California Mountains Conservancy, the local Urban Conservation Corps that services western portion of Riverside County.  Currently the local Urban Conservation Corps provides staff support for the City's TA5 Amnesty Day Grant and for the TCU18 Tire Cleanup grant.  
 Four events will take place at the City‘s twice-yearly community cleanup events (normally held in March and October), and four tire collections will take place as "stand-alone" events (tentatively scheduled for January and June during 2022 and 2022) at various locations around the City.  These events tires collected at these event will not be charged to the grant as all roll-off bins, transportation and tire recycling are provided to the City FREE of charge by the local trash company as part of their contract with the City of Lake Elsinore.  These events, on average collect 2.5 tons of scrap tires (250 PTE per event).
 The remaining 4 tire collection events are what the City call "stand alone" event, held at the City's Public Works yard.  These events are staffed by the City's contractor and members of the Local Urban Conservation Corps.  These events collect 8 to 10 tons of tires per event (800 to 1000 PTE).
 The event locations, the City's Public Works Yard and the Lake Elsinore Storm Stadium are both located in areas of the City with a CalEnviroScreen 3.0 rating of 71% to 100%.
 Lake Elsinore City Yard - 521 N. Langstaff St
 Census Track 60605043006
 Overall percentile - 78
 Poverty percentile - 90
 Hispanic residents - 75%
 Lake Elsinore Storm Stadium
 Census track 60605043007
 Overall percentile - 77
 2. Develop a waste tire educational outreach program. Includes the development and placement of newspaper ads to promote cleanup events and City‘s overall tire recycling program.  The City also uses its existing social media tools to promote the tire collection events.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To supplement the City‘s free oversized collection program, residents will have the opportunity, through this grant, to properly dispose of tires at tire amnesty events. These events will be widely publicized through the City‘s website, newspaper ads, social media and flyers. Promotional materials and information will also be available at City facilities such as libraries and recreational venues. At each of the amnesty events, the City will provide one forty-yard roll-off container and adequate staffing to assist residents with their tire disposal. The containers will be hauled to Crumb Rubber Manufacturing (CRM) for recycling. The City of Long Beach will supply staff and a LNG powered vehicle to collect and haul the tires to CRM. An Administrative Analyst will organize all the events, coordinate the advertising and educational materials, and design and update the website and flyer.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Irene Madrid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096202231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pomona will conduct 56 Amnesty Events during the two-year grant cycle. The goal is to collect over 3,300 tires from Pomona residents.  The City will advertise in local papers and on social media (City's website, and Facebook, and Twitter).  Additionally, the City will advertise on signs placed on garbage trucks in order to ensure that all residents of Pomona are aware of this program.  The City has received funding in previous cycles and has successfully collected tires.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nathan Arechiga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165731773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Regional Waste Management Authority (RWMA) is proposing to collect 3,500 waste tires through a free tire recycling coupon program at two local transfer stations operated by the local franchised waste hauler, Recology Yuba-Sutter, plus another 3,200 waste tires in eight (8) 40-yard waste tire bins provided to community clean-up events.  The 3,500 waste tire figure is based on the current waste tire amnesty program (TA5-19-0041) in which 2,581 waste tires have been collected through January 2021 with five months remaining of this two-year grant program.  The 3,200 waste tires proposed to be collected in eight (8) 40-yard waste tire bins provided to community clean-up events is based on an estimated 400 waste tires per 40-yard bin and also on the number of community collection events normally scheduled in a two-year time frame.  The free tire recycling coupons will allow residents to deliver up to 20 passenger car and light truck waste tires to the transfer stations within a 30-day period. Written authorization for residents to haul more than nine (9) waste tires with the free tire recycling coupons will be requested from the Local Enforcement Agency.  Residents will be limited to hauling no more than nine (9) waste tires to community clean-up events.
+The RWMA will update and distribute the public education and information campaign utilized for previous waste tire amnesty projects to inform the public about tire maintenance and safety issues to prolong the useful life of tires; health and safety issues related to improper storage and disposal of waste tires; and, the availability of free tire recycling coupons for the proper disposal of waste tires.  RWMA and Recology Yuba-Sutter staff will coordinate with the sponsors of the community clean-up events to provide waste tire collection bins and appropriate messages regarding tire collection for event promotional materials.  Tires collected through the coupon program and at community collection events will be recycled.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority (SVSWA) is a Joint Powers Authority representing five cities: Gonzales, Greenfield, King City, Salinas, and Soledad, and the unincorporated area of eastern Monterey County located in rural agricultural Salinas Valley.  It’s fees for tire disposal range from $2.00 per auto/light duty tires up to $150.00 per equipment tires.  The tire amnesty program allows SVSWA to offer the public the opportunity to legally dispose of tires at no cost, thus reducing instances of illegal dumping, improper storage and potential public health issues.  It also utilizes the events as an educational opportunity to promote the proper disposal/recycling of waste tires.  If funded, residents in the Authority’s jurisdiction will be informed through social media, flyers, print ads, radio, email blasts, website information, and/or garbage and recycling bill inserts/newsletters about the opportunity to take their waste tires to any of the event locations for free disposal.
+The Authority has a history of hosting successful tire amnesty events with the assistance of waste tire amnesty grant funds.  Since 2000, the Authority has collected and recycled approximately 300,000 tires, at a total cost of $483,336, or an average of $1.61 per tire through March 2021.  If funded, SVSWA intends to conduct four (4) collection events over the new two-year grant term and expects to collect and recycle 26,000 tires at a cost of $2.99 per tire.  The four collection events will be held at its three (3) open facilities (Salinas, Gonzales, and King City).  One of SVSWA’s facilities is located in a CalEnviroScreen 3.0 DAC census tract.  Additionally, SVSWA will be partnering with a local waste hauler to host collections at their site, which is also within an eligible CalEnviroScreen 3.0 DAC census tract.  SVSWA will work with San Jose Conservation Corps for staffing some collection events.
+These events continue to be a very important resource and outlet for proper waste tire disposal in the Salinas Valley.  By capitalizing on the successful aspects of previous events, and expanding those successes, the Authority has had the ability to significantly reduce the amount of waste tires that may have otherwise been illegally dumped, improperly stored or buried in the landfill.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County will hold several tire amnesty events over a large, rural geographical area over the two year grant terms in order to collect thousands of tires for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dana Armstrong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Located in Southern California at the high point between Los Angeles and Las Vegas, Victorville is the leading city for both industry and retail in the High Desert Region.  Victorville is a growing, vibrant community that is home to approximately 125,000 residents and some of the area’s largest employers.  
+The Local Government Waste Tire Amnesty (TA) Grant Program (FY 2021-22) will be a valuable opportunity to support a clean and organized community environment by funding the costs associated with providing a convenient tire disposal program for City of Victorville residents. Tires will be collected 52 weeks per year at the City of Victorville Recycling Drop Off Center located at 15164 Anacapa Rd., in Victorville.  The Free Tire Drop Off Program will be open Monday through Friday from 8 a.m. to 4 p.m. and Saturdays from 8 a.m. to noon.  Tires will be accepted from Victorville residents only, with proof of residency required. A maximum of five (5) tires per resident will be accepted.  Only passenger car, light truck, and motorcycle tires will be accepted through this amnesty program.  No semi-truck tires will be accepted, as these would likely be from a business or commercial trucker.  Disposal of the tires will be performed by Burrtec Waste Industries, Inc, a registered waste tire hauler.  Grant funds are being requested to cover the cost of hauling and disposal of tires, as well as the cost of placing fliers about the tire recycling program in the water/sanitation bills mailed to city residents.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Counties ESJPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Staci Heaton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164474806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On behalf of Colusa, Mariposa, Sierra, and Tuolumne Counties, the Rural Counties‘ Environmental Services Joint Powers Authority (ESJPA) will administer a regional tire amnesty grant. These four Counties were participants in past regional tire amnesty grants. All participating counties plan to hold events in the Fall and Spring the grant term.  Grant funds will be monitored constantly. The numbers of tires estimated to be collected are 24,000 tires. Rural areas tend to have larger tires than urban areas (more trucks) so the cost per tire tends to be higher. All tire vendors stress that tires are sent for recycling rather than landfilling as much as feasible. The ESJPA utilized the services of the Sacramento Local Conservation Corps for the Colusa and Sierra County events under TA5 and we have discussed utilizing their services under TA6.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maricela Galarza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609960972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County is a unique community consisting of seven cities and two franchised haulers.  Each City has both a spring and fall City Clean-ups (CU). Some of the larger Cities have between 3 to 4 Clean-Up Events.  In addition, the County will have two to three for a grand total of 22 to 25 CU per year or 50 for the grant period.  I'm estimating for a total of 13,480 tires to be collected and recycled in TA6. The number of calls received from residents has increased drastically during the COVID-19 lockdowns. Residents are eager to get back to the normal Clean-up events. 
+The Tires IVRMA collects are hauled to a certified tire recycler (Rubber Recovery, Inc.) to be recycled.  Rubber Recover, Inc. is located at 10672-B Calabash Ave. Fontana, CA 92337.  Rubber Recovery, Inc. does buffing, crumb and molding to manufacture retail products.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority's jurisdictions plan on holding an estimated total of 50 Tire Amnesty events during the grant term.  Tires collected during these events will be recycled.  An estimated total of 38,272 tires are expected to be collected.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kati Galvani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072621618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Passenger tires will be accepted at no charge for residents of Lake County at all permanent recycling center facilities in Lake County on amnesty days until grant funds are expended.  Residents can bring up to 9 passenger tires to either of the two recycling facilities for free during the amnesty period for proper disposal.
+If awarded, the TA6 grant funding will allow us to expand our events by adding community amnesty events in the City of Clearlake.  This will give residents a chance to participate if transportation is an issue for attending the amnesty events.  The TA5 grant has already brought in almost 9000 tires and we have 5 months remaining.  The Tire Amnesty grant program has kept a large number of tires out of the landfill and has noticeably played a key role in minimizing illegal dumping throughout the county. Businesses can recycle tires for a minimal fee.  A waiver can be applied for when a non-profit or illegal dumping clean up group is requesting to dispose of more than the allowable amount in a one-day period.  The CalRecycle Local Waste Tire Amnesty Grant is a great way to continue encouraging and providing resident’s education and information on responsible and appropriate disposal of waste, recyclables, organics, and hazardous waste.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Frick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192367080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Program will fund waste tire collection events that are held in the City of San Diego District 8 location for the public to bring their tires, in non-commercial quantities, at no charge.  Several areas in the City would be prioritized as event locations based on the program’s eligibility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Eric Keller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072688680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority has, as regional lead, provided waste tire disposal for its member agencies and the greater public through numerous waste tire amnesty collection events, and through a successful disposal program at its Hawthorne Street Transfer Station which has dramatically increased the effective and efficient recycling of waste tires throughout Humboldt County. The request grant funds would provide for additional waste tire amnesty collection days in remote areas of Humboldt County and continue to the collection program through the Hawthorne Street Transfer Station,
+minimizing the impact of waste tire disposal to ratepayers and increasing diversion from landfill.
+The impacts of the COVID-19 pandemic prevented the Authority from implementing its usual tire programs due to limited staff availability and maintaining safe working conditions for its employees; the Authority anticipates a generous amount of participation under this new grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Selma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Gonzalez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598912200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Selma plans to hold 4 waste tire collection events during the 2-year Waste Tire Amnesty Grant Program Period and hopes to collect 4,000 tires across these events.  All collected tires will be recycled. The City will be working with the Fresno Economic Opportunities Commission Local Conservation Corps, local business owners of proposed sites, and Waste Management to determine final dates and locations for each individual event.  A map of potential sites throughout the City is included with this application.  All potential locations are in Census tracts that are in the 71-100 CalEnviroScreen 3.0 percentile range given that all Census tracts that comprise the City are in this percentile range (Census Tracts 6019007100, 6019007002, 6019007003, and 6019007004).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Seth Strader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074675719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Mendocino Solid Waste Management Authority (MSWMA) proposes to repeat the successful program of tire amnesty collection in 2020-2021.  This program has been funded by CalRecycle in the past, and we look forward to continuing to offer this service to Mendocino County residents.
+We will offer free tire collection at the transfer stations in Willits, South Coast, Covelo and Caspar, Parking Lots in Hopland, Point Arena, Laytonville and at MSWMA's Hazardous Waste Collection facility in Ukiah.  Event planning, publicity, and tire loading are done by MSWMA staff.  Tire disposal and recycling are provided by Waste Recovery West.
+Based upon our past experience, we anticipate collecting approximately 16,000 per year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisette Webb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In an effort to reduce illegal dumping and stockpiling of tires, through this grant the County proposes to accept up to eight (8) passenger tires at County Solid Waste facilities at no charge for residents of the County through means of a “paperless” coupon that can be found on the County’s website.  Coupon cards will be strategically placed throughout the County in high volume illegal dumping areas.  Through the tire coupon the County has successfully recycled an average of 55,000 tires in previous Tire Amnesty cycles.  San Joaquin County uses a local certified tire recycler who transforms the tires into a variety of products including rubber bark for gardens and playgrounds, rubber asphalt for city streets and sidewalks, and various products such as floor mats. As lead, San Joaquin County works with local jurisdictions to hold a minimum of two tire recycling events per year as well as other local community cleanup events such as Costal Cleanup Day.  The goal is to collect an average of 300 tires per event. To raise awareness of upcoming events, ads will be placed with local publications and other mediums.  The County plans to work with the Greater Valley Conservation Corps during events, where possible.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Myhrvold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County, through its Department of Resource Management, would like to conduct 8 quarterly waste tire voucher events. Each quarterly event would allow for the County to distribute a maximum of $1,600 in waste tire vouchers for a total of $12,800 over the life of the grant, to be spent on waste tire vouchers within Shasta County. In collaboration with the County, the cities of Shasta Lake and Anderson would like to also conduct 8 quarterly waste tire voucher events. The cities of Shasta Lake and Anderson would have their own staff monitor and issue vouchers within their jurisdiction. The cities would also be given $12,800 to allocate over a total of 8 quarterly events. We anticipate on collecting 13,963 tires through this voucher program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Engle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The El Dorado County Environmental Management Department (EMD) and its contractors plan to hold routine waste tire amnesty collection events at the two Materials Recovery Facilities (MRF) operated by franchised waste haulers in the County.  One is located in Placerville, CA and the other is in South Lake Tahoe, CA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Myriah Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has designed a two-tiered approach for the removal and recycling of waste tires through the Waste Tire Amnesty Grant for FY 2021/2022.
+The first approach will be a Waste Tire Amnesty Coupon Program created to encourage Modesto residents to recycle their discarded waste tires. Residents can self-haul up to 9 tires at no cost per amnesty event with the approved coupon. Coupons will be mailed upon request once addresses are verified. With coupon in hand, any Modesto resident can take their tires to one of our local haulers that are partnering with the City of Modesto. Residents will be notified of the availability of the program through advertising in local newspapers, magazines, the city website, social media, PSA's and flyer at local businesses. Based on historical numbers from prior years and the current grant cycle, we estimate the Waste Tire Amnesty Coupon Program will collect 2,500 waste tires from recycling during the complete grant cycle. 
+The second approach will be the Waste Tire Amnesty collection events. The City of Modesto will partner with a CalRecycle permitted end-use facility to provide 7 area specific events where Modesto residents can bring their waste tires for proper disposal and recycling. Based on the data documented in the Solid Waste Division regarding illegal dumping hot spots, we will hold Waste Tire Amnesty events in those areas in hope to encourage proper disposal. Residents will be notified by direct mail prior to each event and will be given the opportunity to bring up to 9 tires per household to be recycled. One of the events will be in conjunction with a Citywide Clean-up event, like Love Modesto, open to all Modesto residents. We are estimating 2,500 waste tires collected during the complete grant cycle.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino County</x:t>
   </x:si>
   <x:si>
     <x:t> Maria Gonzales</x:t>
   </x:si>
   <x:si>
     <x:t>9099638665</x:t>
   </x:si>
   <x:si>
     <x:t>The San Bernardino County Code Enforcement Division will host 15 to 18 tire amnesty events throughout the unincorporated areas of San Bernardino County.  We anticipate collecting over 15,000 tires.  Some of the tire amnesty events will be held in conjunction with regularly planned community cleanup events or as stand-alone tire collection events.  The tires collected are recycled.  The events are advertised via flyer mail outs and on social media.  The grant will pay for disposal fees, personnel to staff the tire amnesty events and to administer the grant.</x:t>
   </x:si>
   <x:si>
-    <x:t>Rural Counties ESJPA</x:t>
-[...11 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Ross</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305281103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Agency will hold four passenger tire collection events and two agricultural tire collection events, with the total tires collected to be 1,350 tires for each passenger tire collection event and 60 tires for each agricultural tire collection event. The tires will be recycled by Waste Tire Products into various products.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Wilson Fong</x:t>
   </x:si>
   <x:si>
     <x:t>6268616005</x:t>
   </x:si>
   <x:si>
     <x:t>Public Works will partner with the City of Palmdale to conduct 5-10 free waste tire collection events in the Antelope Valley and various communities.  At these events, residents will be able to drop off waste tires to be recycled into crumb rubber, civil engineering applications, or other uses.  The project is expected to collect 20,000 passenger tire equivalents.  Public Works will contract for hauling and recycling, and conducting events.
 At least two events will be held in disadvantaged communities as defined by the EnviroScreen 3.0 Map in the 71-100 percentile.  These events are planned for Hawthorne and Baldwin Park.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Amador              </x:t>
   </x:si>
   <x:si>
     <x:t>Amador County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jeff Gardner</x:t>
   </x:si>
   <x:si>
     <x:t>2092236546</x:t>
   </x:si>
   <x:si>
     <x:t>The County will hold Tire Amnesty events 3-4 times per year for all residents of Amador County.  We may have other recycling and/or educational opportunities available at these locations simultaneously. W e have been successful in the past and there are constant requests for more free tire days.</x:t>
   </x:si>
   <x:si>
-    <x:t>Stanislaus          </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Wallace Low</x:t>
   </x:si>
   <x:si>
     <x:t>2095256741</x:t>
   </x:si>
   <x:si>
     <x:t>The Department of Environmental Resources will administer the grant funding for the five cities and Stanislaus Unincorporated to hold community clean up events or to provide vouchers to residents to turn in waste tires at no cost.  County Staff will receive reimbursement requests from the participating cities and will prepare and submit reimbursement requests to CalRecycle.</x:t>
   </x:si>
   <x:si>
-    <x:t>El Dorado           </x:t>
-[...11 lines deleted...]
-    <x:t>The El Dorado County Environmental Management Department (EMD) and its contractors plan to hold routine waste tire amnesty collection events at the two Materials Recovery Facilities (MRF) operated by franchised waste haulers in the County.  One is located in Placerville, CA and the other is in South Lake Tahoe, CA.</x:t>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Valerie Meza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307127986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County of Butte will provied a series of Tire Amnesty events by appointment at the Neal Road Recycling and Waste Facility (NRRWF). The NRRWF is located in the geographical center of Butte County and serve all jurisdictoins in the County. These by appointment events will span the grant term and will serve as a convenient alternative to a one day event.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Juhler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County intends to hold four Tire Amnesty Collection Events at the City of Winters Corporation Yard, the Yolo County Central Landfill, the Yolo County Esparto Convenience Center (ECC) Transfer Station and the Yolo County Clarksburg Corporation Yard in the Fall of 2021 and Spring of 2022. The waste tire hauler, in coordination with the LCC, will provide staff for a minimum of 5 hours/event, including any additional hours needed for travel time to ensure that all tires will be removed from the site. All tires collected under TA6 will be sent off for recycling.  Additionally, the jurisdictions within Yolo County will partner with the County to do educational outreach for the amnesty events since the residents within the incorporated cities will benefit from the events as well as rural residents. The County will also use this funding to advertise residents via local newspaper ads as well as a direct mailer to our agricultural growers, including in-kind and free postings via social media and press releases.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>County of Napa</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
   </x:si>
   <x:si>
     <x:t>Napa County in partnership with the City of Napa requests $90,000 to hold two waste tire collection events per year (Spring and Fall) at five locations throughout Napa County;  starting in the fall of 2021 and ending in the Spring of 2023 to provide needed disposal to all Napa County communities. Events will be run as one day events and /or month long collection events depending on the site location, we anticipate collecting 21,000 tires over the 2 years grant term. The one day and month long events will utilize the services of the Conservation Corps North Bay to staff the events. load tires and collect participation data. Collected tires will removed, transported and recycled by West Coast Rubber for recycling.
 Remaining funds not exceeded at the events will be used to support a appointment/coupon program that will allow citizens to take waste tires to our local Materials Diversion Facility in the City of Napa on specific days.
 Contingent upon grant funding, Napa County in partnership with the City of Napa and subcontracting with the Conservation Corps North Bay and West Coast Rubber (see Attachment 1: Letters of Intent) proposes to hold one day and month long events throughout the grant term within the County limits to accommodate the area of Napa County. The population of which is currently 136,700 and has not had a tire Amnesty event since 2006. Our County includes the following disadvantaged area. 
 By providing annual “free” drop off events throughout our County, Napa believes that 100% of our community will be served. In addition to enhancing opportunities to diver waste tires from landfills, prevent illegal dumping, and promote recycled-content tire markets, these proposed events will provide the public with a waste tire disposal outlet as well as educational information that gives people the information needed to promote environmentally safe behavior in regards to using and transporting waste tires. 
 This event will be held at 5 locations throughout the Napa County: 
 1. City of Napa Materials Diversion Facility, Operated by Napa Recycling and Waste Services: this locations has the space and onsite staff to run month long collection events for the City of Napa and surrounding areas. The City of Napa MDF facility is located at 820 Devlin Road, in American Canyon.  The month long collection events will take place two months per year once in the spring and once in the fall. Months we will be determined pending funding but are tentatively planned for October 2021/22 and April 2022/23. 
 The one day Amnesty events will take place in the following locations on a Saturday(s) in fall and spring of the grant term (pending award notification and schedule of waste tire hauler at that time), from 9 a.m. to 1 p.m. With an estimated cost of $4.29 per passenger and pickup tire.
 1. Calistoga
 2. Angwin
 3. American Canyon
 4. Spanish Flats
 Although none of the Tire Event Locations are located within a census tract that is in the 71-100 percentile the events will service the following 71-100 census tracts that are located in Napa County and will provide drop off opportunities for all community members; Census Tract: 6055200503 and 6055200301.</x:t>
   </x:si>
   <x:si>
-    <x:t>Yolo                </x:t>
-[...157 lines deleted...]
-  <x:si>
     <x:t>La Jolla Band of Luiseño Indians</x:t>
   </x:si>
   <x:si>
     <x:t> Carlos Jay</x:t>
   </x:si>
   <x:si>
     <x:t>7604204532</x:t>
   </x:si>
   <x:si>
     <x:t>The La Jolla Band of Luiseño Indians (“Reservation”) will host waste tire amnesty events during the first weekend of each month.  The purpose of this program is to provide Tribal residents and the nearby public an opportunity to legally dispose of waste tires at no cost for the purposes of preventing improper storage and illegal dumping issues on the Reservation. During these events, individuals will be allowed to drop off their unwanted waste tires at the La Jolla Transfer Station free of charge.  Every participant will be allowed to drop off up to 20 tires per amnesty event. Because an individual hauling 10 to 20 tires must obtain written authorization from the Local Enforcement Agency (LEA) prior to the amnesty event, La Jolla will only allow individuals to deliver 9 tires at a time.  Each event save-the-date flyer and public posting will note this rule.  
 The expected cost per tire during this grant cycle will be approximately $6.91. This is based on the total amount of funding requested which includes materials, education outreach, hauling and disposal costs, and personnel costs. BJ’s Used Tire &amp; Recycling (California Major Waste Tire Facility Permit: #36-T1-1532) will be the contractor used to properly dispose of waste tires collected from the community throughout the duration of this project. Before each amnesty event, education outreach will be conducted through posting save the date flyers, social media postings, and newsletter articles. All waste tires collected during these events will be properly documented and reported to CalRecycle.</x:t>
-  </x:si>
-[...205 lines deleted...]
-    <x:t>Shasta County, through its Department of Resource Management, would like to conduct 8 quarterly waste tire voucher events. Each quarterly event would allow for the County to distribute a maximum of $1,600 in waste tire vouchers for a total of $12,800 over the life of the grant, to be spent on waste tire vouchers within Shasta County. In collaboration with the County, the cities of Shasta Lake and Anderson would like to also conduct 8 quarterly waste tire voucher events. The cities of Shasta Lake and Anderson would have their own staff monitor and issue vouchers within their jurisdiction. The cities would also be given $12,800 to allocate over a total of 8 quarterly events. We anticipate on collecting 13,963 tires through this voucher program.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 37</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -776,51 +776,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R399d8c27fde04007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R197e8380ebd84d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfed321e544824bd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d368ada1a74313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57a3e75d8fc94571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca23ad8a566445c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -868,924 +868,924 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
+    <x:row ht="1931.83935546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>24498</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.4881591796875" customHeight="1" collapsed="0">
+    <x:row ht="218.494384765625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+    <x:row ht="195.477294921875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>33960</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>19645</x:v>
+        <x:v>33960</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="172.488037109375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="1448.872314453125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>33800</x:v>
+        <x:v>38802</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+    </x:row>
+    <x:row ht="160.97998046875" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>37426</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+    </x:row>
+    <x:row ht="1759.35107421875" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>89977</x:v>
+        <x:v>19645</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.427734375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>18919</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>32500</x:v>
+        <x:v>16444</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1724.853515625" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>33460</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1977.845703125" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>24498</x:v>
+        <x:v>77757</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>27444</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1299.400390625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B21" s="8" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>77757</x:v>
+        <x:v>10064</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.4501953125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9423828125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>10064</x:v>
+        <x:v>65700</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>88000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G24" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>24975</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>65700</x:v>
+        <x:v>24880</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="896.912109375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="B27" s="8" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>30405</x:v>
+        <x:v>88000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="G27" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.44140625" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B28" s="8" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>24880</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="G28" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="666.9375" customHeight="1" collapsed="0">
+      <x:c r="A29" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+      <x:c r="B29" s="8" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row ht="1034.900390625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
         <x:v>90000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="G30" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="B31" s="8" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>69570</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+    </x:row>
+    <x:row ht="287.462890625" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+      <x:c r="B32" s="8" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>89977</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F32" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F32" s="8" t="s">
+      <x:c r="G32" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H32" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="G32" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H32" s="8" t="s">
+    </x:row>
+    <x:row ht="1586.861328125" customHeight="1" collapsed="0">
+      <x:c r="A33" s="8" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>18919</x:v>
+        <x:v>24975</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+    <x:row ht="264.474609375" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>27444</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.49609375" customHeight="1" collapsed="0">
+    <x:row ht="528.943359375" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B36" s="8" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>90000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F36" s="8" t="s">
+      <x:c r="G36" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="G36" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H36" s="8" t="s">
+    </x:row>
+    <x:row ht="264.470703125" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>14224</x:v>
+        <x:v>33800</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
-    <x:row ht="597.939453125" customHeight="1" collapsed="0">
+    <x:row ht="310.482421875" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>38802</x:v>
+        <x:v>37426</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1724.85546875" customHeight="1" collapsed="0">
+    <x:row ht="298.966796875" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>33460</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.44921875" customHeight="1" collapsed="0">
+    <x:row ht="827.9453125" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>16444</x:v>
+        <x:v>32500</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>173</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.501953125" customHeight="1" collapsed="0">
+        <x:v>174</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2840.259765625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>27000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>178</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+        <x:v>179</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1322.388671875" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>179</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>69570</x:v>
+        <x:v>30405</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B43" s="10" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C43" s="10"/>
       <x:c r="D43" s="11" t="n">
         <x:v>1759450</x:v>
       </x:c>
@@ -1828,29 +1828,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 6, 2025 12:21 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:03 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>