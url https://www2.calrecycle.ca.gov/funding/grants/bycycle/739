--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,647 +1,647 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0598272a59aa4cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc16f324f544237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R57a3e75d8fc94571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2524842419474645"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Local Government Waste Tire Amnesty Grant (TA6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>San Bernardino      </x:t>
-[...8 lines deleted...]
-    <x:t>7602407000</x:t>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Valerie Meza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307127986</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
-    <x:t>Due to increased costs waste tires are often illegally dumped instead of being properly disposed. Typically, waste tires are illegally dumped within 1,000 feet of residential homes, schools, commercial or industrial centers, airports and electrical transmission lines.  If funding for this program is not available, illegal dumping will increase and the health and safety of the Town’s residents will be at risk.  The Town collects and disposes of waste tires to protect its community and our environment. To help us achieve maximum effectiveness and efficiency, the town is requesting these grant funds.
-[...2 lines deleted...]
-</x:t>
+    <x:t>County of Butte will provied a series of Tire Amnesty events by appointment at the Neal Road Recycling and Waste Facility (NRRWF). The NRRWF is located in the geographical center of Butte County and serve all jurisdictoins in the County. These by appointment events will span the grant term and will serve as a convenient alternative to a one day event.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Code Division plans to hold six amnesty events throughout the City of Fresno.  Our goal is to collect ten thousand tires.  We will work on having the tires recycled but will have them processed for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Carlos Duque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tire Amnesty program purpose is to financially assist Sacramento County residents to recycle their unwanted tires with a once a month multi-day tire collection for the next 2 years. Scrap tires pose a threat to human health and the environment as ideal breeding grounds for mosquitoes, which can carry and transmit life-threatening diseases, but through proper handling and disposal, scrap tires do not present any major environmental problems.</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside           </x:t>
-  </x:si>
-[...107 lines deleted...]
-    <x:t>Conducting amnesty events in the Spring and Fall through out the grant term as long as funds last. These events will be open to all Inyo County residents and tribal members, tire dealers will not be allowed.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Lake Elsinore</x:t>
   </x:si>
   <x:si>
     <x:t> Nicole McCalmont</x:t>
   </x:si>
   <x:si>
     <x:t>9516743124</x:t>
   </x:si>
   <x:si>
     <x:t>1. Conduct 8 tire collection events in the Lake Elsinore community. The City will continue to team with the Southern California Mountains Conservancy, the local Urban Conservation Corps that services western portion of Riverside County.  Currently the local Urban Conservation Corps provides staff support for the City's TA5 Amnesty Day Grant and for the TCU18 Tire Cleanup grant.  
 Four events will take place at the City‘s twice-yearly community cleanup events (normally held in March and October), and four tire collections will take place as "stand-alone" events (tentatively scheduled for January and June during 2022 and 2022) at various locations around the City.  These events tires collected at these event will not be charged to the grant as all roll-off bins, transportation and tire recycling are provided to the City FREE of charge by the local trash company as part of their contract with the City of Lake Elsinore.  These events, on average collect 2.5 tons of scrap tires (250 PTE per event).
 The remaining 4 tire collection events are what the City call "stand alone" event, held at the City's Public Works yard.  These events are staffed by the City's contractor and members of the Local Urban Conservation Corps.  These events collect 8 to 10 tons of tires per event (800 to 1000 PTE).
 The event locations, the City's Public Works Yard and the Lake Elsinore Storm Stadium are both located in areas of the City with a CalEnviroScreen 3.0 rating of 71% to 100%.
 Lake Elsinore City Yard - 521 N. Langstaff St
 Census Track 60605043006
 Overall percentile - 78
 Poverty percentile - 90
 Hispanic residents - 75%
 Lake Elsinore Storm Stadium
 Census track 60605043007
 Overall percentile - 77
 2. Develop a waste tire educational outreach program. Includes the development and placement of newspaper ads to promote cleanup events and City‘s overall tire recycling program.  The City also uses its existing social media tools to promote the tire collection events.</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Gonzales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9099638665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The San Bernardino County Code Enforcement Division will host 15 to 18 tire amnesty events throughout the unincorporated areas of San Bernardino County.  We anticipate collecting over 15,000 tires.  Some of the tire amnesty events will be held in conjunction with regularly planned community cleanup events or as stand-alone tire collection events.  The tires collected are recycled.  The events are advertised via flyer mail outs and on social media.  The grant will pay for disposal fees, personnel to staff the tire amnesty events and to administer the grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rural Counties ESJPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Staci Heaton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164474806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On behalf of Colusa, Mariposa, Sierra, and Tuolumne Counties, the Rural Counties‘ Environmental Services Joint Powers Authority (ESJPA) will administer a regional tire amnesty grant. These four Counties were participants in past regional tire amnesty grants. All participating counties plan to hold events in the Fall and Spring the grant term.  Grant funds will be monitored constantly. The numbers of tires estimated to be collected are 24,000 tires. Rural areas tend to have larger tires than urban areas (more trucks) so the cost per tire tends to be higher. All tire vendors stress that tires are sent for recycling rather than landfilling as much as feasible. The ESJPA utilized the services of the Sacramento Local Conservation Corps for the Colusa and Sierra County events under TA5 and we have discussed utilizing their services under TA6.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
-  </x:si>
-[...297 lines deleted...]
-    <x:t>The Agency will hold four passenger tire collection events and two agricultural tire collection events, with the total tires collected to be 1,350 tires for each passenger tire collection event and 60 tires for each agricultural tire collection event. The tires will be recycled by Waste Tire Products into various products.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Wilson Fong</x:t>
   </x:si>
   <x:si>
     <x:t>6268616005</x:t>
   </x:si>
   <x:si>
     <x:t>Public Works will partner with the City of Palmdale to conduct 5-10 free waste tire collection events in the Antelope Valley and various communities.  At these events, residents will be able to drop off waste tires to be recycled into crumb rubber, civil engineering applications, or other uses.  The project is expected to collect 20,000 passenger tire equivalents.  Public Works will contract for hauling and recycling, and conducting events.
 At least two events will be held in disadvantaged communities as defined by the EnviroScreen 3.0 Map in the 71-100 percentile.  These events are planned for Hawthorne and Baldwin Park.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Amador              </x:t>
   </x:si>
   <x:si>
     <x:t>Amador County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Jeff Gardner</x:t>
   </x:si>
   <x:si>
     <x:t>2092236546</x:t>
   </x:si>
   <x:si>
     <x:t>The County will hold Tire Amnesty events 3-4 times per year for all residents of Amador County.  We may have other recycling and/or educational opportunities available at these locations simultaneously. W e have been successful in the past and there are constant requests for more free tire days.</x:t>
   </x:si>
   <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Wallace Low</x:t>
   </x:si>
   <x:si>
     <x:t>2095256741</x:t>
   </x:si>
   <x:si>
     <x:t>The Department of Environmental Resources will administer the grant funding for the five cities and Stanislaus Unincorporated to hold community clean up events or to provide vouchers to residents to turn in waste tires at no cost.  County Staff will receive reimbursement requests from the participating cities and will prepare and submit reimbursement requests to CalRecycle.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...26 lines deleted...]
-    <x:t>The County intends to hold four Tire Amnesty Collection Events at the City of Winters Corporation Yard, the Yolo County Central Landfill, the Yolo County Esparto Convenience Center (ECC) Transfer Station and the Yolo County Clarksburg Corporation Yard in the Fall of 2021 and Spring of 2022. The waste tire hauler, in coordination with the LCC, will provide staff for a minimum of 5 hours/event, including any additional hours needed for travel time to ensure that all tires will be removed from the site. All tires collected under TA6 will be sent off for recycling.  Additionally, the jurisdictions within Yolo County will partner with the County to do educational outreach for the amnesty events since the residents within the incorporated cities will benefit from the events as well as rural residents. The County will also use this funding to advertise residents via local newspaper ads as well as a direct mailer to our agricultural growers, including in-kind and free postings via social media and press releases.</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Engle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The El Dorado County Environmental Management Department (EMD) and its contractors plan to hold routine waste tire amnesty collection events at the two Materials Recovery Facilities (MRF) operated by franchised waste haulers in the County.  One is located in Placerville, CA and the other is in South Lake Tahoe, CA.</x:t>
   </x:si>
   <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>County of Napa</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
   </x:si>
   <x:si>
     <x:t>Napa County in partnership with the City of Napa requests $90,000 to hold two waste tire collection events per year (Spring and Fall) at five locations throughout Napa County;  starting in the fall of 2021 and ending in the Spring of 2023 to provide needed disposal to all Napa County communities. Events will be run as one day events and /or month long collection events depending on the site location, we anticipate collecting 21,000 tires over the 2 years grant term. The one day and month long events will utilize the services of the Conservation Corps North Bay to staff the events. load tires and collect participation data. Collected tires will removed, transported and recycled by West Coast Rubber for recycling.
 Remaining funds not exceeded at the events will be used to support a appointment/coupon program that will allow citizens to take waste tires to our local Materials Diversion Facility in the City of Napa on specific days.
 Contingent upon grant funding, Napa County in partnership with the City of Napa and subcontracting with the Conservation Corps North Bay and West Coast Rubber (see Attachment 1: Letters of Intent) proposes to hold one day and month long events throughout the grant term within the County limits to accommodate the area of Napa County. The population of which is currently 136,700 and has not had a tire Amnesty event since 2006. Our County includes the following disadvantaged area. 
 By providing annual “free” drop off events throughout our County, Napa believes that 100% of our community will be served. In addition to enhancing opportunities to diver waste tires from landfills, prevent illegal dumping, and promote recycled-content tire markets, these proposed events will provide the public with a waste tire disposal outlet as well as educational information that gives people the information needed to promote environmentally safe behavior in regards to using and transporting waste tires. 
 This event will be held at 5 locations throughout the Napa County: 
 1. City of Napa Materials Diversion Facility, Operated by Napa Recycling and Waste Services: this locations has the space and onsite staff to run month long collection events for the City of Napa and surrounding areas. The City of Napa MDF facility is located at 820 Devlin Road, in American Canyon.  The month long collection events will take place two months per year once in the spring and once in the fall. Months we will be determined pending funding but are tentatively planned for October 2021/22 and April 2022/23. 
 The one day Amnesty events will take place in the following locations on a Saturday(s) in fall and spring of the grant term (pending award notification and schedule of waste tire hauler at that time), from 9 a.m. to 1 p.m. With an estimated cost of $4.29 per passenger and pickup tire.
 1. Calistoga
 2. Angwin
 3. American Canyon
 4. Spanish Flats
 Although none of the Tire Event Locations are located within a census tract that is in the 71-100 percentile the events will service the following 71-100 census tracts that are located in Napa County and will provide drop off opportunities for all community members; Census Tract: 6055200503 and 6055200301.</x:t>
   </x:si>
   <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Juhler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County intends to hold four Tire Amnesty Collection Events at the City of Winters Corporation Yard, the Yolo County Central Landfill, the Yolo County Esparto Convenience Center (ECC) Transfer Station and the Yolo County Clarksburg Corporation Yard in the Fall of 2021 and Spring of 2022. The waste tire hauler, in coordination with the LCC, will provide staff for a minimum of 5 hours/event, including any additional hours needed for travel time to ensure that all tires will be removed from the site. All tires collected under TA6 will be sent off for recycling.  Additionally, the jurisdictions within Yolo County will partner with the County to do educational outreach for the amnesty events since the residents within the incorporated cities will benefit from the events as well as rural residents. The County will also use this funding to advertise residents via local newspaper ads as well as a direct mailer to our agricultural growers, including in-kind and free postings via social media and press releases.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cap Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608735577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conducting amnesty events in the Spring and Fall through out the grant term as long as funds last. These events will be open to all Inyo County residents and tribal members, tire dealers will not be allowed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Due to increased costs waste tires are often illegally dumped instead of being properly disposed. Typically, waste tires are illegally dumped within 1,000 feet of residential homes, schools, commercial or industrial centers, airports and electrical transmission lines.  If funding for this program is not available, illegal dumping will increase and the health and safety of the Town’s residents will be at risk.  The Town collects and disposes of waste tires to protect its community and our environment. To help us achieve maximum effectiveness and efficiency, the town is requesting these grant funds.
+The Town of Apple Valley is requesting funds to provide waste tire amnesty events and a drop off location for residents to dispose of waste tires for free in accordance with CalRecycle requirements and regulations.  Tire Amnesty events will take place at a permanent location at the Town of Apple Valley Household Hazardous Waste Facility located at 13450 Nomwaket Rd, and 12 additional events at Lions Park located at 20789 CA-18. Funds will be used for salaries and benefits for staff at the 12 Tire Amnesty events; collection and transportation of waste tires; public outreach and advertising; and container usage for collection on event days. The estimated cost per tire for each event is $1.62.  Town staff anticipates collecting approximately 800 waste tires per event, plus 58 tires per week at the permanent drop off location, totaling 15,120 waste tires collected throughout the grant period. Staff will focus on conducting a public outreach campaign to publicize events and promote proper disposal of waste tires. The events will be advertised in the local newspaper, in accordance with CalRecycle guidelines. Further, events will be publicized through Facebook, Twitter, Town of Apple Valley website, and in the “Our Town” quarterly newsletter. Flyers will be created, printed, and distributed through handouts and mailings to Apple Valley residents. 
+All waste tires collected during events will be transported by Burrtec Waste Industries, utilizing a 40 cubic yard roll off container. Waste tires will be transported to a recycling facility (Mitsubishi Cement Corporation located in Lucerne Valley, California) for proper handling.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Ross</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305281103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Agency will hold four passenger tire collection events and two agricultural tire collection events, with the total tires collected to be 1,350 tires for each passenger tire collection event and 60 tires for each agricultural tire collection event. The tires will be recycled by Waste Tire Products into various products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salinas Valley Solid Waste Authority (SVSWA) is a Joint Powers Authority representing five cities: Gonzales, Greenfield, King City, Salinas, and Soledad, and the unincorporated area of eastern Monterey County located in rural agricultural Salinas Valley.  It’s fees for tire disposal range from $2.00 per auto/light duty tires up to $150.00 per equipment tires.  The tire amnesty program allows SVSWA to offer the public the opportunity to legally dispose of tires at no cost, thus reducing instances of illegal dumping, improper storage and potential public health issues.  It also utilizes the events as an educational opportunity to promote the proper disposal/recycling of waste tires.  If funded, residents in the Authority’s jurisdiction will be informed through social media, flyers, print ads, radio, email blasts, website information, and/or garbage and recycling bill inserts/newsletters about the opportunity to take their waste tires to any of the event locations for free disposal.
+The Authority has a history of hosting successful tire amnesty events with the assistance of waste tire amnesty grant funds.  Since 2000, the Authority has collected and recycled approximately 300,000 tires, at a total cost of $483,336, or an average of $1.61 per tire through March 2021.  If funded, SVSWA intends to conduct four (4) collection events over the new two-year grant term and expects to collect and recycle 26,000 tires at a cost of $2.99 per tire.  The four collection events will be held at its three (3) open facilities (Salinas, Gonzales, and King City).  One of SVSWA’s facilities is located in a CalEnviroScreen 3.0 DAC census tract.  Additionally, SVSWA will be partnering with a local waste hauler to host collections at their site, which is also within an eligible CalEnviroScreen 3.0 DAC census tract.  SVSWA will work with San Jose Conservation Corps for staffing some collection events.
+These events continue to be a very important resource and outlet for proper waste tire disposal in the Salinas Valley.  By capitalizing on the successful aspects of previous events, and expanding those successes, the Authority has had the ability to significantly reduce the amount of waste tires that may have otherwise been illegally dumped, improperly stored or buried in the landfill.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kati Galvani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072621618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Passenger tires will be accepted at no charge for residents of Lake County at all permanent recycling center facilities in Lake County on amnesty days until grant funds are expended.  Residents can bring up to 9 passenger tires to either of the two recycling facilities for free during the amnesty period for proper disposal.
+If awarded, the TA6 grant funding will allow us to expand our events by adding community amnesty events in the City of Clearlake.  This will give residents a chance to participate if transportation is an issue for attending the amnesty events.  The TA5 grant has already brought in almost 9000 tires and we have 5 months remaining.  The Tire Amnesty grant program has kept a large number of tires out of the landfill and has noticeably played a key role in minimizing illegal dumping throughout the county. Businesses can recycle tires for a minimal fee.  A waiver can be applied for when a non-profit or illegal dumping clean up group is requesting to dispose of more than the allowable amount in a one-day period.  The CalRecycle Local Waste Tire Amnesty Grant is a great way to continue encouraging and providing resident’s education and information on responsible and appropriate disposal of waste, recyclables, organics, and hazardous waste.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dana Armstrong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609555086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Located in Southern California at the high point between Los Angeles and Las Vegas, Victorville is the leading city for both industry and retail in the High Desert Region.  Victorville is a growing, vibrant community that is home to approximately 125,000 residents and some of the area’s largest employers.  
+The Local Government Waste Tire Amnesty (TA) Grant Program (FY 2021-22) will be a valuable opportunity to support a clean and organized community environment by funding the costs associated with providing a convenient tire disposal program for City of Victorville residents. Tires will be collected 52 weeks per year at the City of Victorville Recycling Drop Off Center located at 15164 Anacapa Rd., in Victorville.  The Free Tire Drop Off Program will be open Monday through Friday from 8 a.m. to 4 p.m. and Saturdays from 8 a.m. to noon.  Tires will be accepted from Victorville residents only, with proof of residency required. A maximum of five (5) tires per resident will be accepted.  Only passenger car, light truck, and motorcycle tires will be accepted through this amnesty program.  No semi-truck tires will be accepted, as these would likely be from a business or commercial trucker.  Disposal of the tires will be performed by Burrtec Waste Industries, Inc, a registered waste tire hauler.  Grant funds are being requested to cover the cost of hauling and disposal of tires, as well as the cost of placing fliers about the tire recycling program in the water/sanitation bills mailed to city residents.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Eric Keller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072688680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority has, as regional lead, provided waste tire disposal for its member agencies and the greater public through numerous waste tire amnesty collection events, and through a successful disposal program at its Hawthorne Street Transfer Station which has dramatically increased the effective and efficient recycling of waste tires throughout Humboldt County. The request grant funds would provide for additional waste tire amnesty collection days in remote areas of Humboldt County and continue to the collection program through the Hawthorne Street Transfer Station,
+minimizing the impact of waste tire disposal to ratepayers and increasing diversion from landfill.
+The impacts of the COVID-19 pandemic prevented the Authority from implementing its usual tire programs due to limited staff availability and maintaining safe working conditions for its employees; the Authority anticipates a generous amount of participation under this new grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Myriah Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has designed a two-tiered approach for the removal and recycling of waste tires through the Waste Tire Amnesty Grant for FY 2021/2022.
+The first approach will be a Waste Tire Amnesty Coupon Program created to encourage Modesto residents to recycle their discarded waste tires. Residents can self-haul up to 9 tires at no cost per amnesty event with the approved coupon. Coupons will be mailed upon request once addresses are verified. With coupon in hand, any Modesto resident can take their tires to one of our local haulers that are partnering with the City of Modesto. Residents will be notified of the availability of the program through advertising in local newspapers, magazines, the city website, social media, PSA's and flyer at local businesses. Based on historical numbers from prior years and the current grant cycle, we estimate the Waste Tire Amnesty Coupon Program will collect 2,500 waste tires from recycling during the complete grant cycle. 
+The second approach will be the Waste Tire Amnesty collection events. The City of Modesto will partner with a CalRecycle permitted end-use facility to provide 7 area specific events where Modesto residents can bring their waste tires for proper disposal and recycling. Based on the data documented in the Solid Waste Division regarding illegal dumping hot spots, we will hold Waste Tire Amnesty events in those areas in hope to encourage proper disposal. Residents will be notified by direct mail prior to each event and will be given the opportunity to bring up to 9 tires per household to be recycled. One of the events will be in conjunction with a Citywide Clean-up event, like Love Modesto, open to all Modesto residents. We are estimating 2,500 waste tires collected during the complete grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial Valley Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maricela Galarza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609960972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County is a unique community consisting of seven cities and two franchised haulers.  Each City has both a spring and fall City Clean-ups (CU). Some of the larger Cities have between 3 to 4 Clean-Up Events.  In addition, the County will have two to three for a grand total of 22 to 25 CU per year or 50 for the grant period.  I'm estimating for a total of 13,480 tires to be collected and recycled in TA6. The number of calls received from residents has increased drastically during the COVID-19 lockdowns. Residents are eager to get back to the normal Clean-up events. 
+The Tires IVRMA collects are hauled to a certified tire recycler (Rubber Recovery, Inc.) to be recycled.  Rubber Recover, Inc. is located at 10672-B Calabash Ave. Fontana, CA 92337.  Rubber Recovery, Inc. does buffing, crumb and molding to manufacture retail products.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
     <x:t>La Jolla Band of Luiseño Indians</x:t>
   </x:si>
   <x:si>
     <x:t> Carlos Jay</x:t>
   </x:si>
   <x:si>
     <x:t>7604204532</x:t>
   </x:si>
   <x:si>
     <x:t>The La Jolla Band of Luiseño Indians (“Reservation”) will host waste tire amnesty events during the first weekend of each month.  The purpose of this program is to provide Tribal residents and the nearby public an opportunity to legally dispose of waste tires at no cost for the purposes of preventing improper storage and illegal dumping issues on the Reservation. During these events, individuals will be allowed to drop off their unwanted waste tires at the La Jolla Transfer Station free of charge.  Every participant will be allowed to drop off up to 20 tires per amnesty event. Because an individual hauling 10 to 20 tires must obtain written authorization from the Local Enforcement Agency (LEA) prior to the amnesty event, La Jolla will only allow individuals to deliver 9 tires at a time.  Each event save-the-date flyer and public posting will note this rule.  
 The expected cost per tire during this grant cycle will be approximately $6.91. This is based on the total amount of funding requested which includes materials, education outreach, hauling and disposal costs, and personnel costs. BJ’s Used Tire &amp; Recycling (California Major Waste Tire Facility Permit: #36-T1-1532) will be the contractor used to properly dispose of waste tires collected from the community throughout the duration of this project. Before each amnesty event, education outreach will be conducted through posting save the date flyers, social media postings, and newsletter articles. All waste tires collected during these events will be properly documented and reported to CalRecycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Frick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192367080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This Program will fund waste tire collection events that are held in the City of San Diego District 8 location for the public to bring their tires, in non-commercial quantities, at no charge.  Several areas in the City would be prioritized as event locations based on the program’s eligibility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Talia Richardson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309346530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Glenn, City of Willows and City of Orland (Applicant) will host six Waste Tire Collection Events (Events) at the Glenn County Transfer Station one Saturday a month for 2022 and 2023. Applicant will host events from December 2021 to September 2023. This will give all residents in the Applicant jurisdictions a central location to dispose of their waste tires for an extended period of time. These events will be held at a time when the weather is predictable and we are outside of the Transfer Station event dates. Populations are concentrated within the city limits of Willows and Orland, this will provide the residents with easy access to events. All events will be open to residents of the Cities and County regardless of where the events are located.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisette Webb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In an effort to reduce illegal dumping and stockpiling of tires, through this grant the County proposes to accept up to eight (8) passenger tires at County Solid Waste facilities at no charge for residents of the County through means of a “paperless” coupon that can be found on the County’s website.  Coupon cards will be strategically placed throughout the County in high volume illegal dumping areas.  Through the tire coupon the County has successfully recycled an average of 55,000 tires in previous Tire Amnesty cycles.  San Joaquin County uses a local certified tire recycler who transforms the tires into a variety of products including rubber bark for gardens and playgrounds, rubber asphalt for city streets and sidewalks, and various products such as floor mats. As lead, San Joaquin County works with local jurisdictions to hold a minimum of two tire recycling events per year as well as other local community cleanup events such as Costal Cleanup Day.  The goal is to collect an average of 300 tires per event. To raise awareness of upcoming events, ads will be placed with local publications and other mediums.  The County plans to work with the Greater Valley Conservation Corps during events, where possible.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Sutorus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093705561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Create a twice a month tire amnesty event paid for through grant funds.  The Tire amnesty events will provide free and convenient waste tire collection for the residents of the City of Colton and businesses that have been victims of illegal dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gurprit Jhujj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County staff proposes to host five (5) Tire Amnesty events for the TA5 grant performance period. Events will be held at the various Road Maintenance Yards throughout the County.  Residents will be invited to the events via a Tire Amnesty mailer that emphasizes the event’s importance in preventing illegal tire disposal.  Additionally, staff will distribute various educational/outreach materials oriented toward automotive care (proper tire care, used oil/filter recycling, etc.).  Staff will coordinate with the Fresno Economic Opportunities Commission Local Conservation Corps to provide Corps Member labor for purposes of loading tires into trailers.  Currently, Fresno County has  contracts with three (3) State permitted tire haulers/recyclers to provide trailers/containers for the events, who will transport the collected tires to their facilities for processing:  1) American Refuse, Inc. dba American Tire Tec of Wasco, CA; 2) Gilton Resource Recovery/Transfer Facility, Inc. of Oakdale, CA; and 3) West Coast Rubber Recycling, Inc.  Waste tires are grounded and shredded for purposes of creating raw materials in producing various recycled rubber products, rubberized asphalt, etc.
+County staff is requesting $40,000.00 in grant funding to offset the costs of hosting the Tire Amnesty events.  It is anticipated that staff will meet the $5.00 per tire cost parameter established by CalRecycle Administration, by collecting a minimum of 8,000 tires.  The County currently pays varying rates per trailer/container dependent upon the location of the amnesty event and the contractor selected for the event.  Staff plans to utilize approximately 10-15 trailers during the grant performance period.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To supplement the City‘s free oversized collection program, residents will have the opportunity, through this grant, to properly dispose of tires at tire amnesty events. These events will be widely publicized through the City‘s website, newspaper ads, social media and flyers. Promotional materials and information will also be available at City facilities such as libraries and recreational venues. At each of the amnesty events, the City will provide one forty-yard roll-off container and adequate staffing to assist residents with their tire disposal. The containers will be hauled to Crumb Rubber Manufacturing (CRM) for recycling. The City of Long Beach will supply staff and a LNG powered vehicle to collect and haul the tires to CRM. An Administrative Analyst will organize all the events, coordinate the advertising and educational materials, and design and update the website and flyer.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coachella Valley Association of Governments</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emily Langenbahn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604246880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Due to COVID, CVAG was unable to produce any tire collection events until the end of March 2021.  We are now slowly ramping back up.  We have a new consultant for these events which use their own trucks for transporting to recycling facilities, greatly reducing costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Seth Strader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074675719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Mendocino Solid Waste Management Authority (MSWMA) proposes to repeat the successful program of tire amnesty collection in 2020-2021.  This program has been funded by CalRecycle in the past, and we look forward to continuing to offer this service to Mendocino County residents.
+We will offer free tire collection at the transfer stations in Willits, South Coast, Covelo and Caspar, Parking Lots in Hopland, Point Arena, Laytonville and at MSWMA's Hazardous Waste Collection facility in Ukiah.  Event planning, publicity, and tire loading are done by MSWMA staff.  Tire disposal and recycling are provided by Waste Recovery West.
+Based upon our past experience, we anticipate collecting approximately 16,000 per year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority's jurisdictions plan on holding an estimated total of 50 Tire Amnesty events during the grant term.  Tires collected during these events will be recycled.  An estimated total of 38,272 tires are expected to be collected.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Selma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Gonzalez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598912200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Selma plans to hold 4 waste tire collection events during the 2-year Waste Tire Amnesty Grant Program Period and hopes to collect 4,000 tires across these events.  All collected tires will be recycled. The City will be working with the Fresno Economic Opportunities Commission Local Conservation Corps, local business owners of proposed sites, and Waste Management to determine final dates and locations for each individual event.  A map of potential sites throughout the City is included with this application.  All potential locations are in Census tracts that are in the 71-100 CalEnviroScreen 3.0 percentile range given that all Census tracts that comprise the City are in this percentile range (Census Tracts 6019007100, 6019007002, 6019007003, and 6019007004).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia will utilize the Tire Amnesty funds to hold eight (8) Tire Amnesty events at the City's Franchise Waste Hauler facility during the two-year grant term with the anticipation of collecting 7,900 waste tires.  All tires will be delivered to a recycling facility to be used for fuel.  Tire Amnesty grant funds will also be used for salaries, benefits, and overtime costs for personnel who are scheduled to work the weekend tire amnesty events, and salaries for personnel providing grant management and reporting, and creation of educational materials.  Events will be advertised through posters, flyers, mailers, radio advertising, and social media to help promote events and encourage a cleaner environment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nathan Arechiga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165731773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Regional Waste Management Authority (RWMA) is proposing to collect 3,500 waste tires through a free tire recycling coupon program at two local transfer stations operated by the local franchised waste hauler, Recology Yuba-Sutter, plus another 3,200 waste tires in eight (8) 40-yard waste tire bins provided to community clean-up events.  The 3,500 waste tire figure is based on the current waste tire amnesty program (TA5-19-0041) in which 2,581 waste tires have been collected through January 2021 with five months remaining of this two-year grant program.  The 3,200 waste tires proposed to be collected in eight (8) 40-yard waste tire bins provided to community clean-up events is based on an estimated 400 waste tires per 40-yard bin and also on the number of community collection events normally scheduled in a two-year time frame.  The free tire recycling coupons will allow residents to deliver up to 20 passenger car and light truck waste tires to the transfer stations within a 30-day period. Written authorization for residents to haul more than nine (9) waste tires with the free tire recycling coupons will be requested from the Local Enforcement Agency.  Residents will be limited to hauling no more than nine (9) waste tires to community clean-up events.
+The RWMA will update and distribute the public education and information campaign utilized for previous waste tire amnesty projects to inform the public about tire maintenance and safety issues to prolong the useful life of tires; health and safety issues related to improper storage and disposal of waste tires; and, the availability of free tire recycling coupons for the proper disposal of waste tires.  RWMA and Recology Yuba-Sutter staff will coordinate with the sponsors of the community clean-up events to provide waste tire collection bins and appropriate messages regarding tire collection for event promotional materials.  Tires collected through the coupon program and at community collection events will be recycled.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Irene Madrid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096202231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pomona will conduct 56 Amnesty Events during the two-year grant cycle. The goal is to collect over 3,300 tires from Pomona residents.  The City will advertise in local papers and on social media (City's website, and Facebook, and Twitter).  Additionally, the City will advertise on signs placed on garbage trucks in order to ensure that all residents of Pomona are aware of this program.  The City has received funding in previous cycles and has successfully collected tires.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County will hold several tire amnesty events over a large, rural geographical area over the two year grant terms in order to collect thousands of tires for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Myhrvold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County, through its Department of Resource Management, would like to conduct 8 quarterly waste tire voucher events. Each quarterly event would allow for the County to distribute a maximum of $1,600 in waste tire vouchers for a total of $12,800 over the life of the grant, to be spent on waste tire vouchers within Shasta County. In collaboration with the County, the cities of Shasta Lake and Anderson would like to also conduct 8 quarterly waste tire voucher events. The cities of Shasta Lake and Anderson would have their own staff monitor and issue vouchers within their jurisdiction. The cities would also be given $12,800 to allocate over a total of 8 quarterly events. We anticipate on collecting 13,963 tires through this voucher program.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 37</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -776,51 +776,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d368ada1a74313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57a3e75d8fc94571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca23ad8a566445c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Read4e2774e1f441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2524842419474645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36b44b3d691c43a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -868,924 +868,924 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1931.83935546875" customHeight="1" collapsed="0">
+    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>24498</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.494384765625" customHeight="1" collapsed="0">
+    <x:row ht="172.4881591796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.477294921875" customHeight="1" collapsed="0">
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>33960</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1759.35107421875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>33960</x:v>
+        <x:v>19645</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.488037109375" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-    <x:row ht="1448.872314453125" customHeight="1" collapsed="0">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>38802</x:v>
+        <x:v>33800</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.97998046875" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>37426</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="1759.35107421875" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>19645</x:v>
+        <x:v>89977</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="770.427734375" customHeight="1" collapsed="0">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2840.25830078125" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>18919</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>16444</x:v>
+        <x:v>32500</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="1724.853515625" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>33460</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="1977.845703125" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1931.83984375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>77757</x:v>
+        <x:v>24498</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>27000</x:v>
+        <x:v>27444</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-    <x:row ht="1299.400390625" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1977.8447265625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>10064</x:v>
+        <x:v>77757</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.4501953125" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="712.9423828125" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>65700</x:v>
+        <x:v>10064</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="896.91015625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>88000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1586.86328125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>24975</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>24880</x:v>
+        <x:v>65700</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-    <x:row ht="896.912109375" customHeight="1" collapsed="0">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1322.390625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>88000</x:v>
+        <x:v>30405</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="G27" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...9 lines deleted...]
-      </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>14224</x:v>
+        <x:v>24880</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.9375" customHeight="1" collapsed="0">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.947265625" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row ht="1034.900390625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
         <x:v>90000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>69570</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.462890625" customHeight="1" collapsed="0">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1448.873046875" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>89977</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-    <x:row ht="1586.861328125" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.427734375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>24975</x:v>
+        <x:v>18919</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.474609375" customHeight="1" collapsed="0">
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>27444</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.943359375" customHeight="1" collapsed="0">
+    <x:row ht="218.49609375" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>90000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.470703125" customHeight="1" collapsed="0">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.443359375" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>33800</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.482421875" customHeight="1" collapsed="0">
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>37426</x:v>
+        <x:v>38802</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.966796875" customHeight="1" collapsed="0">
+    <x:row ht="1724.85546875" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>33460</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.9453125" customHeight="1" collapsed="0">
+    <x:row ht="425.44921875" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B40" s="8" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>32500</x:v>
+        <x:v>16444</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F40" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F40" s="8" t="s">
+      <x:c r="G40" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H40" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="G40" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H40" s="8" t="s">
+    </x:row>
+    <x:row ht="149.501953125" customHeight="1" collapsed="0">
+      <x:c r="A41" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A41" s="8" t="s">
+      <x:c r="B41" s="8" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F41" s="8" t="s">
+      <x:c r="G41" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="G41" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H41" s="8" t="s">
+    </x:row>
+    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>30405</x:v>
+        <x:v>69570</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B43" s="10" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C43" s="10"/>
       <x:c r="D43" s="11" t="n">
         <x:v>1759450</x:v>
       </x:c>
@@ -1828,29 +1828,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 10:03 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>