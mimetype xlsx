--- v2 (2025-12-24)
+++ v3 (2026-01-31)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc16f324f544237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a63dfd8f2f746b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2524842419474645"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6774ca41013f4953"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Local Government Waste Tire Amnesty Grant (TA6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -776,51 +776,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Read4e2774e1f441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2524842419474645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R36b44b3d691c43a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0d160c0a244eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6774ca41013f4953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2a3af19cde0b4183" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1828,29 +1828,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 31, 2026 4:26 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>