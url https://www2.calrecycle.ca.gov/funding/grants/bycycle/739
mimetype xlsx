--- v3 (2026-01-31)
+++ v4 (2026-03-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a63dfd8f2f746b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87154c5c919f4715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6774ca41013f4953"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra3ea790a360c487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Local Government Waste Tire Amnesty Grant (TA6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -150,65 +150,50 @@
   </x:si>
   <x:si>
     <x:t>9164474806</x:t>
   </x:si>
   <x:si>
     <x:t>On behalf of Colusa, Mariposa, Sierra, and Tuolumne Counties, the Rural Counties‘ Environmental Services Joint Powers Authority (ESJPA) will administer a regional tire amnesty grant. These four Counties were participants in past regional tire amnesty grants. All participating counties plan to hold events in the Fall and Spring the grant term.  Grant funds will be monitored constantly. The numbers of tires estimated to be collected are 24,000 tires. Rural areas tend to have larger tires than urban areas (more trucks) so the cost per tire tends to be higher. All tire vendors stress that tires are sent for recycling rather than landfilling as much as feasible. The ESJPA utilized the services of the Sacramento Local Conservation Corps for the Colusa and Sierra County events under TA5 and we have discussed utilizing their services under TA6.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Wilson Fong</x:t>
   </x:si>
   <x:si>
     <x:t>6268616005</x:t>
   </x:si>
   <x:si>
     <x:t>Public Works will partner with the City of Palmdale to conduct 5-10 free waste tire collection events in the Antelope Valley and various communities.  At these events, residents will be able to drop off waste tires to be recycled into crumb rubber, civil engineering applications, or other uses.  The project is expected to collect 20,000 passenger tire equivalents.  Public Works will contract for hauling and recycling, and conducting events.
 At least two events will be held in disadvantaged communities as defined by the EnviroScreen 3.0 Map in the 71-100 percentile.  These events are planned for Hawthorne and Baldwin Park.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Amador              </x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Stanislaus          </x:t>
   </x:si>
   <x:si>
     <x:t>Stanislaus County</x:t>
   </x:si>
   <x:si>
     <x:t> Wallace Low</x:t>
   </x:si>
   <x:si>
     <x:t>2095256741</x:t>
   </x:si>
   <x:si>
     <x:t>The Department of Environmental Resources will administer the grant funding for the five cities and Stanislaus Unincorporated to hold community clean up events or to provide vouchers to residents to turn in waste tires at no cost.  County Staff will receive reimbursement requests from the participating cities and will prepare and submit reimbursement requests to CalRecycle.</x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado           </x:t>
   </x:si>
   <x:si>
     <x:t>El Dorado County</x:t>
   </x:si>
   <x:si>
     <x:t> Timothy Engle</x:t>
   </x:si>
   <x:si>
     <x:t>5306216587</x:t>
@@ -598,50 +583,65 @@
     <x:t>Siskiyou County</x:t>
   </x:si>
   <x:si>
     <x:t> Jessica Skillen</x:t>
   </x:si>
   <x:si>
     <x:t>5308428272</x:t>
   </x:si>
   <x:si>
     <x:t>Siskiyou County will hold several tire amnesty events over a large, rural geographical area over the two year grant terms in order to collect thousands of tires for recycling.</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta              </x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Myhrvold</x:t>
   </x:si>
   <x:si>
     <x:t>5302255789</x:t>
   </x:si>
   <x:si>
     <x:t>Shasta County, through its Department of Resource Management, would like to conduct 8 quarterly waste tire voucher events. Each quarterly event would allow for the County to distribute a maximum of $1,600 in waste tire vouchers for a total of $12,800 over the life of the grant, to be spent on waste tire vouchers within Shasta County. In collaboration with the County, the cities of Shasta Lake and Anderson would like to also conduct 8 quarterly waste tire voucher events. The cities of Shasta Lake and Anderson would have their own staff monitor and issue vouchers within their jurisdiction. The cities would also be given $12,800 to allocate over a total of 8 quarterly events. We anticipate on collecting 13,963 tires through this voucher program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Gardner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092236546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County will hold Tire Amnesty events 3-4 times per year for all residents of Amador County.  We may have other recycling and/or educational opportunities available at these locations simultaneously. W e have been successful in the past and there are constant requests for more free tire days.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 37</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -776,51 +776,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0d160c0a244eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6774ca41013f4953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2a3af19cde0b4183" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra829c2420bb340a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3ea790a360c487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R794789306a5f4ce5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1036,756 +1036,756 @@
     </x:row>
     <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>90000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+    <x:row ht="310.47900390625" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>33800</x:v>
+        <x:v>37426</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>37426</x:v>
+        <x:v>89977</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+    <x:row ht="2840.2578125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>89977</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2840.25830078125" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>32500</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943359375" customHeight="1" collapsed="0">
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>32500</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+    <x:row ht="1931.83984375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>24498</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H18" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>24498</x:v>
+        <x:v>27444</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+    <x:row ht="1977.845703125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>27444</x:v>
+        <x:v>77757</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1977.8447265625" customHeight="1" collapsed="0">
+    <x:row ht="1092.4150390625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>77757</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1092.416015625" customHeight="1" collapsed="0">
+    <x:row ht="1299.40234375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>10064</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="896.91015625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>10064</x:v>
+        <x:v>88000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
-    <x:row ht="896.91015625" customHeight="1" collapsed="0">
+    <x:row ht="1586.8623046875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>88000</x:v>
+        <x:v>24975</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F24" s="8" t="s">
+      <x:c r="G24" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="G24" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H24" s="8" t="s">
+    </x:row>
+    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>24975</x:v>
+        <x:v>65700</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row ht="712.94140625" customHeight="1" collapsed="0">
+    <x:row ht="1322.390625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>65700</x:v>
+        <x:v>30405</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1322.390625" customHeight="1" collapsed="0">
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B27" s="8" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>30405</x:v>
+        <x:v>24880</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+      <x:c r="G27" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+    </x:row>
+    <x:row ht="643.947265625" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>24880</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.947265625" customHeight="1" collapsed="0">
+    <x:row ht="1034.900390625" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.900390625" customHeight="1" collapsed="0">
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="G30" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+    </x:row>
+    <x:row ht="1448.873046875" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B31" s="8" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
         <x:v>40000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+      <x:c r="G31" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="G31" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H31" s="8" t="s">
+    </x:row>
+    <x:row ht="770.427734375" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B32" s="8" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>18919</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F32" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F32" s="8" t="s">
+      <x:c r="G32" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H32" s="8" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="G32" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H32" s="8" t="s">
+    </x:row>
+    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+      <x:c r="A33" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B33" s="8" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>18919</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="F33" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="F33" s="8" t="s">
+      <x:c r="G33" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="G33" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H33" s="8" t="s">
+    </x:row>
+    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+      <x:c r="A34" s="8" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>26</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>90000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.935546875" customHeight="1" collapsed="0">
+    <x:row ht="218.49609375" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
         <x:v>90000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.49609375" customHeight="1" collapsed="0">
+    <x:row ht="678.4453125" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B36" s="8" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>90000</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F36" s="8" t="s">
+      <x:c r="G36" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="G36" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H36" s="8" t="s">
+    </x:row>
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B37" s="8" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>14224</x:v>
+        <x:v>38802</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F37" s="8" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="F37" s="8" t="s">
+      <x:c r="G37" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H37" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="G37" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H37" s="8" t="s">
+    </x:row>
+    <x:row ht="1724.8515625" customHeight="1" collapsed="0">
+      <x:c r="A38" s="8" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>38802</x:v>
+        <x:v>33460</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1724.85546875" customHeight="1" collapsed="0">
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B39" s="8" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>33460</x:v>
+        <x:v>16444</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="G39" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="8" t="s">
+    </x:row>
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>16444</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.501953125" customHeight="1" collapsed="0">
+    <x:row ht="643.947265625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>27000</x:v>
+        <x:v>69570</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>69570</x:v>
+        <x:v>33800</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B43" s="10" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C43" s="10"/>
       <x:c r="D43" s="11" t="n">
         <x:v>1759450</x:v>
       </x:c>
@@ -1828,29 +1828,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 31, 2026 4:26 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 3:43 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>