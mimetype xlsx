--- v4 (2026-03-04)
+++ v5 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87154c5c919f4715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf427b9643d124ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra3ea790a360c487e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra5bd2b60894d4d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Local Government Waste Tire Amnesty Grant (TA6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -776,51 +776,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra829c2420bb340a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3ea790a360c487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R794789306a5f4ce5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd443edd7ffa64e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra5bd2b60894d4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R32bf17ee66264fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1828,29 +1828,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 3:43 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:28 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>