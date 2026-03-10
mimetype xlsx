--- v5 (2026-03-10)
+++ v6 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf427b9643d124ecb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76c73f842ac405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra5bd2b60894d4d6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3fa22c89e3a2467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Local Government Waste Tire Amnesty Grant (TA6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -776,51 +776,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd443edd7ffa64e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra5bd2b60894d4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R32bf17ee66264fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0adf70c2753d4e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3fa22c89e3a2467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfba439ca26ae4405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1828,29 +1828,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:28 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:29 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>