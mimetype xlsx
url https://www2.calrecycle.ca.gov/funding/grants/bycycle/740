--- v0 (2025-12-24)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ee5aca9dcf4614" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R709de60acb04448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2b8821d9df134a1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1a68ac2220a44e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Beverage Container Recycling Grant Program (RBC33)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -300,51 +300,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdde42465854b4312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b8821d9df134a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R159a866d062e471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755f7f2d82804c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a68ac2220a44e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R42dba4080deb41dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -577,29 +577,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:22 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>