--- v1 (2025-12-24)
+++ v2 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R709de60acb04448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7a2df3e5564202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1a68ac2220a44e1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7354263627a049ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Beverage Container Recycling Grant Program (RBC33)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -300,51 +300,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755f7f2d82804c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a68ac2220a44e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R42dba4080deb41dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86da4693f2624fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7354263627a049ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3cdf50caae884fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -577,29 +577,29 @@
       </x:c>
       <x:c r="G12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="10" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:22 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 3:55 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>