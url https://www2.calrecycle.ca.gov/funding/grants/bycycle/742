--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,980 +1,980 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7aacb23aa204b8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12f4b7e33c54963" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7039080126524bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd1cf73fb2b864da7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Local Enforcement Agency Grants (EA32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Johnston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053467348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jim Madden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Solid Waste Program is to protect public health, safety, and the environment as it relates to the operation of solid waste facilities in Santa Barbara County. The Enforcement Assistance Grant will be used to augment funds for staffing the Local Enforcement Agency which resides within the Environmental Health Services Division of the Santa Barbara County Public Health Department.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rick Dean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308412113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wendy Box</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Siskiyou County Environmental Health Division maintains an active Local Enforcement Agency Program for the purposes of protecting public health, safety and the environment with regard to solid waste facilities within our jurisdiction. The 2021-2022 grant funds will be spent on REHS staff/Environmental Health Staff salaries. REHS staff will continue to inspect and enforce applicable regulations at all active sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeffrey Marshall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618628775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding received through the Local Enforcement Agency (LEA) Grant will offset staff costs related to inspections, training, enforcement activities and over-site of the Solid Waste Program. 
+The goal of the Kern County Public Health Services Department, Environmental Health Division, as the LEA is to ensure that solid waste activities are operated in conformance with regulations of the State of California, and that the protection of public health, safety and the environment are upheld as the highest priority.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristian Lucas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renee Podris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds to be used for personnel salaries.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t> Kim Haas</x:t>
   </x:si>
   <x:si>
     <x:t>5305223859</x:t>
   </x:si>
   <x:si>
     <x:t>Phanessa Fong</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of Butte County Environmental Health regarding the solid waste program is to protect public health, safety and the environment specifically concerning solid waste facilities within our jurisdictions.  LEA Enforcement Grant funds will be used primarily to maintain inspection frequencies for non-fee supported solid waste sites (SWIS), enforcement activities including participation in LEA and CalRecycle coordination activities to assure program uniformity and compliance with applicable state regulatory requirements.  Any interest accrued will be used to cover the cost of existing solid waste program staffing.</x:t>
   </x:si>
   <x:si>
-    <x:t>Calaveras           </x:t>
-[...32 lines deleted...]
-    <x:t>Grant funds to be used for personnel salaries.</x:t>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Porter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586942801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County‘s Solid Waste Local Enforcement Agency (LEA) has a developed program to protect public health and safety and the environment that encompasses a wide variety of solid waste activities, including permitting, inspection, investigation, enforcement, regulatory streamlining, operator training, agency outreach, agency coordination and customer outreach.  Funds from the EA32 grant would be used by San Diego County's LEA to enhance the LEA program by providing funds to purchase additional and updated equipment, computer equipment and software, office equipment and supplies, perform equipment maintenance and calibration, for training, personnel costs, hiring outside professionals, reference materials, communications equipment, professional memberships, laboratory services, health and safety equipment and medical monitoring for staff.</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte County</x:t>
   </x:si>
   <x:si>
     <x:t>Miss Heidi Kunstal</x:t>
   </x:si>
   <x:si>
     <x:t>7074647254</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte County uses the grant funds for personnel costs and transportation costs related to administering the Del Norte LEA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Natalia Subbotnikova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094680338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the San Joaquin County Environmental Health Department Solid Waste Program is to protect public health, safety, and environment with regard to solid waste facilities within our jurisdiction. The San Joaquin County Environmental Health Department intends to use the FY 2021-2022 LEA grant funds for new safety, field and the office equipment; medical monitoring (annual check-up and tests for enforcement staff who perform inspection at solid waste facilities); staff training; and facility inspection. Any interest earned will be spent on copy machine lease.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Holloway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Placer County LEA will use grant funds to augment staff funding to allow the solid waste program staff to spend additional time on unfunded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities. The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Evelyn De Mello</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309936778</x:t>
+  </x:si>
+  <x:si>
+    <x:t> With one FTE Environmental Health Specialist and one extra help Environmental Health Specialist, Sierra County currently has one (1) closing landfill and five (5) operating transfer stations that are permitted and inspected. In addition, there are thirteen (13) closed/ inactive/ abandoned (CIA) sites that are also inspected. These solid waste facilities are located throughout an area covering approximately 1,000 square miles. In addition to the regulated facilities, the Environment Health Specialist is also required to respond to solid waste complaints. The Local Enforcement Agency is charged with the responsibility to "...assure that solid, liquid, and hazardous waste are collected, treated, handled, and reclaimed or recycled in such a manner as to prevent the spread of pollution of waters, the creation of nuisances of safety hazards, and the environmental degradation of any kind." (Sierra County Health Services Plan, (1994/95). The Environmental Health Specialist is responsible for performing tasks directly related to solid waste facility permitting and inspections as well as accomplish all the duties encompassed by the Environmental Health Plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Craig Wetherbee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072631164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant will be used to finance PERSONNEL (Administrative Services and Field Staff salary).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sandi Salas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519558980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County LEA will use the grant funds to augment staff funding to allow the solid waste program staff to spend additional time on unfunded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities.  The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Vincent Capelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269398830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect the health, safety, and environment with regard to the solid waste facility in the City's jurisdiction, namely BKK landfill. The City of West Covina intends to use the 2021-22 LEA Grant Fund to supplement their LEA Solid Waste Program for grant eligible expenses including contractual waste management enforcement/inspection services, staff training, and office supplies.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Mendoza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105676730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of Alameda County Local Enforcement Agency (LEA) is to protect the public health and the environment with regards to solid waste activities in our jurisdiction. Alameda County LEA intends to use FY2021-22 EA Grant 32 funds to support a portion of salaries of staff directly involved with the Solid Waste Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Michelle Opalenik</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092236439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health and the environment.  The Amador County Environmental Health Department intends to use the grant dollars FY 2021-2022 to fund the solid waste program inspections, inspector and administration salaries, REHS training, processing and issuing of solid waste permits, compliance investigations, any associated office and field equipment and any other solid waste activities to ensure program objectives are met.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Elizabeth Cardona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317961265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Enforcement Agency Grant Program EA32 funds will supplement personnel, training, equipment, supplies, and other program-related costs of operating the Monterey County's Solid Waste Management Services. Grant monies will be used to achieve the following goals: 
+1. To inspect and monitor all regulated solid waste facilities at required frequencies.
+2. To enhance program efficiently by increasing specialists' knowledge and capacity through key training opportunities. 
+3. To ensure safety and effectiveness while enforcing solid waste statues and regulations by providing staff with the necessary tools and equipment to carry out program activities.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Sukhdeep Sidhu</x:t>
   </x:si>
   <x:si>
     <x:t>5596003271</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the solid waste program is to promote compliance with State and Local regulations as it 
 pertains to the collection, handling, storage and disposal of residential, commercial and industrial waste in an effort to protect the air, water, and land from pollution and to ensure public health, safety and the environment. The Fresno County Department of Public Health, Environmental Health Division, 
 intends to utilize the FY 2021-22 Enforcement Grant funds for staffing needs directly related to 
 the County of Fresno Enforcement Program. Remaining grant funds will be utilized to attend 
 training to maintain program certification, fund office expenses, and purchase and maintain 
 equipment.</x:t>
   </x:si>
   <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba-Sutter County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Clark Pickell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307495450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reimburse of personnel costs at the applied labor rate for solid waste inspection and enforcement for the following jurisdictions: City of Live Oak, City of Marysville, City of Wheatland, City of Yuba City, Sutter County and Yuba County.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Glenn               </x:t>
   </x:si>
   <x:si>
     <x:t>Glenn County</x:t>
   </x:si>
   <x:si>
     <x:t> Kevin Backus</x:t>
   </x:si>
   <x:si>
     <x:t>5309346102</x:t>
   </x:si>
   <x:si>
     <x:t>The enforcement assistance grant will be utilized to directly support the Glenn County Local Enforcement Agency in inspecting and monitoring the Glenn County Landfill, Transfer Station and other solid waste inspection and permitting activities. The grants funds will be maintained in a separate account within the Glenn County Planning and Community Development Services Agency budget, as required in the Enforcement Assistance Grants Program Financial Control Mechanisms document. Expenditures will be divided between equipment, training, professional and consulting services and LEA staff salaries.</x:t>
   </x:si>
   <x:si>
-    <x:t>Humboldt            </x:t>
-[...59 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Nancy Williams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the El Dorado County solid waste program is to protect public health, safety, and the
+environment with regard to solid waste facilities within our jurisdiction.  El Dorado County intends to use FY 2019-2020 Local Enforcement Agency grant monies to compensate Placer County for performance of solid waste permitting and enforcement activities within El Dorado County. This arrangement between neighboring counties is sought to effect cost efficiency while avoiding potential conflict of interest. Any interest earned will also be used to compensate Placer County for performance of solid waste permitting and enforcement activities within El Dorado County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nanci Biendarra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192366007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the City of San Diego Solid Waste Local Enforcement Agency (LEA) is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. The LEA intends to use EA32 grant funds for medical monitoring, personnel cost, and equipment for enforcement staff to perform inspections at solid waste facilities. Grant funds will supplement the LEA’s existing solid waste facilities permit and inspection programs, including training and equipment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Dexter Marr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The solid Waste Grant funds will be used to support the County’s Solid Waste Program LEA staff by acquiring field equipment, personal protective equipment and other equipment’s and/or supplies needed to perform solid waste permitting and inspection duties.  The Grant will also provide continuous ongoing training of solid waste regulations, technology, and enforcement necessary to effectively administer the County’s Solid Waste Program to protect public health, safety and the environment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pittsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laura Wright</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252524114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Pittsburg LEA will use the funds for inspection and enforcement of all types of solid waste facilities, outreach, training, and enforcement issues.  The funds will also be used for purchase and support of computers, software, electronics and other monitoring equipment.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Andy Kao</x:t>
   </x:si>
   <x:si>
     <x:t>2132523967</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Wendy Box</x:t>
   </x:si>
   <x:si>
     <x:t>The LEA is applying for the 2021-2022 Enforcement Assistance Grant to further assist our program in reinforcing its goal and achieve efficiency.  
 The LEA would like to use part of the grant for a consultant contract, which is primarily utilized for engineering review of Reports of Facility Information, closure plans, and other technical documents.  The LEA would like to use the remainder for staff attendance of conferences and associated travel, office supplies, professional certification and membership fees and field and safety equipment and its maintenance.</x:t>
   </x:si>
   <x:si>
-    <x:t>Marin               </x:t>
-[...342 lines deleted...]
-  <x:si>
     <x:t>Sunshine Canyon Landfill</x:t>
   </x:si>
   <x:si>
     <x:t> Megan Lee</x:t>
   </x:si>
   <x:si>
     <x:t>2132523344</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of our solid waste program is to protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction.
 The Sunshine Canyon Landfill Local Enforcement Agency intends to use EA 32 FY 2021-2022 LEA grant funds for new safety and field equipment, staff attendance of conferences and associated travel, office supplies, professional certification and membership fees, and field equipment and its maintenance.</x:t>
-  </x:si>
-[...59 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the City of San Diego Solid Waste Local Enforcement Agency (LEA) is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. The LEA intends to use EA32 grant funds for medical monitoring, personnel cost, and equipment for enforcement staff to perform inspections at solid waste facilities. Grant funds will supplement the LEA’s existing solid waste facilities permit and inspection programs, including training and equipment.</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo County</x:t>
   </x:si>
   <x:si>
     <x:t> Milen Ortega</x:t>
   </x:si>
   <x:si>
     <x:t>6503726254</x:t>
   </x:si>
   <x:si>
     <x:t>EA32 funds will be used for:
 1. Staffing and Training.
 2. Expenses  related to hosting round table and other solid waste meetings.
 3. Equipment maintenance and equipment needs such as instrument calibration, computers, cameras, etc.
 4. Vehicle mileage and travel expenses.
 5. Staffing and miscellaneous expenses such as safety gear.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Vernon</x:t>
-[...110 lines deleted...]
-    <x:t>LEA Grant will be used to off-set personnel costs.</x:t>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Fahrudin Zulcic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the program is to protect public health and safety and the environment of the residents of Los Angeles County with respect to solid waste related issues within the LEA's jurisdiction.  The Local Enforcement Grant funds will be used for the management of the grant and associated inspection and enforcement action. It will also be used to provide technical training to staff on permitting, inspection and enforcement.  In addition, the funds can provide assistance in the purchase of personal protective equipment, methane gas equipment, inspection supplies and additional field equipment for inspectors. Funds can also provide solid waste educational materials as needed during outreach and education and membership and subscription to professional solid waste associations. Funds will also be used to contract outside technical experts or consultants for more complex solid waste issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Roberts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4085357719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The goal of the Local Enforcement Agency (LEA) Program is to protect public health, safety and the environment with regard to the effects of solid waste at recycling, waste handling facilities, and illegal disposal (blight, etc.) sites. The City of San Jose Department of Planning, Building and Code Enforcement Code Enforcement Division intends to use the LEA EA32 Grant Funding for the ongoing duties and responsibilities of permitting, inspecting, and enforcement of permitted Solid Waste Facilities. To adequately fulfill the duties of the LEA the following are needed: consulting services, staff
+training and related travel costs, continuing education (REHS) and professional memberships (CEHA, NEHA, etc.), and maintenance and/or upgrade of equipment. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kuljeet Mundi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304580883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used to cover the cost of staffing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Peter Ex</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Napa County Solid Waste Local Enforcement Agency is to protect the public health, safety, and the environment with regard to all solid waste facilities and operations within Napa County. 
+Napa County intends to use the FY 2021-22 LEA Grant funds for the purpose of assisting personnel salary associated within the solid waste facility inspection and permitting program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carolyn Hawkins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072682239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our certified LEA regulates 62 solid waste handling sites (operations, facilities, closed landfills and closed burn dumps). We will use EA 32 grant funds to augment the revenue we receive from additional sources (annual inspection fees, project review fees and a portion of the fee to dispose of waste generated within Humboldt County). We anticipate using these funds primarily for staff salaries.</x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County</x:t>
   </x:si>
   <x:si>
     <x:t> Christine Sosko</x:t>
   </x:si>
   <x:si>
     <x:t>7075656521</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of Sonoma County's Solid Waste program is to protect public health, public safety and the environment with regard to solid waste facilities within our jurisdiction.
 Sonoma County's Department of Health Services, Public Health Division, Environmental Health &amp; Safety Section intends to use fiscal year 2021/22 Local Enforcement Agency (LEA) grant funds for REHS salaries assigned to the LEA program.</x:t>
   </x:si>
   <x:si>
-    <x:t>El Dorado           </x:t>
-[...12 lines deleted...]
-environment with regard to solid waste facilities within our jurisdiction.  El Dorado County intends to use FY 2019-2020 Local Enforcement Agency grant monies to compensate Placer County for performance of solid waste permitting and enforcement activities within El Dorado County. This arrangement between neighboring counties is sought to effect cost efficiency while avoiding potential conflict of interest. Any interest earned will also be used to compensate Placer County for performance of solid waste permitting and enforcement activities within El Dorado County.</x:t>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerrold Oser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608737866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. Inyo County's Environmental Health Department intends to use FY 2021-22 LEA grant funds to perform inspections.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This grant will be used to properly carry out all LEA requirements by providing LEA staff with proper equipment and training for the protection of public health, safety and the environment.</x:t>
   </x:si>
   <x:si>
     <x:t>Alpine              </x:t>
   </x:si>
   <x:si>
     <x:t>Alpine County</x:t>
   </x:si>
   <x:si>
     <x:t> Dennis Lampson</x:t>
   </x:si>
   <x:si>
     <x:t>5306942235</x:t>
   </x:si>
   <x:si>
     <x:t> Funds will be used for inspections, permitting and enforcement activities at solid waste facilities in Alpine County.</x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey            </x:t>
-[...14 lines deleted...]
-3. To ensure safety and effectiveness while enforcing solid waste statues and regulations by providing staff with the necessary tools and equipment to carry out program activities.</x:t>
+    <x:t>Modoc               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modoc County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Warren Farnam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302336310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds and interest earned will be used to assist with funding the LEA program labor cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Greg Pirie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Grant funds will support the inspection and enforcement program of the Solid Waste Local Enforcement Agency in Marin County.  The LEA carries out the work described in the PRC and CCR Titles 14 and 27 at the active landfill, active transfer station, numerous closed landfills, and active composting operations.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ernest Dragan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056626520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County EHD/LEA intends to use EA32 awarded grant funds for the following: for LEA staff training necessary to maintain State certification; for the procurement of equipment necessary to perform LEA duties and fulfill LEA roles; for the calibration and maintenance of equipment as needed; to update or upgrade LEA computer equipment; and to facilitate activities carried out during the course LEA inspection and enforcement activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gary Leonard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072346649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA Program - staff salaries.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul McCarty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. Shasta County’s Environmental Health Division intends to use FY 2021–22 LEA grant funds to perform inspections and ensure facilities maintain compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Amy Irani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302651464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Nevada County Department of Environmental Health solid waste LEA program, active for more than twenty years, continues to be dedicated to the protection of public health, safety and the environment by ensuring the appropriate management and disposal of solid waste within our jurisdiction.
+The Nevada County Department of Environmental Health as the LEA intends to utilize EA 32 funds for the continued enhancement of the CIA disposal site program, support for unrecoverable solid waste enforcement and investigation costs, training of LEA REHS staff via conferences and/or seminars and support of personnel costs related to LEA activities per approved CalRecycle methodology.</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity             </x:t>
   </x:si>
   <x:si>
     <x:t>Trinity County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Kristalynne Anderson</x:t>
   </x:si>
   <x:si>
     <x:t>5306231459</x:t>
   </x:si>
   <x:si>
     <x:t>To cover salary and other expenses for compliance/enforcement inspections for the LEA program, in Trinity County.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...23 lines deleted...]
-    <x:t>The Riverside County LEA will use the grant funds to augment staff funding to allow the solid waste program staff to spend additional time on unfunded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities.  The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Bell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA grant funds to be used for personnel expenditures, supporting the LEA staff that is responsible for the inspection and enforcement program at permitted solid waste facilities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diane Robarge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097420953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our Solid Waste Program is to protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction.
+Funds obtained from the grant program will be used to support the Local Enforcement Agency‘s (LEA) ability to inspect, permit and monitor the landfill and compost facility. These funds will be set up in a separate interest bearing account and appropriate records will be maintained. Any interest earned will be used to enhance Personnel costs.
+The Solid Waste Program in Mariposa County continues to benefit from enforcement training workshops/seminars offered by the CalRecycle and other worthwhile organizations. These training sessions assist in the standardization of LEA functions and provide opportunity to network with other jurisdictions.
+Additionally, the LEA Program will continue the inspections of closed, illegal, and abandoned sites throughout the County. Additionally, the LEA will be assisting (and permitting) tree debris operations to facilitate the proper handling of the dead trees as part of the declared state of emergency.</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare              </x:t>
   </x:si>
   <x:si>
     <x:t>Tulare County</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Ben Mitchell</x:t>
   </x:si>
   <x:si>
     <x:t>5596248037</x:t>
   </x:si>
   <x:si>
     <x:t>Tulare County will use FY 21-22 Local Enforcement Agency Funds to benefit its program regulating solid waste processing and disposal activities. Funds will provide partial funding for a Registered Environmental Health Specialist to perform routine facility inspections, process permit applications, and respond to solid waste complaints.</x:t>
   </x:si>
   <x:si>
-    <x:t>Amador              </x:t>
-[...11 lines deleted...]
-    <x:t>The goal of our solid waste program is to protect public health and the environment.  The Amador County Environmental Health Department intends to use the grant dollars FY 2021-2022 to fund the solid waste program inspections, inspector and administration salaries, REHS training, processing and issuing of solid waste permits, compliance investigations, any associated office and field equipment and any other solid waste activities to ensure program objectives are met.</x:t>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jianmin Huang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5606668646</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yolo County Department of Community Services intends to use FY2021-2022 LEA grant funds for training, conference expenses, vehicle maintenance, staff time that is not reimbursable by fees and to purchase and maintain equiment necessary to perform inspections</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vernon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Veronica Petrosyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235838811</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The goal of the City of Vernon Health and Environmental Control Department is to maintain a strong solid waste management program and to protect the environment with regards to solid waste facilities within the city's jurisdiction. The City of Vernon Health and Environmental Control Department intends to use the funds from the FY 2021-2022 LEA Grant EA32 to improve the effectiveness of compliance and enforcement measures of the solid waste program, facilitate solid waste educational and collaborative events for stakeholders, participate in solid waste training sessions to build program capacity as well as purchase equipment for the program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louis Molina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609241845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Totality of grant funds received will be applied towards personnel costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Chandler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302518528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. Lassen County’s Environmental Health Department intends to use FY 2021–22 LEA grant funds for personnel expenses directly related to the administration of the Local Enforcement Agency program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Troy Hommerding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598522627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant monies will be used for personnel costs, equipment, and training to provide solid waste enforcement services within Kings County, California.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rochelle Gaddi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089183449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the solid waste program is to protect public health, safety, and the environment with regard to the safe storage, transport and disposal of solid waste within our jurisdiction. The County of Santa Clara Department of Environmental Health intends to use FY 2021/2022 LEA grant funds for activities directly related to implementation and administration costs of the solid waste facilities permit and inspection programs as outlined in the procedures and requirements and application guidelines for this grant. This may include, but not be limited to, new safety and computer equipment, medical monitoring (annual check-up and tests for enforcement staff who perform inspections at solid waste facilities, personnel costs, and maintenance on vehicles assigned to the LEA Solid Waste Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mayra Barcenas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093875170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: San Bernardino County, Department of Public Health, Environmental Health Services intends to use FY 2021/2022 LEA Grant (EA32) funds to supplement the local enforcement agency program budget for personnel costs. .</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hany Benjamin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The LEA's goal is to regulate the proper collection, storage, and disposal or residential, commercial, and industrial solid waste in an effort to protect public health, safety, and the environment. This is accomplished by inspections, education, and enforcement activities. Grant funds will be used towards REHS salary to perform inspections and investigate complaints, training, maintaining computer equipment, software and copy machine, purchasing safety equipment, and vehicle maintenance and fuel costs. Any interest earned will be used for inspections and vehicle fuel.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Haupt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165910932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA Grant will be used to off-set personnel costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Robinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety and the environment. The LEA grant funds will be used for staff to attend technical and regulatory training/workshops; contract for technical and legal services; purchase field equipment and safety gear/supplies; fuel and maintenance for solid waste vehicles; and a portion of supervisor or staff salary.</x:t>
   </x:si>
   <x:si>
     <x:t>Plumas              </x:t>
   </x:si>
   <x:si>
     <x:t>Plumas County</x:t>
   </x:si>
   <x:si>
     <x:t> Shireen Germann</x:t>
   </x:si>
   <x:si>
     <x:t>5302836356</x:t>
   </x:si>
   <x:si>
     <x:t>LEA Program Personnel</x:t>
   </x:si>
   <x:si>
-    <x:t>Imperial            </x:t>
-[...11 lines deleted...]
-    <x:t> This grant will be used to properly carry out all LEA requirements by providing LEA staff with proper equipment and training for the protection of public health, safety and the environment.</x:t>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608877011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: LEA staff salaries
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andres Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093857686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solid Waste Enforcement Agency activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tia Branton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the solid waste program is to protect public health, safety and the environment with regard to solid waste facilities in Tehama County. Tehama County Department of Environmental Health intends to use FY 2021-22 LEA Grant funds for new safety and computer equipment, maintenance on vehicles assigned to the solid waste program and for staffing, training within the state.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 59</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1109,51 +1109,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d804b967dc47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7039080126524bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdb31f019b0b04359" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63632887f8554b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1cf73fb2b864da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6c7ca92f04164fcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1201,1461 +1201,1461 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.44256591796875" customHeight="1" collapsed="0">
+    <x:row ht="356.45669555664063" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>18719</x:v>
+        <x:v>24486</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+    <x:row ht="436.96060180664063" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>19895</x:v>
+        <x:v>16219</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.0062255859375" customHeight="1" collapsed="0">
+    <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>25081</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.0015869140625" customHeight="1" collapsed="0">
+    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>15644</x:v>
+        <x:v>25081</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>32</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.442626953125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>28816</x:v>
+        <x:v>18719</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4454345703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>15658</x:v>
+        <x:v>37135</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001708984375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>18657</x:v>
+        <x:v>15644</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.974853515625" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>17421</x:v>
+        <x:v>24967</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>19253</x:v>
+        <x:v>23701</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1034.901123046875" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>17490</x:v>
+        <x:v>15022</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>59145</x:v>
+        <x:v>17270</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.976318359375" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>18144</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.90576171875" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>16499</x:v>
+        <x:v>15718</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="22.9892578125" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>18808</x:v>
+        <x:v>32829</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46337890625" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>15983</x:v>
+        <x:v>16173</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.486328125" customHeight="1" collapsed="0">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.93994140625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>16468</x:v>
+        <x:v>23954</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>18696</x:v>
+        <x:v>28816</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
-    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>17042</x:v>
+        <x:v>34429</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
-    <x:row ht="229.974609375" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>15962</x:v>
+        <x:v>15658</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.97607421875" customHeight="1" collapsed="0">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>23701</x:v>
+        <x:v>16309</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-    <x:row ht="747.43994140625" customHeight="1" collapsed="0">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>30826</x:v>
+        <x:v>27901</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.45654296875" customHeight="1" collapsed="0">
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>24486</x:v>
+        <x:v>17907</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row ht="689.95263671875" customHeight="1" collapsed="0">
+    <x:row ht="229.9755859375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>26231</x:v>
+        <x:v>15962</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+    <x:row ht="505.955078125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>18501</x:v>
+        <x:v>59145</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+      <x:c r="G29" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="G29" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H29" s="8" t="s">
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>15022</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="G30" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+    </x:row>
+    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="G30" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H30" s="8" t="s">
+      <x:c r="B31" s="8" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>16219</x:v>
+        <x:v>22532</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="G31" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B32" s="8" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>21653</x:v>
+        <x:v>76668</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.4384765625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>16359</x:v>
+        <x:v>30826</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>152</x:v>
-[...2 lines deleted...]
-    <x:row ht="91.984375" customHeight="1" collapsed="0">
+        <x:v>149</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>16290</x:v>
+        <x:v>16066</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="G34" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H34" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A35" s="8" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="G34" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H34" s="8" t="s">
+      <x:c r="B35" s="8" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>23462</x:v>
+        <x:v>18696</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="G35" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F35" s="8" t="s">
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="G35" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H35" s="8" t="s">
+      <x:c r="B36" s="8" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>15718</x:v>
+        <x:v>18657</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F36" s="8" t="s">
+      <x:c r="G36" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="G36" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H36" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
         <x:v>165</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A37" s="8" t="s">
+      <x:c r="B37" s="8" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>19714</x:v>
+        <x:v>24305</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F37" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="F37" s="8" t="s">
+      <x:c r="G37" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H37" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="G37" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H37" s="8" t="s">
+    </x:row>
+    <x:row ht="229.9755859375" customHeight="1" collapsed="0">
+      <x:c r="A38" s="8" t="s">
         <x:v>170</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A38" s="8" t="s">
+      <x:c r="B38" s="8" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>16066</x:v>
+        <x:v>17421</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="F38" s="8" t="s">
+      <x:c r="G38" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="G38" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="8" t="s">
+    </x:row>
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A39" s="8" t="s">
+      <x:c r="B39" s="8" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>34429</x:v>
+        <x:v>20868</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="G39" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="8" t="s">
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>15459</x:v>
+        <x:v>15018</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>17270</x:v>
+        <x:v>15983</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>18756</x:v>
+        <x:v>18144</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>34525</x:v>
+        <x:v>23462</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+    <x:row ht="22.98828125" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>27901</x:v>
+        <x:v>18808</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+    <x:row ht="252.9931640625" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>22532</x:v>
+        <x:v>18501</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
-    <x:row ht="574.9521484375" customHeight="1" collapsed="0">
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>15461</x:v>
+        <x:v>17042</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>213</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+        <x:v>214</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4931640625" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>53635</x:v>
+        <x:v>16010</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
-        <x:v>218</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.4638671875" customHeight="1" collapsed="0">
+        <x:v>219</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>24967</x:v>
+        <x:v>21653</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
-        <x:v>223</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>200</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>37135</x:v>
+        <x:v>16499</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
-        <x:v>227</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4501953125" customHeight="1" collapsed="0">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B50" s="8" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>17907</x:v>
+        <x:v>25136</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F50" s="8" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G50" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H50" s="8" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.982421875" customHeight="1" collapsed="0">
+        <x:v>234</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.990234375" customHeight="1" collapsed="0">
       <x:c r="A51" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B51" s="8" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>32829</x:v>
+        <x:v>19714</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F51" s="8" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
-        <x:v>237</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+        <x:v>239</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A52" s="8" t="s">
-        <x:v>238</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>45813</x:v>
+        <x:v>15461</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
-        <x:v>242</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+        <x:v>243</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.48828125" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>31959</x:v>
+        <x:v>16468</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
-        <x:v>247</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>24305</x:v>
+        <x:v>17490</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
-        <x:v>252</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.443359375" customHeight="1" collapsed="0">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B55" s="8" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>16309</x:v>
+        <x:v>19253</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F55" s="8" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G55" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H55" s="8" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.4921875" customHeight="1" collapsed="0">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.951171875" customHeight="1" collapsed="0">
       <x:c r="A56" s="8" t="s">
-        <x:v>258</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>15018</x:v>
+        <x:v>26231</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
-    <x:row ht="597.94140625" customHeight="1" collapsed="0">
+    <x:row ht="275.982421875" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>23954</x:v>
+        <x:v>53635</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.4921875" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>16010</x:v>
+        <x:v>19895</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B59" s="8" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>76668</x:v>
+        <x:v>31959</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F59" s="8" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
-        <x:v>276</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>277</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A60" s="8" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B60" s="8" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C60" s="8"/>
       <x:c r="D60" s="9" t="n">
-        <x:v>44392</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="E60" s="8" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F60" s="8" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G60" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H60" s="8" t="s">
-        <x:v>281</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.96875" customHeight="1" collapsed="0">
+        <x:v>282</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.990234375" customHeight="1" collapsed="0">
       <x:c r="A61" s="8" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B61" s="8" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C61" s="8"/>
       <x:c r="D61" s="9" t="n">
-        <x:v>25136</x:v>
+        <x:v>16960</x:v>
       </x:c>
       <x:c r="E61" s="8" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F61" s="8" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G61" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H61" s="8" t="s">
-        <x:v>286</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46484375" customHeight="1" collapsed="0">
+        <x:v>287</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.982421875" customHeight="1" collapsed="0">
       <x:c r="A62" s="8" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B62" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C62" s="8"/>
       <x:c r="D62" s="9" t="n">
-        <x:v>16173</x:v>
+        <x:v>16290</x:v>
       </x:c>
       <x:c r="E62" s="8" t="s">
-        <x:v>289</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F62" s="8" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="G62" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H62" s="8" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
-    <x:row ht="22.98828125" customHeight="1" collapsed="0">
+    <x:row ht="46.0078125" customHeight="1" collapsed="0">
       <x:c r="A63" s="8" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B63" s="8" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C63" s="8"/>
       <x:c r="D63" s="9" t="n">
-        <x:v>16960</x:v>
+        <x:v>18756</x:v>
       </x:c>
       <x:c r="E63" s="8" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="F63" s="8" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="G63" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H63" s="8" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A64" s="8" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B64" s="8" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C64" s="8"/>
       <x:c r="D64" s="9" t="n">
-        <x:v>20868</x:v>
+        <x:v>16359</x:v>
       </x:c>
       <x:c r="E64" s="8" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="F64" s="8" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="G64" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H64" s="8" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A65" s="10" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B65" s="10" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C65" s="10"/>
       <x:c r="D65" s="11" t="n">
         <x:v>1404000</x:v>
       </x:c>
       <x:c r="E65" s="10" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="F65" s="10" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="G65" s="10" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -2711,29 +2711,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>