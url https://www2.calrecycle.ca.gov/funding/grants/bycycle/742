--- v1 (2025-12-24)
+++ v2 (2026-03-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12f4b7e33c54963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10cbb1b382be46b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd1cf73fb2b864da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2111422a41cf4e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Local Enforcement Agency Grants (EA32)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1109,51 +1109,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63632887f8554b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1cf73fb2b864da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6c7ca92f04164fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77caa3c7caf04378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2111422a41cf4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb46a4687099e42e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2711,29 +2711,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 3, 2026 2:06 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>