--- v0 (2025-12-07)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d5599db08a4e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59095635234e4911" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rad1a3e24fd44413b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4029a496708b47a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Household Hazardous Waste Discretionary Grants (HD37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -536,51 +536,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a7c5d90163463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad1a3e24fd44413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R297239ef210a4031" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra77c6d25a6114b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4029a496708b47a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red956070bc5b41f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1188,29 +1188,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 3:26 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>