--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59095635234e4911" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957ea23a71cc4073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4029a496708b47a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R02fb94fc1aca4cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Household Hazardous Waste Discretionary Grants (HD37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -536,51 +536,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra77c6d25a6114b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4029a496708b47a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red956070bc5b41f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4bbb5f2d252440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02fb94fc1aca4cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R320c4b124ea64bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1188,29 +1188,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:53 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>