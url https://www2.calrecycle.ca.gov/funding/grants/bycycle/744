--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957ea23a71cc4073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337ddeafadf441b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R02fb94fc1aca4cb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0af2abeec67f4c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Household Hazardous Waste Discretionary Grants (HD37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -536,51 +536,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4bbb5f2d252440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R02fb94fc1aca4cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R320c4b124ea64bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54515233e8e049d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0af2abeec67f4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1f91aee6bf3a4284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1188,29 +1188,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:53 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:13 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>