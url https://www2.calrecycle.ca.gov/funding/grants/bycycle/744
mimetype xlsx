--- v3 (2025-12-24)
+++ v4 (2026-01-20)
@@ -1,407 +1,407 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337ddeafadf441b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4caf4d08854e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0af2abeec67f4c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ref3873bb7d014e5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Household Hazardous Waste Discretionary Grants (HD37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Valerie Meza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308792353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County in partnership with the City of Biggs and the City of Gridley, will promote our respective HHW facilities with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (propane cylinders, Fluorescent bulbs) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christy Serrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will promote our HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management, specifically propane cylinders.  This will include specific materials often mishandled in the waste stream (propane cylinders and general HHW) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Cerveny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665165</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This grant request is to provide one-day HHW collection events to Mariposa County residents at two locations.  Residents are provided the opportunity for dropping off universal wastes and used oil and filters at the County landfill and the Don Pedro Transfer Station during routine operating hours.  Architectural paint drop-off at a local hardware store in Mariposa is also available.   These wastes account for the majority of HHW available.  Collection of other HHW is limited due to limited funds available.  In addition, the grant will provide the annual HAZWOPER training for County solid waste staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This grant will support Paradise's current HHW education program by expanding the Town's education and outreach efforts with ongoing social media and T.V. PSA's aimed at increasing public awareness on local disposal options and proper transportation techniques for HHW items. 
+As a result of the Camp Fire Paradise was forced to close our award winning HHW facility and Reuse Center due to a lack of population and associated trash rates to support the facility. As we continue to rebuild our community it is important that we continue to educate our community about the HHW resources available throughout Butte County so that our population can continue to be informed and active participants in our efforts to reduce waste and protect the environment.  
+Providing Paradise with the needed funds to develop and broadcast local community T.V. ads focused on highlighting what infrastructure is available and the proper protocols for disposal and transportation is a vital to assure that the Paradise community continues to have quality up to date information as they move forward with rebuilding their homes and businesses.
+Specifically grant funds will be used to produce 2 T.V. commercials that will then be aired continuously for one year. Remaining funds will go toward personnel to develop the commercials and manage the grant, and to general overhead administrative costs associated with the project.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carrie Baxter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168787413</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The proposed project entails updating and printing 15,000 hazardous waste program brochures to replace the current brochure stock; installing a new outdoor water supply on the east side of the HHW Facility building with interior shut-off equipment; and, replacing a portion of the concrete paving on the west side of the HHW Facility building.  The grant projects also include purchasing replacement and additional personal protection equipment (e.g., gloves, masks and lab coats) during the grant period.  Grant project management and grant administration will also be provided.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jordan Lane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> SLO County IWMA will promote our Cold Canyon HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (general HHW, 1 lb propane cylinders, and other product types) as well as basic facility information, including days and hours of operation, common HHW materials accepted, and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Contra Costa Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Reka Abraham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106091216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeremy Xiong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project: HHW education and outreach projects to help guide residents toward proper disposal of marine flares and encourage them to use reusables; multiple one day marine flare collection and exchange events; recruit retailers to sell LED marine flares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites and decrease improper disposal of HHW in the City. In order to reach the 73,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>San Diego County</x:t>
   </x:si>
   <x:si>
     <x:t> Melissa Porter</x:t>
   </x:si>
   <x:si>
     <x:t>8586942801</x:t>
   </x:si>
   <x:si>
     <x:t>Matthew Fong</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego County, Department of Environmental Health and Quality proposes to utilize HD37 grant funds to sponsor two small to medium sized, one-day household hazardous waste (HHW) collection events in under served areas of the unincorporated County.  The events are proposed for the rural / mountainous area of Warner Springs (approximately 30 miles from the County's permanent facility in Ramona) and the outlying east county community of Pine Valley, which is over 40 miles from the permanent facility in Ramona.  The Warner Springs event will draw in residents from the surrounding areas of Sunshine Summit, Santa Ysabel, Julian and possibly Borrego Springs.  The Pine Valley event is expected to draw residents from Alpine, Descanso and possibly as far away as Campo.  These events are expected to serve approximately 100 and 350 residents, respectively.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tehama              </x:t>
-[...82 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County Integrated Waste Management Regional Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318010718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Agency projects will include one mobile HHW collection event in an underserved community and ongoing HHW collection public education and outreach to San Benito County residents. Additionally, we will use grant funds on efforts to expand local retail take-back and producer responsibility collection programs (specifically for lithium-ion batteries and fluorescent lights) and educational programs and incentives that reduce residential HHW disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Cap Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608735577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will primarily focus on facility improvements to the four permanent Household Hazardous Waste Facilities in Inyo County including installation of a concrete pad and Awning in front of the storage lockers at each site. Shelving, bins and personal protection equipment will also be purchase.  Funds will also partially fund collection and management of collected HHW.  All work is expected to be complete by September 2022 for the first progress reporting.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Francisca Mandujano</x:t>
   </x:si>
   <x:si>
     <x:t>6264583585</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
     <x:t> Los Angeles County Public Works and the Los Angeles County Sanitation Districts propose a 
 multi-language public education and outreach campaign to educate residents of the 
 importance of proper disposal of household hazardous and electronic waste (HHW/E-waste) 
 and encourage the use of refillable 1 lb. propane cylinders rather than disposable cylinders.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...29 lines deleted...]
-    <x:t>This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites and decrease improper disposal of HHW in the City. In order to reach the 73,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Ross</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305281103</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The Tehama County Solid Waste Management Agency will use grant funds to complete minor facility improvements and promote HHW collection events in the community. These projects need to be completed in order to increase public awareness of HHW disposal options available to them and ensure that the Agency can continue to provide safe and environmentally sound HHW disposal options to the public.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Fire Protection District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alejandra Rojas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093825503</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The San Bernardino County Household Hazardous Waste (HHW) Division is proposing a small improvement project that will resurface approximately 6,440 square feet of asphalt for the Lucerne Valley HHW collection facility. The current asphalt has a large wide crack that is 46 feet and 4 inches in width across the property. This crack is a safety hazard for staff working at the site. Additionally, because of the size of the cracked asphalt, the facility is potentially in violation of hazardous waste laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302657038</x:t>
+  </x:si>
+  <x:si>
+    <x:t> We will promote our HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (specifically 1 lb propane cylinders, fluorescent bulbs, and general HHW) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joline Davidson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306215308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will promote our HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (specifically 1 lb propane cylinders and general HHW) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. NARCISA UNTAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rio Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Borre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073746451</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The City hosts two household hazardous waste events each year.  The set schedule is the fourth Saturday of April and October. The total cost of the events consist of $31,500 for all hazardous waste besides batteries and light bulbs.  The City needs additional funding for the collection of household batteries and light bulbs.  These costs have exceeded $15,000 per event.  Additionally, our event participation has steadily increased since we started holding events again in 2019.  Due to our very rural location, it is very difficult for our residents to properly dispose of these materials without the events.  The event in October 2020 had 419 households bring materials and the event in April 2021 had 486 households participate.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaitlyn Haberlin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058823603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to support battery recycling education, knowledge sharing, and awareness-raising campaigns. These campaigns will revolve around the following ideas; how to recycle batteries, including both rechargeable and single-use batteries both in residential and commercial settings; locations throughout Santa Barbara County that accept batteries for recycling; and the risks associated with incorrect disposal of rechargeable and single-use batteries, such as fire, health, and safety risks. 
+The County of Santa Barbara and partnering agencies offer several opportunities to recycle batteries that are free to residents. The goals of our projected outreach campaigns are to raise awareness of these recycling options and share knowledge with residents on the benefits of battery recycling.
+Grant funds would support both print, television, radio, and online advertisements with local news agencies. Grant funds will also help with the initial creation of graphics and videos. These digital materials will be able to be reused, creating a recognizable campaign to build positive recycling habits in the future.</x:t>
   </x:si>
   <x:si>
     <x:t>San Francisco       </x:t>
   </x:si>
   <x:si>
     <x:t>City and County of San Francisco</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Maggie Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>4153553700</x:t>
   </x:si>
   <x:si>
     <x:t>Jayme Tesser</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project, the Life Transitions Outreach Campaign, will connect San Francisco residents who are in transition - moving homes, clearing out the home of an elderly or deceased resident, or preparing for the birth of a child, with information on San Francisco's programs for safe disposal of household hazardous waste. Unbranded creative artwork and a media tool-kit for the campaign will be created and made available to other California jurisdictions.</x:t>
   </x:si>
   <x:si>
-    <x:t>Town of Paradise</x:t>
-[...152 lines deleted...]
-    <x:t> The proposed project entails updating and printing 15,000 hazardous waste program brochures to replace the current brochure stock; installing a new outdoor water supply on the east side of the HHW Facility building with interior shut-off equipment; and, replacing a portion of the concrete paving on the west side of the HHW Facility building.  The grant projects also include purchasing replacement and additional personal protection equipment (e.g., gloves, masks and lab coats) during the grant period.  Grant project management and grant administration will also be provided.</x:t>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Talia Richardson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309346530</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -536,51 +536,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54515233e8e049d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0af2abeec67f4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1f91aee6bf3a4284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4d67a159814ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref3873bb7d014e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd17c6f151fe14ae0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -628,552 +628,552 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.92596435546875" customHeight="1" collapsed="0">
+    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+    <x:row ht="402.4630126953125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>61200</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="988.9228515625" customHeight="1" collapsed="0">
+    <x:row ht="1299.401611328125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>33800</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="494.447021484375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>15000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="747.439453125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.43896484375" customHeight="1" collapsed="0">
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
+    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>33800</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="620.9580078125" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="988.921875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+    <x:row ht="471.458984375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>1500000</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -1188,29 +1188,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:13 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 7:48 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>