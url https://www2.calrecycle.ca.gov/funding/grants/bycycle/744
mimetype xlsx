--- v4 (2026-01-20)
+++ v5 (2026-03-05)
@@ -1,407 +1,407 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4caf4d08854e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e803bb41074854" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ref3873bb7d014e5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra9e17b2a7ea3446f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Household Hazardous Waste Discretionary Grants (HD37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Porter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586942801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matthew Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County, Department of Environmental Health and Quality proposes to utilize HD37 grant funds to sponsor two small to medium sized, one-day household hazardous waste (HHW) collection events in under served areas of the unincorporated County.  The events are proposed for the rural / mountainous area of Warner Springs (approximately 30 miles from the County's permanent facility in Ramona) and the outlying east county community of Pine Valley, which is over 40 miles from the permanent facility in Ramona.  The Warner Springs event will draw in residents from the surrounding areas of Sunshine Summit, Santa Ysabel, Julian and possibly Borrego Springs.  The Pine Valley event is expected to draw residents from Alpine, Descanso and possibly as far away as Campo.  These events are expected to serve approximately 100 and 350 residents, respectively.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Ross</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305281103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The Tehama County Solid Waste Management Agency will use grant funds to complete minor facility improvements and promote HHW collection events in the community. These projects need to be completed in order to increase public awareness of HHW disposal options available to them and ensure that the Agency can continue to provide safe and environmentally sound HHW disposal options to the public.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Cerveny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665165</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This grant request is to provide one-day HHW collection events to Mariposa County residents at two locations.  Residents are provided the opportunity for dropping off universal wastes and used oil and filters at the County landfill and the Don Pedro Transfer Station during routine operating hours.  Architectural paint drop-off at a local hardware store in Mariposa is also available.   These wastes account for the majority of HHW available.  Collection of other HHW is limited due to limited funds available.  In addition, the grant will provide the annual HAZWOPER training for County solid waste staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaitlyn Haberlin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058823603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to support battery recycling education, knowledge sharing, and awareness-raising campaigns. These campaigns will revolve around the following ideas; how to recycle batteries, including both rechargeable and single-use batteries both in residential and commercial settings; locations throughout Santa Barbara County that accept batteries for recycling; and the risks associated with incorrect disposal of rechargeable and single-use batteries, such as fire, health, and safety risks. 
+The County of Santa Barbara and partnering agencies offer several opportunities to recycle batteries that are free to residents. The goals of our projected outreach campaigns are to raise awareness of these recycling options and share knowledge with residents on the benefits of battery recycling.
+Grant funds would support both print, television, radio, and online advertisements with local news agencies. Grant funds will also help with the initial creation of graphics and videos. These digital materials will be able to be reused, creating a recognizable campaign to build positive recycling habits in the future.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Talia Richardson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309346530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will promote our HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (specifically 1 lb propane cylinders and general HHW) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Fire Protection District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alejandra Rojas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093825503</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The San Bernardino County Household Hazardous Waste (HHW) Division is proposing a small improvement project that will resurface approximately 6,440 square feet of asphalt for the Lucerne Valley HHW collection facility. The current asphalt has a large wide crack that is 46 feet and 4 inches in width across the property. This crack is a safety hazard for staff working at the site. Additionally, because of the size of the cracked asphalt, the facility is potentially in violation of hazardous waste laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francisca Mandujano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264583585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Los Angeles County Public Works and the Los Angeles County Sanitation Districts propose a 
+multi-language public education and outreach campaign to educate residents of the 
+importance of proper disposal of household hazardous and electronic waste (HHW/E-waste) 
+and encourage the use of refillable 1 lb. propane cylinders rather than disposable cylinders.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Valerie Meza</x:t>
   </x:si>
   <x:si>
     <x:t>5308792353</x:t>
   </x:si>
   <x:si>
-    <x:t>Akemi Myers</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Butte County in partnership with the City of Biggs and the City of Gridley, will promote our respective HHW facilities with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (propane cylinders, Fluorescent bulbs) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
-[...29 lines deleted...]
-    <x:t> This grant request is to provide one-day HHW collection events to Mariposa County residents at two locations.  Residents are provided the opportunity for dropping off universal wastes and used oil and filters at the County landfill and the Don Pedro Transfer Station during routine operating hours.  Architectural paint drop-off at a local hardware store in Mariposa is also available.   These wastes account for the majority of HHW available.  Collection of other HHW is limited due to limited funds available.  In addition, the grant will provide the annual HAZWOPER training for County solid waste staff.</x:t>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites and decrease improper disposal of HHW in the City. In order to reach the 73,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City and County of San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Maggie Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153553700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project, the Life Transitions Outreach Campaign, will connect San Francisco residents who are in transition - moving homes, clearing out the home of an elderly or deceased resident, or preparing for the birth of a child, with information on San Francisco's programs for safe disposal of household hazardous waste. Unbranded creative artwork and a media tool-kit for the campaign will be created and made available to other California jurisdictions.</x:t>
   </x:si>
   <x:si>
     <x:t>Town of Paradise</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Arbuckle</x:t>
   </x:si>
   <x:si>
     <x:t>5306247947</x:t>
   </x:si>
   <x:si>
     <x:t> This grant will support Paradise's current HHW education program by expanding the Town's education and outreach efforts with ongoing social media and T.V. PSA's aimed at increasing public awareness on local disposal options and proper transportation techniques for HHW items. 
 As a result of the Camp Fire Paradise was forced to close our award winning HHW facility and Reuse Center due to a lack of population and associated trash rates to support the facility. As we continue to rebuild our community it is important that we continue to educate our community about the HHW resources available throughout Butte County so that our population can continue to be informed and active participants in our efforts to reduce waste and protect the environment.  
 Providing Paradise with the needed funds to develop and broadcast local community T.V. ads focused on highlighting what infrastructure is available and the proper protocols for disposal and transportation is a vital to assure that the Paradise community continues to have quality up to date information as they move forward with rebuilding their homes and businesses.
 Specifically grant funds will be used to produce 2 T.V. commercials that will then be aired continuously for one year. Remaining funds will go toward personnel to develop the commercials and manage the grant, and to general overhead administrative costs associated with the project.</x:t>
   </x:si>
   <x:si>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Cap Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608735577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will primarily focus on facility improvements to the four permanent Household Hazardous Waste Facilities in Inyo County including installation of a concrete pad and Awning in front of the storage lockers at each site. Shelving, bins and personal protection equipment will also be purchase.  Funds will also partially fund collection and management of collected HHW.  All work is expected to be complete by September 2022 for the first progress reporting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. NARCISA UNTAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rio Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Borre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073746451</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The City hosts two household hazardous waste events each year.  The set schedule is the fourth Saturday of April and October. The total cost of the events consist of $31,500 for all hazardous waste besides batteries and light bulbs.  The City needs additional funding for the collection of household batteries and light bulbs.  These costs have exceeded $15,000 per event.  Additionally, our event participation has steadily increased since we started holding events again in 2019.  Due to our very rural location, it is very difficult for our residents to properly dispose of these materials without the events.  The event in October 2020 had 419 households bring materials and the event in April 2021 had 486 households participate.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christy Serrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will promote our HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management, specifically propane cylinders.  This will include specific materials often mishandled in the waste stream (propane cylinders and general HHW) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joline Davidson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306215308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Contra Costa Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Reka Abraham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106091216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeremy Xiong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project: HHW education and outreach projects to help guide residents toward proper disposal of marine flares and encourage them to use reusables; multiple one day marine flare collection and exchange events; recruit retailers to sell LED marine flares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jordan Lane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815952</x:t>
+  </x:si>
+  <x:si>
+    <x:t> SLO County IWMA will promote our Cold Canyon HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (general HHW, 1 lb propane cylinders, and other product types) as well as basic facility information, including days and hours of operation, common HHW materials accepted, and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302657038</x:t>
+  </x:si>
+  <x:si>
+    <x:t> We will promote our HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (specifically 1 lb propane cylinders, fluorescent bulbs, and general HHW) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County Integrated Waste Management Regional Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318010718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Agency projects will include one mobile HHW collection event in an underserved community and ongoing HHW collection public education and outreach to San Benito County residents. Additionally, we will use grant funds on efforts to expand local retail take-back and producer responsibility collection programs (specifically for lithium-ion batteries and fluorescent lights) and educational programs and incentives that reduce residential HHW disposal.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yuba                </x:t>
   </x:si>
   <x:si>
     <x:t>Regional Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Carrie Baxter</x:t>
   </x:si>
   <x:si>
     <x:t>9168787413</x:t>
   </x:si>
   <x:si>
     <x:t> The proposed project entails updating and printing 15,000 hazardous waste program brochures to replace the current brochure stock; installing a new outdoor water supply on the east side of the HHW Facility building with interior shut-off equipment; and, replacing a portion of the concrete paving on the west side of the HHW Facility building.  The grant projects also include purchasing replacement and additional personal protection equipment (e.g., gloves, masks and lab coats) during the grant period.  Grant project management and grant administration will also be provided.</x:t>
-  </x:si>
-[...246 lines deleted...]
-    <x:t>5309346530</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -536,51 +536,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4d67a159814ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref3873bb7d014e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd17c6f151fe14ae0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5294b644e9574e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra9e17b2a7ea3446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfec26f60a0b34ac1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -628,552 +628,552 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
+    <x:row ht="804.92596435546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.4630126953125" customHeight="1" collapsed="0">
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>61200</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1299.401611328125" customHeight="1" collapsed="0">
+    <x:row ht="988.9228515625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>33800</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447021484375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.473876953125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="747.439453125" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+    <x:row ht="747.43896484375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
+    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>33800</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>15000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+      <x:c r="G19" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="988.921875" customHeight="1" collapsed="0">
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.458984375" customHeight="1" collapsed="0">
+    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A26" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>1500000</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -1188,29 +1188,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 7:48 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 7:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>