--- v5 (2026-03-05)
+++ v6 (2026-03-09)
@@ -1,407 +1,407 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e803bb41074854" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2d79dd9aea04f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra9e17b2a7ea3446f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R58fbda876ea14af2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Household Hazardous Waste Discretionary Grants (HD37)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Valerie Meza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308792353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County in partnership with the City of Biggs and the City of Gridley, will promote our respective HHW facilities with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (propane cylinders, Fluorescent bulbs) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christy Serrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will promote our HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management, specifically propane cylinders.  This will include specific materials often mishandled in the waste stream (propane cylinders and general HHW) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Cerveny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665165</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This grant request is to provide one-day HHW collection events to Mariposa County residents at two locations.  Residents are provided the opportunity for dropping off universal wastes and used oil and filters at the County landfill and the Don Pedro Transfer Station during routine operating hours.  Architectural paint drop-off at a local hardware store in Mariposa is also available.   These wastes account for the majority of HHW available.  Collection of other HHW is limited due to limited funds available.  In addition, the grant will provide the annual HAZWOPER training for County solid waste staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Paradise</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This grant will support Paradise's current HHW education program by expanding the Town's education and outreach efforts with ongoing social media and T.V. PSA's aimed at increasing public awareness on local disposal options and proper transportation techniques for HHW items. 
+As a result of the Camp Fire Paradise was forced to close our award winning HHW facility and Reuse Center due to a lack of population and associated trash rates to support the facility. As we continue to rebuild our community it is important that we continue to educate our community about the HHW resources available throughout Butte County so that our population can continue to be informed and active participants in our efforts to reduce waste and protect the environment.  
+Providing Paradise with the needed funds to develop and broadcast local community T.V. ads focused on highlighting what infrastructure is available and the proper protocols for disposal and transportation is a vital to assure that the Paradise community continues to have quality up to date information as they move forward with rebuilding their homes and businesses.
+Specifically grant funds will be used to produce 2 T.V. commercials that will then be aired continuously for one year. Remaining funds will go toward personnel to develop the commercials and manage the grant, and to general overhead administrative costs associated with the project.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carrie Baxter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168787413</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The proposed project entails updating and printing 15,000 hazardous waste program brochures to replace the current brochure stock; installing a new outdoor water supply on the east side of the HHW Facility building with interior shut-off equipment; and, replacing a portion of the concrete paving on the west side of the HHW Facility building.  The grant projects also include purchasing replacement and additional personal protection equipment (e.g., gloves, masks and lab coats) during the grant period.  Grant project management and grant administration will also be provided.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jordan Lane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> SLO County IWMA will promote our Cold Canyon HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (general HHW, 1 lb propane cylinders, and other product types) as well as basic facility information, including days and hours of operation, common HHW materials accepted, and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Contra Costa Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Reka Abraham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106091216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeremy Xiong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project: HHW education and outreach projects to help guide residents toward proper disposal of marine flares and encourage them to use reusables; multiple one day marine flare collection and exchange events; recruit retailers to sell LED marine flares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites and decrease improper disposal of HHW in the City. In order to reach the 73,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>San Diego County</x:t>
   </x:si>
   <x:si>
     <x:t> Melissa Porter</x:t>
   </x:si>
   <x:si>
     <x:t>8586942801</x:t>
   </x:si>
   <x:si>
     <x:t>Matthew Fong</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego County, Department of Environmental Health and Quality proposes to utilize HD37 grant funds to sponsor two small to medium sized, one-day household hazardous waste (HHW) collection events in under served areas of the unincorporated County.  The events are proposed for the rural / mountainous area of Warner Springs (approximately 30 miles from the County's permanent facility in Ramona) and the outlying east county community of Pine Valley, which is over 40 miles from the permanent facility in Ramona.  The Warner Springs event will draw in residents from the surrounding areas of Sunshine Summit, Santa Ysabel, Julian and possibly Borrego Springs.  The Pine Valley event is expected to draw residents from Alpine, Descanso and possibly as far away as Campo.  These events are expected to serve approximately 100 and 350 residents, respectively.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tehama              </x:t>
-[...82 lines deleted...]
-    <x:t>Los Angeles         </x:t>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County Integrated Waste Management Regional Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318010718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Agency projects will include one mobile HHW collection event in an underserved community and ongoing HHW collection public education and outreach to San Benito County residents. Additionally, we will use grant funds on efforts to expand local retail take-back and producer responsibility collection programs (specifically for lithium-ion batteries and fluorescent lights) and educational programs and incentives that reduce residential HHW disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Cap Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608735577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will primarily focus on facility improvements to the four permanent Household Hazardous Waste Facilities in Inyo County including installation of a concrete pad and Awning in front of the storage lockers at each site. Shelving, bins and personal protection equipment will also be purchase.  Funds will also partially fund collection and management of collected HHW.  All work is expected to be complete by September 2022 for the first progress reporting.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County</x:t>
   </x:si>
   <x:si>
     <x:t> Francisca Mandujano</x:t>
   </x:si>
   <x:si>
     <x:t>6264583585</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
     <x:t> Los Angeles County Public Works and the Los Angeles County Sanitation Districts propose a 
 multi-language public education and outreach campaign to educate residents of the 
 importance of proper disposal of household hazardous and electronic waste (HHW/E-waste) 
 and encourage the use of refillable 1 lb. propane cylinders rather than disposable cylinders.</x:t>
   </x:si>
   <x:si>
-    <x:t>Butte               </x:t>
-[...29 lines deleted...]
-    <x:t>This project will educate City of Rancho Cordova residents of the available permanent HHW collection sites in order to increase usage of those sites and decrease improper disposal of HHW in the City. In order to reach the 73,000+ residents of the City, we will use multiple outreach methods that will mutually reinforce each other yet be tailored to effectively reach the City’s diverse population. Outreach tasks will include door hangers, bill inserts, newspaper advertising, and social media. We will augment these outreach tasks with relevant City-connected web platforms. The residents of Rancho Cordova have four permanent facilities in the region available for them to dispose of HHW: The Kiefer Landfill, The North Area Recovery Station (NARS), the Sacramento Recycling and Transfer Station, and the Special Waste Collection Center in Elk Grove.</x:t>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Ross</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305281103</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The Tehama County Solid Waste Management Agency will use grant funds to complete minor facility improvements and promote HHW collection events in the community. These projects need to be completed in order to increase public awareness of HHW disposal options available to them and ensure that the Agency can continue to provide safe and environmentally sound HHW disposal options to the public.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Fire Protection District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alejandra Rojas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093825503</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The San Bernardino County Household Hazardous Waste (HHW) Division is proposing a small improvement project that will resurface approximately 6,440 square feet of asphalt for the Lucerne Valley HHW collection facility. The current asphalt has a large wide crack that is 46 feet and 4 inches in width across the property. This crack is a safety hazard for staff working at the site. Additionally, because of the size of the cracked asphalt, the facility is potentially in violation of hazardous waste laws and regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302657038</x:t>
+  </x:si>
+  <x:si>
+    <x:t> We will promote our HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (specifically 1 lb propane cylinders, fluorescent bulbs, and general HHW) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joline Davidson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306215308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will promote our HHW facility with a multi-media public education campaign to inform the public of the best practices of HHW management.  This will include specific materials often mishandled in the waste stream (specifically 1 lb propane cylinders and general HHW) as well as basic facility information, including days and hours of operation, common HHW materials accepted and options for reuse of these materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. NARCISA UNTAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rio Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Borre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073746451</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The City hosts two household hazardous waste events each year.  The set schedule is the fourth Saturday of April and October. The total cost of the events consist of $31,500 for all hazardous waste besides batteries and light bulbs.  The City needs additional funding for the collection of household batteries and light bulbs.  These costs have exceeded $15,000 per event.  Additionally, our event participation has steadily increased since we started holding events again in 2019.  Due to our very rural location, it is very difficult for our residents to properly dispose of these materials without the events.  The event in October 2020 had 419 households bring materials and the event in April 2021 had 486 households participate.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaitlyn Haberlin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058823603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to support battery recycling education, knowledge sharing, and awareness-raising campaigns. These campaigns will revolve around the following ideas; how to recycle batteries, including both rechargeable and single-use batteries both in residential and commercial settings; locations throughout Santa Barbara County that accept batteries for recycling; and the risks associated with incorrect disposal of rechargeable and single-use batteries, such as fire, health, and safety risks. 
+The County of Santa Barbara and partnering agencies offer several opportunities to recycle batteries that are free to residents. The goals of our projected outreach campaigns are to raise awareness of these recycling options and share knowledge with residents on the benefits of battery recycling.
+Grant funds would support both print, television, radio, and online advertisements with local news agencies. Grant funds will also help with the initial creation of graphics and videos. These digital materials will be able to be reused, creating a recognizable campaign to build positive recycling habits in the future.</x:t>
   </x:si>
   <x:si>
     <x:t>San Francisco       </x:t>
   </x:si>
   <x:si>
     <x:t>City and County of San Francisco</x:t>
   </x:si>
   <x:si>
     <x:t>Ms Maggie Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>4153553700</x:t>
   </x:si>
   <x:si>
     <x:t>Jayme Tesser</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project, the Life Transitions Outreach Campaign, will connect San Francisco residents who are in transition - moving homes, clearing out the home of an elderly or deceased resident, or preparing for the birth of a child, with information on San Francisco's programs for safe disposal of household hazardous waste. Unbranded creative artwork and a media tool-kit for the campaign will be created and made available to other California jurisdictions.</x:t>
   </x:si>
   <x:si>
-    <x:t>Town of Paradise</x:t>
-[...152 lines deleted...]
-    <x:t> The proposed project entails updating and printing 15,000 hazardous waste program brochures to replace the current brochure stock; installing a new outdoor water supply on the east side of the HHW Facility building with interior shut-off equipment; and, replacing a portion of the concrete paving on the west side of the HHW Facility building.  The grant projects also include purchasing replacement and additional personal protection equipment (e.g., gloves, masks and lab coats) during the grant period.  Grant project management and grant administration will also be provided.</x:t>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Talia Richardson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309346530</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 21</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -536,51 +536,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5294b644e9574e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra9e17b2a7ea3446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfec26f60a0b34ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84e3ec77e2644c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R58fbda876ea14af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7e18a8263a6d48fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -628,552 +628,552 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.92596435546875" customHeight="1" collapsed="0">
+    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+    <x:row ht="402.4630126953125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>61200</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="988.9228515625" customHeight="1" collapsed="0">
+    <x:row ht="1299.401611328125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>33800</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="494.447021484375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>37</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>15000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="275.981201171875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
+      <x:c r="H12" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="747.439453125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+      <x:c r="G13" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.43896484375" customHeight="1" collapsed="0">
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45849609375" customHeight="1" collapsed="0">
+    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>33800</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>40000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="G18" s="8" t="s">
-[...6 lines deleted...]
-    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="459.94970703125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+    </x:row>
+    <x:row ht="620.9580078125" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+    <x:row ht="988.921875" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row ht="390.9541015625" customHeight="1" collapsed="0">
+    <x:row ht="471.458984375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B27" s="10" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="10"/>
       <x:c r="D27" s="11" t="n">
         <x:v>1500000</x:v>
       </x:c>
       <x:c r="E27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H27" s="10" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -1188,29 +1188,29 @@
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 5, 2026 7:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>