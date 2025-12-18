--- v0 (2025-12-12)
+++ v1 (2025-12-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413feb227d0f4f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73ce7827bd384ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9034ac98f2a14e83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R19a8a60b20dd47df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Tire Derived Product Grants (TDP20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -287,51 +287,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R215a5fc35b694705" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9034ac98f2a14e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf1c1024022194184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc2a0f3112324e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R19a8a60b20dd47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdbf41c8b70074a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -539,29 +539,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 12, 2025 12:15 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:12 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>