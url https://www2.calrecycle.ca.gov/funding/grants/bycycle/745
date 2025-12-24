--- v1 (2025-12-18)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73ce7827bd384ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3741cabf8db444f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R19a8a60b20dd47df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1106c7f312144e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Tire Derived Product Grants (TDP20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -287,51 +287,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc2a0f3112324e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R19a8a60b20dd47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdbf41c8b70074a39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6976f018c82242be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1106c7f312144e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R018d53e8edab4d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -539,29 +539,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 9:12 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>