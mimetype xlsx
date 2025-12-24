--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3741cabf8db444f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4db4220a9054e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1106c7f312144e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R401fc582231549e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Tire Derived Product Grants (TDP20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -287,51 +287,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6976f018c82242be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1106c7f312144e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R018d53e8edab4d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6023807b3404430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R401fc582231549e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3417a0e9f6d4ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -539,29 +539,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:55 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>