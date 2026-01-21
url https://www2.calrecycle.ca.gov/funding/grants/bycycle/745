--- v3 (2025-12-24)
+++ v4 (2026-01-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4db4220a9054e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf901804d6c224572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R401fc582231549e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8e4aeae1d7f442a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Tire Derived Product Grants (TDP20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -287,51 +287,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6023807b3404430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R401fc582231549e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3417a0e9f6d4ddc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85023b3dbe04f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8e4aeae1d7f442a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R60df0d1d98f4492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -539,29 +539,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:55 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 10:20 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>