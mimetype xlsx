--- v4 (2026-01-21)
+++ v5 (2026-02-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf901804d6c224572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7adf3f6856044045" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8e4aeae1d7f442a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5188e39341224dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Tire Derived Product Grants (TDP20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -287,51 +287,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85023b3dbe04f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8e4aeae1d7f442a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R60df0d1d98f4492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83dc77d4fd0246c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5188e39341224dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1947cd53aedf4430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -539,29 +539,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 20, 2026 10:20 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 12, 2026 2:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>