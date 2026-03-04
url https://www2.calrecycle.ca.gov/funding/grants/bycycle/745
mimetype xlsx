--- v5 (2026-02-12)
+++ v6 (2026-03-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7adf3f6856044045" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70261b175f04f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5188e39341224dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6db48f140e404dff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Tire Derived Product Grants (TDP20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -287,51 +287,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83dc77d4fd0246c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5188e39341224dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1947cd53aedf4430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b46a1c319a5467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6db48f140e404dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9262976a3acb4b37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -539,29 +539,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 12, 2026 2:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 3:43 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>