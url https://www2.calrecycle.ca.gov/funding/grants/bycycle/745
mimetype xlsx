--- v6 (2026-03-04)
+++ v7 (2026-03-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70261b175f04f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff431a4adba47da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6db48f140e404dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rabb9bc3a2d2047ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Tire Derived Product Grants (TDP20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -287,51 +287,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b46a1c319a5467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6db48f140e404dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9262976a3acb4b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3948c33ed7744cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rabb9bc3a2d2047ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a0c35b308d04243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -539,29 +539,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 3:43 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 7:55 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>