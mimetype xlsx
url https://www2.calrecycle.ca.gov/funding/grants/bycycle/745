--- v7 (2026-03-06)
+++ v8 (2026-03-09)
@@ -1,158 +1,158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff431a4adba47da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247633809be64cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rabb9bc3a2d2047ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8eaf41dfbfca4808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Tire Derived Product Grants (TDP20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Needles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rainie Torrance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603262115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City proposed project is to install an 8,000sf (1600' length x 8' Wide) recycled tired walking/bike path through Jack Smith Park. The city recognizes the best opportunity to meet the needs of the community is to improve recreational access for residents is through park recreational opportunities and renovations/improvements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mendota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Jennifer Lekumberry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596553291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Mendota desires to beautify several blighted areas in the city with rubber mulch from California-generated waste tires processed in California and manufactured into a final product in California for our disadvantaged community. Our projects will include land entry way into the city, a newly constructed roundabout on Bass and Barboza, a side-scape next to McCabe Elementary School and landscaping at Rojas-Pierce Park, the baseball diamond and City Hall. This beautification project will significantly divert 446,000 pounds of recycled tires.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino City Unified School District</x:t>
   </x:si>
   <x:si>
     <x:t> Thomas Candelaria</x:t>
   </x:si>
   <x:si>
     <x:t>9093816100</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Noel Davis</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Southern California has recently come out of one of the worst droughts in regional history and the San Bernardino City Unified School District (SBCUSD)
 is aware of our responsibility to be good stewards of our limited natural resources. To that end, the District will leverage CalRecycle's Tire Derived Product grant funding to install drought mitigation landscaping at six school sites. When complete, the projects propose to use 399,989 lbs. of rubber mulch yielding 33,332 tires from the landfill.
 The Tire Derived product will be purchased from an approved vendor and be used as weed barriers, planters, and mulch to improve groundwater retention for native plants. The SBCUSD is located in Southern California's Inland Empire in a valley at the foot of the San Bernardino Mountains. This area is arid and experiences extreme heat in the summer months, leading to rapid evaporation from school site landscapes. The TDP program offered by CalRecycle will allow the State's 8th largest school district to install decorative and functional ground material to mitigate evaporation and decrease water use at selected sites.</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Shafter</x:t>
   </x:si>
   <x:si>
     <x:t> Michael James</x:t>
   </x:si>
   <x:si>
     <x:t>6617465002</x:t>
   </x:si>
   <x:si>
     <x:t>Purchase qualified tire-derived landscaping mulch, weed control, walkways, tree well, miscellaneous products to enhance a planned transit and electric vehicle charging station parking lot development located at an existing City park.  In addition to facilitating transit and ride-sharing, the parking lot will eliminate one-half of the ornamental grass at the park and promote the use of tire-derived products at a public facility.
 The project site, Stringham Park, is an existing park within an urbanized area of the City.  The City's urban area, established within the 93263 zip code, has a reported median household income of $45, 854 per the U.S. Census Bureau, which is less than 80% of the median household income reported for the State of California (approximately $60,000).</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Needles</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Imperial Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Eric Minicilli</x:t>
   </x:si>
   <x:si>
     <x:t>6196281369</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Imperial Beach is home to approximately 27,315 people, nestled in San Diego’s South Bay area, is located 14 miles south of San Diego. The City has undergone severe cuts to the 2020/2021 budget, as a result of the ongoing economic recession and COVID-19 pandemic. 24.7% of residents live below the poverty level and the unemployment rate in 10%, both of which are above the the national average. To reduce cost and maximize environmental preferable purchasing, the City of Imperial Beach chose to renovate an existing landscaped open space located adjacent to City Hall, located at 825 Imperial Beach Boulevard, Imperial Beach. To accomplish this goal, the project will replace the current ground cover and replaced with rubber mulch. The benefits of the rubber mulch are: 1. Environmentally friendly (100% recycled material), 2. Material does not deteriorate, 3. Material has the pleasant, welcoming, natural look of wood or rock, 4. Material is fade resistant, 5. Heavier than conventional mulch, 7. Weather resistant and will tolerate rain and beach climate environments. Thus far, the City has invested the following resources to transform the space ensure the project, once complete, will be suitable for the community and meet environmental preferable purchasing standards. 
 Southwest Boulder and Stone– Material for “City Hall Garden” - $568.99 – DG &amp; flagstone.
 Old Fashioned Lumber – City Hall Pocket Park table &amp; bench - $2,700.00 – Down payment; working with vendor. Outdoor Creations – City Hall Pocket Park trash &amp; recycle - $2,593.56 – Purchased and in the yard.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Mendota desires to beautify several blighted areas in the city with rubber mulch from California-generated waste tires processed in California and manufactured into a final product in California for our disadvantaged community. Our projects will include land entry way into the city, a newly constructed roundabout on Bass and Barboza, a side-scape next to McCabe Elementary School and landscaping at Rojas-Pierce Park, the baseball diamond and City Hall. This beautification project will significantly divert 446,000 pounds of recycled tires.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -287,51 +287,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3948c33ed7744cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rabb9bc3a2d2047ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8a0c35b308d04243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra106f5f1677a40de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8eaf41dfbfca4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ed5caf8c6d84e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -379,156 +379,156 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>149999</x:v>
+        <x:v>18335</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
+    <x:row ht="563.4425048828125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>33332</x:v>
+        <x:v>149783</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>18335</x:v>
+        <x:v>149999</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1402.89453125" customHeight="1" collapsed="0">
+    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>47916</x:v>
+        <x:v>33332</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
+    <x:row ht="1402.89453125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>149783</x:v>
+        <x:v>47916</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>399365</x:v>
       </x:c>
@@ -539,29 +539,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 7:55 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>