--- v8 (2026-03-09)
+++ v9 (2026-03-10)
@@ -1,158 +1,158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247633809be64cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6610b06a791487c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8eaf41dfbfca4808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0dbb16684fc8421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Tire Derived Product Grants (TDP20)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Needles</x:t>
-[...5 lines deleted...]
-    <x:t>7603262115</x:t>
+    <x:t>San Bernardino City Unified School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thomas Candelaria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093816100</x:t>
   </x:si>
   <x:si>
     <x:t>Noel Davis</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>9093816100</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Southern California has recently come out of one of the worst droughts in regional history and the San Bernardino City Unified School District (SBCUSD)
 is aware of our responsibility to be good stewards of our limited natural resources. To that end, the District will leverage CalRecycle's Tire Derived Product grant funding to install drought mitigation landscaping at six school sites. When complete, the projects propose to use 399,989 lbs. of rubber mulch yielding 33,332 tires from the landfill.
 The Tire Derived product will be purchased from an approved vendor and be used as weed barriers, planters, and mulch to improve groundwater retention for native plants. The SBCUSD is located in Southern California's Inland Empire in a valley at the foot of the San Bernardino Mountains. This area is arid and experiences extreme heat in the summer months, leading to rapid evaporation from school site landscapes. The TDP program offered by CalRecycle will allow the State's 8th largest school district to install decorative and functional ground material to mitigate evaporation and decrease water use at selected sites.</x:t>
   </x:si>
   <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Shafter</x:t>
   </x:si>
   <x:si>
     <x:t> Michael James</x:t>
   </x:si>
   <x:si>
     <x:t>6617465002</x:t>
   </x:si>
   <x:si>
     <x:t>Purchase qualified tire-derived landscaping mulch, weed control, walkways, tree well, miscellaneous products to enhance a planned transit and electric vehicle charging station parking lot development located at an existing City park.  In addition to facilitating transit and ride-sharing, the parking lot will eliminate one-half of the ornamental grass at the park and promote the use of tire-derived products at a public facility.
 The project site, Stringham Park, is an existing park within an urbanized area of the City.  The City's urban area, established within the 93263 zip code, has a reported median household income of $45, 854 per the U.S. Census Bureau, which is less than 80% of the median household income reported for the State of California (approximately $60,000).</x:t>
   </x:si>
   <x:si>
+    <x:t>City of Needles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rainie Torrance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603262115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City proposed project is to install an 8,000sf (1600' length x 8' Wide) recycled tired walking/bike path through Jack Smith Park. The city recognizes the best opportunity to meet the needs of the community is to improve recreational access for residents is through park recreational opportunities and renovations/improvements.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Imperial Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Eric Minicilli</x:t>
   </x:si>
   <x:si>
     <x:t>6196281369</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Imperial Beach is home to approximately 27,315 people, nestled in San Diego’s South Bay area, is located 14 miles south of San Diego. The City has undergone severe cuts to the 2020/2021 budget, as a result of the ongoing economic recession and COVID-19 pandemic. 24.7% of residents live below the poverty level and the unemployment rate in 10%, both of which are above the the national average. To reduce cost and maximize environmental preferable purchasing, the City of Imperial Beach chose to renovate an existing landscaped open space located adjacent to City Hall, located at 825 Imperial Beach Boulevard, Imperial Beach. To accomplish this goal, the project will replace the current ground cover and replaced with rubber mulch. The benefits of the rubber mulch are: 1. Environmentally friendly (100% recycled material), 2. Material does not deteriorate, 3. Material has the pleasant, welcoming, natural look of wood or rock, 4. Material is fade resistant, 5. Heavier than conventional mulch, 7. Weather resistant and will tolerate rain and beach climate environments. Thus far, the City has invested the following resources to transform the space ensure the project, once complete, will be suitable for the community and meet environmental preferable purchasing standards. 
 Southwest Boulder and Stone– Material for “City Hall Garden” - $568.99 – DG &amp; flagstone.
 Old Fashioned Lumber – City Hall Pocket Park table &amp; bench - $2,700.00 – Down payment; working with vendor. Outdoor Creations – City Hall Pocket Park trash &amp; recycle - $2,593.56 – Purchased and in the yard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mendota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Jennifer Lekumberry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596553291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Mendota desires to beautify several blighted areas in the city with rubber mulch from California-generated waste tires processed in California and manufactured into a final product in California for our disadvantaged community. Our projects will include land entry way into the city, a newly constructed roundabout on Bass and Barboza, a side-scape next to McCabe Elementary School and landscaping at Rojas-Pierce Park, the baseball diamond and City Hall. This beautification project will significantly divert 446,000 pounds of recycled tires.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -287,51 +287,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra106f5f1677a40de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8eaf41dfbfca4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ed5caf8c6d84e5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa710f749134ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0dbb16684fc8421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd5df5e0575434ec8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -379,156 +379,156 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>18335</x:v>
+        <x:v>149999</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.4425048828125" customHeight="1" collapsed="0">
+    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>149783</x:v>
+        <x:v>33332</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1046.409423828125" customHeight="1" collapsed="0">
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>149999</x:v>
+        <x:v>18335</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
+    <x:row ht="1402.89453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>33332</x:v>
+        <x:v>47916</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1402.89453125" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>47916</x:v>
+        <x:v>149783</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>399365</x:v>
       </x:c>
@@ -539,29 +539,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:33 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>