--- v0 (2025-12-13)
+++ v1 (2025-12-24)
@@ -1,178 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85ce0ea46e394596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c048cebcae84183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R54364f1756cf4510"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0890e18ec1f448d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR73)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honey Lake Valley Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Stuemky</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302600067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Josephine Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Honey Lake Valley Resource Conservation District is requesting funds to cleanup a 29.5-acre site in Herlong.  Since purchasing the property three years ago, the landowner continues to experience dumping even after putting up signs and attempting to block the entry road.  Given the type of material onsite, the dumping is presumably from nearby residents.  The contractor plans to share any identifying information found during the cleanup with the county for potential enforcement action.  After disposal/recycling of the estimated 125 tons of material, gates and fencing will be installed to prevent access from the main roadway, and the dirt access road will be removed to prevent further dumping.  The parcel has been vacant for many years and is suitable for agricultural use.  The site contains multiple abandoned cars, trailers, portable buildings, metal, plastic, wood, tires piles, and household trash.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yolo                </x:t>
   </x:si>
   <x:si>
     <x:t>Yolo County</x:t>
   </x:si>
   <x:si>
     <x:t> Marissa Juhler</x:t>
   </x:si>
   <x:si>
     <x:t>5306668813</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Josephine Chapman</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 Yolo County is requesting funds to complete the final/third phase of the Babel Slough Road project in Clarksburg.  This multi-site endeavor started when the Yolo County Resource Conservation District was awarded a Farm and Ranch grant in cycle 57.  The slough continues to be plagued with illegal dumping despite various abatement and prevention measures, and efforts from property owners.  The final phase of the project primarily entails implementing an enforcement component to alleviate the problem by installing surveillance cameras on county utilities/easements and providing ongoing monitoring attempting to capture violators and license plates.  Pending the success rate, this case study would be a catalyst to further illegal dumping enforcement strategy conversations.  The county will complete this undertaking and contribute in-kind cleanup services entailing a combination of disposal, recycling, equipment, material, and personnel costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loma Prieta Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dina Iden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4088474171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Loma Prieta Resource Conservation District is applying for grant funds on behalf of the Santa Clara Valley Habitat Agency to cleanup a legacy soil pile on their Davidson Reserve.  Research conducted during an environmental site assessment indicated the imported fill may have come from a home construction, but the origin is unknown.  The soil pile covers serpentine soils that could otherwise support rare threatened and endangered species.  Cattle livestock grazing is used to manage and protect the serpentine grassland habitat on the property.  The soil pile is a nuisance which could attract additional future dumping and is estimated to be approximately 1,000 yards, weighing approximately 1,300 tons and requiring approximately 56 truckloads for disposal.  The soil is nonhazardous but unsuitable for beneficial reuse.  Pending award, the Agency has committed in-kind/matching funds for the remaining costs.  Site stabilization, erosion control, and revegetation are planned in conjunction with possible extension of the existing cattle fencing. The Agency does regular patrols and has no trespassing/no dumping signs posted to prevent future dumping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federated Indians of Graton Rancheria</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Vasquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073036112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Federated Indians of Graton Rancheria are requesting assistance to complete cleanup and to put abatement/prevention measures on the Northeast tribe land site bordering part of the Rohnert Park Expressway.  This area has been a continual illegal dumping cleanup project for the tribe.  Funding should address this last bordering tribe land site by covering any remaining debris cleanup costs, fence repair, additional signage, and reimburse the tribe for the site’s prior cleanups.  The tribe has continued to cleanup, patrol, maintain, and manicure the area to demonstrate active management.  The increased visibility and presence have resulted in fewer trespassing cases and dumping issues, but more permanent barriers and signage are needed.  The problem areas are mostly along the fence lines and borders of the property.  Material that has been dumped includes trash bags, clothing, bike parts, microwaves, couches, folding chairs, car batteries, anti-freeze containers, encampment remnants, and general litter.</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter              </x:t>
   </x:si>
   <x:si>
     <x:t>Yuba County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Kelli Evans</x:t>
   </x:si>
   <x:si>
     <x:t>5306824784</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Yuba County Resource Conservation District is seeking funding for cleanup of illegal refuse on seven sites in the county. Funding will also be allocated toward prevention measures such as fencing, gates, locks, cameras, and signage in an attempt to stop this ongoing issue.  The sites are active almond, peach, prune, and walnut orchards.
 Several landowners in the county repeatedly conduct cleanups, often monthly, but are having a hard time keeping up with the frequency and volume of the dumping.  Incidences take place in locations such as orchard rows, loading pads, sand channels, property perimeters and openings, and adjacent railroad tracks.  The dumping issues on these properties often affect the Yuba and Feather Rivers since during winter season heavy rains and rising water levels carry various remains into waterways. 
 The type of material being dumping varies and includes appliances, furniture, a myriad of construction leftovers, common household items, different size tires, vehicles, motorhomes, and boats.  Certain items are even being burned onsite so culprits can more easily extract their profitable components.  Many of these cases are a result of illegal camping predicaments.
 The Yuba County Resource Conservation District continues to work in conjunction with the Sutter County Resource Conservation District on strategies to ease the illegal dumping burden. </x:t>
   </x:si>
   <x:si>
     <x:t>Sutter County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Becker</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Sutter County Resource Conservation District is seeking funds for cleanup of illegal refuse on seven sites in the county.  The sites are active almond, peach, prune, and walnut orchards.  Farmers are not able to keep up with the amount of waste being dumped nor the time it takes for cleanup and disposal/recycling.  The material found often gets moved aside for later, to not impede production.  Grant funding will also be allocated towards prevention measures such as fencing, gates, locks, and cameras.  Landowners continue to attempt more creative solutions.  One property owner put up rope to try to stop trespassers, but it was severed, and he is now seeking assistance for more permanent measures.
 Enforcement patrol has increased in some of these areas which has slowed the illegal dumping problem, but it has not been enough of a deterrent to eliminate the dumping completely.  The problem has gotten continually worse. Some landowners report the dumping started after north-city home developments began in the early 2000s.  Others find squatters to be their main concern, even on parcels where the landowners reside and have an active presence.  Not all farmers and ranchers have equipment onsite for adequate removal and many report illegal dumping has cost them thousands of dollars.  The Sutter County Resource Conservation District continues to work in conjunction with the Yuba County Resource Conservation District on strategies to ease this burden.</x:t>
-  </x:si>
-[...46 lines deleted...]
-The Honey Lake Valley Resource Conservation District is requesting funds to cleanup a 29.5-acre site in Herlong.  Since purchasing the property three years ago, the landowner continues to experience dumping even after putting up signs and attempting to block the entry road.  Given the type of material onsite, the dumping is presumably from nearby residents.  The contractor plans to share any identifying information found during the cleanup with the county for potential enforcement action.  After disposal/recycling of the estimated 125 tons of material, gates and fencing will be installed to prevent access from the main roadway, and the dirt access road will be removed to prevent further dumping.  The parcel has been vacant for many years and is suitable for agricultural use.  The site contains multiple abandoned cars, trailers, portable buildings, metal, plastic, wood, tires piles, and household trash.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Kimberly Romero</x:t>
   </x:si>
   <x:si>
     <x:t>8285770582</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Chandon Ave site is a two-parcel 38-acre peach orchard located in Gridley.  The landowner has made efforts over the years to prevent dumping by blocking entrances and through continual cleanups, however the dumping continues.  Forestry gates and post and cable fencing barriers have been determined to be the most cost effective and efficient long-term solution for this site and are being requested.  An estimated 40 cubic yards of material is estimated for cleanup including tires, batteries, sofas, and mattresses.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 7</x:t>
   </x:si>
 </x:sst>
 </file>
@@ -323,51 +323,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5872df5fab4d4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54364f1756cf4510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6098fabbfa694f5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03606015742f4db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0890e18ec1f448d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R784df9fb13d24e9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -415,195 +415,195 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="942.91656494140625" customHeight="1" collapsed="0">
+    <x:row ht="885.42987060546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>48150</x:v>
+        <x:v>49932</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1402.89453125" customHeight="1" collapsed="0">
+    <x:row ht="942.9166259765625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>196077</x:v>
+        <x:v>48150</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="1103.89599609375" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>150058</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="1103.896484375" customHeight="1" collapsed="0">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1034.90087890625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>38080</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="1034.900390625" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1402.89453125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>38080</x:v>
+        <x:v>196077</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-    <x:row ht="885.4296875" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1448.87255859375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>49932</x:v>
+        <x:v>150058</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
-    <x:row ht="563.44287109375" customHeight="1" collapsed="0">
+    <x:row ht="563.4423828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>47480</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A13" s="10" t="s">
@@ -625,29 +625,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 5:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>