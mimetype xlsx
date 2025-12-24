--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c048cebcae84183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd673e87ff35849f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0890e18ec1f448d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R234c8d5d886f4646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR73)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -323,51 +323,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03606015742f4db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0890e18ec1f448d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R784df9fb13d24e9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b5ca30397974927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R234c8d5d886f4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4f325b88b70f45aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -625,29 +625,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:57 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>