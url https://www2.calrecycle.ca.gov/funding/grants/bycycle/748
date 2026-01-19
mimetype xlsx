--- v2 (2025-12-24)
+++ v3 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd673e87ff35849f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707576ab4395432b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R234c8d5d886f4646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R40a6b2a9779e4a4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR73)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -323,51 +323,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b5ca30397974927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R234c8d5d886f4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4f325b88b70f45aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a920001f1c84e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40a6b2a9779e4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfe0c7499ca65498e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -625,29 +625,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:57 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 9:28 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>