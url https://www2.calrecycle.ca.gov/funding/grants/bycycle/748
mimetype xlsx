--- v3 (2026-01-19)
+++ v4 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707576ab4395432b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cbc357a25bf4bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R40a6b2a9779e4a4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re24f3be88e0a472f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR73)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -323,51 +323,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a920001f1c84e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40a6b2a9779e4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfe0c7499ca65498e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03b565962cd4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re24f3be88e0a472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1574d4bbe8584ca1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -625,29 +625,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 9:28 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 12, 2026 5:33 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>