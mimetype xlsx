--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,666 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57554b0a0d444d0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e67e4604734455" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd35f9a420feb4dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd7192780ee974cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Rubberized Pavement Grant Program (TRP14)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Campbell</x:t>
-[...5 lines deleted...]
-    <x:t>4088715151</x:t>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Young Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503292160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christopher Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Project consists of milling existing asphalt along a 2.3 mile long residential arterial road and replacing with a two-inch thick rubber asphalt concrete overlay covering the entire street totaling 4,650 tons. The project limits are Arastradero Road from Los Palos Avenue to El Camino Real, West Charleston from El Camino Real to Alma Street, and East Charleston Road from Middlefield Road to San Antonio Road. Construction for this project has started in August 2021 and RAC placement on January 2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marvin Dinozo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The 2022 Pavement Preservation Project in Yolo County will feature the use of 341,826 square yard of rubberized asphalt chip seal as part of a Triple Seal treatment along over 38 miles of road on County Road 99W, County Road 8, County Road 19A, and every road within the Town of Yolo. The earliest proposed construction start date is 05/2022 and proposed Construction Dates is between 05/2022 to 10/2022. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
   </x:si>
   <x:si>
     <x:t>Farrah Fadrigon</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CalRecycle grant will be used to partially fund Annual Street Maintenance Project 22-BB: Collector and Residential Street Resurfacing Program which will resurface approximately 4.5 miles of collector and residential streets in City of Campbell.  The project will use various pavement treatments such as asphalt concrete overlay, rubber cape seal, and slurry seal.  Construction is anticipated to start in summer of 2022. Proposed construction start date is 4/2022-9/2022 and will use about 68,644 sy of rubberized chip seal.</x:t>
-[...44 lines deleted...]
-    <x:t>3102535623</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will resurface several streets using RAC at the following locations and with the following estimated tonnages of RAC: Oxnard Blvd - Esplanade Dr. to Roberts Ave. (15,180 tons RAC); Del Norte Blvd - Sturgis to 101 Fwy (12,580 tons); Del Norte Blvd - Fifth St. to Sturgis Rd. (1,714 tons RAC); N Ventura Rd - W Gonzales Rd to Fifth St. (3,120 tons RAC); N Ventura Rd - Fifth St. to Channel Islands Blvd (3,120 tons RAC). The project will thus resurface streets with an estimated total of 35,714 tons of RAC. The earliest proposed construction start date is 07/2022 with construction dates of 07/2022 to 12/2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Yu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Union City Public Works Department is exploring new roadway treatment methods for our annual roadway repair program using AR Chip &amp; Cape Seal in 2022. The City anticipate resurfacing mostly residential and some industrial streets throughout the city. The project is still currently in design phase with an estimated earliest proposed construction start date to be 06/2022. Construction dates are likely to take place during summer time 06/2022 to 09/2022. 75,000 square yards of rubberized chip seal will be used.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathryn Hughes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307457593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In the summer of 2022, Placer County plans to pave approximately 96,000 square yards of County maintained roads with Rubberized Hot-Mix Asphalt. These roads are located in Granite Bay and near other anticipated RHMA projects that are planned for the summer of 2022 in order to reduce environmental impacts and costs. This project will yield 12,500 Tons of RAC hot-mix.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Huntington Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eduardo Cerda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143741750</x:t>
   </x:si>
   <x:si>
     <x:t>Jeremy Xiong</x:t>
-  </x:si>
-[...72 lines deleted...]
-    <x:t>7143741750</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project Summary: Using rubberized asphalt concrete (RAC) provides an opportunity to reduce landfill waste and recycle tires. For example, a two-inch layer of RAC is used on typical street rehabilitation projects. It is estimated that about 2,000 California waste tires are used per lane mile. 
 The City of Huntington Beach will install approximately 310,000 square feet of rubberized pavement over arterial highways. This equates to approximately 39,400 tons of RAC during the RAC-3 Tier 1 Rubberized Pavement Grant period from NTP to April 1, 2024. 
 The City has previous experiences using rubberized asphalt concrete pavement for the rehabilitation of arterial streets. The City has found the RAC pavement mix to provide a quieter roadway for surrounding areas since it produces less hum from the vehicle tires. It also provides a more pleasant driving surface for the motorist and supports the City’s efforts in continuing to pursue environmentally friendly recycling efforts. 
 The CalRecycle TRP14 grant will be used to provide funding assistance to the City’s transportation and environmental efforts on arterial streets. The City’s budget will provide for pavement rehabilitation of 8 miles of full width arterial streets in the next two years during the TRP14 Rubberize Pavement Grant period. The rehabilitated arterial streets have been selected based on Pavement Condition Index as identified by the City’s Pavement Management Program. This systematic method assures that the funds go first to the streets that fit the models criteria.
 The City Public Works Department rehabilitates deteriorated arterial streets with a design to last another 10 to 20 years. The arterial streets will be evaluated for existing conditions based on traffic volume and existing soil properties. The Engineer will design a pavement section that will meet the objective of street longevity using a pavement section including a finishing course of 2” RAC in most cases, unless there is sufficient on street parking. The pavement sections are incorporated into the plans and specifications then the Public Works Commission will review it and approve that it fits the Capital Improvement Program before it is publicly advertised for open competitive public bidding. After bids are opened publicly, the City Council at a Public Council Meeting will review bid results and will approve the contract and approve funding for construction. Following a pre-construction meeting, the City will issue a Notice to Proceed for the Contractor to proceed with the rehabilitation of the arterial streets in the project.
 The anticipated projects are listed in Table 1.
 TABLE 1. GRANT WORKSHEET
 2022 Construction
 CC-1640 Edinger (Saybrook-Countess) 2,786.27 tons x $4/ton = $11,145.08
 CC-1640 Saybrook (Heil-Edinger) 2,010.58 tons x $4/ton = $8,042.32
 CC-1640 Warner (Brightwater-Algonquin) 1,305.43 tons x $4/ton = $5,221.72
 CC-1640 Springdale (Slater-Warner) 3,046.89 tons x $4/ton = $12,187.56
 CC-1640 Talbert (Springdale-Edwards) 2,405.15 tons x $4/ton = $9,620.60
 CC-1640 Newland (Talbert-Slater) 2,296.02 tons x $4/ton = $9,184.08
 CC-1640 Brookhurst (Adams-Yorktown) 3,509.31 tons x $4/ton = $14,037.24
 CC-1640 Adams (Lake to Main) 540.27 tons x $4/ton = $2,161.08
 2023/2024 Construction
 Edinger (Edwards-Gothard) 4,435.43 tons x $4/ton = $17,741.72
 Heil (Goldenwest-Gothard) 1,428.04 tons x $4/ton = $5,712.16
 Garfield (Ward-End) 696.54 tons x $4/ton = $2,786.16
 Banning (Magnolia-Bushard) 1,969.54 tons x $4/ton = $7,878.16
 Brookhurst (Hamilton-Indianapolis) 6,135.80 tons x $4/ton = $24,543.20
 Brookhurst (Bushard-Hamilton) 6,821.26 tons x $4/ton = $27,285.04
 Total $157,546
 The City’s Construction Management Group, including inspectors, will monitor the construction process and quality of work. Periodic testing for proper density and asphalt concrete mix will ensure that the Rubberized Asphalt Concrete cap meets requirements and was installed properly. The City will accept or reject portions of the project based on the completion of all requirements of the Plans and Specifications including verification of pavement mix and source to assure that the RAC is from 100% California waste tires and meets min 300 pounds of tire-derived crumb rubber per ton of rubberized binder.
 The City requested a RAC-3 Tier 1 grant of one-hundred fifty-seven thousand, five-hundred forty-six ($157,546) based on 39,386.53 tons to be used during the program. The cost basis for reimbursement is set at $4 per Ton of RAC and the calculation is shown on Table 1.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Irvine</x:t>
-[...159 lines deleted...]
-    <x:t>In the summer of 2022, Placer County plans to pave approximately 96,000 square yards of County maintained roads with Rubberized Hot-Mix Asphalt. These roads are located in Granite Bay and near other anticipated RHMA projects that are planned for the summer of 2022 in order to reduce environmental impacts and costs. This project will yield 12,500 Tons of RAC hot-mix.</x:t>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306424925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The projects would include secondary arterial roads and subdivisions throughout El Dorado County. The projects would begin no earlier then May 2022 and are anticipated to use no less than 250,000 yards of rubberized chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elmer Datuin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519556762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed projects are hot-mix projects that will grind and overlay roadway to remove the top portion of the existing asphalt pavement layer and place new rubberized hot mix asphalt on San Jacinto Street utilizing 4,860 tons of material which will cover approximately 10,000 square yards of roadway, and on Max Gilliss Boulevard and Leon Road utilizing 10,500 tons of material covering approximately 74,500 square yards of roadway. The proposed projects are located in unincorporated Riverside County in the areas of Hemet and Winchester. The project will then reconstruct, remove the full depth of the existing asphalt pavement layer and place conventional hot mix asphalt as base course and cap it with rubberized hot mix asphalt as final course on these roadways. These projects have been programmed for improvements and have been budgeted for funding with SB1 funds. The anticipated construction start date for San Jacinto Street is scheduled to begin December 2021, with an anticipated completion date of March 2022. The anticipated construction start date on Max Gilliss Boulevard and Leon Road is scheduled to begin in March 2022, with an estimated completion date in June 2022. 
+The segment of roadway being resurfaced in the unincorporated area of Hemet is a designated disadvantaged community Census Tract 6065043401 ranking in the 90th percentile for overall socioeconomic factors. This census tract has high unemployment and poverty rates between the 95th and 99th percentile according to CalEnviroScreen. The median household income for this area is $39,726.
+A draft resolution has been attached to this application. Upon Board of Supervisors approval, Resolution No. 2021-193 will be submitted after the October 2021, anticipated meeting date.
+Proposed projects are anticipated to begin construction in March 2022 with an anticipated completion date in June 2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendora</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maliha Ansari</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269148294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will utilize HRMA for pavement resurfacing. There are three proposed projects. Proposed Project 1: St. Vladimir, Cossack and Lawford - west of Valley Center.  This project will resurface approximately 90,000 SF. lanes. The proposed pavement section for this project consists of 2-in conventional asphalt base. The construction of this project is planned to start in 06/2022. The total tons of rubberized asphalt hot-mix needed for this project is estimated at 1450 Tons. Requested total grant amount for this project is 1450 Tons of Asphalt Rubber Hot-Mix X $10= $14,500. Proposed Project 2: Lone Hill north of Foothill, Palomar and Cumberland, east of Lone Hill. This project will resurface approximately 90,000 SF. lanes. The proposed pavement section for this project consists of 2-in conventional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in 04/2023. The total tons of rubberized asphalt hot-mix needed for this project is estimated at 1125 Tons. Requested total grant amount for this project is 1125 Tons of Asphalt Rubber Hot-Mix X $10= $11,250. Proposed Project 3: Amelia Avenue, part of Country Club, Country Club Vista and Wildwood Ranch Road. The proposed pavement section for this project consists of convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in 08/2023.  The total tons of rubberized asphalt hot-mix needed for this project is estimated at 1750 Tons. Requested total grant amount for this project is 1750 Tons of Asphalt Rubber Hot-Mix X $10= $17,500.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Simi Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Afsaneh Amami</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055836852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Simi Valley is applying for their upcoming Street Rehabilitation Projects with the estimated construction dates of January 2022 to January of 2024, and with a total of approximately 36,000 tons of rubberized pavement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donna Zapico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4088715151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CalRecycle grant will be used to partially fund Annual Street Maintenance Project 22-BB: Collector and Residential Street Resurfacing Program which will resurface approximately 4.5 miles of collector and residential streets in City of Campbell.  The project will use various pavement treatments such as asphalt concrete overlay, rubber cape seal, and slurry seal.  Construction is anticipated to start in summer of 2022. Proposed construction start date is 4/2022-9/2022 and will use about 68,644 sy of rubberized chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Walnut</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9095949702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will pave with hot mix on La Puente Road westerly city limits to Lemon Avenue and use 2,650 tons of RAC on the projects. The construction will start on 07/2022 to 09/2022. 2,650 tons of hot mix equates to $26,500.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jason Kabalin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will Rehabilitate and Resurface neighborhood streets with rubberized asphalt plus remove failed asphalt and base areas and replace with AC plugs, crack sealing, slurry sealing, and pavement overlays with rubberized asphalt. The earliest proposed construction date is 03/2022; weather Dependent. The construction dates are from 03/2022 to 07/2022; weather Dependent. The total hot mix is 3307 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of San Jose, Department of Transportation, Division of Infrastructure Maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Final wearing course materials used will be rubberized hot mix asphalt-gap graded (wet process).  Early construction start date: April 2022.  Construction date: April 2022-July 2023. Total estimates tons of RAC is 33,000. Carl Mo, who took the required TDA course, is a project manager and his official title is civil engineer II and is assisting with both grant and managing construction in future. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristine Courdy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168518842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Rancho Cordova is proposing to pave the Mills Ranch and Rossmoor Neighborhood utilizing rubberized asphalt concrete.  The project bordering streets are Chase Drive, Coloma Road, Ambassador Drive, and McGregor Drive.  The proposed project includes 10,005 tons of RAC hot-mix.  The earliest proposed construction start date is 03/2022.  The estimated construction dates are 04/2022 to 10/2022.
+The following individuals from the City have taken the TDA Training Course:
+Edgar Medina - Principal Engineer with the City who oversees the Roadway Capital Improvement Program
+Kristine Courdy - Associate Engineer with the City and the Project Manager for the Mills Ranch and Rossmoor Neighborhood Project
+Jesse Yabes - Assistant Engineer with the City and the Assistant Project Manager for the Mills Ranch and Rossmoor Neighborhood Project</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>City of Rancho Cucamonga</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Romeo David</x:t>
   </x:si>
   <x:si>
     <x:t>9094772740</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will construct Asphalt Rubber Hot Mix overlay, cold milling of existing asphalt pavement, weed killing, routing and crack sealing existing pavement cracks, modify all existing access curb ramps that are not compliant to ADA regulations, remove and re-install existing traffic loops, install new traffic video detections, install construction signs, installation of pavement markers and striping, installation of green bike lane thermoplastic along bike lane path, adjust all existing utilities like manholes, water valves, water meters and vaults to new overlay surface. The earliest proposed construction start date is April 4, 2022.  Construction Dates are from April 4, 2022 to April 1, 2024.  Total tonnage of RAC hot-mix is 24,860 tons.
 Locations are the following Streets:
 1.Center Avenue – 6th Street to 8th Street
 2.Etiwanda Avenue – Foothill Boulevard to Wilson Avenue
 3.Banyan Street – Milliken Avenue to Rochester Avenue
 4.Base Line Road – Day Creek Boulevard to I-15 Freeway 
 5.Milliken Avenue – Freeway I-210 to Banyan Street
 6.Hermosa Avenue – Wilson Avenue to North City Limit
 7.Highland Avenue – Carnelian Street to West End
 8.Highland Avenue – Archibald Avenue to Beryl Street</x:t>
   </x:si>
   <x:si>
-    <x:t>City of San Jose</x:t>
-[...50 lines deleted...]
-The Del Puerto Canyon Road Pavement Preservation Project will include an asphalt rubber chip seal on approximately five miles on a County Major Collector road, resulting in about 70,000 square yards of asphalt rubber chip seal. Construction is expected to be completed prior to Fall 2023.</x:t>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manteca</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alfredo Mijango</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094568422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of Manteca street rehabilitation project. The following City streets have been selected to receive a rubberized chip seal rehabilitation treatment in order to extend the life of the roadway. Lathrop Road from Union Road to Redwood Avenue, Louise Avenue from Main Street to Highway 99, Cottage Avenue from Louise Avenue to Yosemite Avenue, Spreckels Avenue from Yosemite Avenue to Moffat Boulevard, Industrial Park Drive from Main Street to Moffat Boulevard, Yosemite Avenue from the east side of the railroad tracks to St Dominics Drive, Woodward Avenue from Main Street to Pillsbury Road, Austin Road from Yosemite Avenue to City Limit/1950 feet north of Graves Road, and Airport Way from Tactical Way to Daisywood Drive.
+Earliest Proposed Construction Start Date: 06/2022
+Construction Dates: 06/2022 to 08/2023
+Total Square Yards of Rubberized Chip Seal: 225,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Niguel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kathy Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493624341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City estimated to use 18,000 tons of RAC for this project.  The earliest proposed construction start date is 02/2022.  Construction dates are from 02/2022 to 10/2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Watsonville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Patrice Theriot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317683113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will apply a "3-Layer System" to various City streets. This includes a layer of microsurface, then a layer or asphalt-rubber chip seal, and capped with a layer of Type 2 slurry. Earliest construction start date is 08/2022 with estimated construction dates of 08/2022 to 10/2022. The proposed project will use a total of 80,000 square yards of rubberized chip seal. The median household income in Watsonville is 71% of the statewide median income.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project:  The City will apply a rubberized chip seal to 250,000 square yards of asphalt pavement.  The earliest construction start date is estimated to be 04/18/2022.  The project is estimated to conclude by 10/31/2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306858142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County Public Works would like to perform a Rubberized Chip Seal project on 99W from the Colusa County Line 7 miles north toward the City Willows. This is an alternate route for I5. Earliest construction would be June 1st, 2022. Construction dates would be from June 1st, 2022 to Oct 1st, 2022. Project will consist of 123,200 sq yds (14 lane miles) of Hot Rubberized Chip seal. Glenn County has a median household of 65% comparatively.  TDA training will be taken by John Miller / Operations Superintendent and John Irvin Operations Supervisor.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amer Rihani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074495139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vacaville will resurface several roads and alleys using chip seal and/or cape seal. The general description of work includes the construction of preventative maintenance work (rubberized chip seal and/or slurry seal) and ancillary activities including concrete patching, crack sealing, and striping. The project is estimated to have a total of 340,000 SY of rubberized chip seal and 400,000 SY of slurry seal. The city is requesting the maximum grant amount of $250,000. The earliest proposed construction start date is 05/2022. The Construction dates are between 05/2022 and 10/2022.  The street list includes: Azalea Way, West Street, Cernon Street, Peach Tree Ave, Weatherly Way, Bowline Dr., Andrea Dr., Georgetown Dr., Burlington Dr., Manchester Way, Ogden Way, Devonshire Dr.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matt Hespenheide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will construct Merced Falls with Rubberized Chip Seal with Construction start date 08/2022. The total square yards of rubberized chip seal that will be used 9.04 mi x 22 ft wide = 116,676 SY.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Quang Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City proposes to rehabilitate Project #1 - Aliso Creek Road (Aliso Viejo Parkway to Alicia Parkway), Project #2 - Enterprise (Aliso Creek Road to Aliso Viejo Parkway), and Project #3 -Aliso Creek Road (Enterprise to the 73 Freeway).  The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers.  Proposed construction start date is starting June/2022.  Construction dates June/2022 to December/2023 utilizing 9,600 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sheila Niebla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617236198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will provide roadway repair and rehabilitation of approximately 47.5 lane miles of City streets within the neighborhoods listed below. Pavement treatments will include a combination of thin overlays, digouts, and full depth reconstruction. Construction is expected to begin in March 2022 and will require 45,000 tons of Rubberized Hot Mix Asphalt. 
+1. Division St from Avenue I to Avenue J, Construction 3/2022-7/2022
+2. 20th St West from Avenue K to Avenue L, Construction 3/2022-7/2022
+3. Neighborhood bound by Avenue K to Avenue L and 5th St East to Sierra Hwy, Construction 3/2022-7/2022
+4. Neighborhood bound by Lancaster Bl to Avenue J and 10th St West to Sierra Hwy, Construction 9/2022-4/2024 
+5. Sierra Hwy from Avenue I to Lancaster Bl, Construction 9/2022-4/2024
+The City of Lancaster currently has a median household income at 73% (&lt;80%) of the statewide median household income (Lancaster Median Household Income: https://www.census.gov/quickfacts/lancastercitycalifornia = $55,237. Statewide Median Household Income: https://www.census.gov/quickfacts/fact/table/CA/PST045219 = $75,235. Therefore, $55,237/$75,235 = 73%).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Windsor</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wade Monsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7078381011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project will apply an asphalt-rubber cape seal to residential neighborhoods and collector streets. Approximately 105,000 square yards of asphalt-rubber chip seal will be applied as part of the cape seal and this amount is eligible for reimbursement according to grant guidelines. The project will be combined with the Town's annual Pavement Preservation Program that applies Type II slurry seal to residential streets in a yearly rotation. The estimated construction cost for this combined project is $1,150,000, and construction is anticipated to begin after July 2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Corte Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Good</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159275794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Corte Madera is proposing to utilize a asphalt-rubber cape seal on approximately 69,239 square yards of roadway as part of its 2022 Road Rehabilitation Project on several residential/local streets located on the east side of Corte Madera. The project will include a comprehensive pavement rehabilitation of existing roadway, installing ADA compliant curb ramps, improving drainage and making repairs to the storm system, refreshing striping, and other related work along resurfaced streets. The earliest proposed construction start date is May 2022 (05/2022). Construction Dates are 05/2022 to 11/2022. The total square yards of of rubberized cape seal that will be used is 69,239.</x:t>
   </x:si>
   <x:si>
     <x:t>Tuolumne            </x:t>
   </x:si>
   <x:si>
     <x:t>Tuolumne County</x:t>
   </x:si>
   <x:si>
     <x:t> Blossom Scott-Heim</x:t>
   </x:si>
   <x:si>
     <x:t>2095335904</x:t>
   </x:si>
   <x:si>
     <x:t>Tuolumne Road is a major collector and one of the higher volume roads in Tuolumne County. It is of economic importance to the region, being the main route of travel between the cities of Sonora and Tuolumne City. Along this road are several clusters of businesses and a shopping center, as well as Summerville High School. The road is also the main route to the Black Oak Casino Resort, a major employer and revenue source for the County.
 The proposed project will repair Tuolumne Road from Mono Way to Tuolumne Road 
 North, an approximate distance of 6.7 miles. A rubberized chip seal will be used for the entire length of the project.
 A total of 153,360 square yards of rubberized chip seal will be used on the project. The earliest proposed start date for construction is 04/2022. However, construction is anticipated to likely take place from 08/2022 to 10/2022.
 According to U.S. Census data, Tuolumne County's median household income was $60,108 for the period of 2015 to 2019. This value was just under 80 percent of California's median household income of $75,235 for the same period.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Union City</x:t>
-[...156 lines deleted...]
-Proposed projects are anticipated to begin construction in March 2022 with an anticipated completion date in June 2022.</x:t>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Matthew Souttere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Escondido will use CalRecycle Rubberized Pavement Grant funds to assist with two cycles of the City’s Annual Pavement Maintenance Program (repairing and repaving streets in Maintenance). The City proposed treatment to various residential and local collector streets to include repair of potholes and pavement sections, removal of grass and weeds, filling of major cracks, and application of Asphalt Rubber and Aggregate Membrane (ARAM) Surfacing treatment. Proposed construction start date is July 2022 utilizing 251,290 square yards of chip seal material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diana Szymanski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102535623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: ARHM for Sepulveda Boulevard from Venice Boulevard to 4545 Sepulveda Blvd.
+Proposed construction start date is April 2023 utilizing 5,075.00 tons of hot-mix material.
+The estimated Construction period is: 04/2023 – 01/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bryce Bondi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095254110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Stanislaus County Department of Public Works has two separate roadway maintenance projects that propose asphalt rubber chip seal application to treat existing pavement. Collectively, both projects propose applying a total of approximately 250,000 square yards of asphalt-rubber chip seal.
+The Phase E Urban Pavement Preservation Project (UPP) includes application of slurry seal, asphalt rubber chip seal, microsurfacing, and other methods of pavement preservation on local roadway in the unincorporated County areas of West Herndon, Ceres, Crows Landing, and Turlock. The Phase E UPP Project will include treatment of about 280,000 square yards of roadway. Of the 280,000 square yards, approximately 180,000 square yards will be treated with an asphalt rubber chip seal. Construction is expected to begin Spring 2022, and should be completed Summer 2022.
+The Del Puerto Canyon Road Pavement Preservation Project will include an asphalt rubber chip seal on approximately five miles on a County Major Collector road, resulting in about 70,000 square yards of asphalt rubber chip seal. Construction is expected to be completed prior to Fall 2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Caroline Tom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asphalt rubber cape seal project planned for 07/2022 to 10/2022 to treat 331,447 square yards on multiple streets in the Bay Point and Pacheco areas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Newark</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Tat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105784041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Newark will utilize approximately 75,000 square yards of Rubberized chip seal and slurry seal on various streets. The project will include minor base repairs, traffic striping and legends removal, and thermoplastic restriping. The earliest proposed construction start date is 07/2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Habra</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danny Gonzalez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5623834160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project: The City will utilize rubberized pavement for the Arterial Street Rehabilitation Project FY20-21.  The construction includes Euclid Street between Whittier Blvd. and North City Limits. The earliest proposed construction start date is 08/2022 and the project is to be constructed from 08/2022 to 12/2022. The total tonnage of RAC hot-mix is 3600 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Verne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Meg McWade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9095968751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of La Verne is applying for funds under the Rubberized Pavement Program for the rehabilitation of White Avenue from Arrow Highway to Eighth Street.  The project wishes to provide 3,500 tons of rubberized asphalt (hot mix) for length of street measuring approximately 3,900 linear feet by approximately 50 linear feet wide.  The proposed White Avenue project will border Arrow Highway to the south, and Eighth Street to the north.  The strategy of improvement will include a 3" cold mill followed by a 3" rubberized lift of asphalt.
+Over the years White Avenue has become a thoroughfare allowing traffic to travel from Interstate 210 located the north section of La Verne to Interstate 10 located to the south of La Verne.  Over the years the wheel load from passenger vehicles and semi-truck traffic has created areas of deflection/depression, longitudinal/transverse cracking as well as utility cuts has created a substandard pavement surface.  The pavement has lost it's oxidation and currently has a cumulative section Pavement Condition Index (PCI) of 65.
+The earliest proposed construction start date 08/2022 with construction dates of 08/2022 to 10/2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Irvine</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Salazar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497247408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project:  The City of Irvine pavement rehabilitation will start February 2022 and will utilize 25,000 tons of RAC hot-mix. The projects are:
+- Culver (Walnut to I-5) - Const dates Feb 2022-May 2022
+- Irvine Center Drive (Jeffrey to Sand Canyon) - Const dates Mar 2022-Jul 2022
+- Walnut Ave ( Harvard to Culver) - Const dates Oct 2022-Dec 2022
+- Trabuco (Jeffrey to Sand Canyon) - Const dates Mar 2023- Jul 2023
+- Irvine Center Drive (Pacifica to Lake Forest) - Const dates Mar 2023-Dec 2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Leandro</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erwin Ching</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105773439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Leandro will apply the Rubberized Pavement Grant towards asphalt rubber chip sealing and rubberized hot-mixed asphalt (RHMA) to be installed as part of CIP projects during the construction seasons in 2022 and 2023, or approximately from 4/1/2022 through 10/31/2023.
+The estimated amount of asphalt rubber chip sealing and RHMA to be included as part of this grant application is 152,000 square yards and 7,000 tons, respectively.  However, the City of San Leandro will likely install more rubberized chip sealing and RHMA in 2022 and 2023 than what will be covered by this grant.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 37</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -795,51 +795,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6b2296422b04a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd35f9a420feb4dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rffc0a1afb9ce4574" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f3600ab19c145ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7192780ee974cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1176777da8794cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -887,933 +887,933 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
+    <x:row ht="494.44720458984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>68644</x:v>
+        <x:v>37200</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="126.48187255859375" customHeight="1" collapsed="0">
+    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
+    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>69239</x:v>
+        <x:v>249998</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9449462890625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>35525</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
+    <x:row ht="4185.6376953125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>157546</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>43250</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1644.34912109375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>123200</x:v>
+        <x:v>153600</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="4185.63720703125" customHeight="1" collapsed="0">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1471.8623046875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>157546</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.4482421875" customHeight="1" collapsed="0">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.9853515625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>25200</x:v>
+        <x:v>68644</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row ht="1138.3935546875" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>24500</x:v>
+        <x:v>26500</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>126000</x:v>
+        <x:v>46298</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="1080.9072265625" customHeight="1" collapsed="0">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.41796875" customHeight="1" collapsed="0">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.419921875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>134832</x:v>
+        <x:v>80040</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1195.9072265625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>116676</x:v>
+        <x:v>99440</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>86</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.419921875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>134832</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4384765625" customHeight="1" collapsed="0">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.978515625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>249998</x:v>
+        <x:v>126000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.4462890625" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>37200</x:v>
+        <x:v>80000</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="1195.908203125" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.9677734375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>99440</x:v>
+        <x:v>123200</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.935546875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>116676</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>118</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.91796875" customHeight="1" collapsed="0">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1080.90625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.95703125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>153360</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.947265625" customHeight="1" collapsed="0">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>69239</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>136</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.990234375" customHeight="1" collapsed="0">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>26500</x:v>
+        <x:v>153360</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.458984375" customHeight="1" collapsed="0">
+        <x:v>145</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>80000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.95703125" customHeight="1" collapsed="0">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>105000</x:v>
+        <x:v>35525</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.958984375" customHeight="1" collapsed="0">
+        <x:v>154</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.91796875" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+        <x:v>159</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>46298</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.478515625" customHeight="1" collapsed="0">
+        <x:v>163</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.466796875" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>167</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.966796875" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>38400</x:v>
+        <x:v>25200</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>168</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.41796875" customHeight="1" collapsed="0">
+        <x:v>171</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1138.392578125" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>169</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>80040</x:v>
+        <x:v>24500</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>173</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>175</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>178</x:v>
-[...2 lines deleted...]
-    <x:row ht="1644.349609375" customHeight="1" collapsed="0">
+        <x:v>179</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>179</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>153600</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B43" s="10" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C43" s="10"/>
       <x:c r="D43" s="11" t="n">
         <x:v>5394448</x:v>
       </x:c>
       <x:c r="E43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -1847,29 +1847,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:30 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:43 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>