--- v1 (2026-03-06)
+++ v2 (2026-03-09)
@@ -1,666 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e67e4604734455" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39cb57ca977413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd7192780ee974cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9801de34a27a42df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Rubberized Pavement Grant Program (TRP14)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Palo Alto</x:t>
-[...5 lines deleted...]
-    <x:t>6503292160</x:t>
+    <x:t>City of Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Donna Zapico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4088715151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farrah Fadrigon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: CalRecycle grant will be used to partially fund Annual Street Maintenance Project 22-BB: Collector and Residential Street Resurfacing Program which will resurface approximately 4.5 miles of collector and residential streets in City of Campbell.  The project will use various pavement treatments such as asphalt concrete overlay, rubber cape seal, and slurry seal.  Construction is anticipated to start in summer of 2022. Proposed construction start date is 4/2022-9/2022 and will use about 68,644 sy of rubberized chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Caroline Tom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253137007</x:t>
   </x:si>
   <x:si>
     <x:t>Christopher Henderson</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Project consists of milling existing asphalt along a 2.3 mile long residential arterial road and replacing with a two-inch thick rubber asphalt concrete overlay covering the entire street totaling 4,650 tons. The project limits are Arastradero Road from Los Palos Avenue to El Camino Real, West Charleston from El Camino Real to Alma Street, and East Charleston Road from Middlefield Road to San Antonio Road. Construction for this project has started in August 2021 and RAC placement on January 2022.</x:t>
-[...35 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will resurface several streets using RAC at the following locations and with the following estimated tonnages of RAC: Oxnard Blvd - Esplanade Dr. to Roberts Ave. (15,180 tons RAC); Del Norte Blvd - Sturgis to 101 Fwy (12,580 tons); Del Norte Blvd - Fifth St. to Sturgis Rd. (1,714 tons RAC); N Ventura Rd - W Gonzales Rd to Fifth St. (3,120 tons RAC); N Ventura Rd - Fifth St. to Channel Islands Blvd (3,120 tons RAC). The project will thus resurface streets with an estimated total of 35,714 tons of RAC. The earliest proposed construction start date is 07/2022 with construction dates of 07/2022 to 12/2023.</x:t>
+    <x:t>Asphalt rubber cape seal project planned for 07/2022 to 10/2022 to treat 331,447 square yards on multiple streets in the Bay Point and Pacheco areas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Corte Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Good</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4159275794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Corte Madera is proposing to utilize a asphalt-rubber cape seal on approximately 69,239 square yards of roadway as part of its 2022 Road Rehabilitation Project on several residential/local streets located on the east side of Corte Madera. The project will include a comprehensive pavement rehabilitation of existing roadway, installing ADA compliant curb ramps, improving drainage and making repairs to the storm system, refreshing striping, and other related work along resurfaced streets. The earliest proposed construction start date is May 2022 (05/2022). Construction Dates are 05/2022 to 11/2022. The total square yards of of rubberized cape seal that will be used is 69,239.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diana Szymanski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102535623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeremy Xiong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: ARHM for Sepulveda Boulevard from Venice Boulevard to 4545 Sepulveda Blvd.
+Proposed construction start date is April 2023 utilizing 5,075.00 tons of hot-mix material.
+The estimated Construction period is: 04/2023 – 01/2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Matthew Souttere</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Escondido will use CalRecycle Rubberized Pavement Grant funds to assist with two cycles of the City’s Annual Pavement Maintenance Program (repairing and repaving streets in Maintenance). The City proposed treatment to various residential and local collector streets to include repair of potholes and pavement sections, removal of grass and weeds, filling of major cracks, and application of Asphalt Rubber and Aggregate Membrane (ARAM) Surfacing treatment. Proposed construction start date is July 2022 utilizing 251,290 square yards of chip seal material.</x:t>
   </x:si>
   <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Union City</x:t>
-[...23 lines deleted...]
-    <x:t>In the summer of 2022, Placer County plans to pave approximately 96,000 square yards of County maintained roads with Rubberized Hot-Mix Asphalt. These roads are located in Granite Bay and near other anticipated RHMA projects that are planned for the summer of 2022 in order to reduce environmental impacts and costs. This project will yield 12,500 Tons of RAC hot-mix.</x:t>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Edward Nakayama</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project:  The City will apply a rubberized chip seal to 250,000 square yards of asphalt pavement.  The earliest construction start date is estimated to be 04/18/2022.  The project is estimated to conclude by 10/31/2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendora</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maliha Ansari</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269148294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will utilize HRMA for pavement resurfacing. There are three proposed projects. Proposed Project 1: St. Vladimir, Cossack and Lawford - west of Valley Center.  This project will resurface approximately 90,000 SF. lanes. The proposed pavement section for this project consists of 2-in conventional asphalt base. The construction of this project is planned to start in 06/2022. The total tons of rubberized asphalt hot-mix needed for this project is estimated at 1450 Tons. Requested total grant amount for this project is 1450 Tons of Asphalt Rubber Hot-Mix X $10= $14,500. Proposed Project 2: Lone Hill north of Foothill, Palomar and Cumberland, east of Lone Hill. This project will resurface approximately 90,000 SF. lanes. The proposed pavement section for this project consists of 2-in conventional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in 04/2023. The total tons of rubberized asphalt hot-mix needed for this project is estimated at 1125 Tons. Requested total grant amount for this project is 1125 Tons of Asphalt Rubber Hot-Mix X $10= $11,250. Proposed Project 3: Amelia Avenue, part of Country Club, Country Club Vista and Wildwood Ranch Road. The proposed pavement section for this project consists of convectional asphalt base and 2-in rubberized asphalt hot-mix cap. The construction of this project is planned to start in 08/2023.  The total tons of rubberized asphalt hot-mix needed for this project is estimated at 1750 Tons. Requested total grant amount for this project is 1750 Tons of Asphalt Rubber Hot-Mix X $10= $17,500.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306858142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County Public Works would like to perform a Rubberized Chip Seal project on 99W from the Colusa County Line 7 miles north toward the City Willows. This is an alternate route for I5. Earliest construction would be June 1st, 2022. Construction dates would be from June 1st, 2022 to Oct 1st, 2022. Project will consist of 123,200 sq yds (14 lane miles) of Hot Rubberized Chip seal. Glenn County has a median household of 65% comparatively.  TDA training will be taken by John Miller / Operations Superintendent and John Irvin Operations Supervisor.</x:t>
   </x:si>
   <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Huntington Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Eduardo Cerda</x:t>
   </x:si>
   <x:si>
     <x:t>7143741750</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Jeremy Xiong</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project Summary: Using rubberized asphalt concrete (RAC) provides an opportunity to reduce landfill waste and recycle tires. For example, a two-inch layer of RAC is used on typical street rehabilitation projects. It is estimated that about 2,000 California waste tires are used per lane mile. 
 The City of Huntington Beach will install approximately 310,000 square feet of rubberized pavement over arterial highways. This equates to approximately 39,400 tons of RAC during the RAC-3 Tier 1 Rubberized Pavement Grant period from NTP to April 1, 2024. 
 The City has previous experiences using rubberized asphalt concrete pavement for the rehabilitation of arterial streets. The City has found the RAC pavement mix to provide a quieter roadway for surrounding areas since it produces less hum from the vehicle tires. It also provides a more pleasant driving surface for the motorist and supports the City’s efforts in continuing to pursue environmentally friendly recycling efforts. 
 The CalRecycle TRP14 grant will be used to provide funding assistance to the City’s transportation and environmental efforts on arterial streets. The City’s budget will provide for pavement rehabilitation of 8 miles of full width arterial streets in the next two years during the TRP14 Rubberize Pavement Grant period. The rehabilitated arterial streets have been selected based on Pavement Condition Index as identified by the City’s Pavement Management Program. This systematic method assures that the funds go first to the streets that fit the models criteria.
 The City Public Works Department rehabilitates deteriorated arterial streets with a design to last another 10 to 20 years. The arterial streets will be evaluated for existing conditions based on traffic volume and existing soil properties. The Engineer will design a pavement section that will meet the objective of street longevity using a pavement section including a finishing course of 2” RAC in most cases, unless there is sufficient on street parking. The pavement sections are incorporated into the plans and specifications then the Public Works Commission will review it and approve that it fits the Capital Improvement Program before it is publicly advertised for open competitive public bidding. After bids are opened publicly, the City Council at a Public Council Meeting will review bid results and will approve the contract and approve funding for construction. Following a pre-construction meeting, the City will issue a Notice to Proceed for the Contractor to proceed with the rehabilitation of the arterial streets in the project.
 The anticipated projects are listed in Table 1.
 TABLE 1. GRANT WORKSHEET
 2022 Construction
 CC-1640 Edinger (Saybrook-Countess) 2,786.27 tons x $4/ton = $11,145.08
 CC-1640 Saybrook (Heil-Edinger) 2,010.58 tons x $4/ton = $8,042.32
 CC-1640 Warner (Brightwater-Algonquin) 1,305.43 tons x $4/ton = $5,221.72
 CC-1640 Springdale (Slater-Warner) 3,046.89 tons x $4/ton = $12,187.56
 CC-1640 Talbert (Springdale-Edwards) 2,405.15 tons x $4/ton = $9,620.60
 CC-1640 Newland (Talbert-Slater) 2,296.02 tons x $4/ton = $9,184.08
 CC-1640 Brookhurst (Adams-Yorktown) 3,509.31 tons x $4/ton = $14,037.24
 CC-1640 Adams (Lake to Main) 540.27 tons x $4/ton = $2,161.08
 2023/2024 Construction
 Edinger (Edwards-Gothard) 4,435.43 tons x $4/ton = $17,741.72
 Heil (Goldenwest-Gothard) 1,428.04 tons x $4/ton = $5,712.16
 Garfield (Ward-End) 696.54 tons x $4/ton = $2,786.16
 Banning (Magnolia-Bushard) 1,969.54 tons x $4/ton = $7,878.16
 Brookhurst (Hamilton-Indianapolis) 6,135.80 tons x $4/ton = $24,543.20
 Brookhurst (Bushard-Hamilton) 6,821.26 tons x $4/ton = $27,285.04
 Total $157,546
 The City’s Construction Management Group, including inspectors, will monitor the construction process and quality of work. Periodic testing for proper density and asphalt concrete mix will ensure that the Rubberized Asphalt Concrete cap meets requirements and was installed properly. The City will accept or reject portions of the project based on the completion of all requirements of the Plans and Specifications including verification of pavement mix and source to assure that the RAC is from 100% California waste tires and meets min 300 pounds of tire-derived crumb rubber per ton of rubberized binder.
 The City requested a RAC-3 Tier 1 grant of one-hundred fifty-seven thousand, five-hundred forty-six ($157,546) based on 39,386.53 tons to be used during the program. The cost basis for reimbursement is set at $4 per Ton of RAC and the calculation is shown on Table 1.</x:t>
   </x:si>
   <x:si>
-    <x:t>El Dorado           </x:t>
-[...126 lines deleted...]
-Jesse Yabes - Assistant Engineer with the City and the Assistant Project Manager for the Mills Ranch and Rossmoor Neighborhood Project</x:t>
+    <x:t>City of Irvine</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Salazar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497247408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project:  The City of Irvine pavement rehabilitation will start February 2022 and will utilize 25,000 tons of RAC hot-mix. The projects are:
+- Culver (Walnut to I-5) - Const dates Feb 2022-May 2022
+- Irvine Center Drive (Jeffrey to Sand Canyon) - Const dates Mar 2022-Jul 2022
+- Walnut Ave ( Harvard to Culver) - Const dates Oct 2022-Dec 2022
+- Trabuco (Jeffrey to Sand Canyon) - Const dates Mar 2023- Jul 2023
+- Irvine Center Drive (Pacifica to Lake Forest) - Const dates Mar 2023-Dec 2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Habra</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danny Gonzalez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5623834160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the below summary to reflect the approved grant project: The City will utilize rubberized pavement for the Arterial Street Rehabilitation Project FY20-21.  The construction includes Euclid Street between Whittier Blvd. and North City Limits. The earliest proposed construction start date is 08/2022 and the project is to be constructed from 08/2022 to 12/2022. The total tonnage of RAC hot-mix is 3600 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Verne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Meg McWade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9095968751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of La Verne is applying for funds under the Rubberized Pavement Program for the rehabilitation of White Avenue from Arrow Highway to Eighth Street.  The project wishes to provide 3,500 tons of rubberized asphalt (hot mix) for length of street measuring approximately 3,900 linear feet by approximately 50 linear feet wide.  The proposed White Avenue project will border Arrow Highway to the south, and Eighth Street to the north.  The strategy of improvement will include a 3" cold mill followed by a 3" rubberized lift of asphalt.
+Over the years White Avenue has become a thoroughfare allowing traffic to travel from Interstate 210 located the north section of La Verne to Interstate 10 located to the south of La Verne.  Over the years the wheel load from passenger vehicles and semi-truck traffic has created areas of deflection/depression, longitudinal/transverse cracking as well as utility cuts has created a substandard pavement surface.  The pavement has lost it's oxidation and currently has a cumulative section Pavement Condition Index (PCI) of 65.
+The earliest proposed construction start date 08/2022 with construction dates of 08/2022 to 10/2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Niguel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kathy Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493624341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City estimated to use 18,000 tons of RAC for this project.  The earliest proposed construction start date is 02/2022.  Construction dates are from 02/2022 to 10/2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sheila Niebla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617236198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will provide roadway repair and rehabilitation of approximately 47.5 lane miles of City streets within the neighborhoods listed below. Pavement treatments will include a combination of thin overlays, digouts, and full depth reconstruction. Construction is expected to begin in March 2022 and will require 45,000 tons of Rubberized Hot Mix Asphalt. 
+1. Division St from Avenue I to Avenue J, Construction 3/2022-7/2022
+2. 20th St West from Avenue K to Avenue L, Construction 3/2022-7/2022
+3. Neighborhood bound by Avenue K to Avenue L and 5th St East to Sierra Hwy, Construction 3/2022-7/2022
+4. Neighborhood bound by Lancaster Bl to Avenue J and 10th St West to Sierra Hwy, Construction 9/2022-4/2024 
+5. Sierra Hwy from Avenue I to Lancaster Bl, Construction 9/2022-4/2024
+The City of Lancaster currently has a median household income at 73% (&lt;80%) of the statewide median household income (Lancaster Median Household Income: https://www.census.gov/quickfacts/lancastercitycalifornia = $55,237. Statewide Median Household Income: https://www.census.gov/quickfacts/fact/table/CA/PST045219 = $75,235. Therefore, $55,237/$75,235 = 73%).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manteca</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alfredo Mijango</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094568422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of Manteca street rehabilitation project. The following City streets have been selected to receive a rubberized chip seal rehabilitation treatment in order to extend the life of the roadway. Lathrop Road from Union Road to Redwood Avenue, Louise Avenue from Main Street to Highway 99, Cottage Avenue from Louise Avenue to Yosemite Avenue, Spreckels Avenue from Yosemite Avenue to Moffat Boulevard, Industrial Park Drive from Main Street to Moffat Boulevard, Yosemite Avenue from the east side of the railroad tracks to St Dominics Drive, Woodward Avenue from Main Street to Pillsbury Road, Austin Road from Yosemite Avenue to City Limit/1950 feet north of Graves Road, and Airport Way from Tactical Way to Daisywood Drive.
+Earliest Proposed Construction Start Date: 06/2022
+Construction Dates: 06/2022 to 08/2023
+Total Square Yards of Rubberized Chip Seal: 225,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matt Hespenheide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099665356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will construct Merced Falls with Rubberized Chip Seal with Construction start date 08/2022. The total square yards of rubberized chip seal that will be used 9.04 mi x 22 ft wide = 116,676 SY.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Newark</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Tat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105784041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Newark will utilize approximately 75,000 square yards of Rubberized chip seal and slurry seal on various streets. The project will include minor base repairs, traffic striping and legends removal, and thermoplastic restriping. The earliest proposed construction start date is 07/2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eric Humel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052712231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project will resurface several streets using RAC at the following locations and with the following estimated tonnages of RAC: Oxnard Blvd - Esplanade Dr. to Roberts Ave. (15,180 tons RAC); Del Norte Blvd - Sturgis to 101 Fwy (12,580 tons); Del Norte Blvd - Fifth St. to Sturgis Rd. (1,714 tons RAC); N Ventura Rd - W Gonzales Rd to Fifth St. (3,120 tons RAC); N Ventura Rd - Fifth St. to Channel Islands Blvd (3,120 tons RAC). The project will thus resurface streets with an estimated total of 35,714 tons of RAC. The earliest proposed construction start date is 07/2022 with construction dates of 07/2022 to 12/2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Young Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503292160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Project consists of milling existing asphalt along a 2.3 mile long residential arterial road and replacing with a two-inch thick rubber asphalt concrete overlay covering the entire street totaling 4,650 tons. The project limits are Arastradero Road from Los Palos Avenue to El Camino Real, West Charleston from El Camino Real to Alma Street, and East Charleston Road from Middlefield Road to San Antonio Road. Construction for this project has started in August 2021 and RAC placement on January 2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathryn Hughes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307457593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Loreto Tamondong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In the summer of 2022, Placer County plans to pave approximately 96,000 square yards of County maintained roads with Rubberized Hot-Mix Asphalt. These roads are located in Granite Bay and near other anticipated RHMA projects that are planned for the summer of 2022 in order to reduce environmental impacts and costs. This project will yield 12,500 Tons of RAC hot-mix.</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>City of Rancho Cucamonga</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Romeo David</x:t>
   </x:si>
   <x:si>
     <x:t>9094772740</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will construct Asphalt Rubber Hot Mix overlay, cold milling of existing asphalt pavement, weed killing, routing and crack sealing existing pavement cracks, modify all existing access curb ramps that are not compliant to ADA regulations, remove and re-install existing traffic loops, install new traffic video detections, install construction signs, installation of pavement markers and striping, installation of green bike lane thermoplastic along bike lane path, adjust all existing utilities like manholes, water valves, water meters and vaults to new overlay surface. The earliest proposed construction start date is April 4, 2022.  Construction Dates are from April 4, 2022 to April 1, 2024.  Total tonnage of RAC hot-mix is 24,860 tons.
 Locations are the following Streets:
 1.Center Avenue – 6th Street to 8th Street
 2.Etiwanda Avenue – Foothill Boulevard to Wilson Avenue
 3.Banyan Street – Milliken Avenue to Rochester Avenue
 4.Base Line Road – Day Creek Boulevard to I-15 Freeway 
 5.Milliken Avenue – Freeway I-210 to Banyan Street
 6.Hermosa Avenue – Wilson Avenue to North City Limit
 7.Highland Avenue – Carnelian Street to West End
 8.Highland Avenue – Archibald Avenue to Beryl Street</x:t>
   </x:si>
   <x:si>
-    <x:t>San Joaquin         </x:t>
-[...158 lines deleted...]
-    <x:t>The Town of Corte Madera is proposing to utilize a asphalt-rubber cape seal on approximately 69,239 square yards of roadway as part of its 2022 Road Rehabilitation Project on several residential/local streets located on the east side of Corte Madera. The project will include a comprehensive pavement rehabilitation of existing roadway, installing ADA compliant curb ramps, improving drainage and making repairs to the storm system, refreshing striping, and other related work along resurfaced streets. The earliest proposed construction start date is May 2022 (05/2022). Construction Dates are 05/2022 to 11/2022. The total square yards of of rubberized cape seal that will be used is 69,239.</x:t>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Farshidi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087941945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of San Jose, Department of Transportation, Division of Infrastructure Maintenance is planning to resurface major streets including arterial and collectors throughout the city as part of its local arterial resurfacing program. Final wearing course materials used will be rubberized hot mix asphalt-gap graded (wet process).  Early construction start date: April 2022.  Construction date: April 2022-July 2023. Total estimates tons of RAC is 33,000. Carl Mo, who took the required TDA course, is a project manager and his official title is civil engineer II and is assisting with both grant and managing construction in future. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Leandro</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erwin Ching</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105773439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of San Leandro will apply the Rubberized Pavement Grant towards asphalt rubber chip sealing and rubberized hot-mixed asphalt (RHMA) to be installed as part of CIP projects during the construction seasons in 2022 and 2023, or approximately from 4/1/2022 through 10/31/2023.
+The estimated amount of asphalt rubber chip sealing and RHMA to be included as part of this grant application is 152,000 square yards and 7,000 tons, respectively.  However, the City of San Leandro will likely install more rubberized chip sealing and RHMA in 2022 and 2023 than what will be covered by this grant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Simi Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Afsaneh Amami</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055836852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Simi Valley is applying for their upcoming Street Rehabilitation Projects with the estimated construction dates of January 2022 to January of 2024, and with a total of approximately 36,000 tons of rubberized pavement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bryce Bondi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095254110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Stanislaus County Department of Public Works has two separate roadway maintenance projects that propose asphalt rubber chip seal application to treat existing pavement. Collectively, both projects propose applying a total of approximately 250,000 square yards of asphalt-rubber chip seal.
+The Phase E Urban Pavement Preservation Project (UPP) includes application of slurry seal, asphalt rubber chip seal, microsurfacing, and other methods of pavement preservation on local roadway in the unincorporated County areas of West Herndon, Ceres, Crows Landing, and Turlock. The Phase E UPP Project will include treatment of about 280,000 square yards of roadway. Of the 280,000 square yards, approximately 180,000 square yards will be treated with an asphalt rubber chip seal. Construction is expected to begin Spring 2022, and should be completed Summer 2022.
+The Del Puerto Canyon Road Pavement Preservation Project will include an asphalt rubber chip seal on approximately five miles on a County Major Collector road, resulting in about 70,000 square yards of asphalt rubber chip seal. Construction is expected to be completed prior to Fall 2023.</x:t>
   </x:si>
   <x:si>
     <x:t>Tuolumne            </x:t>
   </x:si>
   <x:si>
     <x:t>Tuolumne County</x:t>
   </x:si>
   <x:si>
     <x:t> Blossom Scott-Heim</x:t>
   </x:si>
   <x:si>
     <x:t>2095335904</x:t>
   </x:si>
   <x:si>
     <x:t>Tuolumne Road is a major collector and one of the higher volume roads in Tuolumne County. It is of economic importance to the region, being the main route of travel between the cities of Sonora and Tuolumne City. Along this road are several clusters of businesses and a shopping center, as well as Summerville High School. The road is also the main route to the Black Oak Casino Resort, a major employer and revenue source for the County.
 The proposed project will repair Tuolumne Road from Mono Way to Tuolumne Road 
 North, an approximate distance of 6.7 miles. A rubberized chip seal will be used for the entire length of the project.
 A total of 153,360 square yards of rubberized chip seal will be used on the project. The earliest proposed start date for construction is 04/2022. However, construction is anticipated to likely take place from 08/2022 to 10/2022.
 According to U.S. Census data, Tuolumne County's median household income was $60,108 for the period of 2015 to 2019. This value was just under 80 percent of California's median household income of $75,235 for the same period.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Diego           </x:t>
-[...122 lines deleted...]
-The estimated amount of asphalt rubber chip sealing and RHMA to be included as part of this grant application is 152,000 square yards and 7,000 tons, respectively.  However, the City of San Leandro will likely install more rubberized chip sealing and RHMA in 2022 and 2023 than what will be covered by this grant.</x:t>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Eddie Yu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Union City Public Works Department is exploring new roadway treatment methods for our annual roadway repair program using AR Chip &amp; Cape Seal in 2022. The City anticipate resurfacing mostly residential and some industrial streets throughout the city. The project is still currently in design phase with an estimated earliest proposed construction start date to be 06/2022. Construction dates are likely to take place during summer time 06/2022 to 09/2022. 75,000 square yards of rubberized chip seal will be used.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Walnut</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9095949702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will pave with hot mix on La Puente Road westerly city limits to Lemon Avenue and use 2,650 tons of RAC on the projects. The construction will start on 07/2022 to 09/2022. 2,650 tons of hot mix equates to $26,500.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Watsonville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Patrice Theriot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317683113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will apply a "3-Layer System" to various City streets. This includes a layer of microsurface, then a layer or asphalt-rubber chip seal, and capped with a layer of Type 2 slurry. Earliest construction start date is 08/2022 with estimated construction dates of 08/2022 to 10/2022. The proposed project will use a total of 80,000 square yards of rubberized chip seal. The median household income in Watsonville is 71% of the statewide median income.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Windsor</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wade Monsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7078381011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project will apply an asphalt-rubber cape seal to residential neighborhoods and collector streets. Approximately 105,000 square yards of asphalt-rubber chip seal will be applied as part of the cape seal and this amount is eligible for reimbursement according to grant guidelines. The project will be combined with the Town's annual Pavement Preservation Program that applies Type II slurry seal to residential streets in a yearly rotation. The estimated construction cost for this combined project is $1,150,000, and construction is anticipated to begin after July 2022.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marvin Dinozo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The 2022 Pavement Preservation Project in Yolo County will feature the use of 341,826 square yard of rubberized asphalt chip seal as part of a Triple Seal treatment along over 38 miles of road on County Road 99W, County Road 8, County Road 19A, and every road within the Town of Yolo. The earliest proposed construction start date is 05/2022 and proposed Construction Dates is between 05/2022 to 10/2022. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jason Kabalin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will Rehabilitate and Resurface neighborhood streets with rubberized asphalt plus remove failed asphalt and base areas and replace with AC plugs, crack sealing, slurry sealing, and pavement overlays with rubberized asphalt. The earliest proposed construction date is 03/2022; weather Dependent. The construction dates are from 03/2022 to 07/2022; weather Dependent. The total hot mix is 3307 tons.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306424925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The projects would include secondary arterial roads and subdivisions throughout El Dorado County. The projects would begin no earlier then May 2022 and are anticipated to use no less than 250,000 yards of rubberized chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Quang Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City proposes to rehabilitate Project #1 - Aliso Creek Road (Aliso Viejo Parkway to Alicia Parkway), Project #2 - Enterprise (Aliso Creek Road to Aliso Viejo Parkway), and Project #3 -Aliso Creek Road (Enterprise to the 73 Freeway).  The projects consist of grinding existing asphalt pavement, placing ARHM, placing AC leveling course, installation of traffic loops, thermoplastic striping and pavement markings, and adjustment of existing utility vaults, manholes, and valve covers.  Proposed construction start date is starting June/2022.  Construction dates June/2022 to December/2023 utilizing 9,600 tons of hot-mix material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristine Courdy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168518842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Rancho Cordova is proposing to pave the Mills Ranch and Rossmoor Neighborhood utilizing rubberized asphalt concrete.  The project bordering streets are Chase Drive, Coloma Road, Ambassador Drive, and McGregor Drive.  The proposed project includes 10,005 tons of RAC hot-mix.  The earliest proposed construction start date is 03/2022.  The estimated construction dates are 04/2022 to 10/2022.
+The following individuals from the City have taken the TDA Training Course:
+Edgar Medina - Principal Engineer with the City who oversees the Roadway Capital Improvement Program
+Kristine Courdy - Associate Engineer with the City and the Project Manager for the Mills Ranch and Rossmoor Neighborhood Project
+Jesse Yabes - Assistant Engineer with the City and the Assistant Project Manager for the Mills Ranch and Rossmoor Neighborhood Project</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amer Rihani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074495139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Vacaville will resurface several roads and alleys using chip seal and/or cape seal. The general description of work includes the construction of preventative maintenance work (rubberized chip seal and/or slurry seal) and ancillary activities including concrete patching, crack sealing, and striping. The project is estimated to have a total of 340,000 SY of rubberized chip seal and 400,000 SY of slurry seal. The city is requesting the maximum grant amount of $250,000. The earliest proposed construction start date is 05/2022. The Construction dates are between 05/2022 and 10/2022.  The street list includes: Azalea Way, West Street, Cernon Street, Peach Tree Ave, Weatherly Way, Bowline Dr., Andrea Dr., Georgetown Dr., Burlington Dr., Manchester Way, Ogden Way, Devonshire Dr.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elmer Datuin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519556762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed projects are hot-mix projects that will grind and overlay roadway to remove the top portion of the existing asphalt pavement layer and place new rubberized hot mix asphalt on San Jacinto Street utilizing 4,860 tons of material which will cover approximately 10,000 square yards of roadway, and on Max Gilliss Boulevard and Leon Road utilizing 10,500 tons of material covering approximately 74,500 square yards of roadway. The proposed projects are located in unincorporated Riverside County in the areas of Hemet and Winchester. The project will then reconstruct, remove the full depth of the existing asphalt pavement layer and place conventional hot mix asphalt as base course and cap it with rubberized hot mix asphalt as final course on these roadways. These projects have been programmed for improvements and have been budgeted for funding with SB1 funds. The anticipated construction start date for San Jacinto Street is scheduled to begin December 2021, with an anticipated completion date of March 2022. The anticipated construction start date on Max Gilliss Boulevard and Leon Road is scheduled to begin in March 2022, with an estimated completion date in June 2022. 
+The segment of roadway being resurfaced in the unincorporated area of Hemet is a designated disadvantaged community Census Tract 6065043401 ranking in the 90th percentile for overall socioeconomic factors. This census tract has high unemployment and poverty rates between the 95th and 99th percentile according to CalEnviroScreen. The median household income for this area is $39,726.
+A draft resolution has been attached to this application. Upon Board of Supervisors approval, Resolution No. 2021-193 will be submitted after the October 2021, anticipated meeting date.
+Proposed projects are anticipated to begin construction in March 2022 with an anticipated completion date in June 2022.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 37</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -795,51 +795,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f3600ab19c145ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7192780ee974cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1176777da8794cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2e792f9c18f4f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9801de34a27a42df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0fd91d927a0a4361" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -887,933 +887,933 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.44720458984375" customHeight="1" collapsed="0">
+    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>37200</x:v>
+        <x:v>68644</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
+    <x:row ht="126.48187255859375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="632.437744140625" customHeight="1" collapsed="0">
+    <x:row ht="632.43780517578125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>249998</x:v>
+        <x:v>69239</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>35525</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row ht="310.478759765625" customHeight="1" collapsed="0">
+    <x:row ht="609.4488525390625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="4185.6376953125" customHeight="1" collapsed="0">
+    <x:row ht="241.4833984375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>157546</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="1471.861328125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.967041015625" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>153600</x:v>
+        <x:v>123200</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="G13" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="F13" s="8" t="s">
+    </x:row>
+    <x:row ht="4185.63720703125" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="G13" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H13" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>43250</x:v>
+        <x:v>157546</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+    </x:row>
+    <x:row ht="494.4482421875" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>68644</x:v>
+        <x:v>25200</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+    </x:row>
+    <x:row ht="1138.3935546875" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>26500</x:v>
+        <x:v>24500</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>46298</x:v>
+        <x:v>126000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1080.9072265625" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.419921875" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.41796875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>80040</x:v>
+        <x:v>134832</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="1195.9072265625" customHeight="1" collapsed="0">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>99440</x:v>
+        <x:v>116676</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>134832</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G22" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4384765625" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B23" s="8" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>126000</x:v>
+        <x:v>249998</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F23" s="8" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G23" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H23" s="8" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.4462890625" customHeight="1" collapsed="0">
+      <x:c r="A24" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B24" s="8" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>80000</x:v>
+        <x:v>37200</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F24" s="8" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G24" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H24" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.4794921875" customHeight="1" collapsed="0">
+      <x:c r="A25" s="8" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G25" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+    </x:row>
+    <x:row ht="1195.908203125" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+      <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>123200</x:v>
+        <x:v>99440</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+    </x:row>
+    <x:row ht="586.4599609375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B27" s="8" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>116676</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>38400</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="G29" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.91796875" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="G30" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="B31" s="8" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>105000</x:v>
+        <x:v>153360</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="G31" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
+        <x:v>132</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.947265625" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B32" s="8" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>69239</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.990234375" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>153360</x:v>
+        <x:v>26500</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.458984375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>80000</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>150</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.478515625" customHeight="1" collapsed="0">
+        <x:v>145</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.95703125" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>35525</x:v>
+        <x:v>105000</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="G35" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.958984375" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B36" s="8" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H36" s="8" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+        <x:v>155</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A37" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>46298</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F37" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="G37" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H37" s="8" t="s">
+        <x:v>159</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.478515625" customHeight="1" collapsed="0">
+      <x:c r="A38" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B38" s="8" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>75000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="G38" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
+        <x:v>164</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B39" s="8" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>25200</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G39" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
+        <x:v>168</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="908.41796875" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="B40" s="8" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>24500</x:v>
+        <x:v>80040</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F40" s="8" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="G40" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H40" s="8" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="F40" s="8" t="s">
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
+      <x:c r="A41" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="G40" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H40" s="8" t="s">
+      <x:c r="B41" s="8" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F41" s="8" t="s">
+      <x:c r="G41" s="8" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="G41" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H41" s="8" t="s">
+    </x:row>
+    <x:row ht="1644.349609375" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>153600</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B43" s="10" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C43" s="10"/>
       <x:c r="D43" s="11" t="n">
         <x:v>5394448</x:v>
       </x:c>
       <x:c r="E43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G43" s="10" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -1847,29 +1847,29 @@
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
     <x:mergeCell ref="B32:C32"/>
     <x:mergeCell ref="B33:C33"/>
     <x:mergeCell ref="B34:C34"/>
     <x:mergeCell ref="B35:C35"/>
     <x:mergeCell ref="B36:C36"/>
     <x:mergeCell ref="B37:C37"/>
     <x:mergeCell ref="B38:C38"/>
     <x:mergeCell ref="B39:C39"/>
     <x:mergeCell ref="B40:C40"/>
     <x:mergeCell ref="B41:C41"/>
     <x:mergeCell ref="B42:C42"/>
     <x:mergeCell ref="B43:C43"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 10:43 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>