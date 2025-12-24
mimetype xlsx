--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55992b4b63454cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R341e3e12aaa14f29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R65d6e08f8ca44128"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rff8c97f5a618445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR74)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -50,95 +50,95 @@
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
     <x:t>Kings               </x:t>
   </x:si>
   <x:si>
     <x:t>Kings County</x:t>
   </x:si>
   <x:si>
     <x:t> Troy Hommerding</x:t>
   </x:si>
   <x:si>
     <x:t>5598522627</x:t>
   </x:si>
   <x:si>
     <x:t>Stephanie Becker</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Kings County Department of Public Health is requesting reimbursement on behalf of the farming organization, Sandridge Partners, for a completed illegal dumping cleanup from the prior year. Illegal dumping on farmland and private property in the unincorporated areas of the county is a frequent issue. Much of the farmland is open, unfenced fields with many routes of entry. Landowners typically bear the brunt of cleanup costs when dumping occurs. Most, if not all illegal dumping that occurs a responsible party cannot be identified, located, or pay for timely and proper remediation.
 Upon California Department of Fish and Wildlife routine patrol, this illegal dumpsite was found at one of the organization’s locations and a Notice of Violation was issued. The site included material such as appliances, tires, and construction debris. The site cleanup was initially successful, however more illegal dumping is occurring near the area even after implementation of abatement measures: limiting entry points, installing “No Dumping” signs and fencing. The landowner anticipates the illegal dumping problem is going to continue due to people not willing to travel to an appropriate facility and pay a small fee. Additional measures being taken include notifying the Sheriff’s Department of unauthorized vehicles in the area and efforts toward better surveillance which include fine-tuning camera strategies since proper placement can be a challenge. There is also the possibility of installing pole mounted solar motion detector lights as deterrents. The Affidavit states mail was collected (and likely turned in) to help trace and identify the illegal dumpers. To help overcome the illegal dumping issue the property owner and jurisdiction will further these types of efforts and experiment with various strategies since the problem is still experienced in the county.
 Kings County Farm Bureau does offer cleanup vouchers for those that are members, however these vouchers typically only cover a minor amount of the cost for disposal. Free household hazardous waste collection events are conducted on the first Saturday of the month at Kings Waste and Recycling Authority. Each city (Lemoore, Corcoran, Hanford) provides residents vouchers during the springtime for free waste disposal at Kings Waste and Recycling Authority.</x:t>
-  </x:si>
-[...20 lines deleted...]
-Sutter County and its neighboring regions continue to actively combat illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>Lassen              </x:t>
   </x:si>
   <x:si>
     <x:t>Honey Lake Valley Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Andrea Stuemky</x:t>
   </x:si>
   <x:si>
     <x:t>5302600067</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
 The Honey Lake Valley Resource Conservation District (HLVRCD) is requesting funds to clean up rolls of buried plastic and for assistance with any other applicable unknowns that reside on grazing property in Litchfield, Lassen County. The property was historically used for cattle grazing but is currently being utilized for sheep grazing as well as a water access point from adjacent Bureau of Land Management grazing allotments. The site has never been farmed due to overall poor soil health.
 The material/waste is in the south-east corner of the property, is approximately 2-3 acres and appears to have been brought onto the property decades ago (30+ years), before the property purchase. However, the landowner has no idea how or when the waste was brought to the property. Due to wind erosion and sheep herd movements, the waste was recently discovered by the property owner.  The owner bought the property to build a retirement home, but now additional uses are planned. Cleanup of this site will allow the owner to use the property for its intended agricultural purpose and resolve concerns about livestock ingesting plastic, water table contamination, and litter on the surrounding areas. Currently there is no active dumping onsite and it is anticipated to remain this way so preventative measures are not needed at this time.
 The amount and type of material for removal is uncertain as only the tops of plastic rolls are exposed. Project funds will mitigate the overall site and guarantee no further contamination would occur to the soil or domestic water sources via the water table. Due to the location of the waste being atop the nearest drainage to neighboring houses, multiple soil tests are included in the project to determine any chemical residue left in the soil before and after excavation.
 The HLVRCD has completed multiple Farm and Ranch Cleanup Grants and intents to do the same in the future. They continue to assist Lassen County landowners with illegal dumping to the extent they are able and have created a media presence about the program. Illegal dumping is an issue in the county due to its rural nature and shortage of code enforcement. Dump days are being held to mitigate active illegal dumping from locals, however it’s assumed non-local residents are also a contributing factor to the problem.
 As of 3/30/22 it has been determined that three cleanup site projects are located on the parcel. This grant will fund one of the three cleanups, Site A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306824784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Josephine Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project:
+The Sutter County Resource Conservation District is seeking funds for illegal dumping cleanup and prevention measures on two functioning farm tree crop sites in Live Oak. The first site, Pamma on Township, has many access points, is close to town, and has been targeted by repeat dumping even though the landowner has done several cleanups. The site has bags of household trash, an all-terrain vehicle, tires, and a trailer filled with debris that was illegally scattered onsite. The dumping first occurred in 2015 and has gotten progressively worse year by year. Initially it was small items being dumped but now there is a variety of debris being thrown in the orchard. The landowner conducts cleanups multiple times a year, and aims to quickly cleanup the debris so others do not add to it. Cleanups have entailed equipment rentals, fuel, labor, and disposal costs. The landowner installed security lights to deter trespassers as well as block access points with wooden bins to prevent entry, but these measures only worked temporarily. Eventually the bins were moved, and trespassers came on the property again.
+The second site, Howard, has illegally dumped construction material such as concrete, brick, and glass, which is too costly for the landowner to remove. After being gone for a few days, the landowner came home to this dumped material. The landowner started experiencing illegal dumping around 2019. The site continues to be a target for additional dumping, likely because the construction debris pile(s) remain. It may also be due to the operational ag burn pile—dumpers add noncompliant items to it which has resulted in the landowner losing his burn permit. The landowner and his employees have spent hours cleaning up the property; by hand and bucket tractor, needing to take several loads to the dump. “No trespassing” signs were installed around the property in an attempt to curb the dumping. 
+Grant funding will provide gates, locks, steel fencing, additional signage, and cameras for both farmers. The landowners estimate entire truck beds filled with material get offloaded on their property, occurring mostly at night and on the weekends. Piles are often dumped on main dirt roads but can also be found between tree lines and tree rows. The dumping often gets rolled into waterways as well. Being close enough to town but rural enough where there is a lack of people present makes this type of land an ideal target.
+Sutter County and its neighboring regions continue to actively combat illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -273,51 +273,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55112e9d808a47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R65d6e08f8ca44128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R632aee6c7e9944bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5182005884bc4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rff8c97f5a618445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78761566c6e44fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -398,75 +398,75 @@
       <x:c r="D6" s="9" t="n">
         <x:v>18199</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row ht="2276.81591796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>37100</x:v>
+        <x:v>49755</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="2276.8154296875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>49755</x:v>
+        <x:v>37100</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>105054</x:v>
       </x:c>
@@ -475,29 +475,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:54 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:48 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>