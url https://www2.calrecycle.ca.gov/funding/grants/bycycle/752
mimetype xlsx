--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R341e3e12aaa14f29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b397d6523084a6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rff8c97f5a618445a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5bf396241e2244b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR74)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -273,51 +273,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5182005884bc4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rff8c97f5a618445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R78761566c6e44fd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabbf0fb618c34e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5bf396241e2244b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2969109618d44ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -475,29 +475,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 5:48 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>