--- v2 (2025-12-24)
+++ v3 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b397d6523084a6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988003fe71264736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5bf396241e2244b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf5e478085a004454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR74)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -273,51 +273,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabbf0fb618c34e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5bf396241e2244b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2969109618d44ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc086c6650a424bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5e478085a004454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R73b7833a4eeb4ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -475,29 +475,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 9:29 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>