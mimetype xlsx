--- v3 (2026-01-19)
+++ v4 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988003fe71264736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06d3b2425ce403c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rf5e478085a004454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra7740a7040a645d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR74)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -273,51 +273,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc086c6650a424bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf5e478085a004454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R73b7833a4eeb4ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7747da43f1b74d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7740a7040a645d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0b68e2306cb14c63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -475,29 +475,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 9:29 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 12, 2026 5:33 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>