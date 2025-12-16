--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,276 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0defb86a4c4f73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63dde1c712194105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0ee0460142ca440e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rba4bf9af561b4980"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Edible Food Recovery Grant Program (EFR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>University of California, Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bonny Bentzin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6026892598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand UCLA’s campus food recovery efforts to address student food insecurity issues, and develop a comprehensive solution to overcome current gaps that result in edible food being disposed. Through the purchase of a food recovery van, collection equipment, cold storage, and distribution supplies, UCLA will build a robust food recovery network on campus. This project leverages a partnership between campus food production outlets, including Associated Students UCLA, Housing &amp; Hospitality Services, UCLA Health System, and Athletics to support food recovery. Other partners include the Community Programs Office and Bruin Dine (a student organization) that will support food packaging and distribution, and Facilities Management and the Office of Sustainability that will provide logistical support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City and County of San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexa Kielty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153553700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will help the City and County of San Francisco build on the CalRecycle-funded Kitchen Zero SF to increase the amount of edible food currently being recovered, and will target the sources of food waste, in order to prevent it. The Kitchen Zero SF-Phase 2 will work with 10-15 food generators to establish and expand edible food recovery programs, as well as prevent food waste by installing food waste prevention software. Additionally, this project will use software and services that match excess edible food to recovery entities such as food banks in and around the City and County of San Francisco. These large edible food generators will be able to select the software and/or service that works best for their business, in the hope that this allows the greatest amount of food to be recovered, or food waste to be prevented.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yurok Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paula Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075729789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yurok Traditional and Contemporary Food Preservation and Rescue program will provide food waste prevention efforts in Del Norte and Humboldt Counties through community education events on food preservation using traditional and contemporary methods, including classes taught by the University of California Cooperative Extension Master Food Preservers. Food waste reduction education will be held at local schools and community centers for tribal members, and a portion of grant funds will be used for purchasing food preservation supplies and equipment such as traditional smokehouses. Food recovery efforts will be conducted through a “Little Food Pantry” program, under the advisement of Cooperation Humboldt (a local nonprofit) and the Del Norte and Tribal Lands Community Food Council, in coordination with local food producers to recover food and distribute it to Tribal Community members.  Pre and post-waste characterization studies will be conducted at the Weitchpec Transfer Station, the Klamath Yurok Tribal Office, and with participating food producers to determine overall program success.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Coast Opportunities, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haerah Baird</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073677054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Mendocino Edible Food Recovery Project will build the framework for an effective, equitable food distribution network by recovering edible food otherwise destined for landfills from grocery stores, restaurants, and farmers markets, and distribute it to Qualifying Tribal Entities. Through the purchase of a van to be use for edible food recovery, as well as by funding the creation of two new part-time jobs, this project aims to address the high amount of food insecurity in Mendocino County’s Native population. By delivering directly to Tribal Entities serving Tribal households, the project diminishes barriers to food access such as unreliable transportation, mistrust of non-Native organizations, and the potential stigma associated with using Food Banks. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-485-1416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SarahE Sanders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry (Metro) and Central California Food Bank (CCFB) will expand Metro’s edible food recovery capacity and increase access to healthy food in low-income and food desert neighborhoods in Fresno, Madera, Kings, Tulare, and Kern Counties by adding edible food donor and recipient organizations to Metro’s Food to Share Network, including Qualifying Tribal Entities. Over the grant term, Metro will add new food recovery school sites and community-based organizations as food distribution sites, and increase direct food recovery by adding two new retail locations and two urban gleaning sites. This will be accomplished through the purchase of a refrigerated box truck, and the funding of Food To Share driver salaries. CCFB will continue to utilize their produce pack line operations to maximize the amount of food distributed by sorting and packaging product into appropriate household sizes, allowing more recipient organizations to receive, store, and distribute product to residents. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ProduceGood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4065706352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through its Market Share Expansion project, ProduceGood will recover unsellable produce by using grant funds to open two additional farmers markets where they can implement their Market Share program. This fresh produce markets will directly benefit San Diegans struggling with food insecurity. Grant funds will be used for personnel, collection and distribution equipment, as well as software and indirect costs. ProduceGood will supply recovered food to existing and new feeding partners on the eastern, more rural edge of the county, including Qualifying Tribal Entities. This project will create a new full-time position for a Community Engagement Lead.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farming Hope</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haley Nielsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152128307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farming Hope’s Food Recovery Program will recover edible food by utilizing grant funds to fund relevant staff time, as well as purchase a van that is needed to recover food for Farming Hope’s Community Meals Program and Grocery Program. Additionally, through the purchase of refrigeration equipment, which extends the life of recovered food, this project will enable Farming Hope to expand operations and distribute recovered edible food to more people in San Francisco County. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba-Sutter Gleaners Food Bank, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Ball</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306733834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand the Yuba-Sutter Food Bank Food Recovery Program by as much as 40 percent, through the purchase of a refrigerated truck, and funding a new full-time Food Recovery Driver position and a new part-time Warehouse Food Sorter position. The edible food that is recovered will be distributed through food bank community partner agencies in Yuba and Sutter counties, and the Community Well-Being Food Distribution Program. Recovered edible food will be used in expanded and new distributions and pantries, pop ups, and distribution centers. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porchlight Community Services, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Claudia Montenegro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587527732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will enable Porchlight Community Services to expand their capacity to recover edible food in San Diego County through the purchase of a refrigerated truck, and the funding of two new full time positions: one project manager, and one administrative assistant. This project will also fund kitchen equipment to assist in the recovery and preservation of edible food. Porchlight Community Services will distribute recovered food through their Emergency Food Basket and FoodSHARE Programs.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tuolumne            </x:t>
   </x:si>
   <x:si>
     <x:t>Chicken Ranch Rancheria of Me-Wuk Indians Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Joanna Portillo-Hsu</x:t>
   </x:si>
   <x:si>
     <x:t>2099849066</x:t>
   </x:si>
   <x:si>
     <x:t>Dallas Aicega</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will seek to divert all recoverable edible food generated at the Chicken Ranch Casino from the landfill and distribute it to shelters, food banks, and local communities in need in Tuolumne County. The Chicken Ranch Rancheria of Me-Wuk Indians plans to partner with Resiliency Village, who will work as recovered food sorters and delivery drivers to these communities and organizations experiencing food insecurity. Grant funds will be used to purchase two delivery trucks and fund multiple new part-time positions for Food Recovery Sorters and Drivers. This project also includes food waste prevention through the application of Winnow food waste software and platform in the Chicken Ranch Casino’s kitchens and food service operations.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Diego           </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Laborers of the Harvest</x:t>
   </x:si>
   <x:si>
     <x:t> Shari Rightmer</x:t>
   </x:si>
   <x:si>
     <x:t>6612056575</x:t>
   </x:si>
   <x:si>
-    <x:t>SarahE Sanders</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Laborers of the Harvest (LOTH) will expand capacity through a commercial kitchen remodel, which will allow for recovered edible food to be cooked and prepared, extending the life of the food and the number of people that can be fed. Additionally, the purchase of a truck for food recovery, as well as cold storage, will enable LOTH to recover more edible food that would otherwise go to landfills. This project will also expand LOTH’s operations into neighboring, rural, disadvantaged communities in Kern County. Grant funds will be used to create paid part-time positions for several individuals currently serving as volunteers for Laborers of the Harvest.</x:t>
   </x:si>
   <x:si>
-    <x:t>ProduceGood</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Merced              </x:t>
   </x:si>
   <x:si>
     <x:t>United Way of Merced County, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Dr. Stergios Roussos</x:t>
   </x:si>
   <x:si>
     <x:t>2094899913</x:t>
   </x:si>
   <x:si>
-    <x:t>Trina Ritter</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Partnership Alliance (CPA) of the United Way of Merced County will expand three projects for community-implemented edible food recovery: the Pop-Up People’s Pantry, the People’s Fridge, and the Family Nutrition Hubs. The three projects complement each other to allow low-income, food-insecure neighborhoods access to free produce through food recovery from local food retailers and the Merced County Food Bank. This will be accomplished through the purchase of a truck and trailer for food recovery, cold storage, and collection and distribution supplies. CalRecycle funds will allow for hiring one full-time Program Coordinator and one part-time Food Distribution Coordinator, and engaging six community members as Community Food Ambassadors. </x:t>
   </x:si>
   <x:si>
-    <x:t>San Francisco       </x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>God's Pantry</x:t>
   </x:si>
   <x:si>
     <x:t> Emily Dolce</x:t>
   </x:si>
   <x:si>
     <x:t>2069498322</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand God’s Pantry’s current capacity to recover edible food through the purchase of a cargo van, in order to divert edible food from going to landfill in Los Angeles County. God’s Pantry will also use grant funds to increase overall cold storage capacity, and upgrade warehouse equipment such as forklifts. This project will fund three new positions: one full-time food recovery driver, one part-time supervisor, and one part-time program coordinator. </x:t>
-  </x:si>
-[...67 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yurok Traditional and Contemporary Food Preservation and Rescue program will provide food waste prevention efforts in Del Norte and Humboldt Counties through community education events on food preservation using traditional and contemporary methods, including classes taught by the University of California Cooperative Extension Master Food Preservers. Food waste reduction education will be held at local schools and community centers for tribal members, and a portion of grant funds will be used for purchasing food preservation supplies and equipment such as traditional smokehouses. Food recovery efforts will be conducted through a “Little Food Pantry” program, under the advisement of Cooperation Humboldt (a local nonprofit) and the Del Norte and Tribal Lands Community Food Council, in coordination with local food producers to recover food and distribute it to Tribal Community members.  Pre and post-waste characterization studies will be conducted at the Weitchpec Transfer Station, the Klamath Yurok Tribal Office, and with participating food producers to determine overall program success.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -405,51 +405,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R144c912bf6674b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ee0460142ca440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3e9f24dcf4474492" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8620fd67f919467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba4bf9af561b4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re02ee6fbde5846bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -497,389 +497,389 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>249867</x:v>
+        <x:v>244524</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
+    <x:row ht="770.42840576171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>242957</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
+    <x:row ht="1080.906982421875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>239102</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="735.930908203125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>176256</x:v>
+        <x:v>227965</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
+    <x:row ht="908.418701171875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>156336</x:v>
+        <x:v>176256</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="494.44775390625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>156336</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="574.95068359375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>244524</x:v>
+        <x:v>242957</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="724.44970703125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>236000</x:v>
+        <x:v>249867</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.94677734375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.93115234375" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>227965</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="1080.90771484375" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>239102</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>3023007</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 7, 2025 12:25 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:43 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>