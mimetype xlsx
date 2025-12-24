--- v1 (2025-12-16)
+++ v2 (2025-12-24)
@@ -1,276 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63dde1c712194105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R249bce13fc454d8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rba4bf9af561b4980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcdd16b6fdacf4832"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Edible Food Recovery Grant Program (EFR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicken Ranch Rancheria of Me-Wuk Indians Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanna Portillo-Hsu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099849066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Aicega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will seek to divert all recoverable edible food generated at the Chicken Ranch Casino from the landfill and distribute it to shelters, food banks, and local communities in need in Tuolumne County. The Chicken Ranch Rancheria of Me-Wuk Indians plans to partner with Resiliency Village, who will work as recovered food sorters and delivery drivers to these communities and organizations experiencing food insecurity. Grant funds will be used to purchase two delivery trucks and fund multiple new part-time positions for Food Recovery Sorters and Drivers. This project also includes food waste prevention through the application of Winnow food waste software and platform in the Chicken Ranch Casino’s kitchens and food service operations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porchlight Community Services, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Claudia Montenegro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587527732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will enable Porchlight Community Services to expand their capacity to recover edible food in San Diego County through the purchase of a refrigerated truck, and the funding of two new full time positions: one project manager, and one administrative assistant. This project will also fund kitchen equipment to assist in the recovery and preservation of edible food. Porchlight Community Services will distribute recovered food through their Emergency Food Basket and FoodSHARE Programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laborers of the Harvest</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shari Rightmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612056575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SarahE Sanders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Laborers of the Harvest (LOTH) will expand capacity through a commercial kitchen remodel, which will allow for recovered edible food to be cooked and prepared, extending the life of the food and the number of people that can be fed. Additionally, the purchase of a truck for food recovery, as well as cold storage, will enable LOTH to recover more edible food that would otherwise go to landfills. This project will also expand LOTH’s operations into neighboring, rural, disadvantaged communities in Kern County. Grant funds will be used to create paid part-time positions for several individuals currently serving as volunteers for Laborers of the Harvest.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ProduceGood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4065706352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through its Market Share Expansion project, ProduceGood will recover unsellable produce by using grant funds to open two additional farmers markets where they can implement their Market Share program. This fresh produce markets will directly benefit San Diegans struggling with food insecurity. Grant funds will be used for personnel, collection and distribution equipment, as well as software and indirect costs. ProduceGood will supply recovered food to existing and new feeding partners on the eastern, more rural edge of the county, including Qualifying Tribal Entities. This project will create a new full-time position for a Community Engagement Lead.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Way of Merced County, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr. Stergios Roussos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094899913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Partnership Alliance (CPA) of the United Way of Merced County will expand three projects for community-implemented edible food recovery: the Pop-Up People’s Pantry, the People’s Fridge, and the Family Nutrition Hubs. The three projects complement each other to allow low-income, food-insecure neighborhoods access to free produce through food recovery from local food retailers and the Merced County Food Bank. This will be accomplished through the purchase of a truck and trailer for food recovery, cold storage, and collection and distribution supplies. CalRecycle funds will allow for hiring one full-time Program Coordinator and one part-time Food Distribution Coordinator, and engaging six community members as Community Food Ambassadors. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farming Hope</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haley Nielsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152128307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farming Hope’s Food Recovery Program will recover edible food by utilizing grant funds to fund relevant staff time, as well as purchase a van that is needed to recover food for Farming Hope’s Community Meals Program and Grocery Program. Additionally, through the purchase of refrigeration equipment, which extends the life of recovered food, this project will enable Farming Hope to expand operations and distribute recovered edible food to more people in San Francisco County. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-485-1416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry (Metro) and Central California Food Bank (CCFB) will expand Metro’s edible food recovery capacity and increase access to healthy food in low-income and food desert neighborhoods in Fresno, Madera, Kings, Tulare, and Kern Counties by adding edible food donor and recipient organizations to Metro’s Food to Share Network, including Qualifying Tribal Entities. Over the grant term, Metro will add new food recovery school sites and community-based organizations as food distribution sites, and increase direct food recovery by adding two new retail locations and two urban gleaning sites. This will be accomplished through the purchase of a refrigerated box truck, and the funding of Food To Share driver salaries. CCFB will continue to utilize their produce pack line operations to maximize the amount of food distributed by sorting and packaging product into appropriate household sizes, allowing more recipient organizations to receive, store, and distribute product to residents. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>God's Pantry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emily Dolce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2069498322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand God’s Pantry’s current capacity to recover edible food through the purchase of a cargo van, in order to divert edible food from going to landfill in Los Angeles County. God’s Pantry will also use grant funds to increase overall cold storage capacity, and upgrade warehouse equipment such as forklifts. This project will fund three new positions: one full-time food recovery driver, one part-time supervisor, and one part-time program coordinator. </x:t>
+  </x:si>
+  <x:si>
     <x:t>University of California, Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Bonny Bentzin</x:t>
   </x:si>
   <x:si>
     <x:t>6026892598</x:t>
   </x:si>
   <x:si>
-    <x:t>Shaina Meiners</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand UCLA’s campus food recovery efforts to address student food insecurity issues, and develop a comprehensive solution to overcome current gaps that result in edible food being disposed. Through the purchase of a food recovery van, collection equipment, cold storage, and distribution supplies, UCLA will build a robust food recovery network on campus. This project leverages a partnership between campus food production outlets, including Associated Students UCLA, Housing &amp; Hospitality Services, UCLA Health System, and Athletics to support food recovery. Other partners include the Community Programs Office and Bruin Dine (a student organization) that will support food packaging and distribution, and Facilities Management and the Office of Sustainability that will provide logistical support.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Francisco       </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>City and County of San Francisco</x:t>
   </x:si>
   <x:si>
     <x:t> Alexa Kielty</x:t>
   </x:si>
   <x:si>
     <x:t>4153553700</x:t>
   </x:si>
   <x:si>
-    <x:t>Trina Ritter</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will help the City and County of San Francisco build on the CalRecycle-funded Kitchen Zero SF to increase the amount of edible food currently being recovered, and will target the sources of food waste, in order to prevent it. The Kitchen Zero SF-Phase 2 will work with 10-15 food generators to establish and expand edible food recovery programs, as well as prevent food waste by installing food waste prevention software. Additionally, this project will use software and services that match excess edible food to recovery entities such as food banks in and around the City and County of San Francisco. These large edible food generators will be able to select the software and/or service that works best for their business, in the hope that this allows the greatest amount of food to be recovered, or food waste to be prevented.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba-Sutter Gleaners Food Bank, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Ball</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306733834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand the Yuba-Sutter Food Bank Food Recovery Program by as much as 40 percent, through the purchase of a refrigerated truck, and funding a new full-time Food Recovery Driver position and a new part-time Warehouse Food Sorter position. The edible food that is recovered will be distributed through food bank community partner agencies in Yuba and Sutter counties, and the Community Well-Being Food Distribution Program. Recovered edible food will be used in expanded and new distributions and pantries, pop ups, and distribution centers. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Coast Opportunities, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haerah Baird</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073677054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Mendocino Edible Food Recovery Project will build the framework for an effective, equitable food distribution network by recovering edible food otherwise destined for landfills from grocery stores, restaurants, and farmers markets, and distribute it to Qualifying Tribal Entities. Through the purchase of a van to be use for edible food recovery, as well as by funding the creation of two new part-time jobs, this project aims to address the high amount of food insecurity in Mendocino County’s Native population. By delivering directly to Tribal Entities serving Tribal households, the project diminishes barriers to food access such as unreliable transportation, mistrust of non-Native organizations, and the potential stigma associated with using Food Banks. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Yurok Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Paula Aubrey</x:t>
   </x:si>
   <x:si>
     <x:t>7075729789</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yurok Traditional and Contemporary Food Preservation and Rescue program will provide food waste prevention efforts in Del Norte and Humboldt Counties through community education events on food preservation using traditional and contemporary methods, including classes taught by the University of California Cooperative Extension Master Food Preservers. Food waste reduction education will be held at local schools and community centers for tribal members, and a portion of grant funds will be used for purchasing food preservation supplies and equipment such as traditional smokehouses. Food recovery efforts will be conducted through a “Little Food Pantry” program, under the advisement of Cooperation Humboldt (a local nonprofit) and the Del Norte and Tribal Lands Community Food Council, in coordination with local food producers to recover food and distribute it to Tribal Community members.  Pre and post-waste characterization studies will be conducted at the Weitchpec Transfer Station, the Klamath Yurok Tribal Office, and with participating food producers to determine overall program success.</x:t>
-  </x:si>
-[...145 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand God’s Pantry’s current capacity to recover edible food through the purchase of a cargo van, in order to divert edible food from going to landfill in Los Angeles County. God’s Pantry will also use grant funds to increase overall cold storage capacity, and upgrade warehouse equipment such as forklifts. This project will fund three new positions: one full-time food recovery driver, one part-time supervisor, and one part-time program coordinator. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -405,51 +405,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8620fd67f919467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rba4bf9af561b4980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re02ee6fbde5846bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192bd3655e8e4733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcdd16b6fdacf4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9d7b88c40b6a44ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -497,389 +497,389 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>244524</x:v>
+        <x:v>249867</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="770.42840576171875" customHeight="1" collapsed="0">
+    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>236000</x:v>
+        <x:v>242957</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1080.906982421875" customHeight="1" collapsed="0">
+    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>239102</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.930908203125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.946533203125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>227965</x:v>
+        <x:v>176256</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.418701171875" customHeight="1" collapsed="0">
+    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>176256</x:v>
+        <x:v>156336</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.44775390625" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>156336</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.95068359375" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.44580078125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>242957</x:v>
+        <x:v>244524</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.44970703125" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>249867</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.93115234375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>227965</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1080.90771484375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>239102</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>3023007</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:43 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>