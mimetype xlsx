--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R249bce13fc454d8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16679ce292354371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcdd16b6fdacf4832"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0283b1eec6a546d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Edible Food Recovery Grant Program (EFR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -405,51 +405,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192bd3655e8e4733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcdd16b6fdacf4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9d7b88c40b6a44ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8d2fee9fba4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0283b1eec6a546d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8e91ce017bb1423f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -857,29 +857,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:04 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:13 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>