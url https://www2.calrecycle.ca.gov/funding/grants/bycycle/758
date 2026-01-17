--- v3 (2025-12-24)
+++ v4 (2026-01-17)
@@ -1,276 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16679ce292354371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1969232d624397" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0283b1eec6a546d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd38bb14ef7e34786"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Edible Food Recovery Grant Program (EFR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>University of California, Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bonny Bentzin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6026892598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand UCLA’s campus food recovery efforts to address student food insecurity issues, and develop a comprehensive solution to overcome current gaps that result in edible food being disposed. Through the purchase of a food recovery van, collection equipment, cold storage, and distribution supplies, UCLA will build a robust food recovery network on campus. This project leverages a partnership between campus food production outlets, including Associated Students UCLA, Housing &amp; Hospitality Services, UCLA Health System, and Athletics to support food recovery. Other partners include the Community Programs Office and Bruin Dine (a student organization) that will support food packaging and distribution, and Facilities Management and the Office of Sustainability that will provide logistical support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City and County of San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexa Kielty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153553700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will help the City and County of San Francisco build on the CalRecycle-funded Kitchen Zero SF to increase the amount of edible food currently being recovered, and will target the sources of food waste, in order to prevent it. The Kitchen Zero SF-Phase 2 will work with 10-15 food generators to establish and expand edible food recovery programs, as well as prevent food waste by installing food waste prevention software. Additionally, this project will use software and services that match excess edible food to recovery entities such as food banks in and around the City and County of San Francisco. These large edible food generators will be able to select the software and/or service that works best for their business, in the hope that this allows the greatest amount of food to be recovered, or food waste to be prevented.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yurok Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paula Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075729789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yurok Traditional and Contemporary Food Preservation and Rescue program will provide food waste prevention efforts in Del Norte and Humboldt Counties through community education events on food preservation using traditional and contemporary methods, including classes taught by the University of California Cooperative Extension Master Food Preservers. Food waste reduction education will be held at local schools and community centers for tribal members, and a portion of grant funds will be used for purchasing food preservation supplies and equipment such as traditional smokehouses. Food recovery efforts will be conducted through a “Little Food Pantry” program, under the advisement of Cooperation Humboldt (a local nonprofit) and the Del Norte and Tribal Lands Community Food Council, in coordination with local food producers to recover food and distribute it to Tribal Community members.  Pre and post-waste characterization studies will be conducted at the Weitchpec Transfer Station, the Klamath Yurok Tribal Office, and with participating food producers to determine overall program success.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Coast Opportunities, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haerah Baird</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073677054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Mendocino Edible Food Recovery Project will build the framework for an effective, equitable food distribution network by recovering edible food otherwise destined for landfills from grocery stores, restaurants, and farmers markets, and distribute it to Qualifying Tribal Entities. Through the purchase of a van to be use for edible food recovery, as well as by funding the creation of two new part-time jobs, this project aims to address the high amount of food insecurity in Mendocino County’s Native population. By delivering directly to Tribal Entities serving Tribal households, the project diminishes barriers to food access such as unreliable transportation, mistrust of non-Native organizations, and the potential stigma associated with using Food Banks. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-485-1416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SarahE Sanders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry (Metro) and Central California Food Bank (CCFB) will expand Metro’s edible food recovery capacity and increase access to healthy food in low-income and food desert neighborhoods in Fresno, Madera, Kings, Tulare, and Kern Counties by adding edible food donor and recipient organizations to Metro’s Food to Share Network, including Qualifying Tribal Entities. Over the grant term, Metro will add new food recovery school sites and community-based organizations as food distribution sites, and increase direct food recovery by adding two new retail locations and two urban gleaning sites. This will be accomplished through the purchase of a refrigerated box truck, and the funding of Food To Share driver salaries. CCFB will continue to utilize their produce pack line operations to maximize the amount of food distributed by sorting and packaging product into appropriate household sizes, allowing more recipient organizations to receive, store, and distribute product to residents. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ProduceGood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4065706352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through its Market Share Expansion project, ProduceGood will recover unsellable produce by using grant funds to open two additional farmers markets where they can implement their Market Share program. This fresh produce markets will directly benefit San Diegans struggling with food insecurity. Grant funds will be used for personnel, collection and distribution equipment, as well as software and indirect costs. ProduceGood will supply recovered food to existing and new feeding partners on the eastern, more rural edge of the county, including Qualifying Tribal Entities. This project will create a new full-time position for a Community Engagement Lead.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farming Hope</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haley Nielsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152128307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farming Hope’s Food Recovery Program will recover edible food by utilizing grant funds to fund relevant staff time, as well as purchase a van that is needed to recover food for Farming Hope’s Community Meals Program and Grocery Program. Additionally, through the purchase of refrigeration equipment, which extends the life of recovered food, this project will enable Farming Hope to expand operations and distribute recovered edible food to more people in San Francisco County. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba-Sutter Gleaners Food Bank, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Ball</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306733834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand the Yuba-Sutter Food Bank Food Recovery Program by as much as 40 percent, through the purchase of a refrigerated truck, and funding a new full-time Food Recovery Driver position and a new part-time Warehouse Food Sorter position. The edible food that is recovered will be distributed through food bank community partner agencies in Yuba and Sutter counties, and the Community Well-Being Food Distribution Program. Recovered edible food will be used in expanded and new distributions and pantries, pop ups, and distribution centers. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porchlight Community Services, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Claudia Montenegro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587527732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will enable Porchlight Community Services to expand their capacity to recover edible food in San Diego County through the purchase of a refrigerated truck, and the funding of two new full time positions: one project manager, and one administrative assistant. This project will also fund kitchen equipment to assist in the recovery and preservation of edible food. Porchlight Community Services will distribute recovered food through their Emergency Food Basket and FoodSHARE Programs.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tuolumne            </x:t>
   </x:si>
   <x:si>
     <x:t>Chicken Ranch Rancheria of Me-Wuk Indians Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Joanna Portillo-Hsu</x:t>
   </x:si>
   <x:si>
     <x:t>2099849066</x:t>
   </x:si>
   <x:si>
     <x:t>Dallas Aicega</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will seek to divert all recoverable edible food generated at the Chicken Ranch Casino from the landfill and distribute it to shelters, food banks, and local communities in need in Tuolumne County. The Chicken Ranch Rancheria of Me-Wuk Indians plans to partner with Resiliency Village, who will work as recovered food sorters and delivery drivers to these communities and organizations experiencing food insecurity. Grant funds will be used to purchase two delivery trucks and fund multiple new part-time positions for Food Recovery Sorters and Drivers. This project also includes food waste prevention through the application of Winnow food waste software and platform in the Chicken Ranch Casino’s kitchens and food service operations.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Diego           </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Laborers of the Harvest</x:t>
   </x:si>
   <x:si>
     <x:t> Shari Rightmer</x:t>
   </x:si>
   <x:si>
     <x:t>6612056575</x:t>
   </x:si>
   <x:si>
-    <x:t>SarahE Sanders</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Laborers of the Harvest (LOTH) will expand capacity through a commercial kitchen remodel, which will allow for recovered edible food to be cooked and prepared, extending the life of the food and the number of people that can be fed. Additionally, the purchase of a truck for food recovery, as well as cold storage, will enable LOTH to recover more edible food that would otherwise go to landfills. This project will also expand LOTH’s operations into neighboring, rural, disadvantaged communities in Kern County. Grant funds will be used to create paid part-time positions for several individuals currently serving as volunteers for Laborers of the Harvest.</x:t>
   </x:si>
   <x:si>
-    <x:t>ProduceGood</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Merced              </x:t>
   </x:si>
   <x:si>
     <x:t>United Way of Merced County, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Dr. Stergios Roussos</x:t>
   </x:si>
   <x:si>
     <x:t>2094899913</x:t>
   </x:si>
   <x:si>
-    <x:t>Trina Ritter</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Partnership Alliance (CPA) of the United Way of Merced County will expand three projects for community-implemented edible food recovery: the Pop-Up People’s Pantry, the People’s Fridge, and the Family Nutrition Hubs. The three projects complement each other to allow low-income, food-insecure neighborhoods access to free produce through food recovery from local food retailers and the Merced County Food Bank. This will be accomplished through the purchase of a truck and trailer for food recovery, cold storage, and collection and distribution supplies. CalRecycle funds will allow for hiring one full-time Program Coordinator and one part-time Food Distribution Coordinator, and engaging six community members as Community Food Ambassadors. </x:t>
   </x:si>
   <x:si>
-    <x:t>San Francisco       </x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>God's Pantry</x:t>
   </x:si>
   <x:si>
     <x:t> Emily Dolce</x:t>
   </x:si>
   <x:si>
     <x:t>2069498322</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand God’s Pantry’s current capacity to recover edible food through the purchase of a cargo van, in order to divert edible food from going to landfill in Los Angeles County. God’s Pantry will also use grant funds to increase overall cold storage capacity, and upgrade warehouse equipment such as forklifts. This project will fund three new positions: one full-time food recovery driver, one part-time supervisor, and one part-time program coordinator. </x:t>
-  </x:si>
-[...67 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yurok Traditional and Contemporary Food Preservation and Rescue program will provide food waste prevention efforts in Del Norte and Humboldt Counties through community education events on food preservation using traditional and contemporary methods, including classes taught by the University of California Cooperative Extension Master Food Preservers. Food waste reduction education will be held at local schools and community centers for tribal members, and a portion of grant funds will be used for purchasing food preservation supplies and equipment such as traditional smokehouses. Food recovery efforts will be conducted through a “Little Food Pantry” program, under the advisement of Cooperation Humboldt (a local nonprofit) and the Del Norte and Tribal Lands Community Food Council, in coordination with local food producers to recover food and distribute it to Tribal Community members.  Pre and post-waste characterization studies will be conducted at the Weitchpec Transfer Station, the Klamath Yurok Tribal Office, and with participating food producers to determine overall program success.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -405,51 +405,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8d2fee9fba4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0283b1eec6a546d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8e91ce017bb1423f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R218a2281c2b14c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd38bb14ef7e34786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9c6b90197e164c42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -497,389 +497,389 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>249867</x:v>
+        <x:v>244524</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
+    <x:row ht="770.42840576171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>242957</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
+    <x:row ht="1080.906982421875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>239102</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="735.930908203125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>176256</x:v>
+        <x:v>227965</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
+    <x:row ht="908.418701171875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>156336</x:v>
+        <x:v>176256</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="494.44775390625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>156336</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="574.95068359375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>244524</x:v>
+        <x:v>242957</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="724.44970703125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>236000</x:v>
+        <x:v>249867</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.94677734375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.93115234375" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>227965</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="1080.90771484375" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>239102</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>3023007</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 2:13 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 16, 2026 9:50 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>