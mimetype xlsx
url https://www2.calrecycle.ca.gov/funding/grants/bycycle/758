--- v4 (2026-01-17)
+++ v5 (2026-02-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1969232d624397" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra425b0d7ca904ef5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd38bb14ef7e34786"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Racbbf3e81b094483"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Edible Food Recovery Grant Program (EFR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -405,51 +405,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R218a2281c2b14c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd38bb14ef7e34786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9c6b90197e164c42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R423f7bece0784cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Racbbf3e81b094483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red2f327de5fb42e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -857,29 +857,29 @@
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 16, 2026 9:50 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>