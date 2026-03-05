--- v5 (2026-02-10)
+++ v6 (2026-03-05)
@@ -1,276 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra425b0d7ca904ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R692a7787b0a64c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Racbbf3e81b094483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3ed5812d1ea343fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Edible Food Recovery Grant Program (EFR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicken Ranch Rancheria of Me-Wuk Indians Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanna Portillo-Hsu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099849066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Aicega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will seek to divert all recoverable edible food generated at the Chicken Ranch Casino from the landfill and distribute it to shelters, food banks, and local communities in need in Tuolumne County. The Chicken Ranch Rancheria of Me-Wuk Indians plans to partner with Resiliency Village, who will work as recovered food sorters and delivery drivers to these communities and organizations experiencing food insecurity. Grant funds will be used to purchase two delivery trucks and fund multiple new part-time positions for Food Recovery Sorters and Drivers. This project also includes food waste prevention through the application of Winnow food waste software and platform in the Chicken Ranch Casino’s kitchens and food service operations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porchlight Community Services, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Claudia Montenegro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587527732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will enable Porchlight Community Services to expand their capacity to recover edible food in San Diego County through the purchase of a refrigerated truck, and the funding of two new full time positions: one project manager, and one administrative assistant. This project will also fund kitchen equipment to assist in the recovery and preservation of edible food. Porchlight Community Services will distribute recovered food through their Emergency Food Basket and FoodSHARE Programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laborers of the Harvest</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shari Rightmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612056575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SarahE Sanders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Laborers of the Harvest (LOTH) will expand capacity through a commercial kitchen remodel, which will allow for recovered edible food to be cooked and prepared, extending the life of the food and the number of people that can be fed. Additionally, the purchase of a truck for food recovery, as well as cold storage, will enable LOTH to recover more edible food that would otherwise go to landfills. This project will also expand LOTH’s operations into neighboring, rural, disadvantaged communities in Kern County. Grant funds will be used to create paid part-time positions for several individuals currently serving as volunteers for Laborers of the Harvest.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ProduceGood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4065706352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through its Market Share Expansion project, ProduceGood will recover unsellable produce by using grant funds to open two additional farmers markets where they can implement their Market Share program. This fresh produce markets will directly benefit San Diegans struggling with food insecurity. Grant funds will be used for personnel, collection and distribution equipment, as well as software and indirect costs. ProduceGood will supply recovered food to existing and new feeding partners on the eastern, more rural edge of the county, including Qualifying Tribal Entities. This project will create a new full-time position for a Community Engagement Lead.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Way of Merced County, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr. Stergios Roussos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094899913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Partnership Alliance (CPA) of the United Way of Merced County will expand three projects for community-implemented edible food recovery: the Pop-Up People’s Pantry, the People’s Fridge, and the Family Nutrition Hubs. The three projects complement each other to allow low-income, food-insecure neighborhoods access to free produce through food recovery from local food retailers and the Merced County Food Bank. This will be accomplished through the purchase of a truck and trailer for food recovery, cold storage, and collection and distribution supplies. CalRecycle funds will allow for hiring one full-time Program Coordinator and one part-time Food Distribution Coordinator, and engaging six community members as Community Food Ambassadors. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farming Hope</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haley Nielsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152128307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farming Hope’s Food Recovery Program will recover edible food by utilizing grant funds to fund relevant staff time, as well as purchase a van that is needed to recover food for Farming Hope’s Community Meals Program and Grocery Program. Additionally, through the purchase of refrigeration equipment, which extends the life of recovered food, this project will enable Farming Hope to expand operations and distribute recovered edible food to more people in San Francisco County. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-485-1416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry (Metro) and Central California Food Bank (CCFB) will expand Metro’s edible food recovery capacity and increase access to healthy food in low-income and food desert neighborhoods in Fresno, Madera, Kings, Tulare, and Kern Counties by adding edible food donor and recipient organizations to Metro’s Food to Share Network, including Qualifying Tribal Entities. Over the grant term, Metro will add new food recovery school sites and community-based organizations as food distribution sites, and increase direct food recovery by adding two new retail locations and two urban gleaning sites. This will be accomplished through the purchase of a refrigerated box truck, and the funding of Food To Share driver salaries. CCFB will continue to utilize their produce pack line operations to maximize the amount of food distributed by sorting and packaging product into appropriate household sizes, allowing more recipient organizations to receive, store, and distribute product to residents. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>God's Pantry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emily Dolce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2069498322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand God’s Pantry’s current capacity to recover edible food through the purchase of a cargo van, in order to divert edible food from going to landfill in Los Angeles County. God’s Pantry will also use grant funds to increase overall cold storage capacity, and upgrade warehouse equipment such as forklifts. This project will fund three new positions: one full-time food recovery driver, one part-time supervisor, and one part-time program coordinator. </x:t>
+  </x:si>
+  <x:si>
     <x:t>University of California, Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Bonny Bentzin</x:t>
   </x:si>
   <x:si>
     <x:t>6026892598</x:t>
   </x:si>
   <x:si>
-    <x:t>Shaina Meiners</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand UCLA’s campus food recovery efforts to address student food insecurity issues, and develop a comprehensive solution to overcome current gaps that result in edible food being disposed. Through the purchase of a food recovery van, collection equipment, cold storage, and distribution supplies, UCLA will build a robust food recovery network on campus. This project leverages a partnership between campus food production outlets, including Associated Students UCLA, Housing &amp; Hospitality Services, UCLA Health System, and Athletics to support food recovery. Other partners include the Community Programs Office and Bruin Dine (a student organization) that will support food packaging and distribution, and Facilities Management and the Office of Sustainability that will provide logistical support.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Francisco       </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>City and County of San Francisco</x:t>
   </x:si>
   <x:si>
     <x:t> Alexa Kielty</x:t>
   </x:si>
   <x:si>
     <x:t>4153553700</x:t>
   </x:si>
   <x:si>
-    <x:t>Trina Ritter</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will help the City and County of San Francisco build on the CalRecycle-funded Kitchen Zero SF to increase the amount of edible food currently being recovered, and will target the sources of food waste, in order to prevent it. The Kitchen Zero SF-Phase 2 will work with 10-15 food generators to establish and expand edible food recovery programs, as well as prevent food waste by installing food waste prevention software. Additionally, this project will use software and services that match excess edible food to recovery entities such as food banks in and around the City and County of San Francisco. These large edible food generators will be able to select the software and/or service that works best for their business, in the hope that this allows the greatest amount of food to be recovered, or food waste to be prevented.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba-Sutter Gleaners Food Bank, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Ball</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306733834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand the Yuba-Sutter Food Bank Food Recovery Program by as much as 40 percent, through the purchase of a refrigerated truck, and funding a new full-time Food Recovery Driver position and a new part-time Warehouse Food Sorter position. The edible food that is recovered will be distributed through food bank community partner agencies in Yuba and Sutter counties, and the Community Well-Being Food Distribution Program. Recovered edible food will be used in expanded and new distributions and pantries, pop ups, and distribution centers. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Coast Opportunities, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haerah Baird</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073677054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Mendocino Edible Food Recovery Project will build the framework for an effective, equitable food distribution network by recovering edible food otherwise destined for landfills from grocery stores, restaurants, and farmers markets, and distribute it to Qualifying Tribal Entities. Through the purchase of a van to be use for edible food recovery, as well as by funding the creation of two new part-time jobs, this project aims to address the high amount of food insecurity in Mendocino County’s Native population. By delivering directly to Tribal Entities serving Tribal households, the project diminishes barriers to food access such as unreliable transportation, mistrust of non-Native organizations, and the potential stigma associated with using Food Banks. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Yurok Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Paula Aubrey</x:t>
   </x:si>
   <x:si>
     <x:t>7075729789</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yurok Traditional and Contemporary Food Preservation and Rescue program will provide food waste prevention efforts in Del Norte and Humboldt Counties through community education events on food preservation using traditional and contemporary methods, including classes taught by the University of California Cooperative Extension Master Food Preservers. Food waste reduction education will be held at local schools and community centers for tribal members, and a portion of grant funds will be used for purchasing food preservation supplies and equipment such as traditional smokehouses. Food recovery efforts will be conducted through a “Little Food Pantry” program, under the advisement of Cooperation Humboldt (a local nonprofit) and the Del Norte and Tribal Lands Community Food Council, in coordination with local food producers to recover food and distribute it to Tribal Community members.  Pre and post-waste characterization studies will be conducted at the Weitchpec Transfer Station, the Klamath Yurok Tribal Office, and with participating food producers to determine overall program success.</x:t>
-  </x:si>
-[...145 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand God’s Pantry’s current capacity to recover edible food through the purchase of a cargo van, in order to divert edible food from going to landfill in Los Angeles County. God’s Pantry will also use grant funds to increase overall cold storage capacity, and upgrade warehouse equipment such as forklifts. This project will fund three new positions: one full-time food recovery driver, one part-time supervisor, and one part-time program coordinator. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -405,51 +405,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R423f7bece0784cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Racbbf3e81b094483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red2f327de5fb42e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e20600203ac40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ed5812d1ea343fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8bbb9cebe39c4775" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -497,389 +497,389 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>244524</x:v>
+        <x:v>249867</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="770.42840576171875" customHeight="1" collapsed="0">
+    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>236000</x:v>
+        <x:v>242957</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1080.906982421875" customHeight="1" collapsed="0">
+    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>239102</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.930908203125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.946533203125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>227965</x:v>
+        <x:v>176256</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.418701171875" customHeight="1" collapsed="0">
+    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>176256</x:v>
+        <x:v>156336</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.44775390625" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>156336</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.95068359375" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.44580078125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>242957</x:v>
+        <x:v>244524</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.44970703125" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>249867</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.93115234375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>227965</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1080.90771484375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>239102</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>3023007</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 7:22 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>