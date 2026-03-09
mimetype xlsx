--- v6 (2026-03-05)
+++ v7 (2026-03-09)
@@ -1,276 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R692a7787b0a64c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0051d72fd4154280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3ed5812d1ea343fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R58659470fe824487"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Edible Food Recovery Grant Program (EFR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>University of California, Los Angeles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bonny Bentzin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6026892598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand UCLA’s campus food recovery efforts to address student food insecurity issues, and develop a comprehensive solution to overcome current gaps that result in edible food being disposed. Through the purchase of a food recovery van, collection equipment, cold storage, and distribution supplies, UCLA will build a robust food recovery network on campus. This project leverages a partnership between campus food production outlets, including Associated Students UCLA, Housing &amp; Hospitality Services, UCLA Health System, and Athletics to support food recovery. Other partners include the Community Programs Office and Bruin Dine (a student organization) that will support food packaging and distribution, and Facilities Management and the Office of Sustainability that will provide logistical support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City and County of San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexa Kielty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153553700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will help the City and County of San Francisco build on the CalRecycle-funded Kitchen Zero SF to increase the amount of edible food currently being recovered, and will target the sources of food waste, in order to prevent it. The Kitchen Zero SF-Phase 2 will work with 10-15 food generators to establish and expand edible food recovery programs, as well as prevent food waste by installing food waste prevention software. Additionally, this project will use software and services that match excess edible food to recovery entities such as food banks in and around the City and County of San Francisco. These large edible food generators will be able to select the software and/or service that works best for their business, in the hope that this allows the greatest amount of food to be recovered, or food waste to be prevented.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yurok Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paula Aubrey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075729789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yurok Traditional and Contemporary Food Preservation and Rescue program will provide food waste prevention efforts in Del Norte and Humboldt Counties through community education events on food preservation using traditional and contemporary methods, including classes taught by the University of California Cooperative Extension Master Food Preservers. Food waste reduction education will be held at local schools and community centers for tribal members, and a portion of grant funds will be used for purchasing food preservation supplies and equipment such as traditional smokehouses. Food recovery efforts will be conducted through a “Little Food Pantry” program, under the advisement of Cooperation Humboldt (a local nonprofit) and the Del Norte and Tribal Lands Community Food Council, in coordination with local food producers to recover food and distribute it to Tribal Community members.  Pre and post-waste characterization studies will be conducted at the Weitchpec Transfer Station, the Klamath Yurok Tribal Office, and with participating food producers to determine overall program success.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Coast Opportunities, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haerah Baird</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073677054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Mendocino Edible Food Recovery Project will build the framework for an effective, equitable food distribution network by recovering edible food otherwise destined for landfills from grocery stores, restaurants, and farmers markets, and distribute it to Qualifying Tribal Entities. Through the purchase of a van to be use for edible food recovery, as well as by funding the creation of two new part-time jobs, this project aims to address the high amount of food insecurity in Mendocino County’s Native population. By delivering directly to Tribal Entities serving Tribal households, the project diminishes barriers to food access such as unreliable transportation, mistrust of non-Native organizations, and the potential stigma associated with using Food Banks. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-485-1416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SarahE Sanders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry (Metro) and Central California Food Bank (CCFB) will expand Metro’s edible food recovery capacity and increase access to healthy food in low-income and food desert neighborhoods in Fresno, Madera, Kings, Tulare, and Kern Counties by adding edible food donor and recipient organizations to Metro’s Food to Share Network, including Qualifying Tribal Entities. Over the grant term, Metro will add new food recovery school sites and community-based organizations as food distribution sites, and increase direct food recovery by adding two new retail locations and two urban gleaning sites. This will be accomplished through the purchase of a refrigerated box truck, and the funding of Food To Share driver salaries. CCFB will continue to utilize their produce pack line operations to maximize the amount of food distributed by sorting and packaging product into appropriate household sizes, allowing more recipient organizations to receive, store, and distribute product to residents. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ProduceGood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4065706352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through its Market Share Expansion project, ProduceGood will recover unsellable produce by using grant funds to open two additional farmers markets where they can implement their Market Share program. This fresh produce markets will directly benefit San Diegans struggling with food insecurity. Grant funds will be used for personnel, collection and distribution equipment, as well as software and indirect costs. ProduceGood will supply recovered food to existing and new feeding partners on the eastern, more rural edge of the county, including Qualifying Tribal Entities. This project will create a new full-time position for a Community Engagement Lead.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farming Hope</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haley Nielsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152128307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farming Hope’s Food Recovery Program will recover edible food by utilizing grant funds to fund relevant staff time, as well as purchase a van that is needed to recover food for Farming Hope’s Community Meals Program and Grocery Program. Additionally, through the purchase of refrigeration equipment, which extends the life of recovered food, this project will enable Farming Hope to expand operations and distribute recovered edible food to more people in San Francisco County. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba-Sutter Gleaners Food Bank, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Ball</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306733834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand the Yuba-Sutter Food Bank Food Recovery Program by as much as 40 percent, through the purchase of a refrigerated truck, and funding a new full-time Food Recovery Driver position and a new part-time Warehouse Food Sorter position. The edible food that is recovered will be distributed through food bank community partner agencies in Yuba and Sutter counties, and the Community Well-Being Food Distribution Program. Recovered edible food will be used in expanded and new distributions and pantries, pop ups, and distribution centers. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porchlight Community Services, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Claudia Montenegro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587527732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will enable Porchlight Community Services to expand their capacity to recover edible food in San Diego County through the purchase of a refrigerated truck, and the funding of two new full time positions: one project manager, and one administrative assistant. This project will also fund kitchen equipment to assist in the recovery and preservation of edible food. Porchlight Community Services will distribute recovered food through their Emergency Food Basket and FoodSHARE Programs.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tuolumne            </x:t>
   </x:si>
   <x:si>
     <x:t>Chicken Ranch Rancheria of Me-Wuk Indians Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Joanna Portillo-Hsu</x:t>
   </x:si>
   <x:si>
     <x:t>2099849066</x:t>
   </x:si>
   <x:si>
     <x:t>Dallas Aicega</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will seek to divert all recoverable edible food generated at the Chicken Ranch Casino from the landfill and distribute it to shelters, food banks, and local communities in need in Tuolumne County. The Chicken Ranch Rancheria of Me-Wuk Indians plans to partner with Resiliency Village, who will work as recovered food sorters and delivery drivers to these communities and organizations experiencing food insecurity. Grant funds will be used to purchase two delivery trucks and fund multiple new part-time positions for Food Recovery Sorters and Drivers. This project also includes food waste prevention through the application of Winnow food waste software and platform in the Chicken Ranch Casino’s kitchens and food service operations.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Diego           </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Kern                </x:t>
   </x:si>
   <x:si>
     <x:t>Laborers of the Harvest</x:t>
   </x:si>
   <x:si>
     <x:t> Shari Rightmer</x:t>
   </x:si>
   <x:si>
     <x:t>6612056575</x:t>
   </x:si>
   <x:si>
-    <x:t>SarahE Sanders</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Laborers of the Harvest (LOTH) will expand capacity through a commercial kitchen remodel, which will allow for recovered edible food to be cooked and prepared, extending the life of the food and the number of people that can be fed. Additionally, the purchase of a truck for food recovery, as well as cold storage, will enable LOTH to recover more edible food that would otherwise go to landfills. This project will also expand LOTH’s operations into neighboring, rural, disadvantaged communities in Kern County. Grant funds will be used to create paid part-time positions for several individuals currently serving as volunteers for Laborers of the Harvest.</x:t>
   </x:si>
   <x:si>
-    <x:t>ProduceGood</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Merced              </x:t>
   </x:si>
   <x:si>
     <x:t>United Way of Merced County, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Dr. Stergios Roussos</x:t>
   </x:si>
   <x:si>
     <x:t>2094899913</x:t>
   </x:si>
   <x:si>
-    <x:t>Trina Ritter</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Partnership Alliance (CPA) of the United Way of Merced County will expand three projects for community-implemented edible food recovery: the Pop-Up People’s Pantry, the People’s Fridge, and the Family Nutrition Hubs. The three projects complement each other to allow low-income, food-insecure neighborhoods access to free produce through food recovery from local food retailers and the Merced County Food Bank. This will be accomplished through the purchase of a truck and trailer for food recovery, cold storage, and collection and distribution supplies. CalRecycle funds will allow for hiring one full-time Program Coordinator and one part-time Food Distribution Coordinator, and engaging six community members as Community Food Ambassadors. </x:t>
   </x:si>
   <x:si>
-    <x:t>San Francisco       </x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>God's Pantry</x:t>
   </x:si>
   <x:si>
     <x:t> Emily Dolce</x:t>
   </x:si>
   <x:si>
     <x:t>2069498322</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand God’s Pantry’s current capacity to recover edible food through the purchase of a cargo van, in order to divert edible food from going to landfill in Los Angeles County. God’s Pantry will also use grant funds to increase overall cold storage capacity, and upgrade warehouse equipment such as forklifts. This project will fund three new positions: one full-time food recovery driver, one part-time supervisor, and one part-time program coordinator. </x:t>
-  </x:si>
-[...67 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yurok Traditional and Contemporary Food Preservation and Rescue program will provide food waste prevention efforts in Del Norte and Humboldt Counties through community education events on food preservation using traditional and contemporary methods, including classes taught by the University of California Cooperative Extension Master Food Preservers. Food waste reduction education will be held at local schools and community centers for tribal members, and a portion of grant funds will be used for purchasing food preservation supplies and equipment such as traditional smokehouses. Food recovery efforts will be conducted through a “Little Food Pantry” program, under the advisement of Cooperation Humboldt (a local nonprofit) and the Del Norte and Tribal Lands Community Food Council, in coordination with local food producers to recover food and distribute it to Tribal Community members.  Pre and post-waste characterization studies will be conducted at the Weitchpec Transfer Station, the Klamath Yurok Tribal Office, and with participating food producers to determine overall program success.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -405,51 +405,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e20600203ac40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ed5812d1ea343fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8bbb9cebe39c4775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1dc5f3304b14dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R58659470fe824487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re14c73b795f840dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -497,389 +497,389 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>249867</x:v>
+        <x:v>244524</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
+    <x:row ht="770.42840576171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>242957</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
+    <x:row ht="1080.906982421875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>239102</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="735.930908203125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>176256</x:v>
+        <x:v>227965</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
+    <x:row ht="908.418701171875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.447265625" customHeight="1" collapsed="0">
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>156336</x:v>
+        <x:v>176256</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
+    <x:row ht="494.44775390625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>156336</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="574.95068359375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B14" s="8" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>244524</x:v>
+        <x:v>242957</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="724.44970703125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>236000</x:v>
+        <x:v>249867</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.94677734375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.93115234375" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>227965</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row ht="1080.90771484375" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>239102</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>3023007</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 7:22 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>