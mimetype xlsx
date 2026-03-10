--- v7 (2026-03-09)
+++ v8 (2026-03-10)
@@ -1,276 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0051d72fd4154280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1053bf292c01404f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R58659470fe824487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Red552f3102604c00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Edible Food Recovery Grant Program (EFR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicken Ranch Rancheria of Me-Wuk Indians Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joanna Portillo-Hsu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099849066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Aicega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will seek to divert all recoverable edible food generated at the Chicken Ranch Casino from the landfill and distribute it to shelters, food banks, and local communities in need in Tuolumne County. The Chicken Ranch Rancheria of Me-Wuk Indians plans to partner with Resiliency Village, who will work as recovered food sorters and delivery drivers to these communities and organizations experiencing food insecurity. Grant funds will be used to purchase two delivery trucks and fund multiple new part-time positions for Food Recovery Sorters and Drivers. This project also includes food waste prevention through the application of Winnow food waste software and platform in the Chicken Ranch Casino’s kitchens and food service operations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porchlight Community Services, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Claudia Montenegro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587527732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shaina Meiners</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will enable Porchlight Community Services to expand their capacity to recover edible food in San Diego County through the purchase of a refrigerated truck, and the funding of two new full time positions: one project manager, and one administrative assistant. This project will also fund kitchen equipment to assist in the recovery and preservation of edible food. Porchlight Community Services will distribute recovered food through their Emergency Food Basket and FoodSHARE Programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Laborers of the Harvest</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shari Rightmer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612056575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SarahE Sanders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Laborers of the Harvest (LOTH) will expand capacity through a commercial kitchen remodel, which will allow for recovered edible food to be cooked and prepared, extending the life of the food and the number of people that can be fed. Additionally, the purchase of a truck for food recovery, as well as cold storage, will enable LOTH to recover more edible food that would otherwise go to landfills. This project will also expand LOTH’s operations into neighboring, rural, disadvantaged communities in Kern County. Grant funds will be used to create paid part-time positions for several individuals currently serving as volunteers for Laborers of the Harvest.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ProduceGood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4065706352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Through its Market Share Expansion project, ProduceGood will recover unsellable produce by using grant funds to open two additional farmers markets where they can implement their Market Share program. This fresh produce markets will directly benefit San Diegans struggling with food insecurity. Grant funds will be used for personnel, collection and distribution equipment, as well as software and indirect costs. ProduceGood will supply recovered food to existing and new feeding partners on the eastern, more rural edge of the county, including Qualifying Tribal Entities. This project will create a new full-time position for a Community Engagement Lead.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Way of Merced County, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dr. Stergios Roussos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094899913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trina Ritter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Community Partnership Alliance (CPA) of the United Way of Merced County will expand three projects for community-implemented edible food recovery: the Pop-Up People’s Pantry, the People’s Fridge, and the Family Nutrition Hubs. The three projects complement each other to allow low-income, food-insecure neighborhoods access to free produce through food recovery from local food retailers and the Merced County Food Bank. This will be accomplished through the purchase of a truck and trailer for food recovery, cold storage, and collection and distribution supplies. CalRecycle funds will allow for hiring one full-time Program Coordinator and one part-time Food Distribution Coordinator, and engaging six community members as Community Food Ambassadors. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farming Hope</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haley Nielsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152128307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Farming Hope’s Food Recovery Program will recover edible food by utilizing grant funds to fund relevant staff time, as well as purchase a van that is needed to recover food for Farming Hope’s Community Meals Program and Grocery Program. Additionally, through the purchase of refrigeration equipment, which extends the life of recovered food, this project will enable Farming Hope to expand operations and distribute recovered edible food to more people in San Francisco County. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno Metropolitan Ministry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Keith Bergthold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559-485-1416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Fresno Metro Ministry (Metro) and Central California Food Bank (CCFB) will expand Metro’s edible food recovery capacity and increase access to healthy food in low-income and food desert neighborhoods in Fresno, Madera, Kings, Tulare, and Kern Counties by adding edible food donor and recipient organizations to Metro’s Food to Share Network, including Qualifying Tribal Entities. Over the grant term, Metro will add new food recovery school sites and community-based organizations as food distribution sites, and increase direct food recovery by adding two new retail locations and two urban gleaning sites. This will be accomplished through the purchase of a refrigerated box truck, and the funding of Food To Share driver salaries. CCFB will continue to utilize their produce pack line operations to maximize the amount of food distributed by sorting and packaging product into appropriate household sizes, allowing more recipient organizations to receive, store, and distribute product to residents. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>God's Pantry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emily Dolce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2069498322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand God’s Pantry’s current capacity to recover edible food through the purchase of a cargo van, in order to divert edible food from going to landfill in Los Angeles County. God’s Pantry will also use grant funds to increase overall cold storage capacity, and upgrade warehouse equipment such as forklifts. This project will fund three new positions: one full-time food recovery driver, one part-time supervisor, and one part-time program coordinator. </x:t>
+  </x:si>
+  <x:si>
     <x:t>University of California, Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Bonny Bentzin</x:t>
   </x:si>
   <x:si>
     <x:t>6026892598</x:t>
   </x:si>
   <x:si>
-    <x:t>Shaina Meiners</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand UCLA’s campus food recovery efforts to address student food insecurity issues, and develop a comprehensive solution to overcome current gaps that result in edible food being disposed. Through the purchase of a food recovery van, collection equipment, cold storage, and distribution supplies, UCLA will build a robust food recovery network on campus. This project leverages a partnership between campus food production outlets, including Associated Students UCLA, Housing &amp; Hospitality Services, UCLA Health System, and Athletics to support food recovery. Other partners include the Community Programs Office and Bruin Dine (a student organization) that will support food packaging and distribution, and Facilities Management and the Office of Sustainability that will provide logistical support.</x:t>
   </x:si>
   <x:si>
-    <x:t>San Francisco       </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>City and County of San Francisco</x:t>
   </x:si>
   <x:si>
     <x:t> Alexa Kielty</x:t>
   </x:si>
   <x:si>
     <x:t>4153553700</x:t>
   </x:si>
   <x:si>
-    <x:t>Trina Ritter</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will help the City and County of San Francisco build on the CalRecycle-funded Kitchen Zero SF to increase the amount of edible food currently being recovered, and will target the sources of food waste, in order to prevent it. The Kitchen Zero SF-Phase 2 will work with 10-15 food generators to establish and expand edible food recovery programs, as well as prevent food waste by installing food waste prevention software. Additionally, this project will use software and services that match excess edible food to recovery entities such as food banks in and around the City and County of San Francisco. These large edible food generators will be able to select the software and/or service that works best for their business, in the hope that this allows the greatest amount of food to be recovered, or food waste to be prevented.</x:t>
   </x:si>
   <x:si>
+    <x:t>Sutter              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba-Sutter Gleaners Food Bank, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Ball</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306733834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand the Yuba-Sutter Food Bank Food Recovery Program by as much as 40 percent, through the purchase of a refrigerated truck, and funding a new full-time Food Recovery Driver position and a new part-time Warehouse Food Sorter position. The edible food that is recovered will be distributed through food bank community partner agencies in Yuba and Sutter counties, and the Community Well-Being Food Distribution Program. Recovered edible food will be used in expanded and new distributions and pantries, pop ups, and distribution centers. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Coast Opportunities, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Haerah Baird</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073677054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Mendocino Edible Food Recovery Project will build the framework for an effective, equitable food distribution network by recovering edible food otherwise destined for landfills from grocery stores, restaurants, and farmers markets, and distribute it to Qualifying Tribal Entities. Through the purchase of a van to be use for edible food recovery, as well as by funding the creation of two new part-time jobs, this project aims to address the high amount of food insecurity in Mendocino County’s Native population. By delivering directly to Tribal Entities serving Tribal households, the project diminishes barriers to food access such as unreliable transportation, mistrust of non-Native organizations, and the potential stigma associated with using Food Banks. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Yurok Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Paula Aubrey</x:t>
   </x:si>
   <x:si>
     <x:t>7075729789</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Yurok Traditional and Contemporary Food Preservation and Rescue program will provide food waste prevention efforts in Del Norte and Humboldt Counties through community education events on food preservation using traditional and contemporary methods, including classes taught by the University of California Cooperative Extension Master Food Preservers. Food waste reduction education will be held at local schools and community centers for tribal members, and a portion of grant funds will be used for purchasing food preservation supplies and equipment such as traditional smokehouses. Food recovery efforts will be conducted through a “Little Food Pantry” program, under the advisement of Cooperation Humboldt (a local nonprofit) and the Del Norte and Tribal Lands Community Food Council, in coordination with local food producers to recover food and distribute it to Tribal Community members.  Pre and post-waste characterization studies will be conducted at the Weitchpec Transfer Station, the Klamath Yurok Tribal Office, and with participating food producers to determine overall program success.</x:t>
-  </x:si>
-[...145 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project will expand God’s Pantry’s current capacity to recover edible food through the purchase of a cargo van, in order to divert edible food from going to landfill in Los Angeles County. God’s Pantry will also use grant funds to increase overall cold storage capacity, and upgrade warehouse equipment such as forklifts. This project will fund three new positions: one full-time food recovery driver, one part-time supervisor, and one part-time program coordinator. </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 13</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -405,51 +405,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1dc5f3304b14dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R58659470fe824487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re14c73b795f840dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1f5243841b74e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red552f3102604c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf45f6575e0a544b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -497,389 +497,389 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="793.4456787109375" customHeight="1" collapsed="0">
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>244524</x:v>
+        <x:v>249867</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="770.42840576171875" customHeight="1" collapsed="0">
+    <x:row ht="540.45355224609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>236000</x:v>
+        <x:v>242957</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1080.906982421875" customHeight="1" collapsed="0">
+    <x:row ht="643.9464111328125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>239102</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.930908203125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.946533203125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>227965</x:v>
+        <x:v>176256</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.418701171875" customHeight="1" collapsed="0">
+    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>176256</x:v>
+        <x:v>156336</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
-    <x:row ht="494.44775390625" customHeight="1" collapsed="0">
+    <x:row ht="908.4189453125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>156336</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.95068359375" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.44580078125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>242957</x:v>
+        <x:v>244524</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.44970703125" customHeight="1" collapsed="0">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.42822265625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>249867</x:v>
+        <x:v>236000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A16" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.93115234375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>66</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A17" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>227965</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1080.90771484375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>10</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>239102</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="10" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="10"/>
       <x:c r="D19" s="11" t="n">
         <x:v>3023007</x:v>
       </x:c>
       <x:c r="E19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H19" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:18 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:24 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>