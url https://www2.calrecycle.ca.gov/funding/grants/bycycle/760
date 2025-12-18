--- v0 (2025-12-13)
+++ v1 (2025-12-18)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb8398d78d4b462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a285463bc7c4a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rbca2e6c7af04414c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7d886ffb76434d61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Cleanup and Abatement Grants (FR75)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Shasta              </x:t>
-[...8 lines deleted...]
-    <x:t>5309494676</x:t>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt County Resource Conservation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jill Demers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074426058</x:t>
   </x:si>
   <x:si>
     <x:t>Josephine Chapman</x:t>
-  </x:si>
-[...15 lines deleted...]
-    <x:t>7074426058</x:t>
   </x:si>
   <x:si>
     <x:t>The Humboldt County Resource Conservation District (HCRCD) is requesting funds to clean up an illegal trespass cannabis cultivation operation located on a 40-acre rural agricultural property owned by the Vera Ann Lorente Trust (Humboldt County Assessor’s Parcel Number 208-241-009), accessed off of Eight Mile Ridge Road (no street address), and situated approximately 2 miles northeast of State Highway 36 at Riverbend Park, between Dinsmore and Mad River. The parcel encompasses two sites that will be cleaned up.
 In August 2021, the owners received a Notice to Abate issued by the Humboldt County Code Enforcement Unit. At that time, the owners were not aware that an illegal cannabis cultivation operation moved onto the property several years before. As a result of the law enforcement action on the property, the trespassers abandoned the property.  The responsible parties were neither identified nor arrested by law enforcement agents and cannot be located or pay for timely and proper remediation.
 The property was historically logged of timber and is located immediately adjacent to Six Rivers National Forest. The property is approximately 40 acres of steep grass lands and hardwood forest intermixed with re-emerging timber species. The parcel contains several natural environmental features, including an existing spring, and wetland areas. The property also includes several waterways, of various classifications. The property is tributary to, and less than ½ mile distant from the Mad River, a designated impaired waterway under the EPA Clean Water Act Section 303(d).
 The amount of cannabis cultivation waste left on this rural property is extensive and poses both significant challenges to remove and potential dangers to wildlife, necessitating prioritization of this project. The affected areas on the parcel are located within sensitive habitat that includes several Streamside Management Areas (SMAs). Trash and legacy cultivation materials are located within feet of seasonal streams. These seasonal streams are tributary to the Mad River, less than ¼ of a mile from the south boundary of the property. Water quality is at risk due to liquid chemical waste on the property including fertilizers and fuels that are not adequately stored.
 Access is limited to one narrow, steep driveway that currently is marginally blocked by an unlocked gate. Upon completing cleanup efforts, a substantial locked gate will be installed that will effectively discourage future access to the property. The owners will develop neighborhood watch type communications with nearby neighbors who reside in the area, to ensure they are notified immediately if future trespass or vandalism activities occur on the property.
 The requested $85,100 for solid waste cleanup efforts on the property is anticipated to complete the project. In addition to the actual physical cleanup, the property owners are faced with resolution of violations from several regulatory agencies that will require permit applications, inspections, and potentially fines, but the owners and the HCRCD intend to pursue additional funding opportunities and volunteer resources, including the California Conservation Corps.
 This is the first application by the HCRCD to this grant program; however, HCRCD has a long history of successful grant and project management in agricultural settings.</x:t>
   </x:si>
   <x:si>
     <x:t>Tuolumne            </x:t>
   </x:si>
   <x:si>
     <x:t>Tuolumne Band of Me-Wuk Indians</x:t>
   </x:si>
   <x:si>
     <x:t> Mindy Calbert</x:t>
   </x:si>
   <x:si>
     <x:t>2099289300</x:t>
   </x:si>
   <x:si>
     <x:t>Tuolumne County has seen a recent rise in illegal dumping. Tribal lands under jurisdiction of the Tuolumne Band of Me-Wuk Indians are no exception to this. One problem area exists on currently vacant properties, internally called Norton and Bartholomew, slated for future agricultural projects. Four sites on these properties have been identified, all with address numbers off Cherokee Rd: 19335, 19337, 19339, and 19341. These properties are accessed by an unmanned and unfenced dirt road off Cherokee Rd, a local collector road. One home remains on the property (19337 Cherokee), but is vacant. All other addresses are attributed to homes which have long since been demolished. Due to the vacant land and ungated access, illegal dumping has been occurring for several years on these properties. Clean up efforts have taken place through volunteer clean up days, though dumpsters placed on the properties to accommodate collection of materials on these days quickly overfilled with illegally dumped household garbage. Often garbage would be left outside of the dumpsters; wildlife and/or outdoor elements would scatter and degrade the garbage, creating an even bigger mess.
 The Tuolumne Band of Me-Wuk proposes to gate the access road to the properties. A roll-off truck will be instrumental in placing dumpsters where needed, moving them from site to site, and transporting waste to the transfer station. Two new dumpsters are proposed for purchase, to be used alongside other existing tribally owned dumpsters. Special Projects staff will largely be used for on-the-ground man hours, sorting and loading garbage into dumpsters. An excavator operator utilizing a tribally owned excavator can load large materials, autos, boats, scrap metal, appliances, etc. The Environmental Specialist, with HAZWOPER certification, will oversee operations, research waste streams, and ensure safety practices are adhered to.
 Once entirely cleaned up, in order to prevent future dumping, the Tribe proposes to install a gate on the dirt road. Dirt berms and/or other obstacles will be put in place to restrict vehicle traffic on closed roads and/or pads not needed for future development, allowing for remediation. In addition, signage warning about dumping and indicating the presence of cameras will be installed, as well as fake cameras.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pit River Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Virginia Amoroso</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309494676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 
+The Pit River Tribe is seeking funds for illegal dumping cleanup and prevention measures on three tribal properties: the 79-acre floodplain behind the tribal casino, part of the Windy Point Reservation, and a turnoff by Hat Creek. These sites contain cars, appliances, construction debris, tires, camp trailers, furniture, material left behind by unsheltered populations, and more.
+Prevention measures include heavy duty gates, potential signage, or camera strategies. The tribe was previously awarded funding for two other cleanup sites completed last year. Those sites remain a success story and are still free from debris.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -265,51 +265,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b14e60a07324f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbca2e6c7af04414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcf804bd277f64cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda06c85a7ab044dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d886ffb76434d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb6e781be31044f72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -357,108 +357,108 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
+    <x:row ht="2989.75732421875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>130000</x:v>
+        <x:v>85100</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2989.75732421875" customHeight="1" collapsed="0">
+    <x:row ht="2000.834716796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>85100</x:v>
+        <x:v>162514</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2000.834716796875" customHeight="1" collapsed="0">
+    <x:row ht="655.455078125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>162514</x:v>
+        <x:v>130000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="10" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="10"/>
       <x:c r="D9" s="11" t="n">
         <x:v>377614</x:v>
       </x:c>
@@ -467,29 +467,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 13, 2025 5:16 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:40 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>