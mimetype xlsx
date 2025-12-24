--- v1 (2025-12-18)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a285463bc7c4a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa7d42378c248ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7d886ffb76434d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0fad0cde186b44d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Cleanup and Abatement Grants (FR75)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -265,51 +265,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda06c85a7ab044dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d886ffb76434d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb6e781be31044f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab70bb156c594a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0fad0cde186b44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R56c88348160742d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -467,29 +467,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:40 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:38 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>