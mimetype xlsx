--- v2 (2025-12-24)
+++ v3 (2026-01-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa7d42378c248ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b4a5ae98034622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0fad0cde186b44d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R55e0e37001a24d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Cleanup and Abatement Grants (FR75)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -265,51 +265,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab70bb156c594a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0fad0cde186b44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R56c88348160742d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re053f00f220d4580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R55e0e37001a24d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3812d559b0942ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -467,29 +467,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 12:38 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 9:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>