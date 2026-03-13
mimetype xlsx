--- v3 (2026-01-19)
+++ v4 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b4a5ae98034622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587faa2f33844ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R55e0e37001a24d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R74bba50767ba4940"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Farm and Ranch Cleanup and Abatement Grants (FR75)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -265,51 +265,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re053f00f220d4580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R55e0e37001a24d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3812d559b0942ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b64372140842d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R74bba50767ba4940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd39862401fca4287" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -467,29 +467,29 @@
       </x:c>
       <x:c r="F9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="G9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="10" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 19, 2026 9:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 12, 2026 5:31 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>