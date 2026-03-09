--- v4 (2026-02-05)
+++ v5 (2026-03-09)
@@ -1,4160 +1,2496 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02643d3ad6cf4cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb58e5b49ee4469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1d9ed919286945c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R70bd8df54a3d4c7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1615">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Barbara       </x:t>
-[...8 lines deleted...]
-    <x:t>8058823618</x:t>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Louis Celaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: With the January 1, 2022 start of the SB 1383 mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations. This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  
+Our City responsibilities include the following:• Implementation of SB 1383 organics collection, recycling and edible food recovery programs. This program will occur in all sectors residential and commercial and all 3 services are now automatically provided. • Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  • Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments •Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. • Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections. • Maintaining accurate and timely records of SB 1383 compliance
+The funds allotted by this grant will be focused on the City of Agoura Hills administrative staffing needs, education promoting organic program participation, enforcement staffing to ensure program compliance in accordance with the guidelines, marketing/promotional/outreach programs which will include all media outlets from the local newspaper, city website, city social media, video, television, hauler outreach, etc., and staff training.  Note that training will be done to ensure that all city staff are aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and also paper products with a minimum post-consumer recycle content.  For all of the parts of the program listed above the city is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marc Green</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeremy Xiong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City intends to utilize grants funds to support compliance with the 1383 procurement and edible food recovery requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karen Cook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102089754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1. It is the intent of the County to achieve sustainable SB 1383 compliance which will survive the duration of the grant. The County seeks to prepare components necessary for compliance. Such components include direct recovered organic waste product procurement, administrative fees for contracts and consultants, tracking technology for recordkeeping and implementation record purposes. Each element of the project is described in detail in the following sections.  
+a. $12,000 in grant revenues will be used to procure and deliver eligible compost and/or mulch for application on County landscapes in pursuit of the County’s annual procurement target as described by 14 CCR § 18993.1.  Currently, application is limited by budget for material purchases, and staffing to apply the materials. Alameda County Building Maintenance Department will apply compost and mulch using their own labor and equipment on County landscapes. BMD will assess opportunities to apply more material and collect recordkeeping components required under the regulations.  
+b. $55,000 in grant revenues will be used by the Community Development Agency to hire a consultant to help with implementation of the organics collections activities required by SB 1383. Funds will be used to engage a qualified solid waste consultant to provide SB1383 program management services in the County’s Waste Program jurisdiction at an approximate annual cost of $55,000 to be spent within the 2-year grant period.  Anticipated SB1383 program management services include, but are not limited to: establishing 1383-compliant solid waste program systems and training County staff on their use; monitoring SB 1383 implementation and compliance by haulers and generators; and maintaining and organizing the County’s SB1383 implementation record. 
+c. $90,767 of grant revenues will be used by the County to pursue one or more procurement strategies to put in place contracts or agreements with direct service provider(s), such as a firm, non-profit, or resource conservation district, to procure and place eligible compost on the County’s behalf and pay administrative fees associated with contract management and SB 1383 documentation requirements.  
+d. $36,000 of grant revenues will be applied towards SB 1383 recordkeeping and compliance tracking which could include in-house development of a software program and/or off the shelf subscription-based tracking and recordkeeping software such as the Recyclist Program Tracker. Software developed or procured would fulfill SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Albany</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Justin Fried</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105285759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Albany will plan to use awarded grant funds to cover personnel costs. Allocated funds will cover a portion of the salary or salaries of staff working on implementation of SB 1383 regulations. Staff working on SB 1383 implementation will track hours on the CalRecycle EIS form as directed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alhambra</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Randi Hembree</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265703256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Alhambra will use the one-time funding to initiate an innovative, multilingual communications campaign to increase public education and engagement with organic food waste recycling and food recovery initiatives. The campaign will be developed and designed by a highly-qualified professional services agency to be selected following the City’s request for proposal process. The City does not have the full and preferred capacity in house to create an effective, robust and timely communications strategy regarding SB 1383. The limited number of recycling staff are keenly focused on implementing other key SB 1383 requirements including compliance monitoring of local businesses, responding to questions and concerns from residents and overseeing the waste management contract. Therefore, this opportune grant program allows the City of Alhambra to access marketing and communications expertise to help break down the technical, and sometimes confusing, terminology of food waste, recycling and food recovery initiatives into more digestible terms for the community to understand and apply. 
+The comprehensive, multifaceted campaign will raise awareness of the environmental effects of short-lived climate pollutants, the connection to greenhouse gas emissions and the benefits of edible food recovery, in order to cultivate wide-ranging support for the “collective good” as envisioned by SB 1383 implementation. The campaign will provide information on the SB 1383 requirements, how the City is implementing the regulations and how to properly dispose of organic waste, while addressing particular nuances unique to our diverse population. The campaign will effectively articulate highly technical requirements and regulations into clear, concise and actionable information to be distributed in the most prominent languages within our communities: English, Spanish, Chinese and Vietnamese. 
+In addition to the campaign, the City of Alhambra seeks to lead by example by empowering its workforce to be “recycling ambassadors”. First, the City will use funding to purchase up to (100) blue recyclables bin and (100) green organic waste bins to be installed at all City facilities, including public areas and employee breakrooms. No such bins are currently available at these locations. Then, expert recycling staff will conduct training, outreach and education to City employees on the SB 1383 requirements, how the City is implementing the regulations and how to properly dispose of organic waste. Signage and posters will be placed on and near the receptacles to ensure compliance with the disposal requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Julie Haas-Wajdowicz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257797097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Antioch intends to use the funds requested to expand on our existing outreach and education related to SB1383 implementation across all sectors with a focus on the implementation of successful organics diversion programs at multi-family complexes.  We plan to outreach to property managers and owners to offer technical assistance and tenant outreach to assist them in their compliance with our newly updated Antioch Municipal Code 6-3.  We are hoping to purchase and distribute inhome organics pails for all multi-family residents, create and distribute door hangers, conduct launch tabling events at larger complexes and provide ongoing monitoring and targeted outreach as needed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
-    <x:t>Grant funds will be utilized to assist in the implementation of regulation requirements associated with SB 1383. The main funding areas Santa Barbara County Public Works Department intends to use the funds is to support education and outreach (includes organic waste &amp; edible food recovery) as well as a materials purchase of kitchen food scraps collection containers to be distributed to residential and multi-family customers.</x:t>
-[...11 lines deleted...]
-    <x:t>5307575688</x:t>
+    <x:t>Funding from the Local Assistance Grant Program will be used for personnel to provide enforcement, inspection, record keeping and program evaluation in addition to use funds towards procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Arcadia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Briget Arndell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6262542705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Arcadia anticipates to expend the full grant amount for public education and outreach materials including print media, social media, the development of outreach materials in other languages; door-to-door outreach, when feasible; signage; training; purchase of household food waste pails, labels and liners; procurement of recovered/recycled products; and recordkeeping and tracking software.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Artesia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karen Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628656262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds will be used to purchase equipment to help residents divert their food scrap waste in their homes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Auburn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Sharon Simpson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164379032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used to facilitate Education and Outreach to commercial and residential customers regarding new requirements for organic waste and food recovery program. Will also be using funds to assist the City in meeting their procurement requirements, program evaluation and record keeping .</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avalon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jocelyn Francis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3105100220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funding provided by the SB 1383 Local Assistance Grant Program would be utilized to assist the City of Avalon with the costs associated with enforcement of our newly established ordinance. City Code Enforcement Officers will work cooperatively with our local trash collector, residents, businesses and visitors to ensure compliance with SB 1383 and our new ordinance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Azusa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Liza Sagun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268125109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Azusa is currently participating in a Regional Edible Food Recovery Program with neighboring cities in the San Gabriel Valley. The contract was awarded to SCS Engineers and the overall program management is administered by San Gabriel Valley Council of Governments (SGVCOG). Tasks 1-4 which includes project management, compliance and capacity assessments, outreach and education efforts, and final development report will be completed in February 2022. The remaining Tasks 4-6: development and implementation of a food recovery inspection program will be from January 1, 2022 to August 1, 2024. Part of the funding will be used to pay for Tasks 5-6 for a total amount of $43,246.
+The City also plans to partner with SGVCOG for a Phase II expansion of the Regional Food Recovery Program from April 2022 to March 2024. The program's objective is to establish a subregional food recovery hubs to increase San Gabriel Valley region's capacity to process edible food recovery. The City will be contributing the remaining grant funds of $22,812 to the planned expansion.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manar Haddad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City has a comprehensive three container program.  Currently the city is implementing SB 1383. The cost of the program is prohibitively high since it is self-supporting and not subsidized by governmental funds.  The City plans to use grant funds for education and outreach by way of mailing flyers, media coverage and door to door outreach. Funding will also be used for inspections and enforcement, record keeping which may include software as well as personnel and equipment related to SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Baldwin Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Gutierrez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269604011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Participation in the Regional Food Recovery Program with food recovery support hubs in the City. This includes administrative efforts to manage the projects, equipment procurement to support for regional food recovery hubs, and materials to support food recovery hubs and outreach and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Barstow</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Taylor Britt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602555126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intended uses include but are not limited to:
+-Collection costs such as small residential food waste bins, liners, replacement bins.
+-Education &amp; outreach costs such as presentations at schools, print/electronic material including translation into Spanish, media outreach (ie: TV, video, radio and social media).
+-Procurement costs including personnel/consultants, tracking software, vehicles/equipment for application of compost &amp; mulch material.
+-Administrative costs for grant management, compliance reporting, etc.
+-Indirect / overhead costs (ie: attorney fees).
+-Enforcement &amp; inspection costs including personnel/consultants, education material, training.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bell Gardens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Bernardo Iniguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628067770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This funding will be used to help the City of Bell Gardens achieve compliance to be successful in implementing all requirements within SB 1383.  This funding will also provide the City with additional resources to increase community education and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bellflower</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Len Gorecki</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628041424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food waste capacity planning, public education, program supplies such as food waste containers for residential and/or business use, and the purchase of organics for City use.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Benicia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sharon Denney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077464215</x:t>
   </x:si>
   <x:si>
     <x:t>Ashraf Batavia</x:t>
   </x:si>
   <x:si>
-    <x:t>The City of Davis plans to use these grant funds to augment the outreach and education programs required by SB 1383, pay for translation services, and assist businesses in complying with the new regulations. The funds would also be used for a waste study of the Downtown Davis core area.</x:t>
-[...1030 lines deleted...]
-Approximately ten percent of grant funding will be used for the creation, translation, and distribution of SB 1383 promotional materials to educate and offer guidance for commercial, multi-family, and residential generators located in our jurisdiction.</x:t>
+    <x:t>Grant funds will be used for education and outreach materials to residents, including multi-family residents for organics recycling, food waste, and food recovery.  Plans are to develop print and social media materials for a variety of topics such as  "How to" guides and best management practices in organics recycling to mitigate pests and odors.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Beverly Hills</x:t>
   </x:si>
   <x:si>
     <x:t> Melissa Gomez</x:t>
   </x:si>
   <x:si>
     <x:t>3102882864</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Beverly Hills operates a solid waste program, including services to residents, commercial businesses, alley maintenance, and conservation. The solid waste residential and commercial sub-programs are responsible for collecting all waste streams in the City. The City currently maintains compliance with several solid waste laws, including AB 939 requiring City’s to recycle 50% of all municipal waste collected, AB 341, AB 1826 requiring multi-family and commercial recycling, and most recently SB 1383, an organics recycling law. 
 To comply with SB1383, the City began developing a mandatory organics recycling program. In December 2021, City Council adopted an Ordinance requiring residents and businesses to comply with the organics program. As this program affects residents and businesses differently, below is a breakdown of where the City stands with each customer class. 
 Single-Family Residents
 Currently, single-family residents are subscribed to green waste container service for yard trimming material. Under SB 1383, this service was expanded to include additional food waste items, including food-soiled paper and organic material, in the residential green waste program. In 2020, the City expanded the yard waste bin services to include food waste. The City advertised this information on the collection trucks and the July 2020 City newsletter. City staff also labeled the green waste containers with this information.
 Multi-Family Residents
 Multi-family properties with curbside pick-up and subscribed to green waste container service can place food waste, including food-soiled paper and organic material, in the green bin. Multi-family properties collected by alley service will be contacted by a City representative or the City’s hauler, Athens Service representative, by Spring of 2022 to arrange organics collection services. 
 Businesses
 Businesses are required to separate and recycle their organic waste. Businesses can comply with SB 1383 by subscribing to the organic waste service. Additionally, staff began planning for SB 1383 by coordinating with the City’s franchise hauler (Athens Services) with in-person site visits to assess the commercial generator’s waste material and provide educational outreach to businesses regarding SB 1383 regulations. Businesses will be contacted by a City representative or the City’s hauler, Athens Service representative, during the first quarter of 2022 to arrange for services. 
 Communication on SB 1383 will be ongoing to the residential and business community to educate them on requirements to comply with the State and local regulations. Staff and City’s franchise waste hauler will continue to make every effort to assist residents and businesses in becoming SB 1383 compliant. City staff understands that community engagement plays a significant role in the success of the organic recycling program. City staff has developed a community outreach plan that consists of various methods of communication. The City plans to use the funds to support ongoing costs for community outreach and education which include the following:
 •A dedicated website for SB 1383, www.beverlyhills.org/organics 
 •Social media posts
 •Direct mailers
 •Newspaper ads
 •Backbone articles (City's Newsletter)
 •Utility bill messages
 •Community meetings
 •Community group presentations
 •Equipment Software
 City staff has begun community outreach and will continue engaging the community through the years to come.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Laguna Woods</x:t>
-[...166 lines deleted...]
-    <x:t>The grant will provide the Town is necessary funding that will be used towards enforcement and inspections, procurement requirements, education and outreach and record keeping.</x:t>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Blythe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mallory Crecelius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609226161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds allocated will be used by the City of Blythe to help with program implementation for compliance with SB 1383. This includes using the direct allocation for education and outreach to the City's residential and commercial customers. Outreach will be provided in the form of newspaper and radio ads and direct mailers to residential and commercial customers. Providing a comprehensive educational campaign related to the requirements of SB 1383 is necessary for compliance. This program is new to our customers, and extra effort will be made to educate customers on the three cart collection system, and the importance of recycling and composting organic waste and edible food recovery. Funds will be used to procure recycled paper products for use at all City facilities such as City Hall, Police and Fire Departments, and Public Works. We estimate  a 28% cost increase for the purchase of recycled products. Grant funds will be used to offset these costs.  The City  plans to hire a part time department assistant to assist with compliance, record keeping and reporting. The City of Blythe has a small staff and will need extra support to administer the City's program.  If awarded additional funds through subsequent funding rounds, the City would like to purchase kitchen food caddies for residential customers to encourage home composting. The City has 3,100 residential accounts in which we would like to provide food caddies to encourage the diversion of organic waste from the trash and home composting of organic materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bradbury</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin Kearney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263583218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Bradbury will use grant funds to hire an SB 1383 consultant that will assist in implementing the provisions specific to Bradbury. Funds will also go towards the procurement of recycled products for office use as well as developing and distributing educational materials for the community. Lastly, funds will also be used for administrative costs as City Staff submits procurement records and works to enforce the City's SB 1383 ordinance. The City is considering the donation of any surplus funding to the San Gabriel Valley Council of Governments’ regional food recovery program expansion.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brea</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francesca Vivanti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146714411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Brea has identified several projects that would benefit from funding through the SB1383 Local Assistance Grant Program.   As SB1383 is implemented, the City proposes to expend funds on education and outreach materials, materials used for the collection and/or composting of food waste, consultant expertise to evaluate ongoing program success/needs, recordkeeping software/training as well as equipment such as a tablet for field visits.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brentwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jon Carlson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9255166095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use the funding for consultants to help navigate through the SB619 Notification of Intent to Comply process and ultimate Corrective Action Plan for SB1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Buellton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rose Hess</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056860137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 Ordinance Implementation, including consulting costs and for services to administer and implement the program including Food Recovery Programs, Education and Outreach, Advanced Procurement Policy, and Capacity Planning in compliance with the state requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Buena Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Aubuchon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145623653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be utilized to:
+1. Create, print, and distribute public information items regarding SB1383. 
+2. Purchase post-consumer organics products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Burbank</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amber Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182383902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be using the funding to educate and outreach to our residential customers and install cameras on our trucks to monitor contamination</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calabasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marina Issakhani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182241682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds received from this grant will be used for a consultant to conduct program implementation, evaluation and gap analysis.  Funds will also be expended on signage, education and outreach materials, and other materials such as kitchen pails.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Casci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utilize grant funding for:
+* Inspections and enforcement
+* Administrative costs
+* Outreach and education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lilliana Falomir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607682160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Calexico is requesting funding to assist with the implementation of regulation requirements associated with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of California City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joe Barragan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603737162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of California City plans to use the SB 1383 Local Assistance Grant to initiate a local food recovery program with the local faith- based organizations to reduce organic waste from landfills and provide additional sustenance to local residents in need.  Staff will utilize the initial grant funds to develop and formalize partnership with the local churches, grocers, restaurants, farmers market and non-profits to develop and implement a food diversion program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Camarillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monique Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053885392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2022 start of the SB 1383 mandate, cities are responsible for implementing SB 1383 adopted ordinance within their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency-based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded state mandate.  This grant provides a City with opportunities to focus on the issues critical to the success of their individual organic diversion/capture programs.  
+City of Camarillo responsibilities include, but are not limited to the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.  This program and all three services are provided to all residential and commercial sectors. 
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments.  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections.
+•Maintaining accurate and timely records of SB 1383 compliance.
+The funds allotted by this grant are focused on the City of Camarillo administrative staffing needs, educating and promoting organic program participation, equipment (containers), and marketing/promotional/outreach programs, which will include all media outlets from the local newspaper, city website, city social media, video, television, hauler outreach, etc., and additional personnel to ensure the program is effective, tracked and in compliance with SB 1383.  Note that the additional personnel will be used to ensure that all city staff is aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and paper products with a minimum post-consumer recycled content.  For all of the parts of the program listed above, the city is required to track and report on implementation, program changes, procurement, enforcement, investigations, and contamination minimization.  The additional administrative support and personnel can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Carlsbad</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Avecita Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605400521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City will use funds to assist with the implementation of regulation requirements associated with SB1383: Short Lived Climate Pollutants regulation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Carpinteria</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erin Maker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058803415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2022 start of the SB 1383 mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  
+Our City responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections
+•Maintaining accurate and timely records of SB 1383 compliance
+The funds allotted by this grant will be focused on the City of Carpinteria administrative staffing needs, education, promote organic program participation, enforcement staffing to ensure program compliance in accordance with the guidelines, enforcement of program requirements. marketing/promotional/outreach programs which will include all media outlets from the local newspaper, city website, city social media, video, television, hauler outreach, etc., and staff training.  Note that training will be done to ensure that all city staff are aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and also paper products with a minimum post-consumer recycle content.  For all of the parts of the program listed above the city is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Carson</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Wilson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108473528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City's internal recycling program, that includes the new SB-1383 procurement requirement for vendors, will require additional equipment and resources to support the roll out effort. Also, the expansion of enforcement officer staffing, to assist with SB-1383 compliance within city limits, will require additional vehicles for daily inspections. In addition to the above, the City of Carson intends to use the Local Assistance Grant to purchase vehicles for use at specific sites, including a forklift, to assist with the movement of procured recycled materials, such as, compost and mulch being transported onto the corporate yard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castro Valley Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Belinda Magallon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105370987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVSan plans to use these funds to cover the costs of implementation of the SB 1383 regulations.
+Projects that CVSan intends to implement using LAGP funds include:
+- Green organics containers (kitchen pails, deskside containers, and slim jims) for indoor/outdoor collection.
+- Payment to ACDEH for inspections of CEFG (Tier One and Tier Two). We anticipate this amount will cover 12 inspections (4 each year of the grant).
+- Tablet for outreach.
+- Potential grant to FRO/FRS for refrigeration or other EFR equipment.
+- Recyclist recordkeeping/reporting software including 3-year agreement cost and $5,000 for a potential add-on.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cathedral City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Deanna Pressgrove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607700369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compost Procurement Activities 
+Purchase compost slinger (also known as a manure spreader)
+Purchase Utility Tractor 
+Construction of compost holding bay 
+Purpose:   To facilitate the Public Works/ Parks Departments ability to add mulch to the grassy turfs (public parks) maintained by the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Toni Cordell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Ceres intends on utilizing the grant funds for the procurement requirements of SB1383 as well as a portion towards education and outreach efforts regarding the City's organics program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cerritos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Alvin Papa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629161220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Cerritos will use the Local Assistance Grant funds for the following activities:
+1. Tracking software
+2. Educational outreach materials including a program video, printed brochure and direct mail outreach.
+3. Staff hours and consultant support.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chico</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Linda Herman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308967241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Chico will be partnering with the County of Butte to develop a SB 1383 marketing and outreach campaign targeted at local businesses, residents, edible food recovery organizations and other entities. 
+Funding will also be used to assist Butte County in upgrading the Neal Road Recycling and Waste Facility (NRRWF) to include a trans-load area for commingled and/or source separated green waste and food waste for processing else where.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Huerta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093343357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Local Assistance Grant will be used to provide food recovery services through a third party vendor working with businesses in the City of Chino to meet compliance with SB1383 requirements.  In addition the local assistance grant will be used to produce outreach materials educating the public about the organics recycling requirements and provide products including reusable food scrapers and food waste containers to assist single family residents with organics recycling of food. The grant will also be used to purchase a database for compliance tracking activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chino Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Shaker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093642633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Direct Outreach Consultant: The City will contract with a direct outreach consultant to work in conjunction with the City’s solid waste hauler to do SB 1383 outreach and education with commercial customers including multifamily dwellings. This will include conducting site visits to businesses to provide education and determine their implementation of and compliance with SB1383 as well as assessing businesses for the potential recovery of edible food. Cost: $35,000
+Recordkeeping or tracking software: Part of the grant funding will be also be used for a two-year subscription (April 1, 2022 to April 2, 2024) to the Recyclist Program Tracker, a cloud-based software program. The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement. The integrated mobile app, compatible with Tablets and Electronic Devices (seven inches or more measured diagonally), includes fieldwork functionality for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and organics programs. The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2. Cost: $30,000
+Purchase of bins for City facilities: The City will purchase collection containers for organics for City facilities including community centers, parks, meeting rooms, and kitchens. Additionally, the City will purchase organics collection bins and liners for special events held throughout the City. Cost: $25,000
+Education and outreach materials: The City will develop and purchase education and outreach materials for residents and commercial customers with information regarding SB 1383. The City will also be publishing and disseminating information on the City’s social media networks as well as utilizing the local publication, the Chino Champion. These materials will be developed in multiple languages. Cost: $18,937
+Tablet/Electronic Devices: The City will purchase a tablet (seven inches or more) to be used by the direct outreach consultant and/or a code enforcement officer when conducting outreach and tracking compliance for SB 1383. Cost: $500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Citrus Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t> MARY POOLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167274730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant and staff assistance for additional procurement program development and implementation; education and outreach, program evaluation, capacity planning and support for edible food recovery programs; purchase of recovered organic waste products to meet the SB 1383 procurement target. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Claremont</x:t>
   </x:si>
   <x:si>
     <x:t> Kristin Mikula</x:t>
   </x:si>
   <x:si>
     <x:t>9093995431</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Claremont proposes to utilize the Local Assistance Grant Program funds to offset the collection cost of its new organics recycling program.  The City of Claremont performs all collection services in-house utilizing City staff and equipment.  Grant funds will offset staffing cost associated with organics collection services.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of San Buenaventura</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Kingsburg</x:t>
-[...10 lines deleted...]
-</x:t>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ivette Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City would like to use SB 1383 grant funding to purchase organic carts for implementation in multi-family communities and HOA and high density communities that currently do not have organics collection carts. In addition to funding for education materials that would encourage and provide information to residents to properly dispose of organic waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coachella</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Jimenez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603983502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This non-competitive grant program will provide one-time funding to local jurisdictions like the City of Coachella to assist with the implementation of regulation requirements associated with SB 1383.  The City of Coachella would like to use its grant funding allocation to assist with collection, education and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colfax</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shanna Stahl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303462313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uses include outreach, program enforcement and inspections, procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Sutorus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093705561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Colton would utilize these funds to assist with replacement carts to assist in reaching compliance for SB1383. Currently the City of Colton has green carts for recycling. It would be ideal to be able to replace the recycling carts to blue and use the green bins for organics to stay consistent with the states marketing materials. Part of these funds will also be used for marketing and education to teach our residents about how to separate their food waste. Any remaining funds will be used for procurement of organic compost for the Community of Colton.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrew Caraveo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3237224805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize funds for the Personnel to ensure education, outreach, procurement, printed materials, etc. are in compliance to SB1383. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Rayos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant costs for oversight of franchise agreement, franchise agreement amendment, SB 1383 and procurement planning assistance, recordkeeping, reporting, developing an enforcement plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deidra Dingman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256552910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County plans to utilize SB 1383 local assistance funds to cover various costs associated with implementing and monitoring activities related to SB 1383. This may include, but is not limited to outreach, consultant fees, studies, infrastructure &amp; equipment to assist with edible food recovery and organic material collection programs. Funding may also be used to procure recovered organic waste products and other operational expenses related to implementing and monitoring organics collection and edible food recovery programs. Lastly, funding may also be applied to staff costs associated with administering these funds in compliance with the applicable requirements, which includes tracking and reporting expenditures, as well as providing overall program support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Jacqueline Zukeran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517394983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Corona Utilities Department requests $223,273 in SB 1383 Local Assistance Grant Program funding for the following SB 1383 program components: education and outreach materials, annual subscription costs for our SB 1383 Compliance Program Tracker (Recyclist), costs for additional personnel to assist with SB 1383 planning and implementation including a part-time intern, an additional full-time Program Analyst and the costs for services from MSW Consultants, a Solid Waste &amp; Recycling Consultant. 
+Public education and outreach will be crucial to the success of this program; the city plans to engage and educate the community by conducting seminars and workshops, when permissible, that will provide the community with the necessary tools that they need to successfully divert their organic waste away from our landfills. Outreach will also be conducted via in person site assessments where we will educate our generators on the requirements of SB 1383 and provide them the necessary tools for successful implementation of their recycling activities. Educational material will be created, printed, and distributed to our community in the form of pamphlets, flyers, posters, and different forms of electronic media that will be easily accessible to all residents. 
+Our Recyclist Program Tracker will assist us in tracking SB 1383 compliance and will have the ability to easily generate reports that will provide the necessary details for our routine reporting for SB 1383.
+The additional staff will assist with all administrative tasks required for planning and implementation of all program components including the planning of educational events, the creation and distribution of education material, program budgeting tasks, and all other SB 1383-related tasks. MSW Consultants will continue to assist us with Solid Waste Franchise Agreement amendments, direct outreach to generators, and with planning and launching of our city’s Edible Food Recovery Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coronado</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ofelia Andrade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6195227381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Coronado Public Services and Engineering (PSE) Department is responsible for managing the City’s integrated waste management activities, which include solid waste franchise administration and compliance with the CalRecycle requirements for recycling and waste diversion from landfills.  PSE staff will partner with environmental service consultants to develop and implement an edible food recovery program in alignment with SB 1383 requirements including performing data collection and outreach; developing educational resources; performing activities related to capacity planning; developing procedures and materials for generator and food recovery organization inspections, and for receiving and investigating complaints; and identifying further edible food recovery opportunities within the City. PSE staff will provide direct assistance to food recovery organizations and commercial edible food generators to facilitate SB 1383 compliance; will perform record keeping activities; and policy development for procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Costa Mesa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin Gaxiola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147545303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is seeking funding to assist with various SB 1383 compliance activities. We are seeking funding to comply with education and outreach requirements and to improve messaging through the City's website and social media, as well as multi-lingual print materials. Contracting with marketing and public relations firm Tripepi Smith to assist in these activities. We are seeking funding to establish monitoring and reporting capabilities through the purchase of Recyclist software system and training specific to code enforcement and city staff prior to effectively address non-compliance. Additional grant funding is needed to pay non-funded portion (1/3rd) of ten Busch Systems Evolve 3-container arrays in public areas of various city facilities. Grant funds are also needed to contract with Abound Food Care to help establish and monitor the City's edible food recovery program. A small portion of grant funding (10%) is requested to cover costs of administering the grant and coordinating the activities of various subcontractors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Mesa Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Pereyda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496458400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This individual grant application proposes to use the allocated funds for Collection, Education, and Administrative Costs. 
+CMSD proposes to use funds to purchase new kitchen pails and compostable bags for residents to encourage and facilitate their participation in CMSD’s curbside Organics Recycling Program. 
+CMSD also proposes to use funds for education and public outreach of SB 1383 and the District’s curbside Organics Recycling Program. Funds will be used as a needs assessment to help CMSD figure out what works and what type of outreach is sustainable long term as our residents live in two separate jurisdictions. An educational campaign will be implemented and distributed via door-to-door outreach, print media, video, social media content, workshops, and school assemblies. The funds will allow CMSD to try a variety of outreach activities to develop best practices. 
+Additionally, the District is requesting funds for administrative costs to help fund consultant contracts and cover staff time. A contract with one public affairs consultant to assist with producing education and outreach on SB 1383 and CMSD’s curbside Organics Recycling Program. A second contract will be funded with a solid waste consultant to assist the District with program evaluation, waste characterization studies, and assistance implementing the various parts of SB1383 across both of the jurisdictions we serve. Lastly, remaining funds will be used to cover staff time of the General Manager and Management Analyst I as more of their day-to-day tasks will involve working on implementing and overseeing the rollout of additional programs to comply with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sandy Costandi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263845487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Covina will utilize grant funding to expand edible food recovery efforts.  The City is currently participating in a regional food recover effort that pairs edible food generators and food recovery organizations across 14 cities, and provides for capacity assessment, outreach, and inspections.  This effort will be expanded during the grant term to include establishing sub-regional food recovery hubs across the San Gabriel Valley to increase the region’s food recovery capacity and infrastructure and continuing education and outreach activities to edible food waste generators, food recovery organizations, and residents about SB 1383’s food recovery regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cudahy</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniela Trujillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3237735143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Cudahy will use grant funding to pay our trash hauler to provide education and outreach services specifically to educate Cudahy residents the regulation requirements associated with SB 1383. 
+The education campaign will teach residents and commercial businesses about mandatory organics collection, proper source separation, what are considered organics, how to participate, key dates associated with program implementation. 
+The education campaign will include outreach for the following topics:
+• Residential source separation: what materials are to be placed in each container
+•What to do with bulky-item green waste
+•Commercial source separation: do you need a commingled organics program or a food-waste only collection program
+•How to avoid contamination/what is considered contamination
+•Direct outreach to non-compliant multi-family and commercial customers
+•What is SB 1383, its importance, and what programs/services are available for meeting compliance
+•What happens to organics once they are collected by the trash hauler
+•What is edible food recovery and how can a business participate
+•Who is eligible for a provisional waiver, and how to obtain one
+Funding will spent to the following education efforts:
+•Administer graphic design and/or cover the cost of printing of materials and postage for direct mail as applicable
+•Direct-mailed post cards, articles, and/or informational flyers
+•Social media targeted advertising/content development
+•Robocalls to residents and businesses about pertinent program information and key dates of implementation
+•Local instructional/educational videos 
+•Service brochures for both residents and businesses
+•Graphic-based posters and/or container labels identifying what materials are acceptable (or non-acceptable) per container type
+•Inserts to accompany monthly/quarterly billing invoice cycles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Culver City Public Works Environmental Programs and Operations plans to use the funding for Eligible Projects/Products including the purchase of 2CY organic containers for use at commercial properties. A small amount remaining after purchase will be $336.00 to be used for postage on any mailing to the properties for marketing purposes. This may include a flyer or brochure on the program. 
+• Collection</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cypress</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kirsten Graham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7142296748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used for specialized SB1383 organic recycling consulting and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Daly City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leilani Ramos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6509918101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City’s primary focus is to explore a mix of options that will meet our annual procurement targets. Fulfilling this target with just compost alone will far exceed that which is used and needed by the City. By partnering on a regional effort with the County of San Mateo and local jurisdictions, we will meet a portion of our procurement target. New equipment purchases will assist City staff in spreading compost across City-owned greenspaces in hopes to meet 50% of its annual procurement amount. The City also wants to prioritize recordkeeping requirements through a joint effort with its waste hauler, Republic Services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Danville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cat Bravo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253143377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to help implement 1383 regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Gilbert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307575688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Davis plans to use these grant funds to augment the outreach and education programs required by SB 1383, pay for translation services, and assist businesses in complying with the new regulations. The funds would also be used for a waste study of the Downtown Davis core area.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Del Mar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaitlyn Elliott-Norgrove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587043632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will be used for education, outreach, and inspection activities primarily for our businesses and edible food generators, but also for SB 1383 outreach to our residents.  We will use relationships already established with consultants in the San Diego Region through our partnership in the Regional Solid Waste Association (RSWA) and may seek additional consultant services outside of RSWA to develop educational content and perform outreach through various means including inspections of our Tier 1 and Tier 2 generators, technical assistance site visits, video or phone conferencing, webinars, and/or public service announcements.  Some of the grant funds could also be used to cover the costs of materials for educational signs or other educational materials. The goal will be to maximize participation and desired sorting behavior and to minimize contamination as well as to ensure edible food donation programs in our Tier 1 and Tier 2 generators are properly established.</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte Solid Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Tedd Ward</x:t>
   </x:si>
   <x:si>
     <x:t>7074651100</x:t>
   </x:si>
   <x:si>
     <x:t>These funds will be used to support:
  1. Capacity assessments and gap analysis for edible food recovery programs
  2. Establishment of MOUs, contracts, and contract amendments to establish performance, monitoring and reporting responsibilities for SB 1383 in Del Norte County and Crescent City.
 3. Development and implementation of SB 1383-related Education and outreach programs
 4. Establishment of related inspection and enforcement programs
 5. Communicating and monitoring related procurement requirements.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Patterson</x:t>
-[...83 lines deleted...]
-    <x:t>The City of Industry will use this grant money to help implement their SB 1383 program as required by the legislation. This will include education, outreach, and implementation for organic recycling programs, food recovery programs, and procurement programs. Additionally the City will train and utilize Code Enforcement to ensure that the program is in compliance with the ordinance.</x:t>
+    <x:t>City of Diamond Bar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Fox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098397010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manage edible food recovery contracts between Tier 1 and Tier 2 food waste generators as identified  and in accordance with SB1383. Manage and assist in the execution of food recovery agreements. Provide educational materials to food waste generators and food recovery organizations including but not limited to benefits of participation in food recovery and SB1383 compliance regulations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louren Kotow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076787051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016 and SB170 Budget Act of 2021.  This includeds but is not limited to education and outreach, program evaluation, gap analysis, enforcement and inspection, edible food recovery, procurement requirements, record keeping and/or the hiring of a consultant to assist the city with compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Downey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Madeleine Pineda-Campos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629047102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for Citywide education and outreach campaign; Enforcement and Inspection of commercial sites; create a brochure for multi unit families organic recycling;
+partnering with Food Finders to recruit Tier 1 and Tier 2 Edible Food Generators; purchasing kitchen counter-top food waste collection pails for residents; Cable TV video for all generators (residents, multi family, and commercial generators) best practices. Personnel costs.
+The City of Downey has added a Mandatory Organic Waste Disposal Reduction Ordinance to Chapter 10 to Article V of the Downey Municipal Code.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Duarte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Andres Rangel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263577931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As a small contract city in foothills of the San Gabriel Valley, limited city staff is in need of additional support in SB 1383 implementation requirements. The CalRecycle SB 1383 Local Assistance Grant will be utilized to expand the work of the San Gabriel Valley Council of Governments, which is currently acting as a consultant on the San Gabriel Valley Regional Food Recovery Program, to increase food recovery capacity in the current program, and for the city to hire a consultant to assist will all other aspects of SB 1383 implementation as detailed in the budget. Including purchasing small household food waste pails.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Sung</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dublin intends to spend $25,000 on producing and distributing education and outreach materials to organic waste generators. 
+The City of Dublin intends to spend $3,132 on inspections of Tier 1 edible food generators conducted by Alameda County Department of Environmental Health in 2023.
+The City of Dublin intends to spend $57,742 on three stream public litter receptacles for placement in public parks and public right of way to increase and promote organics and recycling collection in public areas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of East Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Batool Zaro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503888921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities. We will also be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cajon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monica Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194411704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Cajon will be using these funds to support SB 1383 required programs.  This grant funding will help the City establish and maintain an Edible Food Recovery Program in addition to providing public outreach to educate our community on SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Centro</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Abraham Campos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606043799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Centro has identified two categories that are imperative for the implementation of regulation requirements associated with SB1383. 
+Half of the requested grant funds will be utilized to purchase kitchen pails for residents to collect all biodegradable kitchen scraps. The pails will be delivered with education material on the program. The city's waste hauling provider will be distributing the kitchen pails to residents and collecting the kitchen waste.
+The second half of the requested funds will be utilized to hire a consultant firm to assist the city with rate implementation in support of SB1383, including Prop 218 process.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cerrito</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Will Provost</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105597684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Cerrito holds a contract with a private hauler to collect garbage and green waste and directly conducts the curbside collection of recycling in the city. The City intends to use these grant funds to procure and paint recycling (blue) collection bins to be in compliance with the color requirements, to fund a portion of staff time devoted to SB 1383 implementation, and to purchase a tablet that will be used for business outreach and tracking related to SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Contreras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092349099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of El Monte proposes to use the grant funds for the Consultant's SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
+1. Research, compile and submit information for the Capacity Plan
+2. Draft the Hauler Franchise Amendment to include SB 1383 Requirements and Rates
+3. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
+4. Conduct Compost Giveaway &amp; Workshop Events
+5. Oversee the Hauler's Contamination Audit
+6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
+7. Coordinate SB 1383 Education &amp; Outreach Workshops
+8. Hold Department Head Procurement Meeting
+9. Oversee Procurement Target Progress
+10. Review and Process Waivers
+11. Oversee Enforcement
+12. Maintain the Enforcement Log
+13. Identify and Reach Out to Recovery Organization
+14. Maintain the SB 1383 Information on the City's Website
+15. Perform Recordkeeping duties
+16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Segundo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elias Sassoon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3105242356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Implementation for an Organic Recycling and Edible Food Recovery Program, including education and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nathan Arechiga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds provided by the SB 1383 Local Assistance Grant Program will be used in aiding residents throughout the transition in beginning to recycle organics. the funding would be used for a comprehensive marketing campaign including a professional marketing consultant, creation and placement of advertisements, including digital media. The funds would also be used to purchase counter-top compost bins that would be distributed free to residents upon request.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Emeryville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matt Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105963795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personnel funds for SB 1383 implementation including outreach and education, recordkeeping, and annual organics procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Encinitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Maechler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606332777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will be primarily used to provide outreach and education to residents and businesses. These activities will vary from hiring consultants to develop educational content and perform outreach in the community through various mediums, to covering costs for materials. The goal will be to maximize participation and desired sorting behavior and to minimize contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kim Silva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Escondido 
+• Education and outreach (includes organic waste &amp; edible food recovery)
+• Enforcement and Inspection
+• Edible Food Recovery
+• Equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fairfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Corey Beavers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074287528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fairfield anticipates using requested funds to bolster our existing SB 1383 program. Funds will be used primarily for education and outreach materials (print media, radio, video, social media), record keeping software (Recyclist), door-to-door outreach, and potential personnel augmentation. The City also anticipates purchasing bins for all City facilities that are accessible to the public.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fillmore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erika Herrera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059461712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2022 start of the SB 1383 mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  
+Our City responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections
+•Maintaining accurate and timely records of SB 1383 compliance
+The funds allotted by this grant will be focused on the City of Fillmore administrative staffing needs, education promote organic program participation, enforcement staffing to ensure program compliance in accordance with the guidelines, marketing/promotional/outreach programs which will include all media outlets from the local newspaper, city website, city social media, video, television, hauler outreach, etc., and staff training.  Note that training will be done to ensure that all city staff are aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and also paper products with a minimum post-consumer recycle content.  For all of the parts of the program listed above the city is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Folsom</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marie Mckeeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164616731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Folsom is hiring a minimum of 4 new drivers to add 4 new weekly residential routes for organics green bin collection service.  The cost for each driver is a $3,997 monthly, not including any benefits. Therefore, the four drivers cost to the City is $15,988 per month. Thus, the grant funds in the amount of $108,968 would cover almost 7 months of pay for these four drivers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fontana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093506798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fontana intends to use funding to implement and enforce SB 1383. The city specifically intends to fund programs related to organic waste and edible food recovery, education and outreach to residents, enforcement and inspection. Further, the city plans to educate the public on the benefits of following the new regulations and the positive impact on the environment and public health.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fountain Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Soumelia Gountoumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145934441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hire consultants to assist with edible food recovery program, program implementation, waiver program, purchasing policy modifications, compose and distribute educational information to residents and businesses, program evaluation and gap analysis, record keeping software, city personnel cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Allyn McAuley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procurement: Funding for acquisition, transportation, and application of compost and mulch at various sites. This includes material, personnel, and equipment expenses. A focal area of the Procurement budget is the expansion of a 2021 compost application pilot project on City of Fremont undeveloped parcels.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fullerton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Keshishian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147386778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City's newly proposed project will help establish a fresh perspective of a brighter, cleaner, healthier environment by encouraging and motivating proper recycling behaviors geared towards SB 1383 compliance within the daily practices of City staff and the community. The Phase I purchase of indoor three-stream collection containers to utilize within City facilities will be the start of a new Centralized Waste Collection Program. Plans for increased education and newly established outreach strategies include print materials for door-to-door outreach in the downtown business area, introductory and updated recycling, and organic collection service educational print materials within all sectors of the community and partnering with the EcoHero Team to provide empowering environmental education rap shows to local elementary schools. The project will also support the City in meeting their 2023 calendar year 30% procurement requirement by purchasing compost through a brokerage firm. Lastly, proportioning personnel funds to the dedicated Solid Waste and Recycling Specialist and Environmental Services Coordinator staff will allow them to continue to implement all aspects of the SB 1383 program.
+At the time of the initial Application Certification submission in March 2022, the scope of work was determined by the Interim City Manager, Jeff Collier, who is no longer with the City. Since the arrival of the new City Manager, Eric Levitt, in May 2022, the City of Fullerton reimagined a long-term direction of complying with SB 1383 regulations. The City invested in employing two new Public Works staff members to manage the Solid Waste and Recycling Program. Based on this new dynamic, the scope of work has been reexamined and restructured to meet the current vision of the department. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Galt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Robin Nelson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093667260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant request is to assist the City of Galt with the implementation and regulation requirements associated with SB 1383 in our jurisdiction. We plan to use a large portion of the Grant funds to purchase and distribute residential food waste compost bins for indoor use for our residents to promote food recycling, as well as placing food waste bins at our flea market food court areas and in all city buildings. A portion of the funds will be designated for educational assemblies and community outreach, along with marketing, promotion and advertising. We will also designate funds for staff to help with enforcement of the recycling requirements and administrative staff time spent on SB 1383 outreach. The City of Galt adopted an ordinance on November 2, 2021 with regulations relating to organic waste disposal reduction and has updated our Municipal Code to reflect this.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mark Ladney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Garden Grove plans to use $60,236 from the SB 1383 Local Assistance Grant funding for marketing, promotion and public outreach, which expenditures will include paid promotional materials, mailers, newspaper ads (ethnic), and translations. The City will use $167,000 of the remaining grant funding to cover consultant costs for residential organics program planning, research, capacity planning, and Tier 1 / Tier 2 outreach and inspections.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gardena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hong Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102179564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant to guide, track and assist staff with overseeing SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Etienne Ozorak</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185503468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Glendale will is replacing Citywide automated containers according to service day.  These funds will be used to partially pay for new recycling and organics carts provided to homes in fiscal year 2022-23.  The City will replace all three carts at an estimated 6,667 homes.  Each cart will cost $57.20 per unit (excluding delivery).  These funds will also pay for the City to purchase internal organics collection containers (kitchen pails) for four routes.  Staff expects to purchase 25,500 kitchen pails at a cost of $4.60 each for a total cost of $117,300.  The remaining funds of $151,064 will be used to pay for new organics and recycling carts.
+The City will purchase Bins (green and blue only) and lids: Includes, but is not limited to, curbside, small household food waste pail, labeling, and liners. Label - Acknowledgements: CalRecycle and pre-approval prior to incurring the expense.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendora</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Fisher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269148389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Glendora is participating in a regional food recovery program with cities that are involved with the San Gabriel Valley Council of Governments. This program includes an education and outreach plan, capacity assessments, and an inspection program. The City would like to use this grant funding to offset costs for the regional food recovery program. Remaining grant funding will be used for education and outreach or food waste pails for residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gonzales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF GONZALES
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Greenfield, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Gonzales in the implementation of regulation requirements associated with SB 1383. 
+The City of Gonzales joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of Gonzales, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of Gonzales adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Gonzales, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
   </x:si>
   <x:si>
     <x:t>City of Grand Terrace</x:t>
   </x:si>
   <x:si>
     <x:t> Shanita Tillman</x:t>
   </x:si>
   <x:si>
     <x:t>9098246621</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Grand Terrace has been working with CalRecycle to ensure that we stay on target to gain full compliance with our residents and local businesses. We anticipate using awarded funds for the procurement of green bins to potentially keep at City Hall so residents can drive-by and dispose of their organic waste. Also, since this is new for many of our residents it will require education so we want to ensure that we are utilizing staff to promote outreach via radio, social media, and print media so that we have a full scale program with all of our resident's involvement.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Millbrae</x:t>
-[...348 lines deleted...]
-    <x:t>Temple City is requesting funding from the SB 1383 Local Assistance Grant Program to assist with the costs of developing, implementing and maintaining newly established organics recycling, procurement, and edible food recovery programs in compliance with SB 1383 requirements.</x:t>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Grass Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Zac Quentmeyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302744713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will use funds to assist with educational and outreach programs, work with our consultant to develop record keeping and tracking protocols, to complete the review and amendments to the franchise agreement, and if funds are available work with the Nevada County Environmental Health Department on a inspection and enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Guadalupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Todd Bodem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053563892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Guadalupe intends to use this grant funding to provide kitchen waste pails to residents free of charge.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Half Moon Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Veronika Vostinak</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507502019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.
+We will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities
+Remaining funds will be put towards procuring a tracking and reporting system (e.g. Recyclist) and purchasing indoor recycling and organics containers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hawaiian Gardens</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ramie Torres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624202641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Hawaiian Gardens use of SB1383 Local Assistance Grant funds will be utilized for the following items:
+Education and Outreach materials, 
+Tablet/Electronic Device used for the purpose of organic tracking, education and outreach and record keeping 
+inspections and enforcement:
+Equipment: Chipper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hawthorne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Selena Acuna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103492982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This program will include education and outreach efforts to residents and customers related to SB 1383 to ensure effective implementation of new or expanded organic programs. Funds will be used to create an enforcement program by adding a Recycling Coordinator and/or Route Auditor to perform contamination monitoring requirements. Surplus edible food will go to food recovery organizations and services to help feed residents in need instead of going to landfills.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hayward</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Krump</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105834725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project would use funds to perform most of the following activities:
+ - Outreach regarding SB1383 to businesses and residents, focusing on Tier 1 businesses
+ - Set up of reporting and record keeping systems to meet SB 1383 reporting requirements, including potential subscription to software
+ - Purchase of kitchen pails and possibly blue recycling containers to help residents collect organics
+ - Staff time to oversee and implement SB1383 requirements, inlcuding outreach
+ - Procurement and use of organic materials (compost and mulch)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hemet</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniel Cortese</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517653712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hemet intends to utilize the grant funds to perform two major efforts.  First, the City intends to utilize the funds to supplement the education and outreach efforts of the City's franchise hauler, by expanding outreach to the Hemet Unified School District.  The City intends to develop an outreach program that targets the 4th through 6th grade school populations and to combine that with the City's other educational outreach programs, specifically it's water conservation program.  Secondly, the City intends to expand the inspection programs and focus on the commercial sector.  Under the City's current NPDES program, various commercial and industrial businesses are required to be inspected based on a high (once per fiscal year), medium (once every two years) and low (once every five years) priority schedule in order to ensure compliance with the NPDES program.  The City proposes to include the inspection for SB1383 as an element of the NPDES program.  In addition, the City will expand the inspections to include those businesses that may not be subject to the NPDES program currently.  At this time, the City has 600 commercial accounts that are subject to the MOR/MCR programs.  We expect that this will expand to approximately 1000 businesses.  The overlap of both NPDES and SB1383 is projected to be approximately 400 businesses.  This grant will allow the City to perform these inspections through a contractor to the remaining 600 businesses.  
+Finally, the City intends to explore additional capacity program outreach, looking for opportunities to align this grant with the City's Homeless outreach to ensure that the maximum amount of edible food can be redirected into food banks and homeless program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hermosa Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Douglas Krauss</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107503603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds will support personnel costs and outreach programs and materials to help implement SB1383 requirements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lesa Byars</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia intends to use these grant funds to purchase reporting software through Recyclist to assist staff in meeting the complex SB 1383 reporting requirements.  The City of Hesperia operates with a lean staff.  Due to staffing levels, the City does not have a department, or an employee, that is dedicated specifically to recycling or environmental programs.  Staff who will facilitate the City's SB 1383 program, including tracking, inspections, reporting, compliance, and enforcement, are tasked with other duties throughout the City.  Therefore, the City is in need of a program to help simplify the tracking and reporting components of SB 1383. The grant funding will be used for a three-year subscription to the Recyclist Program Tracker, a cloud-based software program.  The subscription will be fully paid within the two-year grant term (April 1, 2022- April 2, 2024).  The software enables a wide variety of data tracking, including organics collection service compliance, paper and Recycled Organic Waste Product procurement, edible food recovery, and enforcement.  The integrated mobile app includes field work functionality for logging inspections and education and outreach activities with the purpose of tracking participation in recycling and organics programs.  The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.  This software will save a significant amount of staff time and provide staff with the necessary tools to be successful in meeting the complex requirements of SB 1383. 
+Grant funding will also be used to pay for education and outreach material.  These costs consist of the printing costs of letters, flyers, and brochures for residents, edible food generators, edible food recovery organizations, businesses, and third-party organic waste haulers as well as the costs for social media campaigns and advertising. 
+On December 21, 2021, the City of Hesperia adopted Ordinance 2021-12 which serves as the City's enforceable Ordinance pursuant to section 18981.2 of Title 14 of the California Code of Regulations.  The Ordinance is attached under the "Documents" tab.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> MELISSA MORGAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098646861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize the funds to support their compliance with the requirements of SB1383. A portion of the grant will be utilized to purchase kitchen pails to support the participation of the residential sector of the community.  The remaining funds will be utilized to obtain recycled organic products in support of the procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Huntington Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. DEBRA JUBINSKY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145365537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We propose to use the grant funds to purchase and distribute 1.9 gallon residential kitchen organics containers to residential customers. These containers are for use on the counter or under sink to hold food scraps temporarily until the resident can place in their curbside container. The containers will be labeled with program instructions and will be distributed one per household, while supplies last. Based on current quotes, the grant will fund containers for approximately 80% of our residential households. The City may use local funds to purchase additional containers if there is sufficient demand in the community.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Huntington Park</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Huntington Park proposes to use the grant funds for Consultant SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
 1. Research, compile and submit information for the Capacity Plan
 2. Draft the Hauler Franchise Amendment to include SB 1383 Requirements and Rates
 3. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
 4. Conduct Compost Giveaway &amp; Workshop Events
 5. Oversee the Hauler's Contamination Audit
 6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
 7. Coordinate SB 1383 Education &amp; Outreach Workshops
 8. Hold Department Head Procurement Meeting
 9. Oversee Procurement Target Progress
 10. Review and Process Waivers
 11. Oversee Enforcement
 12. Maintain the Enforcement Log
 13. Identify and Reach Out to Recovery Organization
 14. Maintain the SB 1383 Information on the City's Website
 15. Perform Recordkeeping duties
 16. File SB 1383 Reports, including Food Recover, Compliance and Procurement
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Union City</x:t>
-[...616 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City would like to use SB 1383 grant funding to purchase organic carts for implementation in multi-family communities and HOA and high density communities that currently do not have organics collection carts. In addition to funding for education materials that would encourage and provide information to residents to properly dispose of organic waste.</x:t>
+    <x:t>City of Imperial</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yvonne Cordero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603553326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Imperial will utilize funds to assist the Community Development Department comply with SB 1383’s mandate by applying the awarded grant funds towards community outreach efforts, code enforcement monitoring and involving and educating the community in composting organic waste.
+The City will develop a bilingual print and social media campaign to inform and educate the community of the SB1383 mandate.   A bilingual flyer and poster campaign will be distributed to schools and businesses including brochures for public outreach efforts staffed at community events.  To boost the campaign, a strategic social media campaign will assist in enforcing and reminding all residents of the new mandate for collecting organic waste.
+The Community Development Department will be vigilant in enforcing the mandate by closely monitoring our compliance with our contracted waste hauler’s reports.   The Code Enforcement division will monitor reports, conduct site inspections and issue citations for any violations.  To assist the Code Enforcement Officer with the added workload, an additional part-time temporary Code Enforcement Officer will be employed with the grant funds.  To facilitate our efforts, the department will purchase two desk scanners for administrative staff, one vehicle mounted laptop for Code Enforcers with accessories for accurate violation and property owner information during site inspections.
+The grant funds will assist the City in launching a Community Compost Program.  The program will include the purchase of an in-vessel composting unit and installation of recycling bins placed within the community with the appropriate signage.  To facilitate the process and eliminate organic waste contamination, lidded food waste pails will be made available to residents wishing to participate in collecting household organic waste for the compost program and for safe waste delivery to the designated site. The resulting compost product will be utilized by our City’s parks staff to aesthetically enhance our fourteen City parks for our community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Industry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Duhamel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624323700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Industry will use this grant money to help implement their SB 1383 program as required by the legislation. This will include education, outreach, and implementation for organic recycling programs, food recovery programs, and procurement programs. Additionally the City will train and utilize Code Enforcement to ensure that the program is in compliance with the ordinance.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Irvine</x:t>
   </x:si>
   <x:si>
     <x:t> Ryan Tenney</x:t>
   </x:si>
   <x:si>
     <x:t>9497246379</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Irvine is requesting local assistance grant funding to assist with SB 1383 program implementation. Currently, the City has an inadequate resources to ensure that SB 1383 requirements will be implemented in a timely manner and is requesting grant funding to assist with these efforts. The City will use the grant funding to assist with implementing an edible food recovery program with a local food recovery organization/service, including but not limited to collection and reporting. The City will also use the grant funding for education an outreach efforts with consultants, including but not limited to onsite visits and meetings, developing standardized forms, flyers, brochures, mailings, outreach at public events, and digital communications such as social media posts, website updates, and instructional videos. The City will also use a portion of the grant funds to work with a consultant for a program evaluation/gap analysis to identify areas where the City needs to dedicate more resources in the future to meet SB 1383 requirements. The City will also use a portion of the grant funds for the procurement of recovered organic waste products including a combination of compost, mulch, and renewable energy sources (fuel, heat, electricity). The City will also use a portion of the grant funding for consultants to assist with SB 1383 recordkeeping requirements. Lastly, the City will use a small percentage (approximately 10%) of the grant funds for administrative purposes to cover a portion of staff and consultant costs.</x:t>
-  </x:si>
-[...281 lines deleted...]
-    <x:t>The City will use these funds for a study of applicable uses of compost and mulch within City boundaries, and education, outreach, and inspection to commercial generators. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Irwindale</x:t>
   </x:si>
   <x:si>
     <x:t> Elizabeth Rodriguez</x:t>
   </x:si>
   <x:si>
     <x:t>6264302211</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Irwindale is currently part of the San Gabriel Valley Regional Food Recovery Program.  The funds from this grant will be utilized under phase II and expansion of scope of work to ensure all cities under this program are in compliance with SB 1383's Edible Food Recovery Program and Capacity Planning requirements.  Phase II will commence on April 1, 2022 and conclude on March 30, 2024.  The City of Irwindale will be taking the lead on its portion of phase II of the San Gabriel Valley Regional Food Recovery Program; however, as a cost sharing effort to reduce cost, the City will be working with the San Gabriel Valley Council of Governments and SCS Engineers (or whichever consultant hired) to complete this project. 
 The following is a list of tasks that will be implemented as part of Phase II of the San Gabriel Valley Regional Food Recovery Program.  
 Task 1 Project Management (April 1, 2022 to March 30, 2024)
 Task 1.1 Kickoff Meeting
 The Consultant shall conduct a kickoff meeting with the SGVCOG. The primary objectives will be to review scope, schedule, project goals, and key issues.
 Deliverables: Meeting notes and materials for kickoff meeting. 
 Task 1.2 Project Team Coordination
 Biweekly project team meetings, regular phone and e-mail correspondence, and other communications with the SGVCOG to ensure that the tasks listed in this SOW stay on schedule and within budget.
 Deliverables: Meeting notifications, agendas, and notes. 
 Task 1.3 Project Management Update Meetings 
 The Consultant shall facilitate monthly meetings with the SGVCOG and representatives of participating cities to provide key project updates. These meetings can also be used to obtain feedback and input on key discussions. 
 Deliverables: Meeting notifications, agendas, notes, presentations, and other relevant drafts and documents. 
 Task 1.4 Invoicing and Contracts
 The Consultant shall provide monthly invoices to the SGVCOG and coordinate any contracting paperwork/logistics.  
 Deliverables: Monthly invoices and coordination on contracts.
 Task 2  Subregional Food Recovery Hubs (April 1, 2022 to December 31, 2022)
 Task 2.1 Food Recovery Hub Expansion Facilitation (April 1, 2022 to July 31, 2022)
 The Consultant shall review the list of identified food recovery organizations in the San Gabriel Valley and facilitate discussions with the largest food recovery organizations to identify their interests with serving as subregional food recovery hubs. A total of five subregional food recovery hubs should be established in the San Gabriel Valley. The Consultant should already possess a list of existing food recovery organizations’ infrastructure and capacity limitations, ongoing partnerships with smaller food recovery organizations in their communities, and ongoing agreements/contracts with local Tier 1 and Tier 2 generators. At least one subregional food recovery hub must be located in Baldwin Park and at least one subregional food recovery hub must be located in Monterey Park. 
 Deliverables: A detailed report summarizing discussions held, along with the surveyed food recovery organizations’ interest to serve as subregional food recovery hubs, their infrastructure and capacity limitations, their ongoing partnerships with smaller food recovery organizations, and their ongoing agreements/contracts with local Tier 1 and Tier 2 generators. Additionally, the report should note any possible challenges and concerns for each surveyed food recovery organization to serve as a subregional food recovery hub. The report shall be compiled in the form of one regional document, with the information on each San Gabriel Valley city formatted by sections. 
 Task 2.2 Equipment and Infrastructure Report (August 1, 2022 to September 30, 2022)
 Based on the food recovery organizations that have been approved by the SGVCOG to serve as subregional food recovery hubs, the Consultant shall identify the necessary equipment and infrastructure that the selected food recovery organizations need in order to expand their infrastructure and capacity to address existing food recovery gaps. 
 Deliverables: A detailed report summarizing the necessary equipment and infrastructure that the selected food recovery organizations need in order to expand their infrastructure and capacity to address existing food recovery gaps.   
 Task 2.3 Capacity Expansion Support (October 1, 2022 to December 31, 2022)
 Upon approval of the Task 2.2 report, the SGVCOG shall be responsible for distributing funds to purchase all of the necessary equipment. The Consultant shall support coordinating with selected food recovery organizations to obtain and set up the equipment. Upon completion, the Consultant shall develop a report of the total amounts of equipment and infrastructure that were added to selected food recovery organizations and calculate the amount of food recovery capacity increased.
 Deliverables: A detailed report summarizing the total amounts of equipment and infrastructure that were added to selected food recovery organizations and calculations of food recovery capacity increased. The report should also include a location-by-location inventory and a map of supported food recovery hubs. 
 Task 3  Public Outreach (April 1, 2022 to March 30, 2024)
 Task 3.1  Develop Outreach and Education Plan (April 1, 2022 to June 30, 2022)
 The Consultant shall expand on the existing comprehensive outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups and specify plans and schedules to incorporate 12 workshops (once every 2 months), 6 social media campaigns (once every 4 months), and 6 rounds of mailer/flying mailing campaigns (once every 4 months) for participating cities throughout the duration of this project. All materials must be provided in English, Chinese, and Spanish. 
 Deliverables: Outreach and education campaign materials and a detailed plan and schedule for a comprehensive outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups prepared for the SGVCOG’s approval.  
 Task 3.2  Implement Outreach and Education Campaign (July 1, 2022 to March 30, 2024)
 Upon approval by the SGVCOG, the Consultant shall implement an outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups. The Consultant shall provide records of outreach and education efforts, along with copies of the utilized marketing materials, that were conducted. The records shall include the date and to whom the information was disseminated or direct contact made.
 Deliverables: Monthly reports on conducted outreach and education efforts and copies of the utilized marketing materials.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of King City</x:t>
-[...167 lines deleted...]
-Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Salinas, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+    <x:t>City of Kingsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598975821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Kingsburg will utilize $15,000 of the grant funds to help offset costs related to complying with the procurement requirements of SB 1383.  Specifically, the City will utilize the funds to purchase mulch and compost that has been produced from the City's greenwaste collection services and will use these products for landscaping purposes at city parks, facilities and islands.  
+The city will use the remaining $5,000 of the grant funds to help offset the costs of producing and distributing education and outreach materials to residents and businesses regarding SB 1383 compliance requirements.  
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Hawaiian Gardens</x:t>
-[...60 lines deleted...]
-    <x:t>CITY OF DEL REY OAKS
+    <x:t>City of La Canada Flintridge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jeannette Klein</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8187908882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project is to support the City's development of an Edible Food Program, pursuant to the requirements of SB1383. The City will use funding to hire the SGVCOG and/or their designees as consultants to administer, develop, and implement the San Gabriel Valley Regional Food Recovery Program - Phase II with the city.
+The program is as follows:
+San Gabriel Valley Regional Food Recovery Program
+Phase II Expansion Scope of Work
+April 1, 2022 to March 30, 2024
+Task 1 Project Management (April 1, 2022 to March 30, 2024)
+Task 1.1 Kickoff Meeting
+The Consultant shall conduct a kickoff meeting with the SGVCOG. The primary objectives will be to review scope, schedule, project goals, and key issues.
+Deliverables: Meeting notes and materials for kickoff meeting.
+Task 1.2 Project Team Coordination
+Biweekly project team meetings, regular phone and e-mail correspondence, and other communications with the SGVCOG to ensure that the tasks listed in this SOW stay on schedule and within budget.
+Deliverables: Meeting notifications, agendas, and notes.
+Task 1.3 Project Management Update Meetings
+The Consultant shall facilitate monthly meetings with the SGVCOG and representatives of participating cities to provide key project updates. These meetings can also be used to obtain feedback and input on key discussions.
+Deliverables: Meeting notifications, agendas, notes, presentations, and other relevant drafts and documents.
+Task 1.4 Invoicing and Contracts
+The Consultant shall provide monthly invoices to the SGVCOG and coordinate any contracting paperwork/logistics.
+Deliverables: Monthly invoices and coordination on contracts.
+Task 2 Subregional Food Recovery Hubs (April 1, 2022 to December 31, 2022)
+Task 2.1 Food Recovery Hub Expansion Facilitation (April 1, 2022 to July 31, 2022)
+The Consultant shall review the list of identified food recovery organizations in the San Gabriel Valley and facilitate discussions with the largest food recovery organizations to identify their interests with serving as subregional food recovery hubs. A total of five subregional food recovery hubs should be established in the San Gabriel Valley. The Consultant should already possess a list of existing food recovery organizations’ infrastructure and capacity limitations, ongoing partnerships with smaller food recovery organizations in their communities, and ongoing agreements/contracts with local Tier 1 and Tier 2 generators. At least one subregional food recovery hub must be located in Baldwin Park and at least one subregional food recovery hub must be located in Monterey Park.
+Deliverables: A detailed report summarizing discussions held, along with the surveyed food recovery organizations’ interest to serve as subregional food recovery hubs, their infrastructure and capacity limitations, their ongoing partnerships with smaller food recovery organizations, and their ongoing agreements/contracts with local Tier 1 and Tier 2 generators. Additionally, the report should note any possible challenges and concerns for each surveyed food recovery organization to serve as a subregional food recovery hub. The report shall be compiled in the form of one regional document, with the information on each San Gabriel Valley city formatted by sections.
+Task 2.2 Equipment and Infrastructure Report (August 1, 2022 to September 30, 2022)
+Based on the food recovery organizations that have been approved by the SGVCOG to serve as subregional food recovery hubs, the Consultant shall identify the necessary equipment and infrastructure that the selected food recovery organizations need in order to expand their infrastructure and capacity to address existing food recovery gaps.
+Deliverables: A detailed report summarizing the necessary equipment and infrastructure that the selected food recovery organizations need in order to expand their infrastructure and capacity to address existing food recovery gaps.
+Task 2.3 Capacity Expansion Support (October 1, 2022 to December 31, 2022)
+Upon approval of the Task 2.2 report, the SGVCOG shall be responsible for distributing funds to purchase all of the necessary equipment. The Consultant shall support coordinating with selected food recovery organizations to obtain and set up the equipment. Upon completion, the Consultant shall develop a report of the total amounts of equipment and infrastructure that were added to selected food recovery organizations and calculate the amount of food recovery capacity increased.
+Deliverables: A detailed report summarizing the total amounts of equipment and infrastructure that were added to selected food recovery organizations and calculations of food recovery capacity increased. The report should also include a location-by-location inventory and a map of supported food recovery hubs.
+Task 3 Public Outreach (April 1, 2022 to March 30, 2024)
+Task 3.1 Develop Outreach and Education Plan (April 1, 2022 to June 30, 2022)
+The Consultant shall expand on the existing comprehensive outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups and specify plans and schedules to incorporate 12 workshops (once every 2 months), 6 social media campaigns (once every 4 months), and 6 rounds of mailer/flying mailing campaigns (once every 4 months) for participating cities throughout the duration of this project. All materials must be provided in English, Chinese, and Spanish.
+Deliverables: Outreach and education campaign materials and a detailed plan and schedule for a comprehensive outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups prepared for the SGVCOG’s approval.
+Task 3.2 Implement Outreach and Education Campaign (July 1, 2022 to March 30, 2024)
+Upon approval by the SGVCOG, the Consultant shall implement an outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups. The Consultant shall provide records of outreach and education efforts, along with copies of the utilized marketing materials, that were conducted. The records shall include the date and to whom the information was disseminated or direct contact made.
+Deliverables: Monthly reports on conducted outreach and education efforts and copies of the utilized marketing materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Habra</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5623834170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We plan to use the grant funding on collection, enforcement and inspection, edible food recovery, education and outreach, and record keeping costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Mesa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Serena Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6196671102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of La Mesa will utilize SB 1383 Local Assistance Grant funding for consultants to assist with creating education and outreach, signage, training, inspections and enforcement, and gap analysis.  The City of La Mesa will hire a consultant to create a suite of La Mesa branded education and outreach materials focused on organics recycling for residents and businesses and about edible food recovery for Tier 1 and 2 businesses.  This includes creating webinars, print media, bin signage, video, and social media.  The materials will be available on the City’s website and social media platforms and print media will be available at City facilities and tabling events.  The consultant will also develop training resources that will be available for businesses to download and train their staff on proper sorting, bin set up, and signage.  The City will also hire a consultant to conduct a gap assessment to determine staff capacity needs for the City’s solid waste programs, including the edible food recovery program, and assist with the inspections and enforcement mechanisms for the City’s Edible Food Recovery Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Mirada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Marlin Munoz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629430131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organics / food waste and recycling containers for public facilities.  Consulting services for grant management, reporting and general program support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Puente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of La Puente proposes to use the grant funds for the Consultant's SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
+1. Research, compile and submit information for the Capacity Plan
+2. Draft the Hauler Franchise Amendment to include SB 1383 Requirements and Rates
+3. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
+4. Conduct Compost Giveaway &amp; Workshop Events
+5. Oversee the Hauler's Contamination Audit
+6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
+7. Coordinate SB 1383 Education &amp; Outreach Workshops
+8. Hold Department Head Procurement Meeting
+9. Oversee Procurement Target Progress
+10. Review and Process Waivers
+11. Oversee Enforcement
+12. Maintain the Enforcement Log
+13. Identify and Reach Out to Recovery Organization
+14. Maintain the SB 1383 Information on the City's Website
+15. Perform Recordkeeping duties
+16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Quinta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gilbert Villalpando</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607777094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Requested Budget: $55,120
+COLLECTION
+- $15,000 Small food scrap bins (1,500 bins of 2.4 gal ea.) – estimated bulk price of $10 ea. through vendor
+- $7,500 Compostable bags for bins (1,500 boxes of 22 bags ea.) - For the 2.4 gal bins.
+Total: $22,500
+EDUCATION
+- $15,140 Video production (8 videos) – SB 1383 Topics (e.g., Food Waste, Food Recover, etc.) Meant for Children and Adults held by Zoom with interactive Q&amp;A
+- $1,280 Worm Compost bins (8) – 2 per school
+Total: $16,420
+OUTREACH
+- $6,800 Outdoor compost tumblers (100) - Miracle Grow 18.5 gal (Alternative to collection, educational)
+- $5,400 Indoor compost kits (100) - 1.3 gal Kitchen Countertop Style (Alternative to collection, educational)
+- $4,000 Electronic Composter (8) – Vitamix or Lomi style electronic composters as educational item and outreach for residents that participate.
+Total: $16,200
+TOTAL: $55,120
+Estimate of 1,708 potential households receiving either a bin or composter (10.7% of Resident Population to generate interest). This should provide a great jump start for residents to get involved. AB 939 Funds will be utilized for further procurement and assistance with rolling out SB 1383 and Recycling programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Verne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole Houston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9095968741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of La Verne will utilize the funding for Personnel staff time (house staff. to help perform outreach, education, enforcement, and behind the scenes work to perform outreach (making an efficient route for site inspections, sending letters, making calls, etc.) that maintain the goals of SB1383.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Reynolds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497072685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Laguna Hills plans on using the grant funds to support inspection and enforcement work efforts.  Funds will be used to pay for a third-party consultant to conduct inspections and an evaluation of the SB 1383 programs on how much work effort will be required for ongoing enforcement of SB 1383 regulations (i.e. route audits).  Some of the funds may also be used to support staff costs in work efforts related to inspection and enforcement.  It is also planned to use funds to support businesses with internal containers for food waste collection.  This may also extend to residents for small household food waste pails if needed.  A portion of the grant fund will also be marked for education and outreach efforts to both the residential and commercial sectors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Niguel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin O'connor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493624384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City plans to use funds to hire EcoNomics Incorporated to assist with the implementation of SB 1383 organic recycling collection in multi-family and single family household properties throughout the City of Laguna Niguel. Grant funding will be used to complete the following tasks:
+Task 1: Multi-family Organics Recycling Program Implementation
+Task 2: Residential HOA Space Constrains Troubleshooting
+Task 3: Other SB 1383 Tasks as Needed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Woods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nadia Cook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496390552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to support two key SB 1383-related programs within the City of Laguna Woods (City) – edible food recovery services and solid waste and recycling program public education and outreach. 
+The City recently contracted with Abound Food Care for edible food recovery services. Abound Food Care personnel is helping edible food generators in Laguna Woods comply with SB 1383's edible food generator requirements. Grant funds will be used to support Abound Food Care’s efforts, including reviewing edible food generators’ existing food recovery programs, educating edible food generators on SB 1383's edible food recovery regulations, and facilitating the establishment of edible food recovery agreements between edible food generators and local food recovery organizations.  
+Grant funds will also be used to enhance the City’s SB 1383-related public education and outreach program. The City plans to work with consultants to develop additional resources for educating residents and commercial customers on SB 1383's mandates and the City’s solid waste and recycling programs. Grant funds will be used to create, produce, and distribute a mixture of new communication tools determined to be necessary or advantageous as the City's SB 1383 implementation continues (e.g., written materials, recycling web pages, and digital content to inform the public of recycling mandates and increase participation in recycling programs).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Elsinore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole McCalmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516743124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lake Elsinore will utilize the funds to develop and implement the new requirements under SB 1383.  The requested funds will assist the City in the Grant Management process, personnel needed for Enforcement/Inspections, as well as developing Public Outreach/Education material and guidance for our community.  Funding will also be used for assistance in meeting the procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Groves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494613571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lake Forest intends to utilize grant funds to support its SB 1383 program by purchasing record keeping software and utilizing staff or contracted professional services for outreach, education, inspection, and enforcement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lakewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> KONYA VIVANTI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628669771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Lakewood intends to use the requested grant funds for the following SB1383 activities:
+1. Personnel costs (City &amp; Consultant) to implement elements of the regulation such as education &amp; outreach, inspections and enforcement, training;
+2. Education &amp; outreach materials 
+3. Purchase of a tablet/electronic device for tracking, inspections, enforcement and education/outreach;
+4. Purchase of recycling &amp; organics containers for all interior meeting rooms at all City facilities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Travis Lange</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617235883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lancaster will create and/or manage the creation and distribution of education materials and programs to inform and support efforts of businesses and residents to recycle and recover organics. In addition, the City plans to supply support products such as bins for local businesses and kitchen scrap storage bins for residents. Funding will also help with City's efforts to evaluate and address capacity issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lawndale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grace Huizar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3109733273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Lawndale will utilize the funding for Personnel staff time (house staff. to help perform outreach, education, enforcement, and behind the scenes work to perform outreach (making an efficient route for site inspections, sending letters, making calls, etc.) that maintain the goals of SB1383.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lemon Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christian Olivas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6198253813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lemon Grove will use grant funds to assist with the implementation of SB 1383 regulation requirements that will include the following eligible expenditures: one, personnel costs associated with conducting additional capacity planning, implementing an edible food recovery program, conducting education and outreach relating to organic waste as well as conducting inspections and enforcement of edible food recovery requirements; two, enforcement costs associated with hiring a private contractor to conduct inspections and enforcement of edible food recovery requirements; three, education costs associated preparing outreach materials; and third, procure sufficient recycled waste products/materials, including mulch and/or compost to meet annual procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lemoore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Randon Reeder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5599246744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lemoore does not currently have the capacity to provide organic waste cans to our commercial users. This funding would allow the City of Lemoore to provide education and materials to adequately begin out part in reducing greenhouse gases through organic waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Livermore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anna Zamboanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259608004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Livermore will be using the funds received to help pay for tracking and reporting tools and container contamination checks and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lomita</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lina Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103257110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lomita intends to utilize the grant funds for SB 1383 Recycling Compliance and Software and Public Outreach and Communication efforts to implement SB 1383 organics recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Solid Waste Program Analyst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lompoc will be using the awarded funds for education and outreach. Staff intends to start off with printing and distributing educational material such as door hangers as well as English/Spanish flyers with education regarding SB 1383 to be inserted with residents’ utility bills. In addition, the City will be purchasing organics kitchen pails to give out to residents to help start them off with complying with the new SB 1383 ordinance. Staff is also looking into a new tablet/electronic device to use for tracking and recordkeeping of said kitchen pails as well as using it to maintain all records related to SB 1383. Lastly, the City will use funds to purchase more green waste/organics containers for residents that do not currently subscribe to the City’s green waste program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of Long Beach will use funding to implement the requirements of 1383, including personnel, equipment, and education and outreach materials. This funding will help the City offset costs associated with the implementation, education, and enforcement of organics collection and food waste recovery programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Altos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Aida Fairman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6509472603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant costs for oversight of franchise agreement, franchise agreement amendment, SB 1383 and procurement planning assistance, recordkeeping, reporting, developing an enforcement plan.
+Education, outreach, and inspection of commercial businesses, including training, right-sizing, advice on how to place containers, and inspection for contamination as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lynwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julian Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106030220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be utilized for two (2) main purposes. The larger percentage will be used in assisting the City of Lynwood in meeting the Procurement Requirements, including using recycled organic products, mulch and compost. This will include procuring and providing residents, businesses, Schools and City parks and parkways with mulch and/or compost. This will include outreach to our residents and businesses. The other main focus for utilization of the grant funding will be to Edible Food Recovery, assisting in the expansion of capacity and collection of recoverable foods. This will include outreach to all Tier 1 and Tier 2 Generators, providing sample agreements for the utilization of Generators and Food Recovery Organizations, outreach to all Generators, meeting with Food Recovery organizations, documenting all recovered foods from the City Generators and providing assistance to these Generators with reporting. In addition the grant funds will be utilized to track volumes and increased participation and to generated more participation in our food recovery efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Malibu</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tracey Rossine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104562489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used to support SB 1383 implementation activities such as capacity planning and education and outreach for edible food recovery and organic waste collection, including enforcement and inspections. Funds potentially used for meeting procurement requirements (using recycled organic products – compost, mulch, electricity, and/or renewable gas and recycled paper and paper products) and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manhattan Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anna Luke</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108025363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manhattan Beach will use the grant funds for multiple SB 1383 compliance efforts; mainly education and outreach and procurement requirements, and possibly program evaluation/gap analysis and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manteca</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Avneet Mahil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094568457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With a population of 83, 498 as of 2020 (Census.gov), the City of Manteca, is known as a "Family City" and lies at a crossroads of highways and railroads. The racial makeup reflects a vibrant, rich and diverse community (67.9% White of which 39.9% not Hispanic, 4.8% African American, 0.8% Native American, 9.6 % Asian, 1.1% Pacific Islander, and 8.4 % from two or more races, 39.9% Hispanic or Latino).
+The local government is tirelessly working to implement the changes to organic waste recycling proposed by the SB1383. Specifically the City has been promoting new approaches towards recycling organic waste, informing the general public about the new guidelines for waste collection, disposal, and treatment of:
+Fruit and vegetables, cheese, meat, bones, poultry, seafood, bread, rice, pasta and oils;
+Coffee grounds, coffee filters and tea bags;
+Cut flowers and herbs; and
+Any decayable matter produced from human or animal food production, preparation and consumption activities.
+The City has created educational materials posted on the institutional website, as well as other channels, to clarify what are the requirements for residential and commercial recycling.
+Since the State of California has a recycling mandate of 50% (soon to be 75%) - with the absence of recycling markets- the City of Manteca had to think out of the box and come up with different options. Currently, the City of Manteca is sending recyclables to the landfill, as there has not been a market for them due to their contamination with not allowed waste and the more strict requirements of the market. The option of “clean” recycling allows us to still recycle and hopefully maintain the current rates to our customers. If we have to continue to landfill our recycling the rates will increase. The City will be putting stickers on residents’ blue recycling cart as a reminder of what can and cannot go into the cart.
+The City of Manteca provides commercial recycling to businesses with bins ranging in size from 2 cubic yards to 6 cubic yards. The City can arrange pick-up service once a week, or up to five times per week, depending on the needs, done at no charge to the business operator, provided that the recycling remains clean and free of contamination.
+AB341 is the Mandatory Commercial Recycling Law that was created in hopes of reducing greenhouse gas emissions by diverting commercial solid waste to recycling efforts and by expanding opportunities for additional recycling services and recycling manufacturing facilities in California. The Law requires any business that generates 4 cubic yards or more of commercial solid waste per week; or a multi-family complex of 5 units or more to reuse, reduce, recycle, compost or otherwise divert materials from the landfill.
+Additionally the City of Manteca provides offers several quick and easy ways to recycle  used oil and used oil filters:
+CURBSIDE PICK UP: Oil can be picked up in City-provided containers that can hold up to 6 qts of oil and are free;
+Several certified collection centers within the City of Manteca which will take  used oil and used filters for free
+To implement the new prescriptions brought by the SB1383 and  successfully accomplish the expected results,  the City of Manteca will be developing the program activities reported below:
+Collection – with emphasis on collecting and composting of organics and food waste, the City of Manteca envisions an increase in the number of green cans, bins and compactors to be purchased for both residential and commercial customers to use. Our programs and activities are in alignment with CalRecycle, SB 1383 targets to achieve a 50 percent reduction in the level of the statewide disposal of organic waste from the 2014 level by 2020 and a 75 percent reduction by 2025, with an additional target that not less than 20 percent of currently disposed edible food is recovered for human consumption by 2025.The projected benefits of this activity include enrichment of the soil, protection of the environment, and efficiently addressing water pollution. The proposed solutions are convenient: composting cans significantly reduce local disposal costs while enriching the soil for future food growth. Composting is a win-win situation for all citizens who care about the environment and City. Reducing the disposal of refuse reduces trash pickup costs, and eliminates unsanitary conditions.
+Education and Outreach – the public is aware of the changes but more details and consistent education and outreach to citizens and all types of customers is needed. The diversification of ways to educate, engage and reach out to customers is an idea we want to keep pursuing. In recent months, we’ve attempted to educate and conduct outreach both in print, electronic, social media, video and audio modes.  Environmental friendly Outreach is aimed at educating citizens to become environmental stewards: it is an important part of protecting and conserving our environmental resources. The City will ensure community-based social marketing techniques are used to research and determine the local barriers to recycling in individual communities, and  will work on messaging to overcome those barriers and improve recycling area by area.The City of Manteca will promote public meetings (both in person and virtual) to engage the general public to incubate great ideas and replicable models for change, because collectively, our habits, our attitudes, and our creativity have the power to make a real impact on our community.
+Edible Food Recovery – the City is working with the County Department of Health to implement a plan. DOH has indicated that their assistance will come with a fee. These funds can help the city meet that gap. We will place a special attention to the underserved communities that have been impacted the most by the pandemic (physically, emotionally, and economically). Food recovery makes a huge impact since we will be collecting edible food that would otherwise go to waste and redistributing it to feed people in need. No other government in the world has created SB 1383’s legal mandate to recover edible food previously sent to landfills to give to people in need. According to the California Association of Food Banks, 1 in 8, or 4.6 million, Californians are food insecure, including 1 in 5 children. At the same time, more than 5.5 million tons of food waste are disposed in California landfills each year, according to CalRecycle’s 2014 waste characterization study. The City of Manteca, regards this opportunity as the highest and best use for food that was otherwise destined for landfill. Being able to serve hungry people through food recovery is the best use for surplus food and a vital way for California to conserve resources and reduce waste thrown in landfills. The City of Manteca will coordinate with food businesses and local stakeholders to donate the maximum amount of edible food they would otherwise dispose, to food recovery organizations.  In alignment with Sb1383 and to achieve the 20 percent food recovery, we plan the following: 
+• Commercial edible food generators must recover for human consumption the maximum amount of their edible food that they would otherwise dispose of in landfills by making written agreements with food recovery organizations or services to accept this food instead. 
+• The City must consult with food recovery organizations and services to implement edible food recovery programs and ensure adequate capacity exists to recover that food. 
+• Food recovery groups must follow rules for recordkeeping and reporting.
+Capacity Planning – In recognition of our commitment, the City of Manteca has been awarded $800k via the Org. 4 grant for the procurement of a food separator equipment (2020 Facility Grants). The awarded project will allow to purchase a Scott Thor food waste de-packager/separator and food waste feedstock transportation trailers to further our existing Waste-to-Fuel program. Currently landfilled food materials  surrounding unincorporated areas for anaerobic digestion from the City will be diverted and in dedicated tanks at the city’s wastewater treatment plant.  Some funds for planning of piping, design of electrical work and installation are still needed. The Turbo Food separator will be accompanied by compost tools (machine, bins, containers) that will be purchased later in the project. In compliance with SB1383, the City will increase its efforts towards Capacity Planning, since all counties are asked to take the lead collaborating with the jurisdictions located within the county in planning for the necessary organic waste recycling and food recovery capacity needed to divert organic waste from landfills into recycling activities and food recovery organizations.
+Procurement Requirements – with the mandate to procure compost back and provide it to the community at no cost, this funding opportunity will off-set that budgetary need. It will prevent the City from digging into operation funds that are not budgeted for the procurement of compost that are mandated to be given out at no cost. The City recognizes that, in accordance to SB 1383, all Cities and Counties may Count Gas Procured From POTWS, in compliance with the requirements below:
+• The POTW must not send more than 25 percent of its biosolids to landfill
+disposal;
+• The POTW must actively receive organic waste from a solid waste facility such as a transfer station or compost facility;
+• POTW must receive Anaerobically Digestible Material (ADM) for the purposes of co-digestion in a manner that conforms with 14 CCR § 17896.6.
+These last 3 areas of work will require a dedicated staff in order for all these activities to be executed efficiently with positive results for the involved beneficiaries. Record keeping will require constant communication with customers, and so will all the activities related to enforcement and inspection. The City strives to carry out an ongoing evaluation of its programs with a specific focus on quality improvement, to address eventual gaps as programs are continuously evaluated and analyzed by the dedicated staff. Nevertheless the City’s priority is to build and nurture positive connections and open communication with citizens and customers, along with environmentally friendly outreach strategies, educational activities, and community actions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amy Kolnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The intended use is to help fund the SB 1383 required Capacity Study.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Michael Chandler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253723517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant and Personnel assistance with the following:
+1.Edible food recovery program – development of collateral, support on capacity &amp; outreach to food recovery organizations, visits to Tier 1 edible food generators
+2.Recordkeeping &amp; reporting – development of the City’s internal recordkeeping program OR engagement with Republic on utilizing Recyclist; initial compliance report to CalRecycle 
+3.Procurement – evaluation of compliance pathways and assistance in reporting for CalRecycle
+4.Site visits &amp; waiver evaluation – for those locations that Republic’s ½ time recycling coordinator can’t visit, R3 can visit &amp; evaluate waivers &amp; encourage to sign up for service
+5.On-call and miscellaneous support – review of Republic Services’s outreach collateral for compliance with Amendment and SB 1383, expenditure reports to CalRecycle, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Maywood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Maywood proposes to use the grant funds for Consultant SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
+1. Research, compile and submit information for the Capacity Plan
+2. Draft the Hauler Franchise Amendment to include SB 1383 Requirements and Rates
+3. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
+4. Conduct Compost Giveaway &amp; Workshop Events
+5. Oversee the Hauler's Contamination Audit
+6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
+7. Coordinate SB 1383 Education &amp; Outreach Workshops
+8. Hold Department Head Procurement Meeting
+9. Oversee Procurement Target Progress
+10. Review and Process Waivers
+11. Oversee Enforcement
+12. Maintain the Enforcement Log
+13. Identify and Reach Out to Recovery Organization
+14. Maintain the SB 1383 Information on the City's Website
+15. Perform Recordkeeping duties
+16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Millbrae</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Pappajohn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6502592444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
+We will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.
+We will be hosting 2 Compost give away events for our residents to pick up Organic Amendment Mix Compost we will be purchase.
+We will be creating a banner for downtown and boosting our SB 1383 social media.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Milpitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Myvan Khuu-seeman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4086090927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Milpitas requests funds to implement Senate Bill 1383. The City has been heavily involved with SB 1383 planning, and now implementation, on both a regional level (within Santa Clara County) as well as on an individual jurisdiction level. Solid Waste staff has, and continues to, work on collection, edible food recovery, education and outreach, enforcement and inspection, program evaluation, and documentation and record keeping, among other SB 1383 related issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mission Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hazel McIntosh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494708458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds received from this grant will be put towards dedicated SB1383 implementation. Specifically the City is estimated to receive a little over $124,000. The City will dedicate $30,000 to our environmental consultant, EcoNomics, to assist the City with working with edible food recovery organizations and generators. EcoNomics will also help the City with various SB1383 tasks relating to enforcement, record keeping and education and outreach. The City will dedicate $85,000 to assist edible food recovery organizations located in the City with expanding their capacity and outreach efforts and set up a mileage reimbursement program for volunteers. Lastly, the City will dedicate the remaining funds to bolstering social media outreach to residents and businesses to encourage participation in organic waste recycling. This will also include setting up a contract with The EcoHero Show to have them perform a 100% organics themed program in elementary schools.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosene Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the approval of grant funding, in the amount of $288,641 from CalRecycle, the City of Modesto has identified four specific areas of immediate need. First to implement a computerized software program designed to assist with monitoring and record keeping of the Edible Food Recovery component; second to purchase equipment to support the City’s owned and operated Compost Facility; third to develop bilingual cart tags specifically designed to educate residents on non-compliance so they can be successful in recycling their organic waste and forth to have available to residential customers an under-the-sink compost bucket for the collection of organic food waste.
+Record keeping and Monitoring of Edible Food Recovery
+The City of Modesto would like to implement an Edible Food Recovery and Record keeping and Monitoring program specifically designed to cover all areas set forth in CalRecycle’s regulations. The software program selected would encompass the following areas with the potential for updates and expansions as needed.  Record Recovery Record keeping, Food Donor Recovery and Food Recovery Organizations and Services. In addition, the cost would include staff training and ongoing support for the duration of the grant timeline.
+Compost Infrastructure
+The City of Modesto Compost Facility began in 1997, specifically to address AB 939 and organics diversion. Twenty-four years later, we continue to service Modesto in an effort to reach our organic waste diversion objectives. Currently, the compost facility receives approximately 55,000 tons of green waste, paper and food scraps from local collection programs. We sell our finished product back to farmers, landscapers and backyard gardeners in addition to a donation component to local organization. Our Compost Facility is a heavy equipment and labor-intensive material processing site expanding over 50 acres in the central valley. We use our dump trucks to move compost materials, in their many processing stages, four days a week and carrying as many as eighty loads per day. Combine the workload with the 10+ years of age on our dump trucks, they need replacement. In foreseeing SB 1383, many local food processing plants deliver spoiled food in semi-trucks on pallets that require unloading with a forklift. Our current forklift is over 24 years old and in a constant state of repair. New equipment in the form of a dump truck and forklift would be invaluable as we look to achieve SB 1383 diversion and procurement goals in Modesto. 
+Education and Outreach
+The City of Modesto is looking to re-design, print and apply, as needed, an updated bilingual bin tag for residents and businesses tagged by our Code Enforcement Team for non-compliance of their residential/commercial organics cart.  The tags would focus on education and identification of items not permitted in the cart as well as emphasize materials readily accepted. Tags will indicate the process of re-inspection required to obtain compliance in a straightforward, easily understood format.
+Collection
+The City of Modesto would have available to Modesto residents an under-the-kitchen-sink compost bucket for the collection of food waste to be transferred to the organic cart for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Paul Roten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607090427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds to be used for construction of storage/staging area for generated/procured compost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monrovia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jazmine Hadden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269325574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Monrovia 
+Located 20 miles northeast of Los Angeles and nestled at the base of the San Gabriel Mountains, Monrovia is home to almost 40,000 active and engaged residents who enjoy a premier quality of life in a dynamic City that blends small-town charm with high-tech industry. 
+Monrovia is a general-law city operating under the Council-Manager form of government.  Monrovia is a full-service municipality that coordinates its operations through seven departments: the City Manager's Office, Administrative Services Department, Community Services Department, Community Development Department, Fire Department, Police Department, and Public Works Department. 
+The Public Works Department has spearhead the operation to stay on track with SB 1383 regulations and compliance. Beginning in 2019, Monrovia quickly partnered with a consultant, the Joint Power Authority in the San Gabriel Valley, and opened up communicated pathways with our franchise hauler to outline tasks and requirements to meet SB 1383 deadlines. However, as a result of Covid-19 in early 2020, the City’s focus shifted to the safety and well-being of the community, which was suffering immensely. In mid-2021, Monrovia lost our dedicated waste and recycling staff member, setting the City back until a replacement could be found. 
+Project Description
+The City of Monrovia is seeking funding from CalRecycle's 1383 Local Assistance Grant Program to assist with the implementation of regulation requirements associated with SB 1383. Funding is requested to offset costs associated with the implementation of SB 1383 as it relates to education and outreach and procurement requirements. The City of Monrovia, like most jurisdictions, has faced various setbacks as a result of Covid-19 including inability to hire additional staff and difficulties allocating budget towards procurement as resident struggles have left deficits across the board. The funding from the SB 1383 Local Assistance Grant Program will assist the City of Monrovia in local efforts with the following tasks: 
+1.Increase education and outreach efforts through the procurement of compostable bin liners to encourage residents and businesses to recycle organics materials while also satisfying procurement requirements. 
+2.Enhance our education and outreach methods through online applications, software’s and social media. In order to improve direct outreach efforts and reach a greater demographic of residents and to help ease the burden on Monrovia call staff, the City proposes to allocate a portion of the funding towards systems that will increase accessibility to information related to SB 1383 regulations and waste diversion requirements. 
+The funds from the SB 1383 Local Assistance Grant Program will also assist Monrovia in a regional manner through the following measures: 
+1.Assist with procuring supplies and equipment in support of regional food recovery hubs.
+2.Administrative costs including COG’s staff time to manage the regional food recovery hub project.
+3.Personnel costs including consultant’ staff time and material to support food recovery hub, outreach and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Montebello</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Alexis Lucero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238871200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In July of 2017, our City Council adopted Resolution 17-62 addressing food waste and food recovery from within the City boarders and reaffirmed its commitment by adopting Resolution 20-97 in December 2020, which also requires the integration of edible food waste.  On December 8, 2021, our City Council approved the issuance of a Request for Proposal (RFP 22-4) for the collection, processing, and recycling of organic waste, food scraps, from commercial, industrial, and multi-family locations within the City.  The information contained herein, further expands on our implementation program by providing resources for increasing our capacity of recoverable and edible food and food products, collection of food and food scraps, implementing enhanced edible food recovery programs, implementing a robust City-wide education and outreach program, expanding our enforcement program, continuing evaluation of our program and potential gaps in service needs, modernizing the City’s procurement policies to comply with current needs and legislative enactments, and implementing a record keeping program to track all food waste, scraps and edible food recovered from point-source locations through to ultimate distribution and/or end of life.
+Capacity Planning
+Although we have identified our Tier 1 and Tier 2 Donors in the early stages of our program, several have been reluctant to participate in the program because of fear of liabilities and corporate responsibilities or restrictions event though many of them are able to participate under current guidelines and state laws.  Each of the donors have been identified based on the 12 categories established by SB 1383 and have been evaluated for applicability and ability to participate in the program.  In some cases, the size of the location or their business structure make it difficult for them to donate to recovery organizations.  The program to be enacted with these funds will provide direct assistance to these organizations to determine the actual capacity that each is capable of achieving under the program.  One of the areas of focus under this portion will be the expansion of the edible food from commercial generators.  Expanding our education and outreach program to Tier 1 and Tier 2 partners will be part of the capacity planning to ensure that they same messages are being not only distributed but fully understood by all of the participants in the program.  Our program will expand the identification of edible foods as well as their associated tonnages and methods for recovery. We will implement a self-assessment program that will be submitted to the City for validation to verify capacity of each location partner as well as the overall capacity of the City.
+Working with our current non-profit partners and food recovery organizations, we will work to link them with the direct donors in order to reduce the time between donation and redistribution.  Once the connections are established, comprehensive training will be implemented to ensure the capacity of the program parameters either remain at established program levels or enhanced with programmatic expansion.
+As part of the capacity planning established herein, we will expand our planning endeavors to include a revised quantification for our actual food recovery capacity utilizing current resources and develop additional avenues and partners if our revised capacity is insufficient to meet the needs of the donations made to the recovery organizations.  In some cases, capacity at existing location may be expanded and in others, we will provide assistance to our partners to help expand and/or modernize their facilities and infrastructure needs.  These services will include conducting random evaluations and audits of identified food generators and requiring a comprehensive tracking of donated and discarded food and related products.  Combined with our hauler audit program that is conducted every year, all locations in the City that either generate, distribute, process, arrange, store, sell, or otherwise deal with food material will be required to submit and electronically generated tracking system to account for the life-cycle accounting of the food, donated for consumption, processed via compost or recovery, and landfilled.
+Collection
+Under this program, collection activities will be expanded to include all areas of recovery including, commercial, industrial, multi-family, and residential.  The expanded program will fall under two general categories, commercial and residential.
+As referenced above, RFP 22-4 will increase our collection of commercial and multi-family food scraps by implementing a franchised collection system for the entire City.  As part of the program, we will be awarding one (1) or more Commercial Organics Collection, Processing and Recycling Franchise Agreement(s) that will encompass all commercial and multifamily accounts within the City.  The franchises will provide cost-effective, environmentally sound, and efficient commercial organics collection, processing, recycling, and management system, which includes mandatory collection of all organic material generated within commercial, industrial, and multi-family establishments of the City.  The services implemented above will be implemented beginning with the initial roll-out of services on July 1, 2022 and will remain continuous until the entire City is covered.
+The requirements of our collection program will preserve the environment and protect the health, safety, and quality of life for Montebello residents by utilizing fully automated Air Quality Management District (AQMD) (Alternative Fueled) compliant vehicles and trained operators that are licensed and possess a Commercial Driver’s License (CDL) within the State of California.
+The collection of commercial food will be established based on predetermined collection schedules and will  be tracked and catalogued for compliance.  Weekly tonnage reports will be submitted to the City for verification and compliance.  All collection locations will be provided with compliant food scrap bins and containers and will be processed in a manner as to prevent foul smell or contamination by vermin, rodents, or insects.
+On the residential side of the collection, we are working with our residential hauler to implement a city-wide mandatory residential food scrap recovery program with a targeted implementation date of July 1, 2022.  This program will provide for the collection of residential food scraps and food related products from all residential dwelling units within the City and provide for the effective monitoring and tracking of collection locations, compliance, and reporting of tonnage to the City.  The program will also utilize renewable natural gas (RNG) in their collection vehicles and through the compost produced form the organic and food scrap material collection.
+We are working with them to also implement a City-wide route tracker to specifically target residential areas of the City that may not be in compliance or that may not be utilizing the services of the program.  Collection under this residential program will be verified by a combination of City staff, consultants, resident volunteer corps participants, and route supervisors to increase compliance and participation in the program.  
+Edible Food Recovery 
+One of the keys to the successful implementation of our collection program is the integration of collection activities with our more than 381 volunteers that the City currently works with to implement our programs.  To demonstrate this commitment that the volunteers have to our programs last year, over 1,283 volunteer hours were accumulated working on implementing programs to benefit the City.  Building on the success of our current programs our trained core of volunteers will work with City staff and nonprofit organizations to collect and distribute edible cooked food and other non cooked food items for distribution to those in need within our community. As part of this program a comprehensive training program will be conducted to ensure the proper handling and distribution of food utilizing all regulatory requirements and safety provisions.  
+Working with all applicable guidelines and in conjunction with City staff our volunteers and staff will collect edible food (Cooked and uncooked) collected from Tier 1 and Tier 2 establishments back to the City and/or our partners for planned distribution within hours of collection.  Utilizing insulated heating and holding cabinets, the precooked food will be examined for applicable guidelines and prepared for distribution to others in the community via insulated food recovery bags, containers, and equipment, for delivery and distribution at other locations.
+Working with local nonprofit organizations, food banks, food pantries, shelters, and other like entities, edible food recovered will be collected, inventoried, processed, and or stored for distribution to others or as part of a larger food donation give-away program.  Utilizing current capacities, some locations may be provided with freezers, refrigerators, and heating vessels and equipment to preserve the integrity of the food for maximum utilization.  We will also be looking to develop a network of locations that can prepare the donated food for distribution either by cooking or repackaging for storage and or serving as part of the program.  
+Additionally, under this funding opportunity, we are looking to establish drop off locations where commercial businesses licensed to conduct business within the City will be able to drop off edible food for distribution to others.
+Education and Outreach
+Reaching out to those impacted most is essential to the successful implementation of our program.  That is why our education and outreach program encompasses a multi-stage approach to reaching our targeted sectors of society that will be impacted by participation in this program whether as a donor or a recipient.  The development of an extensive education and outreach campaign will be developed to provide information about the program and the effectiveness of its parameters.  The program will be conducted in both print and electronic formats as to maximize the potential for success.  
+Conducted in bilingual formats, monthly seminars, site visits, audits, surveys, and repeated outreach to the restaurants and eating establishments will be conducted to provide updated information.  Outreach and education to identified businesses on how to discard their food under the program will be a repeat topic for discussion and will be updated with lessons learned and successful programs that have been implemented.  A business-to-business education program will be developed to pair likeminded businesses together for the development of an enhanced program.  Similarly, complementary business and businesses that may benefit from each other will also be introduced to maximize program effectiveness and maximize materials diversion from landfills.
+Education and outreach to residential populations will be held in a similar manner with enhanced attention to the needs of the residential program.  Utilizing direct contact with residents via community events, point of sale (POS) displays, social media, targeted advertisements, and City based programs, residents will be educated on the program parameters on a continuum and reminded of the overall collective program through the identification of partnerships such as eating establishments, vendors, supermarkets, and other food recovery organizations.
+Collectively, our targeted outreach program encompasses integrated messaging in all formats including print, presentations, seminars, web casts, in-person learning, community events, and social media to provide all areas of the City with the most accurate information available about the program.   
+Enforcement and Inspection 
+Enforcement is another part of the program that will benefit from the program funds.  With limited resources and a reduced code enforcement staff our resources are stretched thin and cannot cover all of the areas required.  To this end, the funds utilized under this program will be used to create a volunteer enforcement system whereby residents and businesses and report noncompliance entities to the City for continued enforcement.  Furthermore, enforcement of Resolutions 17-62 and 20-97 which require the integration of food waste, and a diversion rate of 75% will be implemented to maximize the effectiveness of the program. 
+As part of the enforcement program, the City’s previously referenced volunteer corps will work with City inspectors and code enforcement officials to inspect and report deficiencies in the program.  When code violations are identified, the volunteers will refer the issue to the City for confirmation and follow up as appropriate based on applicable law.  
+Program Evaluation/Gap Analysis 
+Needless to say, program evaluation is a key component of the ensuring the maximum effectiveness of the program.  To ensure the continued success, monthly evaluation sessions will be conducted between City Staff, consultants, businesses, nonprofits, and volunteers, to evaluate the effectiveness of the program.  Each area of the program will be analyzed for effectiveness by the affected participating sector and changes made as warranted to maintain and/or increase the effectiveness of the program.   Any gaps identified in the programs intent or implementation will be analyzed and changes made to correct and deficiencies or shortcomings that may be identified in the program.  Likewise, new programs and ideas will also be analyzed based on the implementation of the program.
+Procurement Requirements
+Updated the City procurement regulations to meet the current requirements will be undertaken in this program.  Building on successful models and previous policies implemented by the City, new procurement guidelines and policies will be developed and implemented to ensure the use of recycled organic products – compost, mulch, electricity, and/or renewable gas, recycled paper and paper products, and other items to maximize program effectiveness and environmental compliance.  The new policies will be designed to integrate across all City Departments and provide models for which can be implemented throughout the City including private businesses and organizations.
+Record Keeping
+As has been referenced throughout the information presented above, extensive record keeping will be conducted during this process to ensure maximum accountability and tracking of food and food like products.  Additionally, the record keeping and tracking of collection activities, edible meals distributed, tons of food donated, material composted, and business programs implemented will be developed into a comprehensive database that will serve as a reference point for all program evaluations.  Monthly reports will be posted electronically and provided to residents and participating businesses to demonstrate the success for the programs being implemented and to document compliance with SB 1383 and other state requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ted Terrasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316465662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF MONTEREY
 MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
 SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
-The City of Del Rey Oaks (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District) and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Del Rey Oaks in the implementation of regulation requirements associated with SB 1383. 
-[...1 lines deleted...]
-The City of Del Rey Oaks, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+The City of Monterey (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District), and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Monterey in the implementation of regulation requirements associated with SB 1383. 
+The City of Monterey joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+The City of Monterey, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
 EXECUTIVE SUMMARY
 Regional Grant Project Tasks — A Collaborative Approach
 The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
 Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
 •TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
 MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
 •TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
 Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
 Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
 •TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
 In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
 This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
 •TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
 This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
 Project Coordination — A Unified Approach
 Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
 Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
 Ordinance &amp; Resolution Requirement Status – On Schedule
-All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. 
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date.  
 Gratitude
-Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Del Rey Oaks, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Monterey, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 ###
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Agoura Hills</x:t>
-[...207 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Rosemead proposes to utilize SB 1383 Local Assistance Grant Program funding for consultant services to develop programs and identify areas where additional resources may be needed to achieve full compliance. The City has made critical progress towards compliance with SB 1383 through the adoption of an ordinance to support mandatory organics disposal reduction, continuously educating local elected officials, and coordination with the exclusive franchise hauler to amend the existing services contract to comply with SB 1383. While significant efforts have been made to comply with the law there is a need to develop practicable programs for De Minimus and Physical Space Waivers, Food Recovery, Inspection and Enforcement, and Compliant Investigations. A Resource Gap Analysis will also be requested to identify and develop recommendations for additional staffing, programming, and financial resources necessary to achieve full compliance. The analysis will consider all existing programs and procurement targets. Additional organics recycling technical consulting services will be requested on an as-needed basis to support the program. The City also plans to use grant funding to cover internal administrative compliance support.</x:t>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karina Alcala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317554680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Monterey County Environmental Health Bureau will allocate SB 1383 Grant funding towards Education and Outreach, Admin cost, Enforcement, Collection, and Materials. For the education and outreach component the Monterey County would allocate $41,000 to help support with educational videos, signage, flyers, tv ads, and social media platforms along with translations for all outreach material. Funding will also help support and provide resources through a partnership with the Western and Eastern Technical Assistance Committees. This funding will also support with outreach efforts that consist of compliance letters, phone calls, waste assessments and any follow up visits to Tier and Tier 2 generators. Funding will also support with potential consultants and time spent on education and outreach.  The Monterey County is also allocating $40,000 for Admin cost for project management activities, grant management and tracking and reporting. For Enforcement the County will allocate $5,000 to design and plan roles and responsibilities within the LEA and will help create any outreach material needed for enforcement. For Collection the Monterey County would allocate $10,000 to continue supporting residents with small 2-5gallon kitchen pails to encourage participation but also ensure compliance. The Monterey County will also allocate $30,930.60 towards Materials. The material funding will help support The Technical Assistance Committees with equipment purchases for Edible Food Recovery Capacity. Funding will also support a potential partnership for the procurement of composting and can help support a Compost Day for residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Tipan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263071383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed SB 1383 grant program aims to 1) further develop outreach and education plans for edible food waste generators and stakeholder groups and to 2) facilitate the expansion of regional food recovery hubs. The program would identify necessary equipment and infrastructure that selected food recovery organizations need to expand their infrastructure and capacity to address existing food recovery gaps. Outreach and education plans for promoting awareness of organics recycling and food reduction would vary by target audience, but may include hiring professionals to perform educational shows at local public elementary schools, community workshops, webinars, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moorpark</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Roger Pichard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055176241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: FY 2021-22 SB 1383 Local Assistance Grant funds will be used to retain APTIM Environmental &amp; Infrastructure LLC who will provide SB 1383 project assistance for collection, education and outreach, edible food recovery, capacity planning, procurement, record keeping, enforcement and inspections, and program evaluation/gap analysis. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moreno Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Allen Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514133109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moreno Valley is the second-largest city in Riverside County, with an approximate population of 214,000 and over 2,000 commercial businesses. The City of Moreno Valley (City) currently has an exclusive waste hauler agreement with Waste Management, providing our waste and recycling hauling services to residents and commercial properties throughout the city.
+In our assessment of implementing State mandate SB 1383, there will be a significant amount of education and resources needed to market the rules and regulations to those that will be affected by this new mandate. The City recognizes that this process will be challenging, as we continue to be financially affected by the Covid-19 pandemic, in addition, being limited in our ability to reach various community members. However, in an effort to reach the affected residential and business community, the City would like to use this grant allocation to put together a comprehensive marketing/educational campaign to reach as many community members as possible. This grant will help alleviate any expenditures related to:
+-Education/Outreach: Flyers, social media posts, mailers, and pamphlets. Staff will also utilize the Recyclist recordkeeping software to create/track door to door outreach that will be conducted, educating business owners and property managers about the SB 1383 rules and regulations. 
+-Personnel: City staff will be dedicated to providing outreach and educating affected residents and business owners. They will also be assigned to work with the waste hauler to make sure that the City stay’s in compliance with the set rules and regulations outlined in the mandate. Eventually, staff will also be conducting needed enforcement of businesses not in compliance with the mandate.
+-Consultants: There may be a need to procure consulting services to assist with the organics collection and recycling planning efforts. 
+-Equipment/Software: The City will use the grant to fund a portion of the costs associated with the Recyclist software, which is a system that helps track outreach efforts to businesses and multi-family housing properties. There also may be a need to procure a tablet to track information collected during door to door outreach. Lastly, a portion of the funding will be used to procure bins and pails, primarily to assist to support small businesses and multi-family housing properties, with their compliance efforts.
+Staff is working very closely with Waste Management to ensure that the requirements needed for compliance are continually met. Also, on December 7, 2021, the Mayor and City Council approved the first reading of the enforcement ordinance for SB 1383, which was successfully adopted on January 4, 2022. With the support of this grant, and the recently adopted ordinance, the City believes it will be able to help expedite the implementation of the SB 1383 mandate.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Mountain View</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Cutter</x:t>
   </x:si>
   <x:si>
     <x:t>6509036033</x:t>
   </x:si>
   <x:si>
     <x:t>The grant funds will support the City of Mountain View's implementation of measures to comply with the SB 1383 regulations including the Recyclist Program Tracker Tool for recordkeeping, upgrade/expansion of the countywide edible food recovery program and a regional marketing/promotion/outreach project to provide the public with food waste prevention strategies.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of West Covina</x:t>
-[...239 lines deleted...]
-    <x:t>The City of Lompoc will be using the awarded funds for education and outreach. Staff intends to start off with printing and distributing educational material such as door hangers as well as English/Spanish flyers with education regarding SB 1383 to be inserted with residents’ utility bills. In addition, the City will be purchasing organics kitchen pails to give out to residents to help start them off with complying with the new SB 1383 ordinance. Staff is also looking into a new tablet/electronic device to use for tracking and recordkeeping of said kitchen pails as well as using it to maintain all records related to SB 1383. Lastly, the City will use funds to purchase more green waste/organics containers for residents that do not currently subscribe to the City’s green waste program.</x:t>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation 
+of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016 and SB170 Budget Action of 2121. Funds will be used to assist the City of Napa with the implementation of regulation requirements associated with AB 1383. All funds will go toward new collection equipment, specifically toward the purchase of a new Autocar CNG side loader collection vehicle to accommodate the additional collection routes needed to collect organic waste from all residential and commercial customers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of National City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ricardo Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6193364388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will be used to support the City's edible food recovery program. The City will hire a consultant to provide education and general support for Tier 1 &amp; Tier 2 generators, inspect Tier 1 &amp; Tier 2 generators, and train City's inspectors to conduct Tier 1 &amp; Tier 2 inspections for future years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Needles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rainie Torrance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603262115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Needles intents to focus on edible food recovery education, outreach and recovery. Local organizations lack proper equipment to recover and deliver edible food. In addition, the City intents to utilize the funds to meet the procurement requirements of SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302657038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016 and SB170 Budget Act of 2021. Including:
+•Capacity Planning 
+•Collection 
+•Edible Food Recovery 
+•Education and outreach (includes organic waste &amp; edible food recovery) 
+•Enforcement and Inspection 
+•Program Evaluation/Gap Analysis 
+•Procurement Requirements 
+•Record Keeping</x:t>
   </x:si>
   <x:si>
     <x:t>City of Newark</x:t>
   </x:si>
   <x:si>
     <x:t> James Scanlin</x:t>
   </x:si>
   <x:si>
     <x:t>5105784539</x:t>
   </x:si>
   <x:si>
     <x:t>This funding will be utilized for implementation of SB1383 requirements, including procurement needs, for the City of Newark.</x:t>
-  </x:si>
-[...578 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This is to apply for funding for a Management Analyst position to take charge of the food recovery program, monitor agreements between food recovery organizations and generators, provide all recordkeeping requirements, including, but not limited to, for organic waste, container contamination minimization, procurement.  This position will also provide other required reporting to CalRecycle as it pertains to SB 1383 and will provide education and outreach related to SB 1383.  We are also proposing to fund a part-time employee to provide trash audits and assist with reporting.  While the City contemplates a rate increase or outsourcing, we propose to use the employee funding for one-year and use the remainder to assist with purchasing updated containers with signage.  After initial year, there should be sufficient funding from outsourcing revenues or rate increases to sustain the positions.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Newport Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Charles Springer</x:t>
   </x:si>
   <x:si>
     <x:t>9497183466</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Newport Beach scope of work for this grant includes consulting services to develop and implement the programs listed below.
 Task 1: SB 1383 edible food recovery program  
 Task 2: SB 1383 procurement assistance 
 Task 3: SB 1383 education and outreach 
 Task 4: Direct on-site technical assistance to AB 1826 and SB 1383 generators 
 Task 5: Enforcement protocol development 
 Task 6: Waiver protocol development
 Included below are descriptions of each task. A proposed budget is included on page 5. 
 Task 1: Assist with development and implementation of edible food recovery program
 SB 1383 requires the City to develop an edible food recovery program. EcoNomics has already assisted the City with identifying and notifying Tier 1 edible food generators as well as with completing the edible food recovery survey for the County. To facilitate compliance with the edible food recovery components of SB 1383, EcoNomics will conduct the following on an as needed basis: 
 •Develop state-mandated notification letter to Tier 2 generators 
 •Develop self-reporting form for inclusion in notification letter 
 •Follow-up with Tier 1 and Tier 2 letter recipients to verify SB 1383-compliant edible food recovery programs via site visits, as mandated by SB 1383 
 •Develop model edible food recovery agreement for use by edible food generators that do not have written agreement with edible food recovery agency, as required by SB 1383 
@@ -4194,1816 +2530,3480 @@
 •Conduct site assessments to monitor container contamination 
 •Onsite assessments to confirm AB 827 front-of-house organics and recycling receptacles are made available to customers at fast casual restaurants
 •Assistance with implementing third organics carts at residential locations that do not have a third organics recycling cart 
 •Other SB 1383 field implementation tasks, as needed 
 Task 5: Enforcement protocol development 
 The City adopted a SB 1383-aligned mandatory participation ordinance. The ordinance requires all generators to subscribe to organics recycling programs. EcoNomics will assist the City in developing a standard operating procedure (SOP) for the fair and equitable enforcement of the City’s ordinance. The SOP will include the following components:
 •Process and template field sheet for initial site assessment 
 •Process for assessing compliance 
 •Process for gathering evidentiary documentation that could be used if the citation is appealed
 •Process for issuing and monitoring a notice of violation 
 •Process for issuing first, second, third, and subsequent citations 
 •Process for evaluating a non-compliant account referred by a franchise hauler 
 •Process for evaluating the compliance of an internal diversion program 
 In addition to developing the SOP, EcoNomics will provide training to the City’s code enforcement staff on how to implement the SOP. 
 Task 6: Waiver protocol development 
 The City adopted a SB 1383-aligned mandatory participation ordinance. The ordinance requires all generators to subscribe to organics recycling programs, but allows for the City to issues waivers for de minimus generation levels and lack of physical space. EcoNomics will assist the City in developing a standard operating procedure (SOP) for evaluation and verification of Sb 1383 waivers. The waiver SOP will include the following components:
 •Process for generators to self-report waivers 
 •Process for City staff to verify waiver requests 
 •Process for gathering data during on-site visits to evaluate waiver request 
 •Process for evaluating hauler-referred waivers 
 •Waiver request forms 
 In addition to developing the waiver SOP, EcoNomics will provide training to the City’s code enforcement staff on how to implement the SOP. As needed, EcoNomics may also conduct site verifications to assess waiver requests for de minimus generation and physical space constraints. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Mono                </x:t>
-[...47 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of South El Monte proposes to use grant funds to seek and contract professional services for the implementation of a Capacity Planning program that would help the City be on track with the reporting requirements of the State.</x:t>
+    <x:t>City of Novato</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gretchen Schubeck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158998950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: A portion of the SB 1383 Local Assistance Grant funding will be used to engage a consultant to assess market capacity and end uses for organic materials and/or recycled-content products to meet the City of Novato’s SB1383 annual procurement target of 4,279 tons. Once consultant costs have been confirmed, the balance of the funding will be used to procure organic materials and/or recycled-content products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novato Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Casey Poldino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158921694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To assist District with education, outreach, collection, and administration with regards to SB1383 inplementation. Funding will be provided for personnel, newspaper advertising, video development, mailers, posters and banners.  In addition funding will be provided for purchase of compost pails and liners.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Oakdale</x:t>
   </x:si>
   <x:si>
     <x:t> Carina McDonald</x:t>
   </x:si>
   <x:si>
     <x:t>2098453645</x:t>
   </x:si>
   <x:si>
     <x:t>Helping to fund SB1383-related program/activity requirements, such as storage/staging of a large amount of recycled organic materials (i.e. compost) at the Pubic Works green waste yard for distribution to the Public, education and enforcement activities, training and the purchase of tracking software. More details are provided in the Budget tab under the requested funding categories.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Villa Park</x:t>
-[...325 lines deleted...]
-    <x:t>We are applying for this grant to provide funding for the inspection program for edible food recovery, and for program evaluation/gap analysis for eastern County programs and the Eastern Regional Materials Recovery Facility to meet SB 1383 requirements.</x:t>
+    <x:t>City of Oakland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monaliza Noormohammadi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102387433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To design, implement and manage a Citywide edible food recovering and distribution program which will include a gap analysis to identify underserved communities where resources will need to be targeted to increase food distribution.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Prue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside Staff will be utilizing funds provided by the SB 1383 Local Assistance Grant Program to expand their current Food Scraps Recycling Program to meet specific requirements under SB 1383. Staff will be working with a consultant who will provide technical assistance to businesses, of Tier 1 and Tier 2 Commercial Edible Food Generators, and multi-family complexes. Staff will also be utilizing funds to print resources needed for these outreach efforts. Please see the Budget and Budget Details for information for further information on projects these funds will be used for.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Ojai</x:t>
   </x:si>
   <x:si>
     <x:t> Lindy Palmer</x:t>
   </x:si>
   <x:si>
     <x:t>8056465581</x:t>
   </x:si>
   <x:si>
     <x:t>With the January 1, 2022 start of the SB 1383 mandate, the City of Ojai is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with  county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency-based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This grant provides the City with opportunities to focus on the issues critical to the success of waste Diversion and capture programs.  
 Ojai’s responsibilities include the following:
 •Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
 •Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
 •Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
 •Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
 •Inspection and enforcement compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections.
 •Maintaining accurate and timely records of SB 1383 compliance
 The funds allotted by this grant will be focused on the Ojai’s administrative staffing needs, education, promoting organic waste diversion participation, enforcement to ensure program compliance in accordance with the guidelines, and marketing/promotional/outreach programs. Outreach and promotion will include media outlets such as the local newspaper, city website, city social media, video, television, hauler outreach, etc. Materials to provide program support (paper, mulch, pails etc.), associated personnel costs associated with administering the program and staff training.  Note that training will be done to ensure that all city staff are aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and paper products with a minimum post-consumer recycle content.  For all the program elements listed above, the City is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Westlake Village</x:t>
-[...328 lines deleted...]
-•Record Keeping</x:t>
+    <x:t>City of Ontario</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Porscha Gatewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093952776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding from the Local Assistance Grant program will be used for cost related collection of green waste/organics, personnel administration, enforcement, public education, new materials, training and associated cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christopher Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147445525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Orange is pursuing this grant funding in order to improve public education and enhance services to better serve the City's community members, residents, visitors, and businesses with regard to SB 1383. A significant portion of this funding will be used on public education and outreach with materials and messaging tailored to the target audience. Examples of audiences include residential cart service properties, multi-family complexes, and commercial sector. Remaining funding will enhance the current compliant services provided by the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orinda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Douglas Alessio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252534224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to implement SB1383 regulations </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016 and SB170 Budget Action of 2121. Funds will be used to assist the City of Oroville with the implementation of regulation requirements associated with AB 1383. Funds will go toward personnel and consultant fees to assist the City with the needed Capacity Planning, Procurement Requirements,
+Record Keeping, Enforcement and Inspection, Program Evaluation/Gap Analysis. Additional funding will be used to purchase indoor containers to help commercial businesses set up food waste collection programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarah Ahern</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052002206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Oxnard is located in Southern California with a population of over 200,000 residents. Oxnard is the largest city in Ventura County and has a significant Spanish-speaking and Mixteco cultural demographic. 
+The Environmental Resources Division, within the Public Works Department, provides uninterrupted weekly collection and removal of solid waste, recyclable material, and organic waste material to approximately 40,000 residential single-family households and to approximately 5,000 commercial and multi-family dwelling units to ensure a safe and sanitary environment.  
+Unlike other cities that have franchise agreements with private haulers, the City of Oxnard is the contracted waste hauler, transfer, and materials recovery facility (MRF) operator, in addition to being the designated jurisdiction tasked with implementation, inspection, enforcement, and reporting. This offers the city a unique opportunity to implement SB 1383 program requirements while establishing local, jurisdictional control over program elements.  
+In the Fiscal Year, 2019-20 ER’s fleet collected 181,682 solid waste tons, 14,540 curbside recycle tons, and 15,391 organic waste tons from residential, multi-family, and commercial sectors.  In many cases, the fleet’s age ranges from 10 to 20 years.  Starting in January of 2022, newly purchased and leased vehicles have begun arriving to replace some of the older trucks.  The routes are still managed by manually printed paper route sheets.  Many MRF operations, (i.e. tracking of Construction and Demolition, repair and maintenance reports, etc.)  are also done by hand.  The scale-house data management system does not communicate with our internal billing and compliance tracking.     
+The city currently has a 20-year-old data management and billing system.  There are multiple, separate databases used to track the scale house transactions, manage commercial accounts services, and handle all customer billing. Currently, all compliance, enforcement, education, and outreach are tracked using Excel spreadsheets and the routes are all still printed onto paper routing sheets delivered to the drivers daily.  This reduces efficiency, contributes to customer support delays, and results in miscommunication, missed pickups, and redundancy in staff activities. 
+Collections and Operations.  The City will purchase cloud-based routing and operational optimization software.  Current options include Routeware, Softpac, and WAM.  Also, the city will invest in new data management technologies to streamline operations, billing, compliance tracking, and reporting.  All of these acquisitions will be subject to the city’s competitive bidding process.  Funding will be used to procure the most affordable software system that can communicate with our existing and future customer billing systems.  
+Record Keeping, Enforcement, and Inspection tracking.  The City will purchase a cloud-based data management system that will enable staff to identify businesses in and out of compliance with all waste diversion requirements, interface with our utility billing system and assist with record keeping of outreach, implementation, enforcement, and inspection activities.  The preferred system is the Recyclist Program Tracker, a cloud-based software program that enables a wide variety of data tracking that the city currently does not have the capability to do, including organics collection service compliance, collection waivers, paper, and ROWP procurement tracking, edible food recovery inspections and enforcement. While the Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2, the purchase will be subject to the city’s competitive bidding process.  Other options currently being explored include Airtable and a customized database, which would require developer support and staff training. 
+Large Events.  The City of Oxnard already has a large inventory of Clear Stream containers that are used for special events, including Earth Day, the Strawberry Festival, the Salsa Festival, and the Tamale Festival in addition to other lesser-known events.  The plan is to purchase green and black tops to add to the inventory so that our events in 2022 and moving forward are SB 1383 compliant.  This will enable the city’s Environmental Resource Division to supply all special events, even the monthly food truck events, with the required three material stream collection options.
+Outreach, Education, Marketing, and Promotion. With nearly 74% of the city's residents identifying as Hispanic, outreach to the Spanish-speaking community has remained a challenge.  Radio is one of the most popular mediums for reaching this population.  Environmental Resources Division staff already has a strong direct person-to-person outreach strategy, which includes two current and one additional planned FTE.  Investing in comprehensive marketing and promotion outlets will enable the city to reach underserved and hard-to-reach populations, which tend to live in multifamily residential properties, which also tend to be our most challenging sector to serve. 
+Training. The staff has not attended a conference, tradeshow, or specialized workshop in a number of years. Having access to funding for training would be invaluable to our overburdened, under-resourced staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Desert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Amy Lawrence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608371664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Desert will utilize the grant funds to assist with meeting the compliance requirements of SB 1383.  Approximately half of the funds will go towards funding an agreement with FIND Food Bank.  For 2022 and 2023, the agreement will ensure that FIND Food Bank has the capacity to recover food from all Tier 1 Facilities in Palm Desert.  It will also designate FIND Food Bank as the organization that will be doing inspections and contract management of Tier 1 facilities on Palm Desert's behalf.  The remaining funds will go towards SB 1383 record keeping software created by Recyclist.  This software will ensure that Palm Desert accurately tracks all information required under SB 1383 and will hold it in a central location that can be pulled quickly for CalRecycle upon request.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsey-Paige McCloy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603238214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Springs will use the grant funding for the procurement requirements of purchasing 3,820 tons of mulch annually. The grant funds may also be used for the record keeping requirement for SB 1383 through a contract with the Recyclist. If there are any remaining grant funds, they will be allocated to education and outreach of organic waste to residents in single family and multi family complexes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paula Borges-Fujimoto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6504965914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palo Alto wishes to use grant funding to offset costs associated with Article 12 procurement requirements to purchase recovered organic waste products such as compost, mulch, and qualifying energy products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Paramount</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Adriana Figueroa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5622202100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Paramount is requesting the 1383 Local Assistance Grant to conduct the following activities: undertaking critical activities in Education and Outreach related to our local distribution network for organics recycling onsite composting and reuse; analyzing and preparing our Capacity Planning information and documentation; implementing our Procurement Requirements based on our recently enacted EPPP; developing and implementing record keeping systems; developing and implementing a local Enforcement and Inspection program beginning with warnings and education but leading to full fledged enforcement on or before January 1, 2024; conducting Program Evaluation/Gap Analysis in 2022 to assure that all programmatic elements are in place, planned and scheduled for implementation; and purchasing needed equipment including Sure-Close Kitchen Counter Food Waste Containers, and a small number of home composting units and Bokashi Pre-composting units.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gabriel Silva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will support Pasadena's efforts to advance the goals of SB 1383.  The strategy for this payment program consists of two primary components.  First is education and outreach.  This grant would support educating the public about organics recycling, including how to properly dispose of it.  To this end, the grant would fund education and outreach in a variety of strategic locations throughout the City; specifically, local newspapers, social media, and bus shelters.  To amplify awareness of organics recycling, we also propose to place sign boards on our refuse trucks which would also promote and educate people in the City. Second is procuring organic compost which we would distribute to our residents. We would purchase the compost and strategically distribute at various events promoting the goals of SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Ferrer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Pico Rivera proposes to assist both residents and commercial businesses with implementing organic diversion programs by providing needed equipment and signage.  For single and multi-family residents, two options will be available.  Residents can choose from a complimentary backyard compost bin that will allow residents to manage organics onsite and create a nutrient-rich soil amendment.  Residents will also have a choice to choose a Sure Close kitchen pail with an affixed instruction label for the collection of food scraps.  All residents will have access to a curbside commingled organic program in which food scraps and food soiled paper are bagged and placed in the green bin with yard trimmings and landscape debris.  For commercial accounts, the City will offer starter container and signage kits which include both a green organics and blue recycling Rubbermaid cart, a rolling cart, black trash side caddy, and bin labels and signage.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Piedmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alyssa Dykman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104203058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Piedmont will primarily utilize the grant funds for personnel costs related to SB 1383 implementation and to enhance its education and outreach related to SB 1383 through its Piedmont Evergreen program (the City of Piedmont's outreach and education program for waste reduction, recycling and composting). Education and outreach will be provided in-person and virtually to the City's residents, commercial businesses, and the public school district (PUSD) through learning and informational activities such as webinars, workshops, and trainings.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pittsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Bellafronte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252524109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pittsburg is applying for SB 1383 Local Assistance Grant Program funds in order to meet compliance with 14 CCR section 18991.1. Jurisdiction Edible Food Recovery Program, 14 CCR section 18991.2. Recordkeeping Requirements for Jurisdiction Edible Food Recovery Program, 14 CCR section 18995.1. Jurisdiction Inspection Requirements (as it relates to edible food generators), and 14 CCR section 18992.1. Organic Waste Recycling Capacity Planning.  
+For approximately a year, the City has coordinated with Contra Costa County, several surrounding jurisdictions, RecycleMore, and RecycleSmart to share best practices and craft solutions for implementing SB 1383.  The City has also been engaged with its hauler, Mount Diablo Resource Recovery (MDRR) regarding a variety of implementation items.  In both groups of professionals sharing the same tasks, and at the City of Pittsburg, it is widely accepted that a successful Edible Food Recovery Program is crucial for meeting SB 1383 diversion goals yet equally logistically challenging.  Especially in the realm of edible food recovery, where great volumes of organic waste can not only be diverted from the landfill but consumed or put to a secondary use, the City finds it pertinent to employ the skills of of a professional consultant experienced in food recovery markets, familiar with applicable organizations and services, and already active in regional food recovery operations.  Therefore, if granted, the City will develop an RFP and utilize the local assistance funding to hire a qualified consultant to design, develop, and implement one year of Pittsburg's Edible Food Recovery Program. 
+In its design and development stages, the City will include the consultant in periodic check-ins with the County, local jurisdictions, their consultants, and MDRR to seek opportunities to forge partnerships that stitch together edible food recovery across neighboring jurisdictions.  With City oversite, implementation will begin in June 2023 and will include periodic self-evaluations for effectiveness and for meeting SB 1383 recordkeeping requirements.  Ten months post-implementation, the City will evaluate the Program in order to make staffing and resource decision for continuation of the Program in-house.
+In compliance with SB 1383, the City will also utilize the consultant to fulfil any Capacity Planning information requests received from Contra Costa County.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Placentia</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Samantha Byfield</x:t>
   </x:si>
   <x:si>
     <x:t>7149938212</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Placentia's usage of the SB 1383 Local Assistance Grant Program focuses on: 
 1. Promoting educational awareness on organics diversion amongst residents by providing resources (kitchen compost container) and signage (hauler sticker)
 2. Decrease contamination amongst commercial businesses with existing food waste recycling programs and incentivize signups with in-house receptacles to assist with diversion
 3. Adopt a cloud-based software system to integrate, organize and record data in order to meet the recordkeeping requirements of SB 1383.
 Currently, the City is engaged in active negotiations with Republic Services to amend the existing franchise agreement to provide organic waste recycling services to all businesses and residents and meet other requirements of SB 1383. More time is needed to complete negotiations for the restated franchise agreement that includes many of the prescriptive requirements necessary to implement SB 1383-compliant programs. Based on these discussions, the City may have to revise the planned expenditures for this grant.</x:t>
   </x:si>
   <x:si>
-    <x:t>Town of Woodside</x:t>
-[...141 lines deleted...]
-    <x:t>SB 1383 Local Assistance Grant will be used to provide food recovery services through a third party vendor working with businesses in the City of Chino to meet compliance with SB1383 requirements.  In addition the local assistance grant will be used to produce outreach materials educating the public about the organics recycling requirements and provide products including reusable food scrapers and food waste containers to assist single family residents with organics recycling of food. The grant will also be used to purchase a database for compliance tracking activities.</x:t>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Janeane Martin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308864984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are applying for this grant to provide funding for the inspection program for edible food recovery, and for program evaluation/gap analysis for eastern County programs and the Eastern Regional Materials Recovery Facility to meet SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasant Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ann James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256715244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pleasant Hill is  responsible for its individual SB 1383 compliance and enforcement and as such, the City has been preparing for its regulatory responsibilities.  The City’s refuse collection services agreement with Republic Services, originally executed in 2004, was restated in July 2021, and includes many SB1383 compliance measures. In addition the City’s Municipal Code Chapter 13.10, Solid Waste Management, was amended in January 2022, in order to comply with the new regulations.  
+There are additional compliance measures to be performed by the City however, including education and outreach, (via mailings, public meetings and website updates and maintenance); edible food recovery site inspections; procurement and documentation of compostable materials;  any necessary enforcement measures, record keeping and reporting.  To complete these activities the City anticipates needing a half-time employee (at a minimum)  dedicated to these tasks.   The City is proposing to utilize the SB1383 Local Assistance  grants funds to staff that position.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Zeelaura Page</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259315012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City staff will coordinate with Pleasanton Garbage Service to fund the purchase of 2,000, 35-Gallon new green organic waste residential curbside containers with the CalRecycle grant funds to be delivered to accounts with space constraints. The purchase and distribution of these containers will assist in bringing those residential accounts into compliance with SB1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Point Arena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Molly Haviland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3039995935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funding will be used to educate consumers and businesses, as well implement a composting program location with a local farm.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elisa Mitchell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096202267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This is to apply for funding for a Management Analyst position to take charge of the food recovery program, monitor agreements between food recovery organizations and generators, provide all recordkeeping requirements, including, but not limited to, for organic waste, container contamination minimization, procurement.  This position will also provide other required reporting to CalRecycle as it pertains to SB 1383 and will provide education and outreach related to SB 1383.  We are also proposing to fund a part-time employee to provide trash audits and assist with reporting.  While the City contemplates a rate increase or outsourcing, we propose to use the employee funding for one-year and use the remainder to assist with purchasing updated containers with signage.  After initial year, there should be sufficient funding from outsourcing revenues or rate increases to sustain the positions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Porterville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Briana Spry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597827586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding to be used for equipment such as carts, containers, or trucks in order to successfully implement SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Poway</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennafer Steffen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586684728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be primarily used for outreach and education to residents and businesses. Activities include but are not limited to: hiring consultants to develop educational content and provide consulting for commercial generators to assist in development or improvement of their organic waste reduction programs, performing outreach in the community through various mediums, and covering costs for materials. Our goal is to maximize participation by increasing awareness and understanding of the state goals and the purpose of these programs in order to minimize contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Linda Ceballos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097744060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be utilized to implement the requirements of SB 1383 by: expanding mandatory organics recycling for residents and businesses by providing outreach and collection containers; procurement of organic products; and implementation of food rescue program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Mirage</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica L. Pulliam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603244511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rancho Mirage proposes to utilize these grant funds to assist in its implementation of SB 1383. The funds are proposed to be used on outreach and education components including an interactive sorting game, edible food recovery educational video, establishing an edible food recovery program with Find Food Bank to include training, outreach, contract management, logistics etc. for tier 1 generators and the remaining funds are proposed to be used to purchase recovered organic waste products to meet the SB 1383 recovered organic waste product procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Palos Verdes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Vanessa Hevener</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3105445333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant will assist the City in the implementation of regulation requirements associated with SB 1383.  The grant application request includes conducting enforcement/inspections, program evaluation/gap analysis and follow-through, complying with procurement requirements, training, preparing necessary recordkeeping and compliance forms and completing reports, grant management, providing assistance to residents and businesses, conducting record keeping and compliance tracking, and subscribing to recycling compliance software for documentation and tracking.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redondo Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Delap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103180686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds from this grant will be utilized for materials, education and outreach, and a gap analysis. The City is looking at purchasing countertop containers that residents can utilize for their food waste in order to facilitate the recycling process. Containers will also be purchased tp place in high trafficked areas with food waste in order to better address and streamline the organic recycling process. Also we would use some of the funds for direct mailers to all the residents in order to help them understand the requirements. Lastly, we are looking at potentially brining in a consultant to address any gaps in service to ensure full compliance with all elements of SB 1382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carrie Baxter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168787413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed grant project focuses on the currently known and necessary tasks for the two-year grant period beginning April 2022. The proposed grant project includes Personnel time spent performing capacity planning; evaluating collection services; developing and implementing education and outreach programs; conducting enforcement and inspection programs; and, record keeping. Indirect costs are proposed to be charge at 10% of the total grant award.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ridgecrest</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Spurlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604995063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education &amp; Outreach Projects:
+The City is proposing to use the grant funding for marketing, promotion, and outreach materials &amp; supplies to supplement education &amp; community outreach efforts. The City plans to focus on a robust education and outreach campaign including design &amp; production of outreach materials such as brochures, flyers, mailers, magnets, etc. The outreach will be conducted through website updates, social media platforms, presentations/workshops, direct mailers, posted notices, local print media, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rio Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Borre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073746451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used for any items related to SB1383 including any consulting costs in order to enact the new regulations, attorney costs, mulch purchases, and compost purchases.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Keroles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513516174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Riverside is seeking these funds to assist in the compliance requirements of SB 1383.  The City doesn’t have the necessary resources to conduct certain organics capacity planning activities to help plan for future investment in both organics recycling and in edible food recovery.  The City will utilize the grant funds to conduct targeted outreach to food generators in the City as well as to the established food pantries in an effort to begin making connections to properly repurpose edible food.  Additionally, the City will conduct marketing and outreach efforts to its customers/residents on the requirements of SB 1383.  Finally, the City will utilize a software application to help connect generators and pantries.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rocklin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Laurie York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166255508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rocklin acknowledges that Senate Bill 1383 will substantially change how the City processes organic waste and recycling. The City is invested in SB 1383 compliance and has passed an ordinance to reduce organize waste disposal. City staff have also engaged community partners to implement changes to comply with SB 1383. However, the burden of reporting and enforcement remains the responsibility of the City. As a result, the City of Rocklin is requesting a grant from CalRecycle in the amount of $93,447 to cover personnel cost needed in the first two years to implement the requirements of SB 1383. The city will be hiring a full-time staff member in the classification of a Public Services Business Technician (Business Technician) with an annual cost of approximately $117,500. In the first year of implementing SB 1383, it is anticipated that the Business Technician position will spend 50% of their time working on items related to SB 1383. Other staff, including Environmental Technicians and Public Services Managers will also be devoting a portion of their time to implementing SB 1383. These tasks include submitting annual reports to CalRecycle, working with consultants to create educational materials, procuring recovered organic waste products, and a variety of other tasks. Further details can be found in the Budget section of this request. After the first two years of implementation, the City will consider other sustainable finding sources, including making modifications to the existing hauler franchise agreement to cover additional costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rolling Hills Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexa Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103771577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Use toward consultant fees to enhance compliance and implementation; analysis of anaerobic digester.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Margaret Kashuba</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168084806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Sacramento is applying for First Round Funding for CalRecycle’s SB 1383 Local Assistance Grant Program (OWR1: FY2021-22) to assist the City in implementing regulation requirements of SB 1383 related to residential organic waste collection. The City’s Public Works Department, Recycling and Solid Waste Division services approximately 132,000 households (single-family homes, duplexes, triplexes, and fourplexes) collecting containerized residential garbage, commingled recycling, and yard waste through a three-bin system. To comply with SB 1383, the City’s organic waste recycling program will allow residents to place all organic waste, including yard trimmings, food scraps, and food-soiled paper, in the curbside yard waste container. All collected material is currently and will continue to be processed into compost and mulch when food waste collection begins. 
+Currently approximately 15,000 City-serviced residential accounts are exempt from curbside yard waste collection service. These properties qualify for service exemption due to having five percent or less vegetation coverage on-site or being required to pay a Homeowners Association (HOA) fee for the cost of landscaping services that collect yard waste from the front yards and common grounds of the community for diversion.  
+Pursuant to SB 1383, all residential accounts in the City must recycle all generated organic waste, including yard waste, food waste, and food-soiled paper. Homes that do not currently have curbside yard waste collection service due to being exempt will now receive curbside organic waste recycling service. The City will be purchasing a bulk order of approximately 15,000 35-gallon curbside organic waste containers for the yard waste-exempt accounts. The containers will be delivered to each home prior to the start of the City’s food waste recycling program which is set for July 1, 2022, consistent with other jurisdictions in the region. The containers will be manufactured by the City’s container vendor and comply with SB 1383 color and labeling requirements. If awarded funds during First Round Funding through the SB 1383 Local Assistance Grant Program, the City will use a portion of the grant funds to assist in the procurement of the new curbside organic waste containers to provide all City-serviced residents organic waste recycling service. The new containers will be used to collect food waste, food-soiled paper, and incidental yard waste. 
+The City’s population has steadily increased over the years with the construction of new housing developments, many of which are single-family homes and condominiums serviced by the City’s Recycling and Solid Waste Division. Most of these developments are comprised of small properties with immature tree canopies and little to no yard and are therefore exempt from curbside yard waste collection service. Any front yard landscaping is managed by a landscaping service hired by an HOA. With the implementation of SB 1383, these homes will now receive organic waste recycling collection service in order to divert generated food waste, food-soiled paper, and any incidental yard waste. Servicing this large influx of accounts requires the City to create new organic waste service routes. In order to service the new accounts and routes pursuant to SB 1383, the City has ordered multiple new organic waste collection vehicles that are scheduled to be delivered later this year. If awarded, the City will use a portion of the grant funds to cover the purchase of one (1) new organic waste collection vehicle (side-loader truck) to service the new routes. 
+The City of Sacramento has adopted ordinances/enforceable mechanisms in place per SB 1383 regulation requirements and certifies that it will submit the required SB 1383 ordinances/enforceable mechanisms in the SB 1383 Initial Compliance Report by April 1, 2022 to qualify for First Round Funding. If awarded funds through the SB 1383 Local Assistance Grant Program, the City will use the grant funds to:
+1.Purchase new curbside organic waste collection containers for residents that are yard waste-exempt so that all residents are provided organic waste recycling service. 
+2.Fund the purchase of one (1) new organic waste collection vehicle (side-loader truck) to service new organic waste collection routes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Bernardino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Fisher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093845140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The SB 1383 Grant will be utilized for education &amp; outreach, including information on the organic waste generator's requirements to properly separate materials in appropriate containers; methods for the prevention of organic waste generation, recycling organic waste on-site, sending organic waste to community composting, and other local requirements regarding organic waste will be provided; and provide local elementary schools a show to teach students of organics recycling and waste prevention. An enforcement protocol will be created for curbside assessments and audits, in order to to assess repeated offenders and help educate and enforce proper organics recycling within jurisdiction. Software will be purchased for recordkeeping and reporting purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Buenaventura</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arriana Rabago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056524525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recordkeeping and tracking software; Education and Outreach including promotional videos, radio ads, mailers, print materials, social media advertising; Eligible Mulch and Compost for distribution to community members, Personnel costs associated with in-person outreach and inspections.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Dimas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Marshall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093946240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Dimas intends to utilize this funding to pay for one time costs related to the implementation of the many facets of Senate Bill 1383.  One time costs include consulting costs related to an implementation plan to assess staffing needs and the creation of reporting software. Staff would also like to purchase additional counter top pails for residents to assist in the education of the new organics legislation and provide a tool to assist with and promote compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Fernando</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Isabella Tapia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8187983831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchase kitchen pails for residential customers to use for food scraps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Capucine Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Staff will conduct all required inspections and reporting related to SB 1383. The City Staff will need appropriate technology equipment. The City will contribute funds towards the expansion of the Regional Food Recovery Program operated by SGVCOG.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Juan Capistrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Noreen Swiontek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494874307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 organics regulation implementation programs.  The City's SB 1383 Ordinance was effective November 2, 2021.
+Projects budgeted for funding are as follows:
+Consultant for door-to-door residential outreach &amp; education - multi-family, mobile home parks, HOA's
+Marketing campaign and educational materials/brochures.
+Kitchen countertop food waste containers for residential community.
+3 gallon Compostable bags for countertop food waste containers
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Leandro</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kerry Parker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102981973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Leandro will utilize grant funds to secure a consultant that will help create a robust education and outreach program. The campaign will target residents (with the focus being multifamily properties) and businesses about the benefits of organics recycling. Grant funds will be used to create ads, flyers and educational materials in a variety of media types (print, social, video), languages and delivery methods. Funds will also be used for the purchase of equipment, such as countertop kitchen pails and paper bag liners for residents, in addition to organics/recycling bins for businesses.  These tools will support proper sorting and recycling throughout the San Leandro community. Finally, the City will acquire a subscription to Recyclist, a software database that will assist with SB 1383 recordkeeping and reporting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jodie Snowbarger</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To create and expand the County's infrastructure to meet the requirements of SB 1383.  Focusing on edible food capacity planning, procurement of organic materials and education and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Marcos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tess Sangster</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607441050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Capacity Planning, Edible Food Recovery Education and Enforcement, Program Evaluation and other as-needed SB 1383 Implementation Support Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Marino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Bauman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263000765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will be using the SB 1383 Grant funds to assist in the construction of a small compost storage area and procurement of compost and organic waste storage bin at Lacy Park, the City's only park. This would help create a central storage area for compost at Lacy Park that would make it easier for park staff to access, and would also provide the public with an accessible station to gather their own compost (a self-fill station). Ultimately, the grant funds would be used to fund a project that would help encourage the re-use of organic waste generated at Lacy Park by staff and residents.
+Could you please add the additional funds to the “Marketing/Promotion/Outreach” section? Additionally, We are planning on using some of the funds (approximately 5k) to purchase turf tires. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Rafael</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cory Bytof</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154853407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hire a consultant to provide services identifying city-usage and possible application of compost/mulch on city-owned and managed lands. Consultant shall also identify privately-owned land within and private and publicly-owned land outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space.
+Once the full costs of such a study are understood any remaining balance of the grant may be applied toward procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Ramon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Izchel  Pulido </x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259732603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are contracting to track the requirements of SB 1383 very closely with the features of Recyclist's Program Tracker.  Additionally, we wish to educate San Ramon in appropriate (SB 1383 compliant) waste-sorting by providing graphic-rich 3-stream containers in parks, community centers and city facilities.  This will serve to not only educate those who live in San Ramon, but also those who visit and enjoy the features of San Ramon, who will bring these practices back to their California communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Barbara</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniela Rosales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055645677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Barbara proposes to use funding from the CalRecycle SB 1383 Local Assistance Grant Program to assist the City with the implementation of regulation requirements associated with SB 1383. To meet the requirements the City has implemented an enforceable mechanism through a local Municipal Code update that will go into effect on February 10, 2022. The City requests $123,070 in grant funds based on the jurisdictional fund estimates provided by CalRecycle. These funds will be used for SB 1383 related materials, education, outreach, and personnel. 
+As SB 1383 regulations go into effect, the City plans to implement an outreach strategy to bring businesses into compliance with Food Recovery requirements. Grant funds will be used to mail notices to all impacted businesses regarding their compliance status and offer them educational materials regarding food donation such as flyers and written agreements. In our previous business outreach efforts, direct notification through mailers with detailed steps on achieving compliance has been very effective in program enrollment. Funds will be used accordingly throughout the grant period as outreach is phased from largest to smallest generators and often requires various rounds of noticing. 
+Funding for personnel will be essential for the City’s SB 1383 implementation. The City has faced many staffing challenges over the past couple of years that have limited our outreach efforts. We propose to hire an intern or hourly staff member that will solely dedicate their work to SB 1383 outreach efforts. Our outreach team has had great success bringing businesses into compliance with AB 1826 and AB 341 through targeted communication with the community. A dedicated SB 1383 personnel would continue that success and aid our team in notifying businesses about regulations and work one on one with businesses by offering training, educational materials and any other assistance businesses need to achieve compliance with SB 1383. Personnel will also assist with route audits and container checks to monitor for contamination in the City’s source separated commercial organics collection program. 
+City of Santa Barbara residents have had many questions and concerns regarding the City’s plans for residential organic waste collection. To meet requirements, the City is sending all residential waste to the County’s high diversion facility, the Resource Center, where organics will be pulled from the trash and processed through anaerobic digestion. Grant funds will be used for mailers, utility bill inserts and advertising buys, such as radio, social media and TV ads, to educate residents on how organics will be processed from their waste containers. These educational materials and ads would instruct residents on how to properly use their 3 container system and where to dispose of their organic waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Clara</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karin Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4086153097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Clara will use awarded SB 1383 Local Grant Assistance funds to partially fund SB 1383 local procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Nelson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314205548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding for the expansion of the City of Santa Cruz food scraps collection program.  Eligible costs would include purchase of individual "Kitchen Caddy" two gallon pails.  These pails will be used by multi-family customers to use to take their individual kitchen food scraps to a consolidated collection bin which is then serviced by the City food scrap collection program. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kasey Kolassa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 implementation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Maria</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Alvarado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059250951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procurement of three automated refuse trucks for organics recycling collection.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Carlos Collard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104582201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Monica will use these grant funds to purchase educational, outreach and social media audio/video/print materials, and organics recycling hardware accessories to assist the City's residents and businesses, including but not limited to organic collection bags and kitchen counter organics pails, in compliance with the State's SB 1383, and the City's new local recycling ordinance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Paula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Joseph Alvarado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059334212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In December 2021, the City of Santa Paula (City) adopted an SB1383 Ordinance, as required by law.
+The City has begun to coordinate strategic plans and efforts to achieve SB1383 requirements by establishing partnerships with the following key stakeholders: county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations. 
+Prior to the issuance of SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This new State funding opportunity, will serve as the catalyst for the City to obtain full SB1383 implementation and achieve the following SB1383 requirements:
+*  Organics and Recycling Collection: implement a recycling and organic collection services action plan for residents and businesses owners. 
+*  Capacity Planning: coordinate efforts with Ventura County to conduct an edible food waste study to identify tier 1 and tier for food recovery goals. 
+*  Edible Food Recovery: coordinate with key stakeholders to identify and connect edible food recovery generators with local food recovery organizations, in addition to providing proactive outreach efforts and perform annual contract and records management inspections. 
+*  Education and Outreach:  draft SB1383 educational marketing material, use social media platform venues, and implementing an action plan to reach out and educate, residents, businesses owners, and schools on SB1383 requirements and solid waste collection protocols. 
+*  Procurement Requirements:  comply, procure, and track any combination of the following recovered organic waste product purchases: compost, mulch, renewable energy and meet 30% post-consumer recycled-content paper products.  
+*  Contamination Monitoring: conduct annual trash, recycling, and organics waste audits that includes, but is not limited to, contamination bin checks, no recycling and organics waste comingling checks, and contamination violation recording, reporting, and follow up compliance audits. 
+If funded, ultimately the grants funds will be used to implement, enforce, and comply with specific SB1383 recycling diversion requirements, in addition to, contributing towards the following broad statewide goals: 
+*  Reducing organic waste directed to landfills as a source of methane  
+*  Supporting and achieve statewide organic waste disposal reduction targets
+*  Adopting and enforcing an ordinance to implement and achieve SB 1383 provisions and requirements 
+*  Reducing food insecurity and redirecting commercial edible food, that would otherwise be disposed, be recovered for human consumption</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Heckman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192584100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our proposed budget for the SB 1383 Local Assistance Grant includes:
+•$12,000 to enter into contract(s) with private entities to assist the jurisdiction with education &amp; outreach, and other requirements of SB 1383.
+•$20,000 for purchase of kitchen caddies to be distributed to targeted populations in Santee to help increase the likelihood of organics being properly disposed of in multi-family and senior households.
+•$43,519 identified to be used to offset personnel expenses of implementation and enforcement of SB 1383 over the term of the grant.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Scotts Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carly Blanchard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317835667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Scotts Valley plans to use assistance funds to Increase edible food recovery capacity by engaging a consultant to provide education and outreach to businesses that generate edible food waste and connect those businesses with local edible food recovery programs.
+Funds will also be used to purchase equipment, such as refrigerators, for local food pantries and for administration and documentation. Funds may also be used to purchase kitchen scrap pails for distribution to commercial and residential generators for the collection of organic waste for recycling and for outreach materials outlining proper organic waste recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sierra Madre</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Carlson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263557135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sierra Madre would like to use these funds to purchase bear-resistant organics recycling receptacles for our program.  Sierra Madre is located in a high wildlife/urban interface area, and has had challenges preventing bears from getting into odorous trash.  It is anticipated that segregating organics would increase this concern.  The purchased bear-resistant organics recycling receptacles will be made available for low-income residents.  Fortunately, Sierra Madre has its own Water Department which includes an established list of qualifying low-income residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Signal Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thomas Bekele</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629897355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Signal will use grant funds to purchase organics (green bin)and recycle (blue bin) receptacles that will be placed at 5 City facilities. The City also plans to use the grant on public outreach materials geared towards educating our residents and businesses on proper organics &amp; waste disposal. Lastly, funds will be used to purchase refrigerators to properly accommodate and store organic waste prior to disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Simi Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wesley Yates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055836421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used to aid in complying with SB 1383. Use will include education and outreach, staff time, container labelling, and procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Solana Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danny King</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587202477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jill Hayashida</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will be used for education, outreach and inspection activities primarily for our businesses and edible food generators, but also for SB 1383 outreach to our residents.  We will use relationships already established with consultants in the San Diego Region through our partnership in the Regional Solid Waste Association (RSWA) and may seek additional consultant services outside of RSWA to develop educational content and perform outreach through various means including inspections of our Tier 1 and Tier 2 generators, technical assistance site visits, video or phone conferencing, webinars, and/or public service announcements.  Some of the grant funds could also be used to cover the costs of materials for educational signs or other educational materials. The goal will be to maximize participation and desired sorting behavior and to minimize contamination as well as to ensure edible food donation programs in our Tier 1 and Tier 2 generators are properly established.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. NARCISA UNTAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Staffing and materials related to the collection of organics.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Soledad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF SOLEDAD
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Soledad, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Soledad in the implementation of regulation requirements associated with SB 1383. 
+The City of Soledad joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of Soledad, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of Soledad adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Soledad, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Solvang</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wendy Berry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056885575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Similar to many other municipalities and agencies in California, the City of Solvang is working to comply with the requirements of Senate Bill 1383. This has been manifested in a number of ways in recent years and especially over the past few months leading up to the effective date of SB1383. The City’s efforts continue and grant assistance will be greatly beneficial to Solvang’s compliance.
+The City of Solvang drafted an ordinance – (Ordinance No. 21-0353 Organic Waste Disposal Reduction Code Amendment) that had a first reading on November 8, 2021 and was adopted by the City Council on November 22, 2021.
+The City continues to work with its waste hauler as well as its commercial and residential communities to ensure proper compliance with the legislation. Additionally, the City is partnering with the County of Santa Barbara and its individual jurisdictions to develop a regional edible food recovery network to meet legislation requirements. While this partnership will help lead to a cohesive food recovery program throughout the County as a whole, the City of Solvang is left with many individual obligations, especially in the areas of education and outreach. 
+Grant funding will be used in the following efforts by the City of Solvang:
+-Jurisdiction efforts in edible food recovery program
+-Education of Tier 1 and 2 generators regarding SB1383 regulations 
+-Outreach to local nonprofits and education agencies
+-Outreach to remainder of business and residential community within the City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Rene Salas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6266523116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of South El Monte proposes to use grant funds to seek and contract professional services for the implementation of a Capacity Planning program that would help the City be on track with the reporting requirements of the State.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Gate</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gladis Deras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235639576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of South Gate proposes to develop the programs required by SB 1383.  The City is currently is a transitional period as it relates to its solid waste contract.   The solid waste contract is set to expire on December 31, 2022. The City is in the process to procure a new contract that will be tentatively be award in July 2022. A possibly new contractor and the existing contractor are still required to comply with SB 1383 to most extend possible. The City proposes to use the grant funds to procure professional services, administrative costs, personnel,  education, enforcement, equipment, marketing/promotion/outreach, material and other indirect costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Lake Tahoe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lori Marino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305427410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of South Lake Tahoe intends to use these grant funds towards education, outreach and related personnel costs. Education and outreach will focus on commercial generators of organic waste and on visitors to our city, as both groups have been identified as needing more assistance with the new requirements than residential generators. Personnel responsible for this program will include our newly created Sustainability Coordinator who is starting with the City in February 2022, and Student Rangers, a seasonal program that the City initiated in Summer 2021 and plans to continue this year. Student Rangers are a group of seasonal employees coordinating with the Lake Tahoe Community College and South Tahoe High School to welcome visitors to heavily used recreational sites within the City to encourage good stewardship of our natural surroundings, including proper trash disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arpy Kasparian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264037253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: These funds will be used to assist with implementation of SB1383 requirements including, but not limited to: outreach materials, collection items, data management software, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Garren</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508778549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of South San Francisco will be utilizing a portion of SB 1383 Local Assistance Grant Program funding towards participation in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term. 
+Another portion of the funding will be utilized toward the purchase of SB 1383-compliant compost and mulch. This material will be applied in city parks and for city programs, such as community giveaways, and/or for the City's community gardens. This application of compost and/or mulch will assist the City in meeting its annual organic products procurement target for SB 1383. 
+The last portion of funding will be utilized in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cesar Rangel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7148904203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Stanton plans to use the SB 1383 Local Assistance Grant Program funds to pay for services rendered by our hired consultant firm. The consultant firm is assisting the city with development and program implementation to meet requirements outlined in SB 1383. This involves the monitoring and maintenance of generator compliance reporting, preparing, implementing and reviewing educational materials. Additionally, our consultant firm will oversee the city's capacity planning for an edible food recovery program and assist in developing other SB 1383 related reporting requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sunnyvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bailey Hall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087307782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize $40,000 to fund our portion of an edible food recovery program implemented by Santa Clara County.  This funding will strategically support infrastructure improvements in the nonprofit community, as well as a one-year infusion of support for the recurring programmatic tasks: inspections, education, outreach, refining Tier 1 and 2 lists, document creation, food recovery organization/service and generator reporting, as well as general administration of the program.  
+We will utilize $160,000 to fund a term-limited City staff position dedicated to SB 1383 implementation for the two-year term of the grant. This staff position will focus on education, monitoring, enforcement, and procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tehachapi</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Corey Costelloe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618222200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Following the adoption of our ordinance and other regulatory requirements to begin the process to implement the provisions of SB 1383, the City of Tehachapi is taking the next steps to start our compliance process. This funding will be applied to educational outreach regarding the nature of organics recycling at the household level. In addition, this funding will assist in securing the necessary documentation to formalize our food rescue program that will entail working with all local charities and agencies that are currently practicing food rescue and ensuring proper tracking of edible food that is being diverted from the landfill. Depending on remaining funds, expenses related to procuring organic materials and delivering them to Tehachapi will be considered.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Temple City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Avery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6262852171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temple City is requesting funding from the SB 1383 Local Assistance Grant Program to assist with the costs of developing, implementing and maintaining newly established organics recycling, procurement, and edible food recovery programs in compliance with SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Thousand Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarah McGurk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054492439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funding will be used to support the following SB 1383 requirements: SB 1383 organics recycling and food recovery program activities, including a food recovery software application for record keeping and tracking, and personnel for outreach and education, compliance monitoring, record keeping, reporting, customer service, and food recovery efforts.
+Two position titles at the City of Thousand Oaks will carry out the responsibilities (below) related to SB 1383. The approximate salary (rate plus benefits) is $66.01 per hour, and 2,287.94 hours would be devoted to SB 1383 responsibilities.
+Assistant Analyst
+•Assist in implementing the City’s plan and procedures to ensure compliance with SB 1383.
+•Provide customer service to residents and businesses through mail, email, customer portal, and phone on compliance monitoring, record keeping, and reporting related to SB 1383.
+•Assist with SB 1383 compliance reporting to the State.
+•Assist in planning and implementing an edible food recovery program in the City.
+•Facilitate, coordinate and conduct community meetings supporting the edible food recovery program.
+Sustainability Analyst 
+•Develop a plan and procedures to ensure that the City is SB 1383-compliant in 2022 and beyond.
+•Develop electronic data collection and reporting tools for compliance reporting related to SB 1383.
+•Plan for, and implement, an edible food recovery program in the City.
+In addition, funding will be used to contribute towards the cost of an edible food recovery mobile/web software application which connects food generators with food recovery organizations and services. The City will distribute this application to all Tier 1 and Tier 2 commercial edible food generators and food recovery organizations and services in the City, and provide training and support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Torrance</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Kuebert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107816900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tracy</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Connie Vieira</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098316359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be used to subscribe to a record keeping program through Recyclist, and print and distribute materials for education, outreach, enforcement, and inspection. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Truckee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melanie Conti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305822496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education and outreach materials for residents and businesses regarding organic waste recycling and edible food recovery requirements; supplies for local food recovery organization to recover edible food.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tustin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacey Cuevas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145733037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use of consultant services to provide education, outreach, and enforcement of the City of Tustin's regulations pertaining to SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Twentynine Palms</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elijah Marshall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603676799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are presenting two separate projects for this grant application.
+Project 1 is the acquisition of tracking and reporting software for SB1383. We are currently in the review process with 5 vendors and will select a vendor within the next 60 days. This software has an annual cost of approximately $21,000.00 and initial on-boarding costs of $5,000.00 to $12,000.00. The City will supplement any funds needed over the $20,500.00 grant allocation. This software is a critical component of our ongoing record keeping requirements.
+Project 2 is the development, distribution, and promotion of education materials regarding Organic Waste Diversion. Our program will be designed around the unique needs of our small, rural, desert community. We will create video, web, and print content in cooperation with our hauler/processor to ensure the organic stream is free of contamination. We will use funds to promote this education materials on all social media platforms and distribute print content door to door. The City currently has two public events planned to provide hands on education, promoting organic waste diversion, composting, and contamination reduction. The budget for this project is $15,000.00 for the creation of localized education materials and training events and $5,000.00 towards targeted marketing through social media, local radio, newsprint, and USPS Mailer. All print material will be produced using 100 percent recycled materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Upland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tanya Gargia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092912967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Upland proposes to make use of available Local Assistance Grant Application Funds to assist in the successful launch of its Organics Waste Recycling Program.  The City plans to use CalRecycle's local assistance funding to support our implementation efforts, specifically in the areas of public education and outreach, collection, and administration/compliance efforts thru additional secured staff hours made possible by this unique funding opportunity.  The City looks forward to using these funds for public education, outreach, and marketing on multi platform educational videos promoting proper organics waste recycling methods and procedures for collection. Additionally, funds will be used for educational outreach brochures and bill mailers to supplement our multi-media messaging.  With the secured funds, the City is also enhancing its collection program thru the distribution of Food Waste Pails to collect the organics waste in the home in preparation for disposal during the resident's regularly scheduled waste hauling day.  The City anticipates that the personnel, collection upgrades, and promotional outreach as stated above enabled by the funding will allow for the successful implementation of Upland's Organics Waste Recycling Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vallejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Derek Crutchfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076485346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Vallejo intends to use $50,000 to offset the cost of hiring a zero waste specialist to assist with the inspection and enforcement of SB1383. In addition, $50,000 will be used to hire a consultant to assist with program evaluation and gap analysis. Also,  $30,585 will be used for outreach and education campaigns, which will include, newspaper ads, billboard advertising, website outreach,  social media outlets, direct mailing pieces and printed materials that can be distributed at special events. The remaining $25,000 will be used to assist edible food recovery organizations with equipment to ensure that they can provide the best possible services to Vallejo residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tobie Mitchell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056584315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funding will be used by the County of Ventura for two distinct purposes:
+1) SB1383 RECORDKEEPING: Funding for a two-year subscription (April 1, 2022 to April 2, 2024) to the Recyclist Program Tracker, a cloud-based software program. The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement. The integrated mobile app, compatible with Tablets and Electronic Devices (seven inches or more measured diagonally), includes fieldwork functionality for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and organics programs. The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.
+2) SB1383 RESIDENTIAL CURBSIDE COLLECTION: Funding to offset approximately 77% the County's cost to purchase small household food waste pails for all residential customers currently receiving curbside collection service.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kaitlyn Elliott-norgrove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606435219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be utilized to provide organics waste and edible food recovery related education and outreach to residents and businesses.  Activities will include hiring consultants to develop educational content and perform outreach in the community. The objective will be to maximize participation and promote desired sorting behavior to minimize contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Walnut</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Barcelo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9095985605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Combination of uses to help facilitate SB 1383 Compliance including: public education, outreach, supplies, and organic material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Walnut Creek</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Valerie Sukhu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252563536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to assist with implementation of SB 1383 regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelly McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269398494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds will be used to conduct personnel, education, and outreach on organics recycling to all residents, businesses (including those that generate edible food that can be donated) haulers, solid waste facilities, local food banks, and other food recovery organizations, and purchase of vehicles, preapproval by CalRecycle, to implement SB 1383 regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Westlake Village</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Caleb Mott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8187061613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public education and outreach including workshops and materials; commercial site visits for education and auditing; documentation and reporting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Whittier</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yahaera Oropeza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625679503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Hire consultant to help comply with edible food recovery regulations and purchase of recycled organic products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Winters</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristine DeGuerre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307946760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Offset the cost for the City of Winters Edible Food Recovery Program and assist RISE, a recognized Food Recovery Organization who provides Food Recovery Service in the City of Esparto, to bring those Food Recovery Services to the City of Winters.     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Woodland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosie Ledesma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306612059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Woodland plans to use these grant funds to develop and provide outreach to all of our residents and businesses in Woodland. We will update our previously generated organics recycling materials and align them with SB 1383 requirements and use them to re-educate residents on organics recycling, introduce organics to most businesses, and provide materials for their outreach compliance requirements. We also plan to provide containers where needed and potentially swap our current brown-lid organics carts for green ones. We will also develop an education and enforcement implement plan and/or program guided by consultants or our current Code Enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yucaipa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Crawford</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097972489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Yucaipa will utilize the funds to support their compliance with the requirements of SB1383.  The grant will be utilized to purchase recycled organic products, construct compost holding bays and purchase equipment to achieve procurement requirements.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oro Loma Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Natasha Browne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104816964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oro Loma Sanitary District will use the grant funding for the following required SB 1383 tasks: recordkeeping and public education and outreach. A portion of the grant funding will be used to obtain a 2-year subscription to Recyclist Program Tracker. Recyclist is a cloud-based software program that will enable Oro Loma Sanitary District to fulfill all of the SB 1383 jurisdictional implementation tasks and recordkeeping requirements as detailed in 14 CCR Section 18995.2. The rest of the funds will be used for public education and outreach materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lafayette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joshua Muller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252993205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to help implement SB 1383 regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hercules</x:t>
+  </x:si>
+  <x:si>
+    <x:t> jeff Brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107998252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversight of franchise agreement, franchise agreement amendment, SB 1383 and procurement planning assistance, recordkeeping, reporting, site visits and outreach and education, developing an enforcement plan during the term of the grant. Purchasing of SB 1383-qualifying products including compost, mulch, and recycled content paper products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pinole</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nazmieh Huebner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104186550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pinole (“City”) proposes to utilize SB1383 local assistance grant program funds for personnel  costs directly related to the implementation of SB 1383 regulations and for procurement of recovered/recycled organic products. 
+SB1383 regulations require jurisdictions to annually procure a specific amount of recovered organic waste products to meet their Annual Recovered Organic Waste Product Procurement Target (“Target”). The City’s current Target is approximately 1600 tons based on 0.08 tons of organic waste per resident per year. To make an informed decision regarding practical and cost-effective options to achieve the organic waste diversion goals of SB1383, the City retained a consultant to prepare a feasibility report of procurement options. The consultant will analyze costs, operational factors such as logistics and capacity constraints, product availability, and benefits and challenges associated with each option. 
+To develop the feasibility report, the consultant will explore contracting with service providers that use recovered organic waste products on behalf of Pinole; investigate opportunities at the Pinole-Hercules Water Pollution Control Plant to apply anaerobic digestion technology to municipally generated organic waste; research resource recovery technologies that maximize resource recovery from waste streams to transform waste into renewable natural gas and/or high quality fertilizer; and evaluate direct procurement to procure products for the City’s use or community giveaways (i.e. compost giveaways).
+The City proposes to expend $11,425 in SB1383 local assistance grant program funds for the procurement of recovered/recycled organic products recommended in the feasibility report and for procurement of 30% recycled content paper products. At this time, the fiscal impact associated with meeting the annual Target is undetermined, but the City anticipates SB1383 local assistance grant program funds will help offset costs associated with procurement of recovered/recycled organic products. 
+The City proposes to expend $15,000 in SB1383 local assistance grant program funds for City staff time spent on activities related to the implementation of SB 1383 regulations. These activities include, but are not limited to, providing oversight of the development of the feasibility report and participation in discussions with providers to acquire recovered/recycled organic products; implementation of the selected procurement option(s) including management of logistics and contract negotiations and development; managing compliance activities performed by the designated entities (the City intends to delegate several responsibilities for compliance with the provisions of SB1383 regulations to other entities to the extent allowed by the law); reviewing physical space waivers requests and verifying that a premise lacks adequate space for the collection containers required for compliance with SB1383 regulations; preparing and/or reviewing outreach materials; publishing educational materials on the City’s website to educate the public about SB1383; providing training to City’s purchasing staff on documenting purchases of 30% recycled content products and other direct procurement purchases; and recordkeeping of documents required for the City’s Implementation Record.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Pablo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Itzel Gomez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102153064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Pablo (City) proposes to utilize SB 1383 Local Assistance Grant Program funds for collection franchise agreement amendment and rate review, for procurement of recovered/recycled organic products, and for personnel costs to implement SB 1383 regulations. 
+Collection
+Republic Services (Republic) is the solid waste provider for San Pablo.  At the end of 2021, they requested an increase to the collection rate to cover their cost for servicing the additional organics customers.  The City proposes to use the grant funds to hire a consultant to review Republic’s proposed cost increase.  Staff will release a request for proposal this summer and begin work with the selected consultant.  Based on past rate review contracts, staff estimates the consultant cost will be approximately $15,000.  The consultant will review the costs and any other proposed collection franchise agreement amendments.  The City will finalize the collection rate and franchise agreement amendment in fall of 2022.          
+Materials
+SB 1383 regulations require jurisdictions to annually procure recovered organic waste products.  The Public Works Department evaluated current mulch uses and considered additional procurement opportunities for expanding the use of recovered organic waste products.  The City proposes to spend the majority of the $12,000 requested under the Materials budget category, to procure approximately 1,211 tons of mulch.
+SB 1383 regulations also requires 30% post-consumer content paper to be procured.  Public Works staff will train all internal staff who purchase materials for their department on the new requirements.  The remaining budget for materials, will help offset costs associated with procuring recycled content paper in case a department had not budgeted for the expense.
+Personnel
+The City proposes to expend $14,734 in SB 1383 Local Assistance Grant Program funds for City staff time spent on activities related to the implementation of SB 1383 regulations.  These activities include, but are not limited to:
+1.Overseeing the consultant contract to review the proposed collection rates and the collection agreement amendment process;
+2.Overseeing the procurement of mulch to ensure they are from approved facilities; 
+3.Working closely with RecycleMore* and Republic on compliance activities; 
+4.Publishing educational materials on the City’s website, Facebook, and Nextdoor;
+5.Providing internal training on the City’s Environmentally Preferable Purchasing Policy* and on documenting purchases of 30% recycled content products; and 
+6.Recordkeeping of documents required for the City’s Implementation Record. 
+_____________
+* RecycleMore is a Joint Powers Authority representing West Contra Costa County jurisdictions.  Among their many duties, they help the member agencies comply with state solid waste regulations.
+* The City adopted an Environmentally Preferable Policy in 2007.  Staff intends on reviewing and updating the policy if necessary to meet SB 1383 requirements and then training all City staff responsible for purchasing materials for their respective departments.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kenneth Strelo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistance in complying with SB 1383, including funding of staff time and materials related to education and outreach, and compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placerville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pierre Rivas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306425252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hiring of Staff/Consultant to perform education and outreach, program evaluation, and capacity planning.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Kerman</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Jansons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598469450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Offset SB 1383 Implementation Costs-Public Education and Customer Service</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Reedley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Kredit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596374200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Reedley plans on purchasing recovered/recycled organic products to meet the procurement required levels with the project funds. The City will utilize the products first by offering them to residents as an educational item at our semiannual city wide cleanup events.  The residents will be educated on the background of the product and will also be able to take home some to utilize for themselves. The remainder will be utilized throughout the city as needed in landscaped beds and trails.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coalinga</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mercedes Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5599351533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Coalinga will use half of the grant funds to purchase compost buckets/pails for distribution to individual households within the City's jurisdiction to assist residents in diverting their food waste from their other garbage.  This will enable residents to instead place the food waste in their organics collection cart.  
+The other half of the grant funds will be used to purchase approved products produced from the recovered organic waste (e.g. mulch, compost, etc...) to satisfy the City's "procurement" requirements of SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Firebaugh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Pio Martin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596595901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Firebaugh will utilize the funds for the use of education and outreach programs. Most of the funds will be used for the purchase of compost or mulch to go towards our procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mendota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Jennifer Lekumberry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596553291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Mendota will launch an SB 1383 Implementation Program to assist our community with the new regulations regarding organics. Our City staff has excellent working relationships with our community to educate and prepare for the compliance of SB 1383. Our community is majority non-English speakers who will require extensive outreach and education programs to help change our daily habits on discarding food waste and abiding by the new regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sanger</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Leica Wahl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598766300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Public Works Department of the City of Sanger is seeking funding available from Cal-recycle that will help implement regulation requirements associated with SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fowler</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thomas Gaffery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598343113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fowler requests $20,000 from the SB 1383 Local Assistance Grant Program. These funds will be used to assist with the City’s implementation costs related to SB 1383. The key component of these costs are education and enforcement. $1,000 is proposed for “Admin costs” which include indirect staff time for recordkeeping, timekeeping, and related overhead activities. $2,000 is proposed for “Education costs” which include design and printing of SB 1383 compliance and outreach materials. $3,000 is proposed for “Enforcement costs” which include code enforcement citation processing costs, citation printing, and citation equipment. Finally, $14,000 is proposed for “Personnel costs” which include staff time (labor &amp; benefits) for code enforcement activities related to SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Parlier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Step Stephnie Trujillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596463545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be used for education and outreach, with an additional focus on the Edible food recovery. We will use the funds for the collection, enforcement and inspection of the edible food recovery, and program evaluation. We will also utilize some of the funding for record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calipatria</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laura Gutierrez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603482674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implementation of SB 1383 to include outreach, education and organic waste diversion/recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Holtville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicholas Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603562831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use to administer program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Westmorland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tami Castro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603443411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>...The City of Westmorland will implement or may include activities as are identified in the grant program guidelines 
+Education and outreach 
+Program evaluation 
+Procurement requirements ( recycled organics  and compost)
+Record keeping
+Employee payment  for city employees time that is worked on the grant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wasco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Lara</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617587214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wasco is proposing to purchase approximately 5,000 plastic (green) 2 Gallon small food/organic waste pails, with bilingual English and Spanish Compost labels imprinted directly on the lid or body of the containers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Delano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167391202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delano will be using grant funds to help finance the procurement requirements of SB 1383. The entirety of the funding meant to be spent on compost and mulch product necessary for the jurisdiction to achieve its compliance targets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Shafter</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617465002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Shafter proposes to use available grant funds to purchase educational and promotional items primarily for City residents impacted by the new regulations.  This could include bags and containers to encourage and improve participation in the food waste diversion programs.  The funds will also help to offset costs for purchasing equipment and supplies for City staff to monitor and enforce the new regulations, including iPads for mobile tracking and printing flyers for distribution to impacted residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Taft</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yvette Mayfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617631222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City would like to use these funds to hire a consultant to help out by performing education and outreach, program evaluation and capacity planning.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corcoran</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Greg Gatzka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5599922151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corcoran implementation of SB 1383.  Corcoran City Administration is coordinating the implementation of SB 1383 with our Public Works Department, Community Development Department, and contracted waste hauler Tule Trash.  State grant funds will be used for distribution of residential kitchen organic waste collection bins, and distribution of 3-bin separated restaurant &amp; lunchroom waste collection.  Deployment of educational signage for organic recycling and promotion of procurement targets.  Distribution of educational marketing materials to residents, and direct outreach to local businesses for enhanced organic waste recycling and collection of edible food. Some funds will be used for indirect costs associated with the above listed activities. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hidden Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Theresa Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8188889281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Outreach and education efforts and materials. Supplement procurement costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rosemead</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danielle Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265692127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Rosemead proposes to utilize SB 1383 Local Assistance Grant Program funding for consultant services to develop programs and identify areas where additional resources may be needed to achieve full compliance. The City has made critical progress towards compliance with SB 1383 through the adoption of an ordinance to support mandatory organics disposal reduction, continuously educating local elected officials, and coordination with the exclusive franchise hauler to amend the existing services contract to comply with SB 1383. While significant efforts have been made to comply with the law there is a need to develop practicable programs for De Minimus and Physical Space Waivers, Food Recovery, Inspection and Enforcement, and Compliant Investigations. A Resource Gap Analysis will also be requested to identify and develop recommendations for additional staffing, programming, and financial resources necessary to achieve full compliance. The analysis will consider all existing programs and procurement targets. Additional organics recycling technical consulting services will be requested on an as-needed basis to support the program. The City also plans to use grant funding to cover internal administrative compliance support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chowchilla</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Soares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596658615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procurement of equipment or supplies in order to implement 1383. We would also use funds for community outreach and education of the new program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Fairfax</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Abrams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4157987948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hire a consultant to provide services identifying city-usage and possible application of compost/mulch on city-owned and managed lands. Consultant shall also identify privately-owned land within and outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space.
+Once the full costs of such a study are understood any remaining balance may be applied toward procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mill Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danielle Staude</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153884033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant resources to assist with compliance and reporting measures.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Ross</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christa Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154531453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Ross will hire a consultant to provide services identifying town-usage and possible application of compost/mulch on town-owned and managed lands. Consultant shall also identify privately-owned land within and outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space. Once the full costs of such a study are understood some of the remaining balance of the grant may be applied toward procurement.  The grant will also be used to cover consultant costs for oversight of franchise agreement, franchise agreement amendment, SB 1383 planning assistance, record keeping, reporting, developing an enforcement plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of San Anselmo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sean Youra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152464623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of San Anselmo will use the grant money to hire a consultant to perform outreach and education in regards to SB 1383 and its enforcement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sausalito</x:t>
+  </x:si>
+  <x:si>
+    <x:t> ALI IQBAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152894100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will use these funds for a study of applicable uses of compost and mulch within City boundaries, and education, outreach, and inspection to commercial generators. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Tiburon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Eshoo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154357354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant will provide the Town is necessary funding that will be used towards enforcement and inspections, procurement requirements, education and outreach and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Atwater</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Justin Vinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097770273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Atwater would use this grant funding to assist with the cost of procurement for the additional toters needed to comply with SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Banos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Martha Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098277044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Works plans on using these funds for education and outreach and organic material procurement. The education and outreach funding will be used to educate residents on the proper disposal of organic materials. This will consist of the purchase of educational materials and handouts to be given to residents during community events.
+The procurement funds will be used to purchase compost/mulch to either be used on landscaped right of way, or be handed out to residents during community clean up evnets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Merced</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Wallace Broughton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093856944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Merced is aiming to enhance the residential organic program and promote participation by providing kitchen pails to City customers to collect food waste in the home and transfer it to their green waste/organic containers. We believe providing residents the tools to easily divert food waste will help increase participation and reduce the odds of contamination. We have approximately 20,000 residential accounts, not including multi-family complexes. This funding would provide assistance in purchasing the amount of containers needed for our program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Greenfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF GREENFIELD
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Greenfield, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Greenfield in the implementation of regulation requirements associated with SB 1383. 
+The City of Greenfield joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of Greenfield, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of Greenfield adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Greenfield, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of King City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF KING
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of King, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of King in the implementation of regulation requirements associated with SB 1383. 
+The City of King joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of King, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of King adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of King, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
   </x:si>
   <x:si>
     <x:t>City of Carmel-by-the-Sea</x:t>
   </x:si>
   <x:si>
     <x:t> Mary Blise</x:t>
   </x:si>
   <x:si>
     <x:t>8316242132</x:t>
   </x:si>
   <x:si>
     <x:t>CITY OF CARMEL-BY-THE-SEA (Carmel)
 MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
 SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
 The City of Carmel (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District) and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Carmel in the implementation of regulation requirements associated with SB 1383. 
 The City of Carmel joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
 The City of Carmel, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
 EXECUTIVE SUMMARY
 Regional Grant Project Tasks — A Collaborative Approach
 The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
 Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
 •TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
 MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
 •TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
 Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
 Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
 •TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
 In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
 This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
 •TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
 This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
 Project Coordination — A Unified Approach
 Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
 Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
 Ordinance &amp; Resolution Requirement Status – On Schedule
 The City of Carmel has adopted an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. The City of Carmel has uploaded our agency’s existing resolution providing appropriate authorizations related to this grant submission.   
 Gratitude
 Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Carmel and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 ###</x:t>
   </x:si>
   <x:si>
-    <x:t>Rubidoux Community Services District</x:t>
-[...182 lines deleted...]
-3. Staff hours and consultant support.
+    <x:t>City of Marina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Layne Long</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318841224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF MARINA
+MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Marina (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District) and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Marina in the implementation of regulation requirements associated with SB 1383. 
+The City of Marina joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+The City of Marina, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Marina, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pacific Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> George Fuerst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316485722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF PACIFIC GROVE
+MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Pacific Grove (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District), and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Pacific Grove in the implementation of regulation requirements associated with SB 1383. 
+The City of Pacific Grove joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+The City of Pacific Grove, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Pacific Grove, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###
 </x:t>
-  </x:si>
-[...82 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funding provided by the SB 1383 Local Assistance Grant Program would be utilized to assist the City of Avalon with the costs associated with enforcement of our newly established ordinance. City Code Enforcement Officers will work cooperatively with our local trash collector, residents, businesses and visitors to ensure compliance with SB 1383 and our new ordinance.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Sand City</x:t>
   </x:si>
   <x:si>
     <x:t> Mark Parker</x:t>
   </x:si>
   <x:si>
     <x:t>8312418417</x:t>
   </x:si>
   <x:si>
     <x:t>CITY OF SAND CITY
 MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
 SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
 The City of Sand City (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District), and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Sand City in the implementation of regulation requirements associated with SB 1383. 
 The City of Sand City joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
 The City of Sand City, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
 EXECUTIVE SUMMARY
 Regional Grant Project Tasks — A Collaborative Approach
 The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
 Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
 •TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
 MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
 •TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
 Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
 Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
 •TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
 In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
 This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
 •TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
 This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
 Project Coordination — A Unified Approach
 Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
 Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
 Ordinance &amp; Resolution Requirement Status – On Schedule
 All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date.  
 Gratitude
 Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Sand City, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 ###
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Pebble Beach Community Services District</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>City of Seaside</x:t>
   </x:si>
   <x:si>
     <x:t> Kirstin Van Gend</x:t>
   </x:si>
   <x:si>
     <x:t>8318996838</x:t>
   </x:si>
   <x:si>
     <x:t>CITY OF SEASIDE
 MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
 SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
 The City of Seaside (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District), and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Seaside in the implementation of regulation requirements associated with SB 1383. 
 The City of Seaside joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
 The City of Seaside, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
 EXECUTIVE SUMMARY
 Regional Grant Project Tasks — A Collaborative Approach
 The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
 Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
 •TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
 MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
 •TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
 Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
 Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
 •TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
 In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
 This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
 •TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
 This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
 Project Coordination — A Unified Approach
 Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
 Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
 Ordinance &amp; Resolution Requirement Status – On Schedule
 All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date.  
 Gratitude
 Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Seaside, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 ###
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Marin County</x:t>
-[...36 lines deleted...]
-* The City adopted an Environmentally Preferable Policy in 2007.  Staff intends on reviewing and updating the policy if necessary to meet SB 1383 requirements and then training all City staff responsible for purchasing materials for their respective departments.</x:t>
+    <x:t>City of American Canyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erica Smithies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076474366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funding will be used to implement the SB1383 program, including, in general, rate negotiations with the franchise hauler, public outreach and setting up a waiver application/enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Palma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Herrera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146903327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The requested funding to assist the City of La Palma with the implementation of regulation requirements associated with SB 1383 including: 
+• Capacity Planning
+• Collection
+• Edible Food Recovery
+• Education and outreach (includes organic waste &amp; edible food recovery)
+• Enforcement and Inspection
+• Program Evaluation/Gap Analysis
+• Procurement Requirements (using recycled organic products – compost, mulch, electricity, and/or renewable gas and recycled paper and paper products)
+• Record Keeping
+The City intends to use this funding to hire a consultant to assist with SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Alamitos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Irving Montenegro Jr.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624313538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding received will go towards SB 1383 compliance including education and outreach, consulting expenses and administration.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yorba Linda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Colleen Callahan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149617114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>It is Yorba Linda's intent to you use these funds for additional staff time and consultant time to assist in the overall SB 1383 Program Evaluation to ensure any and all gaps in process are addressed in a timely manner and implemented as required.  This may also include additional staff time for early enforcement and inspection as needed. The key to accomplishing compliance will be using these additional grant funds towards more education and outreach for the organic waste &amp; edible food recovery requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Villa Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alyssa Eazell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149981500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used for SB 1383 implementation including contract with Abound Food Care, materials, equipment, and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Santa Margarita</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Howhannesian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496351800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds received from this grant will be put towards dedicated SB1383 implementation. Specifically the City is estimated to receive a little over $64,000. The City would like to dedicated $55,000 towards the implementation of SB1383 record keeping software. The rest will be put towards education and equipment which will consist of ramping up social media outreach to encourage organic waste recycling participation and the purchasing of kitchen pails to give out to residents to help them collect food scraps in their kitchen.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indian Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jill Moon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607760237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Indian Wells is seeking to provide 530 City residents with organic waste bins with compost bag inserts in response to Senate Bill - 1383. Each bin is estimated to cost $30 per bin and each compost bag inserts is estimated to be $7 per each 30-pack (30 bags in 1 pack). Therefore the Project cost is ~$19,610. The City is seeking its full allocation of $20,000 and will use the remaining $390 as a contingency. Funding from this program will procure the organic waste bins and bags for the 530 of the City's residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Banning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arturo Vela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519223131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First, the City intends to utilize funding for the development of an animated video to education the public on use of solid waste collection carts and proper disposal of discarded materials including trash, recyclable and organics.  Second, the City intends to utilize funding to assist with capacity planning and reporting.  Third, the City will obtain a consultant to assist with meeting SB 1383 procurement requirements through performing an analysis and identification of possible application of mulch/compost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Beaumont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Suzanne Foxworth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517698520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Beaumont is proposing to utilize the SB 1383 Local Assistance Grant Program to help and ensure that the City and it's residents and businesses meet the target set forth through the implementation of SB 1383 by utilizing outreach and education materials.  These items will help promote and increase organic recycling through educating elementary schools and also outreach and guidance for residents and businesses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calimesa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mari Shakir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097959801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project includes efforts to enforce SB 1383, encompassing administrative efforts for collection, edible food recovery, record keeping, and program evaluation, as well as staff time and resources to carry out education and outreach, enforcement and inspection, and procurement target attainment. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Canyon Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mike Borja</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512462024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Canyon Lake will utilize the grant funding provided through CalRecycle to implement a comprehensive public outreach campaign to the residents of Canyon Lake regarding the new requirements and regulations brought about by SB 1383. The City plans to utilize new and traditional media to share the requirements of this new law as well as encourage residents and businesses to comply with the law. This program will involve placing ads about the requirements in two local news publications as well as on the City’s website. In addition, the City will create literature designed to explain this law to the public that will be made readily available at City Hall. 
+The community hosts many community events throughout the spring, summer, fall, and winter, and these events are prime opportunities to connect with the public about a variety of topics of public interest, including SB 1383. Using funding from this grant, the City will create a robust in-person public outreach campaign that will utilize previously mentioned flyers as well as investing in other types of handouts for the public that will be constant reminders of the requirements of this law. 
+The City will contract with the Western Riverside Council of Governments (WRCOG) as a consultant to complete the capacity planning requirements for organic waste recycling and edible food recovery.  The scope of work includes (1) estimating the amount of organic waste that will disposed by organic waste generators, (2) estimating the amount of edible food that mandated food donors would send to landfills, (3) identifying available existing capacity at food recovery organizations and services that could take the surplus food from food donors, and (4) identifying whether new or expanded capacity is needed to recover edible food disposed by commercial edible food generators.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Norco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chad Blais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512705678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project Summary 
+The City of Norco, Horsetown USA, is a Charter City that sits on 14 square miles of land nestled between the Santa Ana River and the La Sierra Hills. As a city that prides itself on maintaining a rural atmosphere, Norco is committed to preservation and conservation to ensure residents have access to clean open spaces, parks and trails.  The City of Norco, in compliance with the Assembly Bills 341 and 1826, and Senate Bill 1383, have sought to create a robust and well managed program internally to ensure all residential, commercial, and municipal accounts are in compliance with state requirements for recycling and organic waste reuse. As a small city of 27,000 residents, the City of Norco strives to keep a well maintained city despite a small number of staff. Ever increasing statewide mandates in every area of local government continues to increase the workload of staff, and funding is always in short supply. 
+Despite thinly stretched staff and municipal funds, the City of Norco has developed a recycling and edible food recovery program that handles the following tasks: 
+1)A three-bin residential collection system required for all Norco residents, administered by City of Norco staff and collected and processed through Waste Management – the City’s contracted hauler
+2)Direct communication and outreach with new and existing accounts regarding recycling requirements
+3)Modified application for new businesses that seeks to ensure City staff sets up accounts with state mandated recycling requirements at the start of operation
+4)Enforcement programs where staff visit businesses to ensure on-site compliance, and a procedure for issuing warning notices and letters of violation
+5)Modification of engineering standards to ensure new trash enclosures are constructed to ensure for maximum space up to a three-bin system
+6)Development of record keeping systems to track changes in compliance of Norco businesses
+The City of Norco’s Recycling and Organic Waste Recovery program has thus far made substantial improvements within the City of Norco, currently leading to nearly 95% compliance with recycling and organic waste recovery requirements. However increasing state mandates have stretched staff ability to adequately manage requirements. 
+The City of Norco is a fast growing city that sits in a high demand region of Riverside County. With multiple major commercial projects ongoing, the demand on staff to upkeep the tasks needed to meet the demands of SB 1383 continue to increase. Over 40 acres of new commercial/industrial development are under construction, with more projects in plan review – ranging from mixed use manufacturing, to hotels, to mixed commercial. To meet the demands imposed by SB 1383, and ensuring that businesses and residents continue to comply and stay educated regarding state requirements, the City of Norco is requesting $35,263.00 in funding. 
+Statement of Use
+The City of Norco requests a one-time allocation of $35,263.00 in funding from the SB 1383 Local Assistance Grant Program
+The City of Norco seeks funding to achieve the following tasks to reach full compliance with SB 1383:
+1)Education and outreach with new and existing businesses regarding organics reuse and recycling
+a.The newly created regulations for SB 1383 have proved confusing for many businesses, and staff is required to take more time to call and meet in-person with businesses to walk them through options for organic waste recycling. 
+b.Staff will need to allocate time to ensure educational outreach materials are sent out periodically in billing inserts. 
+c.Updates will need to be made to the City of Norco website to both provide more details and more educational materials
+2)Data management of organic waste recovery activities and enforcement
+a.With 359 businesses in Norco, time needs to be spent to record and manage data regarding compliance status, steps taken in the enforcement process, and notes regarding education and enforcement
+b.Analyses need to be regularly performed to both show the success of these recycling programs to both the City and  the State 
+3)Enforcement of new and existing Municipal Code addressing organic waste regulations
+a.Sites in violation of City of Norco municipal code will require staff to photograph violations, produce letters of enforcement, and provide follow-ups and educational outreach
+b.Staff will need to coordinate with Code Enforcement to ensure sites requiring citations are fined appropriately
+The tasks outlined above will be overseen by two Administrative Compliance Coordinators for the City of Norco. The amount requested in this grant would partially cover personnel costs for one year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Perris</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Liset Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516573280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Perris Council has added a chapter to the existing Perris Municipal Code, entitled “Specific Regulations for Organic Waste Disposal, Reduction, Recycling and Solid Waste Collection” on October 12, 2021, to enact regulations in compliance with SB 1383.  In collaboration with the City’s hauler, CR&amp;R, the City has been working on establishing procedures and implementing accordingly to meet SB 1383 regulations. 
+To meet compliance SB 1383 requires jurisdictions to maintain accurate records of steps taken to comply with the law. The records are to help regulated entities with submitting reports required by local and state agencies and in preparing for compliance inspections required by local and state agencies. The City of Perris is requesting funding to purchase software to aid with record keeping efforts.  Such software will help with tracking and maintaining Implementation records required by SB 1383 regulations.  Said software would assist in keeping track of education and outreach; waivers and exemptions; edible food recovery agreements and communication; inspections and enforcement; procurement; compliance reviews and investigation of complaints.  The City is currently working with software companies on obtaining pricing as well as a scope of services provided by the software companies.  The estimated cost for record tracking software, set up, and implementation is approximately $40,000.
+The City is also requesting grant funding to help in meeting annual procurement targets set by CalRecycle.  SB 1383 requires cities to procure annually a set quantity of organic waste products for City use or to donate to residents and/or community partners.  The City is working on procuring compost and mulch for landscaping projects City-wide as an ongoing practice.  Also, in an effort to raise awareness of the direct and indirect benefits of recycling organic waste products, the City will work on donating mulch and compost to residents and community partners via special events and opportunities.  The estimated cost to implement procurement of organic waste products is approximately $30,000.
+Grant funding is also needed to move forward with procuring recycled-content paper products.  As required by SB 1383, all departments in a jurisdiction are required to purchase and keep records that paper products contain postconsumer recycled content and are recyclable.  This will be a new practice for all department and may be a challenge in procuring cost effective products.  The City is requesting funding to move forward in implementing a procuring program of recycled-content paper products City-wide.  The total estimated cost of doing so for the first year is $15,000.
+Lastly in collaboration with the City’s hauler, the City of Perris has been working on educating residents and businesses on the SB 1383 regulations.  The City is requesting funding to cover the printing cost of educational materials as well as the purchase of marketing materials to ensure awareness is raised related to SB 1383.  The requested amount is $15,000.</x:t>
   </x:si>
   <x:si>
     <x:t>City of San Jacinto</x:t>
   </x:si>
   <x:si>
     <x:t> Ruth Montoya</x:t>
   </x:si>
   <x:si>
     <x:t>9516544041</x:t>
   </x:si>
   <x:si>
     <x:t>The grant funding will be used for a subscription to the Recyclist Program Tracker, a cloud-based software program. The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement. The integrated mobile app, compatible with Tablets and Electronic Devices (seven inches or more measured diagonally), includes fieldwork functionality for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and
 organics programs. The Program Tracker fulfills all of the SB 1383 jurisdictional implementation
 record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Azusa</x:t>
-[...136 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant is to be used for compliance/record keeping in addition to procurement administrative costs.</x:t>
+    <x:t>City of Temecula</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Kiser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512404219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proposed project and use of funds will be allocated to continue the development and implementation of SB1383 Regulations to ensure compliance with a statewide effort to reduce emissions of short-lived climate pollutants.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosa Vega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Murrieta will contract with a consultant to complete the capacity planning requirements for organic waste recycling and edible food recovery. The scope of work includes (1) estimating the amount of organic waste that will disposed by organic waste generators, (2) estimating the amount of edible food that mandated food donors would send to landfills, (3) identifying available existing capacity at food recovery organizations and services that could take the surplus food from food donors, and (4) identifying whether new or expanded capacity is needed to recover edible food disposed by commercial edible food generators. The City is also planning to utilize the funds through a consultant to upgrade an existing software application or develop a new application that would seek to establish the connection between Tier 1 and Tier 2 food generators and food recovery services. The consultant would also work with the City to provide SB 1383 related education and outreach efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Town of Atherton</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Christabel  Soria Mendoza</x:t>
   </x:si>
   <x:si>
     <x:t>6507520577</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We will use Local Assistance Grant funds to advance our organic waste/edible food/clean compost programs, including seven programs:
 1. We will have a focused partnership with our local schools to promote organic waste disposal, reducing food waste, and clean compost education. Our schools are the largest sector of organic waste outside of our residences. By working with the administration of our local schools, we can reduce organic food waste, improve recovery of organic waste, and improve compost quality.
 2. We will host at least one compost giveaway event and will publicize it to our residents and institutions, many of which have permeable yards that could benefit from high quality compost.
 3. We will promote and advance public education to reduce organic food waste, improve recovery of organic waste, and improve compost quality amongst our residents, the largest source of organic waste in the Town. This may include printed materials, educational videos, and electronic materials.
 4. We will promote organic waste programs, edible food recovery, reducing food waste, and compost education at our 2022 Earth Day events, to be held over two days. Grant funds would help reimburse for staff time related to organic waste programs.
 5. We will promote organic waste programs, edible food recovery, reducing food waste, and compost education at our 2022 Earth Day events, to be held over two days. Grant funds would help reimburse for consultant support related to organic waste programs.
 6. We will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities,
 7. We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of San Fernando</x:t>
-[...144 lines deleted...]
-Once the full costs of such a study are understood any remaining balance may be applied toward procurement.</x:t>
+    <x:t>City of Brisbane</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Adrienne Etherton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4155082118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
+We will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.
+We intend to put the remainder of grant funds after participation in these Countywide programs towards procurement of compost and mulch to assist with meeting the City's procurement requirement.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Belmont</x:t>
   </x:si>
   <x:si>
     <x:t> Alberto Espinoza</x:t>
   </x:si>
   <x:si>
     <x:t>6505957465</x:t>
   </x:si>
   <x:si>
     <x:t>1.) San Mateo County Resource Conservation District Compost Broker Project:  $18,810.29
 Detailed description:
 We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
 Admin Costs: SB 1383 compost procurement program quarterly invoices and progress reports generation.
 Indirect Costs: Indirect costs associated with the SB 1383 compost procurement program. San Mateo Resource Conservation District's negotiated cost indirect rate is 22% (of staff time).
 Materials: Costs for SB 1383 compost procurement program include 75% of the cost of high-quality compost (remaining 25% from leveraged state and federal funds), transportation and spreading of compost, soil sampling costs, and mileage.
 Personnel: San Mateo Resource Conservation District (SMRCD) will provide technical assistance for project design, farmer and rangeland operator enrollment, and coordination of compost ordering, delivery, spreading, and other application oversight. To create a long-term SB 1383 compliant compost procurement program, SMRCD will identify funding strategies to leverage additional money from state and federal sources, create best practices for SB 1383 compliant compost application, and identify and reduce barriers to participation for farmer and rangeland operators.  
 2.) Remaining grant funds for Belmont- $16,928.71
 Detailed description:
 In addition to providing a portion of our grant funds to the San Mateo County Resource Conservation District Compost Broker Project, the City will use the remaining balance for enforcement, education and outreach  to businesses and multi-family units to aid and assist in reaching composting compliance goals. 
 Education: Educational material to assist in guiding businesses and multi-family into compliance.
 Enforcement:  Inspections/site visits, notifications and warnings, citations, Code Enforcement administrative functions.
 Outreach:  Printed materials, online material/webpage creation, social media outreach, informational message mailings, and staffing outreach booth at event(s)</x:t>
   </x:si>
   <x:si>
-    <x:t>City of National City</x:t>
-[...20 lines deleted...]
-    <x:t>The City of Albany will plan to use awarded grant funds to cover personnel costs. Allocated funds will cover a portion of the salary or salaries of staff working on implementation of SB 1383 regulations. Staff working on SB 1383 implementation will track hours on the CalRecycle EIS form as directed.</x:t>
+    <x:t>City of Burlingame</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sigalle Michael</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6505587274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.
+We will also be partnering with the County of San Mateo on a Compost Quality Education Campaign to improve the quality and reduce contamination in compost bins.
+A portion of the grant will be applied to procuring new and improved composting bins for public locations, such as high usage parks and downtown corridors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Colma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathleen Gallagher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6504839097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term. 
+We will also use the grant funds for recordkeeping, training, management and outreach for current and future users of compost applications in our jurisdiction.
+“We will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Foster City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andra Lorenz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6502863215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  Remaining funding not utilized by the Broker Project will be used for direct purchase of compost by the City to fulfill compost procurement requirements under SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Hillsborough</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mandy Brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503757409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
+We will be also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menlo Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brittany  Mello</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503306675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Menlo Park (City) will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help the City meet its SB 1383 recovered organic waste product procurement target. The City will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support the City's long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.
+The City will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. The City will improve the compost feedstock by improving the compost collection outreach and education message to the communities.
+The remaining funds will go toward meeting the City's procurement target. This could be done by increasing compost and mulch use in City-maintained parks, right-of-ways, and median and compost giveaways to residents and contractors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pacifica</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Trayer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507383767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.   
+In addition, we will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities. The remaining funds will be used for the City to purchase compost and mulch.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redwood City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Vicki Sherman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507807472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  Additional funds will be used to procure additional compost for SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Bruno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506167069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Carlos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anna Denham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508024194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.
+We will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Mateo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jack Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6505227346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term. The Compost Brokering Program portion of the grant proposal is $ 73,216.
+The remaining budget will be utilized for personnel costs for City of San Mateo staff for enforcement, education, and additional recycled organic materials procurement and distribution. Funds would cover City of San Mateo staff time related to SB1383 implementation activities for an Environmental Compliance Inspector, Waste Management Supervisor, Environmental Programs Coordinator, Regulatory Compliance Manager, Downtown Coordinator, and Solid Waste Technician.  Activities covered include performing inspections,  enforcement response, designing and implementing outreach, coordination with Recology, assisting with edible food recovery program, and procurement and management of recovered organic material.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Woodside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brandi deGarmeaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508516790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Request for SB1383 funding for the following three (3) projects which support SB1383 efforts:
+1.  San Mateo countywide and all cities collaboration compost brokering program.  Through this pilot program, the RCD (Resource Conservation District) will develop a local compost broker program (through RCD connections of quality compost and San Mateo County Farmers) that will provide all participants, including Town of Woodside, compost procurement/hauling/spreading in order to meet SB 1383 recycled organic waste product procurement requirements and carbon neutrality/climate action goals.  
+2.  Recyclist program tracker, a cloud-based software program that the Town of Woodside will use to document SB 1383 reporting/requirements.  The software enables data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement.  In addition it can be used for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and organics programs.  The Town plans to upload information from a variety of sources the county, Greenwaste, and other sources of information which supports the Town's SB 1383 reporting.
+3.  Countywide compost quality education campaign.  Outcomes include a cross-jurisdictional task force which would coordinate with waste haulers and hold stakeholder workshops in order to develop a compost quality outreach plan.  As a result marketing and education materials would be developed and roll out to Woodside residents and commercial business' at the end of 2022.  This outreach campaign will result in better compost quality and meet the SB 1383 requirements for organics education and marketing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cupertino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ursula Syrova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087777603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fund recovered organic materials procurement and Edible Food Recovery Program activities as required by SB 1383 as follows:
+Purchase of materials to apply toward Cupertino's SB 1383 recovered organic materials procurement requirements. Planned activity includes a pilot to fund carbon farming projects to support farms and ranchers in their implementation of carbon sequestering farming practices, with a focus on compost application. 
+Based on the results of the Food Recovery capacity analysis, funding will support edible food infrastructure improvements in the nonprofit community, as well as supporting recurring programmatic tasks such as: inspections, education, outreach, refining Tier 1 and 2 lists, document creation, food recovery organization/service and generator reporting, as well as general administration of the program.  This will provide the Cupertino contribution to the Santa Clara County Edible Food Recovery Program that is managed regionally and supports Countywide infrastructure enhancements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Los Altos Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Cody  Einfalt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6509472508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant is to be used for compliance/record keeping in addition to procurement administrative costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Capitola</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Kahn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314757300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We plan to use the grant funding for SB1383 work in the following areas
+Edible Food Recovery
+Education and outreach
+Enforcement and Inspection
+Program Evaluation/Gap Analysis
+Record Keeping</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Patterson</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xavier Guluarte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098958060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For the use of funding staff that will be tasked with the city of Patterson's SB 1383 program.  Task that include inspections, paper procurement, organic procurement, record keeping, outreach and other related duties specifically connected to the SB 1383 program.  The funding will help fund the transition of part time staff to full time status to facilitate the additional workload generated by SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Waterford</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lonnie Statzer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098742328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Outreach/ Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hughson</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carla Jauregui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098834054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 – Local Assistance Grant Program
+Detailed Project Summary
+$20,000
+The City of Hughson, California is located in the central valley.  Hughson is a small, rural city with approximately 7,500 residents and 17 employees. Currently, the City is expanding through three developments in progress, two of the developments are in construction of 119 homes and the third development is beginning phase of infrastructure improvements. The third development plans an estimated 299 homes.
+The City currently implemented SB1383 through an Ordinance adopted in 2021 and effective January 1, 2022, in partnership with the solid waste disposal company using a two-cart system.  Both carts will be sorted in the solid waste disposal company’s newly constructed high diversion processing plant and organics will be composted at the same facility in the currently permitted compost facility. SB1383 regulations cost residents an additional $11+/month due to the additional processing needed for the garbage and organic waste cans.  As residents historically have had two cans, one for garbage and one for yard waste, it is imperative that the City provide an education plan to ensure residents are aware the regulations have changed and educate residents on the proper use of the two carts.
+The $20,000 in grant funding will enable the City to provide educational flyers, use code enforcement staff to educate residents one on one as the need arises, prior to issuing fines, and implement a food recovery program within the City.  The City has few employees to implement a food recovery program and to create educational flyers; therefore, the City will contract with Halpin Sustainability, Inc. to assist the City with the tasks.  The two-year timeline of the grant will allow for appropriate education of the residents and implementation of the food recovery program to meet the 2025 goal of 50% reduction of organics in the landfill.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Exeter</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marie Arroyo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595923318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Exeter will utilize $17,000 of the grant funds to help offset costs related to complying with the procurement requirements of SB 1383.  The city will use the remaining $3,000 of the available grant funds to help offset the costs of producing and distributing education and outreach materials to residents and businesses regarding SB 1383 compliance requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lindsay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lacy Meneses</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595627102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lindsay will utilize these funds to implement SB1383 education, outreach programs, along with the appropriate educational materials and recordkeeping. Furthermore, the City will utilize these funds for enforcement to ensure that businesses and residents are adhering to SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Woodlake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emmanuel Llamas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595648055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Woodlake will utilize $9,000 of the grant funds to help offset costs related to complying with the procurement requirements of SB 1383.  Specifically, the City will utilize the funds to purchase mulch and compost that has been produced from the City's greenwaste collection services.
+The City will use the remaining $11,000 of the grant funds to help offset the costs of producing and distributing education and outreach materials to residents and businesses regarding SB 1383 compliance requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dinuba</x:t>
+  </x:si>
+  <x:si>
+    <x:t> George Avila</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595915924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>purchase small dump truck to haul required 2,121 annual tons of compost</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rae Beimer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Support the implementation plan for compliance with SB 1383 requirements - Utilize funding to cover the cost of outreach program, educational materials, inspections, enforcement, and data collection/management and reporting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Goleta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Melissa Nelson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059617565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2022 start of the SB 1383 mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  
+Our City responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections
+•Maintaining accurate and timely records of SB 1383 compliance
+The funds allotted by this grant will be focused on the City of Goleta administrative staffing needs, education to promote organic program participation, enforcement staffing to ensure program compliance in accordance with the guidelines, marketing/promotional/outreach programs which will include all media outlets from the citywide mailings, local newspaper, city website, city social media, video, television, hauler outreach, etc., materials for program compliance (recovered organics, etc.), personnel including additional staffing required and staff and volunteer training.  Note that training will be done to ensure that all city staff are aware of all the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and also paper products with a minimum post-consumer recycle content.  Additionally, there will be training for commercial businesses and Tier 1 generators on an as-needed basis for compliance with the commercial organics recycling and edible food recovery programs. For all of the parts of the program listed above the city is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steve Harriman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168518716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A full time code enforcement officer is assigned to the commercial organics program. His responsibilities are to conduct site visits, provide education to commercial customers, and enforce the program. This funding will be used to partially off-set the cost of this position during the grant term. This will also assist the City to fund the cost of staff preparing reports related to SB 1383 activities. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menifee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kori Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517233890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Implementation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wildomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Howell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516777751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To utilize SB 1383 grant funds in the administration and enforcement of the SB 1383 program in the City of Wildomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upper Valley Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Griffis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072598330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our application is from the Upper Valley Waste Management Agency (UVWMA). UVWMA includes Napa County, Town of Yountville, City of St Helena and City of Calistoga. The funding will be used to procure organic products for all UVWMA member agencies, however member agencies will retain the ultimate responsibility to find a home for the organic products. The funding will also be used for marketing/promotion/outreach on topics relating to SB 1383. The topics covered could possibly include the requirement to separate all organic materials from the garbage and requirements for edible food generators to recover the maximum amount of edible food possible. Lastly, the funding will be used for personnel time for an intern position in Napa County Public Works, tasks performed by the intern using this funding will relate directly to SB 1383. This could include assisting with compliance reviews, lid flips, business education and developing outreach materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Del Rey Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Guertin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8313948511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF DEL REY OAKS
+MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Del Rey Oaks (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District) and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Del Rey Oaks in the implementation of regulation requirements associated with SB 1383. 
+The City of Del Rey Oaks joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+The City of Del Rey Oaks, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Del Rey Oaks, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Salinas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: TO BE ENTERED
+CITY OF SALINAS
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Salinas, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Salinas in the implementation of regulation requirements associated with SB 1383. 
+The City of Salinas joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of Salinas, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of Salinas adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Salinas, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rolling Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Signo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103771521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Rolling Hills is requesting grant funding to be used for planning and compliance efforts to adopt an ordinance amendment updating the Municipal Code to reflect SB 1383 requirements. Also, funding will be used to pay for education and public outreach efforts to inform residents of SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsey Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093857518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds needed to implement new SB 1383 requirements to the unincorporated areas of Merced County.  Various supplies, educational materials, and outreach are needed to begin implementing SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dave Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618628765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Kern County Public Works Department (as Kern-Unincorporated) is applying for the SB 1383 Local Assistance Grant Program to assist in the implementation of regulations associated with SB 1383.  Kern-Unincorporated is proposing to utilize grant funding for marketing and outreach (billboards, television commercials, motor vehicle network, local radio, elementary school shows, social media, translation services, print media, and video production) and collections costs (purchase of tracking and record keeping software.  Grant funding will assist Kern-Unincorporated with furthering compliance with SB 1383 and CalRecycle goals through the enhancement of ongoing outreach and educational material over a two-year period as well as the required record keeping requirements.  Additional information provided in the Budget tab and corresponding Budget Detail.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Berkeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julia Heath</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109816357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized for personnel hours necessary to comply with SB 1383 requirements. Zero Waste Division Field Representatives will dedicate grant-funded staff hours to SB 1383 related activities during the grant term including:
+•Compliance reviews: Conduct reviews of all commercial and residential accounts to ensure compliance with generator requirements; send violation notifications and help bring non-compliant accounts into compliance. 
+•Contamination minimization: Conduct annual route audits on commercial and residential refuse, recycling, and organics collection routes; follow up with violator notifications when prohibited contaminants are identified in containers.
+•Outreach and education: develop annual educational notifications; provide generators with educational material/signage; conduct onsite trainings.
+•Complaint investigation: investigate any reported non-compliant accounts.
+•Record keeping: record/track all route reviews, site inspections, violation notifications, complaint investigations, and education and outreach; identify and track generators that self-haul or qualify for de minimis or physical space waivers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Hollywood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Helen Collins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238486895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant fund will be used for the following:
+1)Production of Outreach and Education materials, and Outreach/Education.
+2)Compliance/Record keeping efforts, and software.
+3)Procurement of recycled/recovered organic products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gordon Tong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503634159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County proposes to fund three main projects with the SB 1383 Local Assistance grant program: a project in partnership with all the other cities and towns in San Mateo County and the San Mateo Resource Conservation District (RCD) to procure and apply high quality compost, a project to increase the composting collection infrastructure in the unincorporated, unfranchised areas of the county, and a Compost Quality Improvement Public Education Campaign. 
+RCD Compost Broker Project:
+This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the (RCD) to help meet SB 1383’s recovered organic waste product procurement target. The County will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
+Composting Infrastructure in Unfranchised Areas Project:
+Some areas of the county do not generate a franchise fee; therefore, the County is looking for grant funds to help subsidize some of the organic waste collection program costs in these areas. The grant funds will be used to purchase carts (for collecting recyclables and organic waste), to hire a consultant to help design an inspection and enforcement program for these areas, and to purchase a cart lift for the food waste collection container at the Pescadero Transfer Station (a rural transfer station) to facilitate self-hauling of organic waste.
+Compost Quality Improvement Public Education Campaign:
+The County will be participating in a Compost Quality Improvement Public Education Campaign which  will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. The County will improve compost feedstock by improving compost collection outreach and education message to its communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paige Vandegrift</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596247209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds requested will be used for implementation and completion of SB 1383 programs and projects. Costs incurred will include Administrative Costs related to consulting fees on projects such as Hauler Franchise Agreement Amendments and any other actions that may be presented to the Tulare County Board of Supervisor. Reminaing funding allocated to administrative costs will go towards administrative hours worked on SB 1383 tasks and actions, including but not limited to: Education and Outreach, recordkeeping, management of County Website content, compliance, and communication with consultants and Franchise Haulers. Remaining grand funds will be allocated to expansion of compost and organics recycling infrastructure through design and permitting of a proposed compost facility, as well as funding personnel positions that will be staffed at this facility. These funds will assist the County with effective implementation of the aformentioned actions and projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michele Young</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692508153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used to support the implementation of SB 1383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vernon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Veronica Petrosyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238261448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the City of Vernon Health and Environmental Control Department (DHEC) is to successfully implement a strong Organics Recycling program to make an impact in the statewide effort in reducing short-lived climate pollutant emissions. DHEC intends to use the SB 1383 Local Assistance Grant funds to facilitate education and outreach to the diverse range of industrial businesses and residents of the City.  Funds will also be used to purchase materials to support and improve the program’s collection system, contamination monitoring, inspection, and enforcement services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jordan Lane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057828530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle’s SB 1383 Local Assistance Grant Program would provide funding to support the cities and special districts within San Luis Obispo County Integrated Waste Management’s (IWMA) JPA/MOA to implement the requirements of SB 1383. Funding will be used to assist jurisdictions with personnel costs related to consulting fees, staffing for enforcement and inspection, and labor costs associated with build new infrastructure for recovered organic waste procurement. Funding will also be used to purchase new bins for recovered organic waste procurement, and bins to increase recycling efforts. Additionally, funding will be used to help business and multi-family complexes throughout the IWMA region, to meet the requirements of SB 1383 by providing door-to-door education on the new state mandate. 
+  The IWMA represents multiple jurisdictions and is dedicated to assisting each jurisdiction in meeting their individual compliance needs. The IWMA has allocated funding based on the specific needs of the members party to this application. However, some jurisdictions were not able to request their specific needs currently, due to a short application period and COVID-19.  As a result, IWMA intends to work with the CalRecycle Grant Manager to move funds between classifications if/when needed to help support those agencies, while recognizing that doing so is at the CalRecycle Grant Manager’s discretion.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Carr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106205407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over the next several months, City staff members will continue to collaborate with all relevant agencies and departments to plan and implement SB 1383’s regulatory requirements within the timeframes set forth. Funding to be provided by the CalRecycle SB 1383 Local Assistance Grant will be critical for the City to reach compliance with the State regulations.  Education, Marketing/Promotion/Outreach, Materials, and Personnel are among the funding needs listed in this application.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Brock Buche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596211610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds from the SB1383 Local Assistance Grant Program would be used for community education, events and engagement for both organics and edible food recovery. A marketing campaign targeting single-family residents and multi-family units of 4 or less would include, but not limited to, social media, website information, flyers/bill inserts and radio. In conjunction with this, enforcement and inspection would begin with Program Compliance staff, who will overturn residential lids and help with “what goes where” education.  Funds will also be utilized for reporting / record keeping software, capacity planning, program evaluation, procurement requirements, and contract negotiation.  Support will be given to local food recovery organization(s) to help expand and promote their programs within our community. These needed funds will be a great benefit to the communities and the citizens of our beautiful city.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586942463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of San Diego’s Department of Public Works (DPW) Solid Waste Planning and Recycling section is responsible for diverting waste from the unincorporated areas of San Diego County, with the goal of 75% waste diversion by 2025 and 80% by 2030. DPW has actively spearheaded SB 1383 programs countywide, including food recovery, capacity planning, organics collection services, promotion of recovered organics products, composting training, paper procurement, and general education to residents and businesses. The County has also been a leader in edible food recovery planning by chairing a countywide technical advisory committee, creating edible food capacity planning tools, assisting CalRecycle in the design of similar tools and presenting at several CalRecycle training webinars. 
+Funds from the SB 1383 Local Assistance Grant Program will be used by DPW to expand our education and outreach efforts to residents and businesses within the unincorporated county, ensuring they are aware of the requirements in SB 1383 and the County’s updated Solid Waste Ordinance. The updated ordinance requires generators in densely-populated areas to divert yard trimmings, non-hazardous wood waste, paper, cardboard, food scraps, food-soiled paper, and other materials. To implement the ordinance, funds from this grant will enable staff to conduct site inspections, offer technical assistance, provide promotional materials and organics and recycling collection bins. Additionally, funds will be used to further expand the County’s edible food recovery program by offering site visits, technical assistance, and collection and reporting of recovery data from generators and recovery agencies.
+Personnel
+Approximately sixty percent of grant funding will be used for personnel expenses.  These will include site visits/inspections of SB 1383-covered commercial and multi-family generators (including tier 1 and tier 2 commercial edible food generators), creation of educational materials, coordination of edible food recovery projects, and record keeping activities.  
+Equipment
+Approximately thirty percent of grant funding will be used on equipment expenses.  The County has contracted with MSW Compliance to use their Minerva cloud-based software platform to monitor, manage, and report on the waste diversion activities of waste generators.  A portion of the equipment budget will be used for a three-year subscription to Minerva.  The remaining funds budgeted under this category will be for the purchase of green and blue recycling containers for commercial and multi-family properties, as well as organics bins for large events to accompany existing blue recycling bins (provided by the County free of charge upon request).
+Marketing/Promotion/Outreach
+Approximately ten percent of grant funding will be used for the creation, translation, and distribution of SB 1383 promotional materials to educate and offer guidance for commercial, multi-family, and residential generators located in our jurisdiction.</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Anaheim</x:t>
   </x:si>
   <x:si>
     <x:t> Dora Ovenshire</x:t>
   </x:si>
   <x:si>
     <x:t>7147656881</x:t>
   </x:si>
   <x:si>
     <x:t>The City will be utilizing CalRecycle's SB170 Budget Act of 2021 to provide aid in the implementation of SB 1383.  The City will use a portion of grant monies to fund personnel that will provide direct on-site technical assistance to non-compliant generators. The City will also use a portion of the grant to fund SB 1383 public education and outreach efforts; organics recycling equipment such as kitchen pails; and community partnerships to promote SB 1383 programs. The City will be utilizing third-party consultants to assist with SB 1383 program management, implementation (face-to-face interactions with businesses), and reporting for organics recycling programs and edible food programs.
 The City will also be launching an SB 1383 Organics Campaign targeting  residents, multi-family properties, commercial businesses, and visitors. The SB 1383 Organics Campaign will include educational video reels, social media campaigns, advertisements, program toolkits, and community partnerships with local community gardens and businesses.  Grant funds will also be used to purchase internal collection receptacles and equipment to assist businesses with setting up food waste/organics recycling programs.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Chowchilla</x:t>
-[...8 lines deleted...]
-    <x:t>Procurement of equipment or supplies in order to implement 1383. We would also use funds for community outreach and education of the new program.</x:t>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Boom Phouthavong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Madera County Public Works Department, Solid Waste Management is responsible for waste management and recycling within the unincorporated areas of Madera County, including promoting compliance with State and local regulations as it pertains to the collection, education and outreach, edible food recovery, capacity planning, procurement, record keeping, enforcement and inspection, program evaluation/gap analysis and disposal of organic waste to protect the air, water, and land from pollution and to ensure public health and safety. The Madera County Public Works Department, Solid Waste Management, proposes to utilize FY2021-22 SB 1383 Local Assistance Grant Program funds for staffing, training, enforcement and equipment needs associated with implementing and administering the County ‘s enforcement program related to SB 1383 Short-Lived Climate Pollutants (SLCP) regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County Integrated Waste Management Regional Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318010718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We intend to use these funds for the further development and outreach of our Edible Food Recovery Program and Organics Recycling and Collection Programs. Specifically we intend to use these funds for the purchase of organics collection containers such as kitchen pails, for consulting fees for the edible food recovery program development and technical support, for the development of professional educational outreach videos that will be available in both English and Spanish, for the printing of educational outreach materials and cost of print and online advertisements, and for targeted outreach, resources and trainings for our local schools.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074696509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outreach materials related to SB 1383 and organics recycling and diversion.  Materials include containers for collecting organic waste, labels for organic waste kitchen pails, and food recovery outreach to Edible Food Generators.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heidi Darby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143340230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Orange Unincorporated areas contain roughly 1000 commercial and 34,0000 residential customers who rely on OC Waste &amp; Recycling to negotiate and manage various waste hauler contracts. Funding from the SB 1383 Local Assistance Grant Program will be used to purchase the following items: food scrap storage containers, compostable food scrap bags, and compliance data tracking software to aid residents and business owners within Unincorporated areas of OC to achieve SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Jurupa Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Mejia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513326464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will be used to satisfy the City's procurement targets under SB 1383 and to purchase kitchen pails to help residents sort food scraps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avenal</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Antony López</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596330023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avenal SB1383 Adaption Plan:
+Given all the changes brought on by SB1383, the City of Avenal plans to utilize this special funding to help community members learn how to adhere to SB1383 in the best manner possible. Specifically, the City will use funds to conduct Capacity Planning; Education &amp; Outreach; and develop Procurement Requirements. 
+-Capacity Planning: Working with our Utilities and Code Enforcement staff to learn how what changes need to happen fundamentally to help push new requirements along. 
+-Education &amp; Outreach: Along with our waste hauler, MidValley, pushing our ads on social media, local stores, using pictures and locally produced videos in English &amp; Spanish, to truly push the needed changes. 
+-Procurement Requirements: This is still a grey area for us on how to fully meet these requirements given there are no local vendors of renewable gas or other required products. Funding would be used to research and develop a plan for this area.
+All funding would be used to help develop the City's SB1383 processes and ultimately increase compliance in Avenal. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Sequest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168765393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Department of Waste Management and Recycling (DWMR) is responsible for the County of Sacramento's SB 1383 implementation efforts.  DWMR provides curbside collection services to over 165,000 residential customers and owns and operates the Kiefer Landfill and North Area Recovery Station.  This grant program funding will be used to purchase equipment, procure organic waste product, and develop SB 1383 outreach and education materials.  Specifically, we will need to purchase additional residential curbside collection vehicles as we transition from bi-weekly to weekly organics collection services.  The grant will fund the purchase of one automated side loader collection vehicle to be used for weekly organics collection service.  As part of the transition to weekly organics collection, we will also use the funds to procure kitchen counter top pails which we plan to offer to our residents for their use so they can collect their food scraps in their kitchen using the pail and then dump the pail into the larger organics cart outside their home.  The grant will also fund the purchase of cart stickers for all three carts (trash, recycling, and organics) which will be applied to all carts as we conduct route reviews, deploy new carts, switch out carts, etc.  We also plan to develop and host a compost/mulch giveaway program and some of this grant funding will be used to procure SB 1383 eligible compost and mulch as part of the giveaway program.  Lastly, we will plan to develop two SB 1383 outreach and education campaigns over the course of the grant period focusing on the new organics program requirement and inspiring positive behavior change amongst our residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Ross-Donaldson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305281103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Agency will use the grant funds to assist in the implementation of SB 1383 regulations. Funds will be used for personnel time to perform inspections, conduct outreach and education, perform required waste sampling, and track procurement. Additionally, funds may be used for training staff, purchasing supplies to assist generators, food recovery organizations and services, and jurisdictions in complying with the regulations, and producing and distributing educational materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Katonya Turner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264586395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implementation, Enforcement, and Outreach/Education of SB 1383 Organic Waste laws.
+•Amend and/or add franchise contracts - Public Works administers 20 exclusive residential waste collection franchises that serve approximately 600,000 residents. Each contract was amended to require each franchise waste hauler to provide waste collection, recycling, and organic waste collection services to customers.  The County is finalizing the process to transition from the non-exclusive franchise system which serves approximately 11,500 business and multi-family accounts to an exclusive franchise system. The exclusive franchise system will require each hauler to provide waste collection, recycling, and organic waste collection services to customers. 
+•Amended existing Garbage Disposal District contracts - Public Works administers 7 Garbage Disposal Districts (GDDs) that provide waste collection, recycling, and organic waste collection services to approximately 380,000 residents and businesses within the GDDs. The services are provided by private waste haulers under contract with the County.  Property owners within the GDDs pay for these services through an assessment on the property tax rolls.  
+•Establish new Garbage Disposal Districts – The County is in the process of establishing four new GDDs to replace the current open market system for waste collection in north Los Angeles County to provide waste collection, recycling, and organic waste collection services to customers.
+•Commercial site visits – Public Works will conduct site visits to businesses and multi-family complexes and evaluate current commercial waste collection services to ensure businesses are receiving appropriate services.  Public Works staff will educate and assist businesses and multi-family complexes in complying with SB 1383.
+•Education and Outreach – Public Works will inform and remind residents about the importance of organic waste diversion through media campaigns, print materials, and social media.
+•Enforcement – Public Works is purchasing the Recyclist software to track SB 1383 implementation, including Edible Food Recovery.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Norwalk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Gabriela Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629295964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use the allocated funds primarily for Collection and Education.
+Collection-We plan to purchase countertop collection pails and liners for residents to encourage and facilitate participation. We will also purchase organics containers for our public facilities. 
+Education and Outreach- We want to use funds to design an educational campaign for residential and commercial customers. Once the campaign is designed, we will distribute via print media, video, and social media. We would like to design brochures, flyers, posters and signage to address the new mandate.
+Consultants - Funds would be use for a consultant to assist with educational presentations and additional services as needed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kathleen Utter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Juhler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County plans to utilize funding to bring the 1,000+ residents in the rural portion of Davis into compliance with the bin color requirements set forth in SB 1383. A portion of these funds will go to educate those Davis residents about the new regulations and the importance of putting their carts out during lid color swap week.  The largest portion of our funds will be used to run an marketing/outreach campaign promoting our compost giveaway days to 75,000+ residents and to offset procurement of compost material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ria Varghese</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089752574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Local Assistance Grant Summary 
+The CalRecycle SB 1383 Local Assistance grant is an ideal opportunity to make significant progress in achieving SB 1383 goals for the City of San José. The City has been preparing to ensure that our programs are in compliance with SB 1383 regulations.  On November 2, 2021, San José City Council approved an ordinance amending Title 9, Health and Safety of the San José Municipal Code to implement the requirements of SB 1383 regulations. This grant funding will enable the City to partially fund its SB 1383 implementation efforts and prevent additional ratepayer costs for all San José residents and businesses at a time when our community can least afford it. The City will utilize SB 1383 Local Assistance Grant funding in key areas to ensure successful implementation of SB 1383, including: outreach and marketing, cart labeling, a data management system, personnel and consultants, creation of an edible food recovery program and a vehicle to conduct inspections.  
+Outreach and Marketing: 
+Marketing and outreach to San José’s 322,000 residential households and about 10,000 businesses will require multiple tactics and innovative strategies. Materials will be translated to be made available to Spanish and Vietnamese-speaking residents. Informational materials will be created and distributed to San José residents specific to single family dwellings (SFDs) and multi-family dwelling (MFDs) with SB 1383 goals and information. Materials will include information on the importance of proper disposal of organics and information about the City’s waste management system that ensures organics are being diverted from the landfill. Specific outreach to MFD property owners and managers will include resources for managing their yard trimmings and residential waste systems. Specialized industry-specific outreach materials will be created for the business sector. A brochure will be created and delivered to libraries, community centers, and at community events for additional outreach. Ongoing social media posts, website updates, and advertisements will be a significant part of this campaign. As a part of our efforts to specifically target food waste reduction, these funds will be used to produce an educational video with information specific to food waste and food insecurity in San José.  
+Cart Lid Labeling: 
+A major endeavor will be the installation of in-mold labels on Single-Family Dwelling (SFD) recycling carts along highly contaminated recycling routes. These funds will be used to begin the replacement of cart lids. Of our three-container system, the recycling container has the highest amount of contamination, including organic waste. The new label was proven successful in reducing recycling contamination by an average of 20% during a Spring 2021 pilot. The in-mold label will also assist the City in meeting the regulation's specific labeling requirements and help divert more organics that belong in the garbage cart for mixed waste processing. The estimated cost is $27/cart for label and installation.  
+Funds will also be used to install in-mold lids for a portion of the City's multifamily housing developments. The in-mold lids will clearly indicate what goes into each cart. The in-mold label will assist the City in meeting the regulation's specific labeling requirements and help to reduce recycling contamination and ensure organic materials are placed in the correct containers. The estimated cost is $30/cart for label and installation. 
+Edible Food Recovery: 
+The City of San José does not currently have a centralized food recovery program in place. Current food recovery efforts are carried out by non-profit organizations in the City and across the region. City staff are working on identifying compliance needs and sustainable funding sources to create a program that will meet the needs of our community and comply with the regulations. These funds will be used to cover food recovery program administration, generator inspections, reporting, and initial investments in food recovery capacity.  
+Personnel, Consultants and staff : 
+The City will hire a consultant to establish a Standard Operating Procedure for Residential Program container contamination monitoring. The consultant will determine the most cost-effective and streamlined approach for compliance by reviewing existing hauler data (annual route audits, monthly Courtesy Notices and Non-Collection Notices left by the haulers for contamination found in garbage, recycling, and yard trimmings containers), and utilizing IWM Environmental Inspectors. 
+Currently, the City does not track amounts of compost, mulch and other organic products procured by various departments and contractors on projects within City of San José and is unable to measure the current usage for the purpose of reporting to CalRecycle. City will hire a consultant to develop processes for procurement tracking and a plan to address the procurement target. 
+Since the SB1383 regulation has many elements and requires intensive management of the implementation, we request funding for staff time spent on setting up City programs and manage the implementation and compliance. Currently staff time is limited for implementation. This will partly fund Environmental Service Specialist positions for applicable time spent on implementation efforts.  
+Data Management &amp; Equipment:  
+The City of San José doesn’t have a centralized data management system to store and manage all the required information for the Implementation Record. This funding will help aid our efforts to set up the data management system. In order to conduct inspections and address complaints, City staff are required to travel across the City. This one-time investment in a City-owned vehicle to conduct such duties will aid staff as well as reduce cost for the City in the long term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sam Dickinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058823618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to assist in the implementation of regulation requirements associated with SB 1383. The main funding areas Santa Barbara County Public Works Department intends to use the funds is to support education and outreach (includes organic waste &amp; edible food recovery) as well as a materials purchase of kitchen food scraps collection containers to be distributed to residential and multi-family customers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brawley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Silvia Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603448941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Community outreach, educational materials, staff time, collaboration with Republic Services (solid waste management company) and other local community groups, as well as the potential purchase of small countertop organic waste buckets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County Waste Management Agency d.b.a. Zero Waste Sonoma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xinci Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075651733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sonoma County Waste Management Agency DBA Zero Waste Sonoma is a Joint Powers Authority (JPA) submitting an application on behalf of our 10 member jurisdictions for funds to implement SB 1383. The funds shall be spent on education, outreach, and marketing ad campaigns to inform generators of the regulations and provide assistance to reach compliance. In addition, funds shall be used to enhance collection systems, pay staff and consultants, and satisfy organic waste procurement requirements, among other projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Suisun City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Dum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074217345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County provided an Excel spreadsheet which showed the amount each jurisdiction within Solano County would receive based on each city's population.  This is where the $38,902 amount came from as our grant request.  Please advise if the number changes by the time the grant application is processed and we can happily update any budget numbers to match a new grant amount.
+These funds will be used to cover personnel costs, indirect costs (City Attorney), and education/outreach efforts to Suisun City residents. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midway City Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Housley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7148933553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Green curbside organic carts funds will be used to purchase carts for condominium, town homes and other types complexes and/or gated communities that did not receive residential organic carts during the 2018 rollout. These communities were not provided an organic recycling cart due to them having HOA’s and landscapers doing self-haul of trimmings. These locations comprise to be 7% of the District’s total residential service area.
+Educational outreach will consist of handouts, annual calendar, Vietnamese radio (60% population), mailers and social media which will be in the three primary languages (English, Spanish and Vietnamese) within the District’s sphere of influence. The District is requesting less funds for outreach due to the District has already been promoting SB1383 since starting its residential curbside organic recycling program in 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cliff Feldman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City intends to use the grant funds to supplement its efforts to increase Organics collection, recovery and recycling from currently underserved customers throughout the City primarily including multi-family and commercial accounts. In addition, the grant funds will be used to purchase a compost spreader for use by the Public Works Department in deploying compost at City facilities, and to purchase collection receptacles for use at City parks, sports fields and at special events.
+A large segment of the City's multi-family and commercial sectors are currently underserved and do not subscribe to Organics collection service. The grant funds will be used to purchase Kitchen Pails and Slim Jims for distribution to these customers to facilitate commencing Organics source-separation and collection service. In addition, the City will use the funds to hire and manage two (2) limited duration part-time interns to assist with the roll-out of Organics collection service to these underserved customers. The interns will be managed by the City's Recycling Program staff and supplement the efforts of the City's franchised collection services company's staff dedicated to public education/outreach and technical assistance. These supplemental staffing resources are needed to effectively roll-out Organics collection service timely and meet the needs of onboarding the new customers successfully.
+The Clear Stream receptacles and liners purchased with the grant funds will be used to establish an infrastructure at City parks and sports fields to facilitate source-separation and collection of Organics from the patrons. In addition, these receptacles will be deployed for use at special events such as the local farmer's market, car show and similar community events held at City facilities.
+The Department of Public Works will use a portion of the grant funds to purchase a compost spreader to deploy compost at City facilities. The equipment specified is a Millcreek, Turf Tiger 3100 compost spreader (specifications available upon request).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Strand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166175031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use the grant funding to pay a portion of an annual subscription fee for an SB 1383 record keeping and reporting software.  The City has contracted with Citizen Communications, LLC for use of their Recyclist Program Tracker software specifically created to document SB 1383 compliance.  The software is capable of tracking organics service levels, exemptions, inspections, recycled content paper and recovered organic waste procurement and enforcement activities related to SB 1383 compliance reporting.  The City has signed a three year agreement with Citizen Communications for software services, and the City anticipates being invoiced for the annual subscription service fee one or more times during the grant spending cycle of April 1, 2022 through April 2, 2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Loomis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Merrill Buck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168241518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implementation of regulation requirements associated with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strawberry Recreation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nancy Shapiro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153836494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For use of implementing SB 1383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dana Point</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9492483571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dana Point intends to utilize the SB1383 Local Assistance Grant Program funding towards all aspects of implementation of regulation requirements associated with SB1383 including but not limited to Edible Food Collection/Recovery, Education and Outreach, Marketing/Promotion/Outreach, Materials, Personnel Costs, Enforcement and Inspection, Indirect Costs, Program Evaluation/Gap Analysis, Training, Program Upgrades and Expansion, Procurement Requirements and Record Keeping.  All program funds will only be utilized towards SB1383 implementation in our community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Vasquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funding will be used for a two-year subscription (April 1, 2022 to April 2, 2024) to the
+Recyclist Program Tracker, a cloud-based software program. The software enables a wide
+variety of data tracking, including organics collection service compliance, collection waivers,
+paper and ROWP procurement, edible food recovery and enforcement. The integrated mobile
+app, compatible with Tablets and Electronic Devices (seven inches or more measured
+diagonally), includes fieldwork functionality for logging inspections, route reviews, and other
+education and outreach activities with the purpose of tracking participation in recycling and
+organics programs. The Program Tracker fulfills all of the SB 1383 jurisdictional implementation
+record and recordkeeping requirements as detailed in 14 CCR Section 18995.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Moraga</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sylvia Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258887031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to help implement SB 1383 Regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tamalpais Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarah Mehtar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153886393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for a contractor to apply new labels on garbage, recycling and organics containers with information on allowable materials and prohibited contaminants. Labels will have graphics. District will purchase the labels.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Las Gallinas Valley Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dale McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154721734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant costs for oversight of franchise agreement, franchise agreement amendment, SB 1383 planning assistance, recordkeeping, reporting, development of enforcement plan.
+Hire a consultant to provide services identifying District-usage and possible application of compost/mulch on District-owned and managed lands. Consultant shall also identify privately-owned land within and outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space.
+Any District administrative and staffing costs directly attributable to SB 1383 compliance.
+Once the full costs of such a study are understood any remaining balance of the grant may be applied toward procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Homestead Valley Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bonner Beuhler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153884796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use funds to implement SB 1383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rubidoux Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kirk Hamblin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516847580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This funding will be used for the following two items:
+1 - Food Waste Pails delivered to each resident and/or tenant as a marketing tool to kick off the Food Waste program 
+2 - SB 1383 education &amp; outreach. The following information will be provided to residents/tenants via mailer:
+      a.    Information on the organic waste generator's requirements to properly separate materials in appropriate containers. 
+      b.    Information on methods for the prevention of organic waste generation, recycling organic waste on-site, sending organic waste to community composting, and any other local requirements regarding organic waste.
+      c.    Information regarding the methane reduction benefits of reducing the landfill disposal of organic waste, and the methods of organic waste recovery the organic waste collection service uses.
+      d.    Information related to the public health and safety and environmental impacts associated with the landfill disposal of organic waste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shannon O'hare</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154962401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hire a consultant to provide services identifying city-usage and possible application of compost/mulch on city-owned and managed lands. Consultant shall also identify privately-owned land within and outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space.
+Once the full costs of such a study are understood any remaining balance of the grant may be applied toward procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pebble Beach Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nick Becker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312338874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEBBLE BEACH COMMUNITY SERVICES DISTRICT
+MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The Pebble Beach Community Services District (PBCSD/Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District) and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist PBCSD in the implementation of regulation requirements associated with SB 1383. 
+PBCSD joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+PBCSD, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. PBCSD has uploaded our agency’s existing resolution providing appropriate authorizations related to this grant submission.   
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the PBCSD and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolinas Community Public Utility District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Belle Wood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158681224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are applying for SB 1383 grant funds to reimburse our hauler for its costs related to implementation of SB 1383 per our Franchise Agreement.  Specifically, to reimburse personnel costs (costs to hire additional staffing to conduct SB 1383 requirements) and collection/capital costs to purchase blue and green bins and labels, as well as kitchen counter compost pails, each during 2022 and 2023 (i.e., the grant term).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Almonte Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shonn Dougherty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153888775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding for new Garbage Containers costs from MVRS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cambria Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deni Denise Fritz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059276118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle’s SB 1383 Local Assistance Grant Program would provide funding to support the Cambria Community Services District to implement the requirements of SB 1383. Funding will be used to assist the District with personnel costs related to consulting fees, staffing for enforcement and inspection, and labor costs associated with building new infrastructure for recovery of organic waste. Funding will also be used to purchase new bins for recovered organic waste procurement, and bins to increase recycling efforts. Additionally, funding will be used to help business and multi-family complexes throughout the District to meet the requirements of SB 1383 by providing door-to-door education on the new state mandate. 
+The District is dedicated to assisting the community in meeting their individual compliance needs. The District intends to work with the CalRecycle Grant Manager to move funds between classifications if/when needed to help support our community, while recognizing that this is at the CalRecycle Grant Manager’s discretion.
+Materials/Equipment 
+•For procurement to purchase compost, mulch, and other products necessary to meet our organic material purchasing mandates.
+•Recycling Containers for the Downtown area. 
+Personnel 
+•To assist the District with franchise agreement negotiations to fully comply with SB 1383 obligations.  
+•For enforcement and inspection will cover the costs associated with District staff and/or consultant time to conduct inspections and take enforcement steps as necessary
+Education
+•Funds will be used to cover the cost of CCSD Staff and a third-party vendor who will provide door-to-door outreach and education on SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heber Public Utility District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laura Fischer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604822440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implement SB 1383.  Heber PUD is a jurisdiction that will meet the requirements of SB 1383.  We will implement, monitor and enforce as required.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alto Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bill Hansell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153883696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 Collection, Education and Outreach, Edible Food Recovery, Capacity Planning, Procurement Requirements, Record Keeping, Enforcement and Inspection Program Evaluation/Gap Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Valley Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Rob Hilton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259776959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Valley Solid Waste Management Authority (WVSWMA) plans to use this funding towards the implementation of SB 1383 in the following categories: administrative costs, public education and outreach, record keeping and reporting, organic waste product procurement, and SB 1383 implementation personnel. A detailed description of how the funds will be budgeted across each of the categories and how the funds will be used are outlined on the 'budget' tab. WVSWMA has delegated its finances to the City of Campbell.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mountain House Community Service District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kawal Preet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098315981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for education and outreach and enforcement and inspection.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rodeo Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steven Beall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107992970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Rodeo Sanitary District has an established recycling and organics reduction program in place and has adopted an ordinance in January 2022 that indicates the Rodeo Sanitary District's SB 1383 compliance intent.  The District is working its solid waste provider (Republic Services) to implement the color coded 3 cart collection system with symbols and language to encourage efficient processing of waste in accordance with SB 1383 requirements.  The District's grant application will provide additional public outreach efforts to encourage higher levels of organics reduction using materials (mailers) and additional marketing and outreach on local level (through District website and newsletters) and regional level (through coordinated efforts with other agencies with similar programs and objectives.). </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 393</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -6138,51 +6138,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264d5eca96124a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d9ed919286945c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R56a2926ac09d4870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6900315408444f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R70bd8df54a3d4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb9c9a5422b244719" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -6230,9468 +6230,9468 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
+    <x:row ht="2161.814208984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>188960</x:v>
+        <x:v>29860</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.99212646484375" customHeight="1" collapsed="0">
+    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>98687</x:v>
+        <x:v>115019</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
+    <x:row ht="2391.788818359375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>149559</x:v>
+        <x:v>208136</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>30346</x:v>
+        <x:v>25065</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2403.2978515625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>77085</x:v>
+        <x:v>122592</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>156235</x:v>
+        <x:v>160065</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>26912</x:v>
+        <x:v>105811</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>78625</x:v>
+        <x:v>82290</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>331140</x:v>
+        <x:v>24261</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>106687</x:v>
+        <x:v>21419</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>92870</x:v>
+        <x:v>20391</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.408203125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>123787</x:v>
+        <x:v>70912</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>160065</x:v>
+        <x:v>561069</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>73002</x:v>
+        <x:v>108044</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>21006</x:v>
+        <x:v>35142</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="850.9326171875" customHeight="1" collapsed="0">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>95370</x:v>
+        <x:v>60548</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>91</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>21110</x:v>
+        <x:v>110191</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>449757</x:v>
+        <x:v>39237</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-    <x:row ht="115.001953125" customHeight="1" collapsed="0">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3127.7470703125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>176441</x:v>
+        <x:v>48099</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>104</x:v>
-[...2 lines deleted...]
-    <x:row ht="2276.8154296875" customHeight="1" collapsed="0">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>23307</x:v>
+        <x:v>27181</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>92298</x:v>
+        <x:v>20103</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row ht="1184.3994140625" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>21120</x:v>
+        <x:v>64641</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.4814453125" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>153370</x:v>
+        <x:v>94180</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.990234375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>112923</x:v>
+        <x:v>20534</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>126</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.9921875" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>80170</x:v>
+        <x:v>116064</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>105811</x:v>
+        <x:v>147552</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>50437</x:v>
+        <x:v>35333</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>51484</x:v>
+        <x:v>58808</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>144</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>138</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>111477</x:v>
+        <x:v>58085</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H34" s="8" t="s">
-        <x:v>148</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.97265625" customHeight="1" collapsed="0">
       <x:c r="A35" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>167109</x:v>
+        <x:v>21388</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H35" s="8" t="s">
-        <x:v>152</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+        <x:v>147</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2368.798828125" customHeight="1" collapsed="0">
       <x:c r="A36" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>41733</x:v>
+        <x:v>99269</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="G36" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B37" s="8" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>139198</x:v>
+        <x:v>163804</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-    <x:row ht="22.98828125" customHeight="1" collapsed="0">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2322.79296875" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>550518</x:v>
+        <x:v>21297</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="G38" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B39" s="8" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>141516</x:v>
+        <x:v>130217</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="G39" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
+        <x:v>165</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.958984375" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B40" s="8" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>38820</x:v>
+        <x:v>77526</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F40" s="8" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="G40" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H40" s="8" t="s">
+        <x:v>169</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.978515625" customHeight="1" collapsed="0">
+      <x:c r="A41" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B41" s="8" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>37835</x:v>
+        <x:v>77093</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="G41" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
+        <x:v>173</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.98046875" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B42" s="8" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>23879</x:v>
+        <x:v>69946</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
-        <x:v>180</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
-        <x:v>181</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
-        <x:v>182</x:v>
-[...2 lines deleted...]
-    <x:row ht="1080.90625" customHeight="1" collapsed="0">
+        <x:v>178</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
-        <x:v>183</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>165163</x:v>
+        <x:v>71562</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F43" s="8" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="G43" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H43" s="8" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.4609375" customHeight="1" collapsed="0">
+      <x:c r="A44" s="8" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="B44" s="8" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>21274</x:v>
+        <x:v>158151</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F44" s="8" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="G44" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H44" s="8" t="s">
+        <x:v>187</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.466796875" customHeight="1" collapsed="0">
+      <x:c r="A45" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B45" s="8" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>246842</x:v>
+        <x:v>125307</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F45" s="8" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="G45" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H45" s="8" t="s">
+        <x:v>191</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2104.326171875" customHeight="1" collapsed="0">
+      <x:c r="A46" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B46" s="8" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>69565</x:v>
+        <x:v>117523</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="F46" s="8" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="G46" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H46" s="8" t="s">
+        <x:v>195</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+      <x:c r="A47" s="8" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F46" s="8" t="s">
+      <x:c r="B47" s="8" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>75280</x:v>
+        <x:v>124781</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="F47" s="8" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="G47" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H47" s="8" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F47" s="8" t="s">
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+      <x:c r="A48" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B48" s="8" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>117019</x:v>
+        <x:v>51351</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F48" s="8" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="G48" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H48" s="8" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="F48" s="8" t="s">
+    </x:row>
+    <x:row ht="390.95703125" customHeight="1" collapsed="0">
+      <x:c r="A49" s="8" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="G48" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H48" s="8" t="s">
+      <x:c r="B49" s="8" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>247840</x:v>
+        <x:v>172729</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F49" s="8" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F49" s="8" t="s">
+      <x:c r="G49" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H49" s="8" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="G49" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H49" s="8" t="s">
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+      <x:c r="A50" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B50" s="8" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>53192</x:v>
+        <x:v>68429</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="F50" s="8" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F50" s="8" t="s">
+      <x:c r="G50" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H50" s="8" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="G50" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H50" s="8" t="s">
+    </x:row>
+    <x:row ht="68.9921875" customHeight="1" collapsed="0">
+      <x:c r="A51" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B51" s="8" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>223823</x:v>
+        <x:v>20214</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="F51" s="8" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="F51" s="8" t="s">
+      <x:c r="G51" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H51" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="G51" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H51" s="8" t="s">
+    </x:row>
+    <x:row ht="551.96484375" customHeight="1" collapsed="0">
+      <x:c r="A52" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B52" s="8" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>46456</x:v>
+        <x:v>77411</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F52" s="8" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F52" s="8" t="s">
+      <x:c r="G52" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H52" s="8" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="G52" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H52" s="8" t="s">
+    </x:row>
+    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+      <x:c r="A53" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B53" s="8" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>21142</x:v>
+        <x:v>21257</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="F53" s="8" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F53" s="8" t="s">
+      <x:c r="G53" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H53" s="8" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="G53" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H53" s="8" t="s">
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+      <x:c r="A54" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B54" s="8" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>725996</x:v>
+        <x:v>183213</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F54" s="8" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G54" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H54" s="8" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F54" s="8" t="s">
+    </x:row>
+    <x:row ht="689.951171875" customHeight="1" collapsed="0">
+      <x:c r="A55" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B55" s="8" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>81078</x:v>
+        <x:v>246842</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F55" s="8" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="G55" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H55" s="8" t="s">
+        <x:v>233</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1805.361328125" customHeight="1" collapsed="0">
+      <x:c r="A56" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B56" s="8" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>43262</x:v>
+        <x:v>239839</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="F56" s="8" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="G56" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H56" s="8" t="s">
+        <x:v>237</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.92578125" customHeight="1" collapsed="0">
+      <x:c r="A57" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B57" s="8" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>95643</x:v>
+        <x:v>32537</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="F57" s="8" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="G57" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H57" s="8" t="s">
+        <x:v>241</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
+      <x:c r="A58" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B58" s="8" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>727761</x:v>
+        <x:v>159969</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F58" s="8" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="G58" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H58" s="8" t="s">
+        <x:v>245</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1540.85546875" customHeight="1" collapsed="0">
+      <x:c r="A59" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B59" s="8" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>78823</x:v>
+        <x:v>168262</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F59" s="8" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="G59" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H59" s="8" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+      <x:c r="A60" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B60" s="8" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
       <x:c r="C60" s="8"/>
       <x:c r="D60" s="9" t="n">
-        <x:v>163804</x:v>
+        <x:v>69850</x:v>
       </x:c>
       <x:c r="E60" s="8" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F60" s="8" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="G60" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H60" s="8" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1701.8671875" customHeight="1" collapsed="0">
+      <x:c r="A61" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B61" s="8" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
       <x:c r="C61" s="8"/>
       <x:c r="D61" s="9" t="n">
-        <x:v>92465</x:v>
+        <x:v>34501</x:v>
       </x:c>
       <x:c r="E61" s="8" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F61" s="8" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="G61" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H61" s="8" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.453125" customHeight="1" collapsed="0">
+      <x:c r="A62" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B62" s="8" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
       <x:c r="C62" s="8"/>
       <x:c r="D62" s="9" t="n">
-        <x:v>131133</x:v>
+        <x:v>57127</x:v>
       </x:c>
       <x:c r="E62" s="8" t="s">
-        <x:v>263</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F62" s="8" t="s">
-        <x:v>264</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="G62" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="8" t="s">
-        <x:v>265</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.4921875" customHeight="1" collapsed="0">
+        <x:v>261</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A63" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B63" s="8" t="s">
-        <x:v>266</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C63" s="8"/>
       <x:c r="D63" s="9" t="n">
-        <x:v>28442</x:v>
+        <x:v>69424</x:v>
       </x:c>
       <x:c r="E63" s="8" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F63" s="8" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="G63" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H63" s="8" t="s">
+        <x:v>265</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.94921875" customHeight="1" collapsed="0">
+      <x:c r="A64" s="8" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="B64" s="8" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="C64" s="8"/>
       <x:c r="D64" s="9" t="n">
-        <x:v>45859</x:v>
+        <x:v>154077</x:v>
       </x:c>
       <x:c r="E64" s="8" t="s">
-        <x:v>271</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F64" s="8" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G64" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H64" s="8" t="s">
-        <x:v>273</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.4765625" customHeight="1" collapsed="0">
+        <x:v>270</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.49609375" customHeight="1" collapsed="0">
       <x:c r="A65" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="8" t="s">
-        <x:v>274</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C65" s="8"/>
       <x:c r="D65" s="9" t="n">
-        <x:v>146564</x:v>
+        <x:v>62906</x:v>
       </x:c>
       <x:c r="E65" s="8" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F65" s="8" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="G65" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H65" s="8" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+      <x:c r="A66" s="8" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="F65" s="8" t="s">
+      <x:c r="B66" s="8" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
       <x:c r="C66" s="8"/>
       <x:c r="D66" s="9" t="n">
-        <x:v>24261</x:v>
+        <x:v>98687</x:v>
       </x:c>
       <x:c r="E66" s="8" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="F66" s="8" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="G66" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H66" s="8" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="F66" s="8" t="s">
+    </x:row>
+    <x:row ht="862.41015625" customHeight="1" collapsed="0">
+      <x:c r="A67" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B67" s="8" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
       <x:c r="C67" s="8"/>
       <x:c r="D67" s="9" t="n">
-        <x:v>191284</x:v>
+        <x:v>20419</x:v>
       </x:c>
       <x:c r="E67" s="8" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="F67" s="8" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="G67" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H67" s="8" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="F67" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+      <x:c r="A68" s="8" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="G67" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H67" s="8" t="s">
+      <x:c r="B68" s="8" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
       <x:c r="C68" s="8"/>
       <x:c r="D68" s="9" t="n">
-        <x:v>122505</x:v>
+        <x:v>50774</x:v>
       </x:c>
       <x:c r="E68" s="8" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F68" s="8" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="F68" s="8" t="s">
+      <x:c r="G68" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H68" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="G68" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H68" s="8" t="s">
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+      <x:c r="A69" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B69" s="8" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="C69" s="8"/>
       <x:c r="D69" s="9" t="n">
-        <x:v>123637</x:v>
+        <x:v>80961</x:v>
       </x:c>
       <x:c r="E69" s="8" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F69" s="8" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="F69" s="8" t="s">
+      <x:c r="G69" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H69" s="8" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="G69" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H69" s="8" t="s">
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+      <x:c r="A70" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B70" s="8" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
       <x:c r="C70" s="8"/>
       <x:c r="D70" s="9" t="n">
-        <x:v>37204</x:v>
+        <x:v>29493</x:v>
       </x:c>
       <x:c r="E70" s="8" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="F70" s="8" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="F70" s="8" t="s">
+      <x:c r="G70" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H70" s="8" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="G70" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H70" s="8" t="s">
+    </x:row>
+    <x:row ht="551.96484375" customHeight="1" collapsed="0">
+      <x:c r="A71" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B71" s="8" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
       <x:c r="C71" s="8"/>
       <x:c r="D71" s="9" t="n">
-        <x:v>137101</x:v>
+        <x:v>158060</x:v>
       </x:c>
       <x:c r="E71" s="8" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F71" s="8" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="F71" s="8" t="s">
+      <x:c r="G71" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H71" s="8" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="G71" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H71" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A72" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B72" s="8" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
       <x:c r="C72" s="8"/>
       <x:c r="D72" s="9" t="n">
-        <x:v>167333</x:v>
+        <x:v>31269</x:v>
       </x:c>
       <x:c r="E72" s="8" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="F72" s="8" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="F72" s="8" t="s">
+      <x:c r="G72" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H72" s="8" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="G72" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H72" s="8" t="s">
+    </x:row>
+    <x:row ht="471.45703125" customHeight="1" collapsed="0">
+      <x:c r="A73" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B73" s="8" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
       <x:c r="C73" s="8"/>
       <x:c r="D73" s="9" t="n">
-        <x:v>29847</x:v>
+        <x:v>92204</x:v>
       </x:c>
       <x:c r="E73" s="8" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="F73" s="8" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="F73" s="8" t="s">
+      <x:c r="G73" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H73" s="8" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="G73" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H73" s="8" t="s">
+    </x:row>
+    <x:row ht="1172.890625" customHeight="1" collapsed="0">
+      <x:c r="A74" s="8" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="B74" s="8" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
       <x:c r="C74" s="8"/>
       <x:c r="D74" s="9" t="n">
-        <x:v>106019</x:v>
+        <x:v>43802</x:v>
       </x:c>
       <x:c r="E74" s="8" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="F74" s="8" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="F74" s="8" t="s">
+      <x:c r="G74" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H74" s="8" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="G74" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H74" s="8" t="s">
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
+      <x:c r="A75" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B75" s="8" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
       <x:c r="C75" s="8"/>
       <x:c r="D75" s="9" t="n">
-        <x:v>32537</x:v>
+        <x:v>146529</x:v>
       </x:c>
       <x:c r="E75" s="8" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="F75" s="8" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="F75" s="8" t="s">
+      <x:c r="G75" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H75" s="8" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="G75" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H75" s="8" t="s">
+    </x:row>
+    <x:row ht="551.9609375" customHeight="1" collapsed="0">
+      <x:c r="A76" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B76" s="8" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
       <x:c r="C76" s="8"/>
       <x:c r="D76" s="9" t="n">
-        <x:v>20879</x:v>
+        <x:v>64444</x:v>
       </x:c>
       <x:c r="E76" s="8" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F76" s="8" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="G76" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H76" s="8" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="F76" s="8" t="s">
+    </x:row>
+    <x:row ht="402.4609375" customHeight="1" collapsed="0">
+      <x:c r="A77" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B77" s="8" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
       <x:c r="C77" s="8"/>
       <x:c r="D77" s="9" t="n">
-        <x:v>113786</x:v>
+        <x:v>36045</x:v>
       </x:c>
       <x:c r="E77" s="8" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F77" s="8" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G77" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H77" s="8" t="s">
-        <x:v>326</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>324</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1080.91015625" customHeight="1" collapsed="0">
       <x:c r="A78" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B78" s="8" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C78" s="8"/>
       <x:c r="D78" s="9" t="n">
-        <x:v>146529</x:v>
+        <x:v>165163</x:v>
       </x:c>
       <x:c r="E78" s="8" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="F78" s="8" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="G78" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H78" s="8" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F78" s="8" t="s">
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
+      <x:c r="A79" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B79" s="8" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
       <x:c r="C79" s="8"/>
       <x:c r="D79" s="9" t="n">
-        <x:v>64444</x:v>
+        <x:v>24509</x:v>
       </x:c>
       <x:c r="E79" s="8" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F79" s="8" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G79" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H79" s="8" t="s">
-        <x:v>335</x:v>
-[...2 lines deleted...]
-    <x:row ht="2702.26953125" customHeight="1" collapsed="0">
+        <x:v>332</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46484375" customHeight="1" collapsed="0">
       <x:c r="A80" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B80" s="8" t="s">
-        <x:v>336</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C80" s="8"/>
       <x:c r="D80" s="9" t="n">
-        <x:v>703210</x:v>
+        <x:v>252058</x:v>
       </x:c>
       <x:c r="E80" s="8" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="F80" s="8" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="G80" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H80" s="8" t="s">
+        <x:v>336</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.00390625" customHeight="1" collapsed="0">
+      <x:c r="A81" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B81" s="8" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
       <x:c r="C81" s="8"/>
       <x:c r="D81" s="9" t="n">
-        <x:v>48099</x:v>
+        <x:v>21237</x:v>
       </x:c>
       <x:c r="E81" s="8" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F81" s="8" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="G81" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H81" s="8" t="s">
+        <x:v>340</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.953125" customHeight="1" collapsed="0">
+      <x:c r="A82" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B82" s="8" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
       <x:c r="C82" s="8"/>
       <x:c r="D82" s="9" t="n">
-        <x:v>23629</x:v>
+        <x:v>88813</x:v>
       </x:c>
       <x:c r="E82" s="8" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F82" s="8" t="s">
-        <x:v>346</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="G82" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H82" s="8" t="s">
-        <x:v>347</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.49609375" customHeight="1" collapsed="0">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
       <x:c r="A83" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B83" s="8" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C83" s="8"/>
       <x:c r="D83" s="9" t="n">
-        <x:v>20688</x:v>
+        <x:v>214802</x:v>
       </x:c>
       <x:c r="E83" s="8" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F83" s="8" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G83" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H83" s="8" t="s">
-        <x:v>352</x:v>
-[...2 lines deleted...]
-    <x:row ht="1678.84765625" customHeight="1" collapsed="0">
+        <x:v>348</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A84" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B84" s="8" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C84" s="8"/>
       <x:c r="D84" s="9" t="n">
-        <x:v>177791</x:v>
+        <x:v>167333</x:v>
       </x:c>
       <x:c r="E84" s="8" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F84" s="8" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G84" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H84" s="8" t="s">
-        <x:v>356</x:v>
-[...2 lines deleted...]
-    <x:row ht="620.95703125" customHeight="1" collapsed="0">
+        <x:v>352</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2276.8203125" customHeight="1" collapsed="0">
       <x:c r="A85" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B85" s="8" t="s">
-        <x:v>357</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C85" s="8"/>
       <x:c r="D85" s="9" t="n">
-        <x:v>86966</x:v>
+        <x:v>23307</x:v>
       </x:c>
       <x:c r="E85" s="8" t="s">
-        <x:v>358</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F85" s="8" t="s">
-        <x:v>359</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G85" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H85" s="8" t="s">
-        <x:v>360</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+        <x:v>356</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.953125" customHeight="1" collapsed="0">
       <x:c r="A86" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B86" s="8" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C86" s="8"/>
       <x:c r="D86" s="9" t="n">
-        <x:v>120168</x:v>
+        <x:v>117019</x:v>
       </x:c>
       <x:c r="E86" s="8" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F86" s="8" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G86" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H86" s="8" t="s">
-        <x:v>364</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.484375" customHeight="1" collapsed="0">
+        <x:v>360</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A87" s="8" t="s">
-        <x:v>365</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B87" s="8" t="s">
-        <x:v>366</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C87" s="8"/>
       <x:c r="D87" s="9" t="n">
-        <x:v>20669</x:v>
+        <x:v>302539</x:v>
       </x:c>
       <x:c r="E87" s="8" t="s">
-        <x:v>367</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F87" s="8" t="s">
-        <x:v>368</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="G87" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H87" s="8" t="s">
-        <x:v>369</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.4921875" customHeight="1" collapsed="0">
+        <x:v>364</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.4765625" customHeight="1" collapsed="0">
       <x:c r="A88" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B88" s="8" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C88" s="8"/>
       <x:c r="D88" s="9" t="n">
-        <x:v>121713</x:v>
+        <x:v>78475</x:v>
       </x:c>
       <x:c r="E88" s="8" t="s">
-        <x:v>372</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F88" s="8" t="s">
-        <x:v>373</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G88" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H88" s="8" t="s">
-        <x:v>374</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.43359375" customHeight="1" collapsed="0">
+        <x:v>368</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.46875" customHeight="1" collapsed="0">
       <x:c r="A89" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B89" s="8" t="s">
-        <x:v>375</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C89" s="8"/>
       <x:c r="D89" s="9" t="n">
-        <x:v>44821</x:v>
+        <x:v>331140</x:v>
       </x:c>
       <x:c r="E89" s="8" t="s">
-        <x:v>376</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F89" s="8" t="s">
-        <x:v>377</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="G89" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H89" s="8" t="s">
-        <x:v>378</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>372</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1563.87890625" customHeight="1" collapsed="0">
       <x:c r="A90" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B90" s="8" t="s">
-        <x:v>379</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C90" s="8"/>
       <x:c r="D90" s="9" t="n">
-        <x:v>80961</x:v>
+        <x:v>197528</x:v>
       </x:c>
       <x:c r="E90" s="8" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F90" s="8" t="s">
-        <x:v>381</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G90" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H90" s="8" t="s">
-        <x:v>382</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.98828125" customHeight="1" collapsed="0">
+        <x:v>376</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.92578125" customHeight="1" collapsed="0">
       <x:c r="A91" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B91" s="8" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C91" s="8"/>
       <x:c r="D91" s="9" t="n">
-        <x:v>96378</x:v>
+        <x:v>37835</x:v>
       </x:c>
       <x:c r="E91" s="8" t="s">
-        <x:v>384</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F91" s="8" t="s">
-        <x:v>385</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G91" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H91" s="8" t="s">
-        <x:v>386</x:v>
-[...2 lines deleted...]
-    <x:row ht="1839.8515625" customHeight="1" collapsed="0">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A92" s="8" t="s">
-        <x:v>331</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B92" s="8" t="s">
-        <x:v>387</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C92" s="8"/>
       <x:c r="D92" s="9" t="n">
-        <x:v>29623</x:v>
+        <x:v>244098</x:v>
       </x:c>
       <x:c r="E92" s="8" t="s">
-        <x:v>388</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F92" s="8" t="s">
-        <x:v>389</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G92" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H92" s="8" t="s">
-        <x:v>390</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.984375" customHeight="1" collapsed="0">
+        <x:v>384</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.98828125" customHeight="1" collapsed="0">
       <x:c r="A93" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B93" s="8" t="s">
-        <x:v>391</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C93" s="8"/>
       <x:c r="D93" s="9" t="n">
-        <x:v>20930</x:v>
+        <x:v>86072</x:v>
       </x:c>
       <x:c r="E93" s="8" t="s">
-        <x:v>392</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F93" s="8" t="s">
-        <x:v>393</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G93" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H93" s="8" t="s">
-        <x:v>394</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9609375" customHeight="1" collapsed="0">
+        <x:v>388</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A94" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B94" s="8" t="s">
-        <x:v>395</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C94" s="8"/>
       <x:c r="D94" s="9" t="n">
-        <x:v>51351</x:v>
+        <x:v>288291</x:v>
       </x:c>
       <x:c r="E94" s="8" t="s">
-        <x:v>396</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F94" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G94" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H94" s="8" t="s">
-        <x:v>398</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>392</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A95" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B95" s="8" t="s">
-        <x:v>399</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C95" s="8"/>
       <x:c r="D95" s="9" t="n">
-        <x:v>149590</x:v>
+        <x:v>73665</x:v>
       </x:c>
       <x:c r="E95" s="8" t="s">
-        <x:v>400</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F95" s="8" t="s">
-        <x:v>401</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G95" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H95" s="8" t="s">
-        <x:v>402</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+        <x:v>396</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8417.28125" customHeight="1" collapsed="0">
       <x:c r="A96" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B96" s="8" t="s">
-        <x:v>404</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C96" s="8"/>
       <x:c r="D96" s="9" t="n">
-        <x:v>21286</x:v>
+        <x:v>20835</x:v>
       </x:c>
       <x:c r="E96" s="8" t="s">
-        <x:v>405</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F96" s="8" t="s">
-        <x:v>406</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G96" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H96" s="8" t="s">
-        <x:v>407</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>401</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.45703125" customHeight="1" collapsed="0">
       <x:c r="A97" s="8" t="s">
-        <x:v>408</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B97" s="8" t="s">
-        <x:v>409</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C97" s="8"/>
       <x:c r="D97" s="9" t="n">
-        <x:v>50774</x:v>
+        <x:v>21219</x:v>
       </x:c>
       <x:c r="E97" s="8" t="s">
-        <x:v>410</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F97" s="8" t="s">
-        <x:v>411</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="G97" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H97" s="8" t="s">
-        <x:v>412</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.4765625" customHeight="1" collapsed="0">
+        <x:v>405</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.96875" customHeight="1" collapsed="0">
       <x:c r="A98" s="8" t="s">
-        <x:v>318</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B98" s="8" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C98" s="8"/>
       <x:c r="D98" s="9" t="n">
-        <x:v>33872</x:v>
+        <x:v>21254</x:v>
       </x:c>
       <x:c r="E98" s="8" t="s">
-        <x:v>414</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F98" s="8" t="s">
-        <x:v>415</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="G98" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H98" s="8" t="s">
-        <x:v>416</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.4609375" customHeight="1" collapsed="0">
+        <x:v>410</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.4921875" customHeight="1" collapsed="0">
       <x:c r="A99" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B99" s="8" t="s">
-        <x:v>417</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C99" s="8"/>
       <x:c r="D99" s="9" t="n">
-        <x:v>194618</x:v>
+        <x:v>20820</x:v>
       </x:c>
       <x:c r="E99" s="8" t="s">
-        <x:v>418</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F99" s="8" t="s">
-        <x:v>419</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G99" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H99" s="8" t="s">
-        <x:v>420</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46484375" customHeight="1" collapsed="0">
+        <x:v>414</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1333.8984375" customHeight="1" collapsed="0">
       <x:c r="A100" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B100" s="8" t="s">
-        <x:v>421</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C100" s="8"/>
       <x:c r="D100" s="9" t="n">
-        <x:v>48950</x:v>
+        <x:v>21210</x:v>
       </x:c>
       <x:c r="E100" s="8" t="s">
-        <x:v>422</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F100" s="8" t="s">
-        <x:v>423</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G100" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H100" s="8" t="s">
-        <x:v>424</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46484375" customHeight="1" collapsed="0">
+        <x:v>418</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A101" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B101" s="8" t="s">
-        <x:v>425</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C101" s="8"/>
       <x:c r="D101" s="9" t="n">
-        <x:v>39237</x:v>
+        <x:v>21422</x:v>
       </x:c>
       <x:c r="E101" s="8" t="s">
-        <x:v>426</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="F101" s="8" t="s">
-        <x:v>427</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G101" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H101" s="8" t="s">
-        <x:v>428</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9375" customHeight="1" collapsed="0">
+        <x:v>422</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9609375" customHeight="1" collapsed="0">
       <x:c r="A102" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B102" s="8" t="s">
-        <x:v>429</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C102" s="8"/>
       <x:c r="D102" s="9" t="n">
-        <x:v>154077</x:v>
+        <x:v>123637</x:v>
       </x:c>
       <x:c r="E102" s="8" t="s">
-        <x:v>430</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F102" s="8" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="G102" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H102" s="8" t="s">
-        <x:v>432</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.453125" customHeight="1" collapsed="0">
+        <x:v>426</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.4453125" customHeight="1" collapsed="0">
       <x:c r="A103" s="8" t="s">
-        <x:v>433</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B103" s="8" t="s">
-        <x:v>434</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C103" s="8"/>
       <x:c r="D103" s="9" t="n">
-        <x:v>34005</x:v>
+        <x:v>223823</x:v>
       </x:c>
       <x:c r="E103" s="8" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F103" s="8" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G103" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H103" s="8" t="s">
-        <x:v>437</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.95703125" customHeight="1" collapsed="0">
+        <x:v>430</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1506.359375" customHeight="1" collapsed="0">
       <x:c r="A104" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B104" s="8" t="s">
-        <x:v>438</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C104" s="8"/>
       <x:c r="D104" s="9" t="n">
-        <x:v>20042</x:v>
+        <x:v>120150</x:v>
       </x:c>
       <x:c r="E104" s="8" t="s">
-        <x:v>439</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F104" s="8" t="s">
-        <x:v>440</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G104" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H104" s="8" t="s">
-        <x:v>441</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.4609375" customHeight="1" collapsed="0">
+        <x:v>434</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4921875" customHeight="1" collapsed="0">
       <x:c r="A105" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B105" s="8" t="s">
-        <x:v>442</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C105" s="8"/>
       <x:c r="D105" s="9" t="n">
-        <x:v>21219</x:v>
+        <x:v>28442</x:v>
       </x:c>
       <x:c r="E105" s="8" t="s">
-        <x:v>443</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F105" s="8" t="s">
-        <x:v>444</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G105" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H105" s="8" t="s">
-        <x:v>445</x:v>
-[...2 lines deleted...]
-    <x:row ht="1391.37890625" customHeight="1" collapsed="0">
+        <x:v>438</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1954.8203125" customHeight="1" collapsed="0">
       <x:c r="A106" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B106" s="8" t="s">
-        <x:v>446</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C106" s="8"/>
       <x:c r="D106" s="9" t="n">
-        <x:v>32752</x:v>
+        <x:v>136396</x:v>
       </x:c>
       <x:c r="E106" s="8" t="s">
-        <x:v>447</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F106" s="8" t="s">
-        <x:v>448</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G106" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H106" s="8" t="s">
-        <x:v>449</x:v>
-[...2 lines deleted...]
-    <x:row ht="34.50390625" customHeight="1" collapsed="0">
+        <x:v>442</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A107" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B107" s="8" t="s">
-        <x:v>450</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C107" s="8"/>
       <x:c r="D107" s="9" t="n">
-        <x:v>62906</x:v>
+        <x:v>78625</x:v>
       </x:c>
       <x:c r="E107" s="8" t="s">
-        <x:v>451</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F107" s="8" t="s">
-        <x:v>452</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="G107" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H107" s="8" t="s">
-        <x:v>453</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.41015625" customHeight="1" collapsed="0">
+        <x:v>446</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4453125" customHeight="1" collapsed="0">
       <x:c r="A108" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B108" s="8" t="s">
-        <x:v>454</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C108" s="8"/>
       <x:c r="D108" s="9" t="n">
-        <x:v>21359</x:v>
+        <x:v>278482</x:v>
       </x:c>
       <x:c r="E108" s="8" t="s">
-        <x:v>455</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="F108" s="8" t="s">
-        <x:v>456</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G108" s="8" t="s">
-        <x:v>457</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H108" s="8" t="s">
-        <x:v>458</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+        <x:v>450</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1000.3984375" customHeight="1" collapsed="0">
       <x:c r="A109" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B109" s="8" t="s">
-        <x:v>459</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C109" s="8"/>
       <x:c r="D109" s="9" t="n">
-        <x:v>20103</x:v>
+        <x:v>84089</x:v>
       </x:c>
       <x:c r="E109" s="8" t="s">
-        <x:v>460</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F109" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G109" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H109" s="8" t="s">
+        <x:v>452</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1839.859375" customHeight="1" collapsed="0">
+      <x:c r="A110" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="H109" s="8" t="s">
-[...6 lines deleted...]
-      </x:c>
       <x:c r="B110" s="8" t="s">
-        <x:v>463</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C110" s="8"/>
       <x:c r="D110" s="9" t="n">
-        <x:v>86123</x:v>
+        <x:v>29623</x:v>
       </x:c>
       <x:c r="E110" s="8" t="s">
-        <x:v>464</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="F110" s="8" t="s">
-        <x:v>465</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="G110" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H110" s="8" t="s">
-        <x:v>466</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.9921875" customHeight="1" collapsed="0">
+        <x:v>456</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.9609375" customHeight="1" collapsed="0">
       <x:c r="A111" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B111" s="8" t="s">
-        <x:v>467</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C111" s="8"/>
       <x:c r="D111" s="9" t="n">
-        <x:v>152451</x:v>
+        <x:v>20042</x:v>
       </x:c>
       <x:c r="E111" s="8" t="s">
-        <x:v>468</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F111" s="8" t="s">
-        <x:v>469</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G111" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H111" s="8" t="s">
-        <x:v>470</x:v>
-[...2 lines deleted...]
-    <x:row ht="1126.91796875" customHeight="1" collapsed="0">
+        <x:v>460</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1322.390625" customHeight="1" collapsed="0">
       <x:c r="A112" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B112" s="8" t="s">
-        <x:v>471</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C112" s="8"/>
       <x:c r="D112" s="9" t="n">
-        <x:v>59159</x:v>
+        <x:v>383742</x:v>
       </x:c>
       <x:c r="E112" s="8" t="s">
-        <x:v>472</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="F112" s="8" t="s">
-        <x:v>473</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="G112" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H112" s="8" t="s">
-        <x:v>474</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.9921875" customHeight="1" collapsed="0">
+        <x:v>464</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="6243.953125" customHeight="1" collapsed="0">
       <x:c r="A113" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B113" s="8" t="s">
-        <x:v>475</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C113" s="8"/>
       <x:c r="D113" s="9" t="n">
-        <x:v>23745</x:v>
+        <x:v>20142</x:v>
       </x:c>
       <x:c r="E113" s="8" t="s">
-        <x:v>476</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F113" s="8" t="s">
-        <x:v>477</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="G113" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H113" s="8" t="s">
-        <x:v>478</x:v>
-[...2 lines deleted...]
-    <x:row ht="34.5" customHeight="1" collapsed="0">
+        <x:v>468</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.953125" customHeight="1" collapsed="0">
       <x:c r="A114" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B114" s="8" t="s">
-        <x:v>479</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C114" s="8"/>
       <x:c r="D114" s="9" t="n">
-        <x:v>20590</x:v>
+        <x:v>21286</x:v>
       </x:c>
       <x:c r="E114" s="8" t="s">
-        <x:v>480</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="F114" s="8" t="s">
-        <x:v>481</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="G114" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H114" s="8" t="s">
-        <x:v>482</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.4609375" customHeight="1" collapsed="0">
+        <x:v>472</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="6048.4765625" customHeight="1" collapsed="0">
       <x:c r="A115" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B115" s="8" t="s">
-        <x:v>483</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C115" s="8"/>
       <x:c r="D115" s="9" t="n">
-        <x:v>252058</x:v>
+        <x:v>29489</x:v>
       </x:c>
       <x:c r="E115" s="8" t="s">
-        <x:v>484</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F115" s="8" t="s">
-        <x:v>485</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="G115" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H115" s="8" t="s">
-        <x:v>486</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.94921875" customHeight="1" collapsed="0">
+        <x:v>476</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.9921875" customHeight="1" collapsed="0">
       <x:c r="A116" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B116" s="8" t="s">
-        <x:v>487</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C116" s="8"/>
       <x:c r="D116" s="9" t="n">
-        <x:v>69850</x:v>
+        <x:v>89545</x:v>
       </x:c>
       <x:c r="E116" s="8" t="s">
-        <x:v>488</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F116" s="8" t="s">
-        <x:v>489</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="G116" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H116" s="8" t="s">
-        <x:v>490</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.44921875" customHeight="1" collapsed="0">
+        <x:v>480</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
       <x:c r="A117" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B117" s="8" t="s">
-        <x:v>491</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C117" s="8"/>
       <x:c r="D117" s="9" t="n">
-        <x:v>107661</x:v>
+        <x:v>84993</x:v>
       </x:c>
       <x:c r="E117" s="8" t="s">
-        <x:v>492</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F117" s="8" t="s">
-        <x:v>493</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G117" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H117" s="8" t="s">
-        <x:v>494</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.99609375" customHeight="1" collapsed="0">
+        <x:v>484</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
       <x:c r="A118" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B118" s="8" t="s">
-        <x:v>495</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C118" s="8"/>
       <x:c r="D118" s="9" t="n">
-        <x:v>24509</x:v>
+        <x:v>69565</x:v>
       </x:c>
       <x:c r="E118" s="8" t="s">
-        <x:v>496</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F118" s="8" t="s">
-        <x:v>497</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="G118" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H118" s="8" t="s">
-        <x:v>498</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.49609375" customHeight="1" collapsed="0">
+        <x:v>488</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.9140625" customHeight="1" collapsed="0">
       <x:c r="A119" s="8" t="s">
-        <x:v>499</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B119" s="8" t="s">
-        <x:v>500</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C119" s="8"/>
       <x:c r="D119" s="9" t="n">
-        <x:v>84983</x:v>
+        <x:v>57524</x:v>
       </x:c>
       <x:c r="E119" s="8" t="s">
-        <x:v>501</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F119" s="8" t="s">
-        <x:v>502</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G119" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H119" s="8" t="s">
-        <x:v>503</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.4609375" customHeight="1" collapsed="0">
+        <x:v>490</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1126.90625" customHeight="1" collapsed="0">
       <x:c r="A120" s="8" t="s">
-        <x:v>261</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B120" s="8" t="s">
-        <x:v>504</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C120" s="8"/>
       <x:c r="D120" s="9" t="n">
-        <x:v>129234</x:v>
+        <x:v>59159</x:v>
       </x:c>
       <x:c r="E120" s="8" t="s">
-        <x:v>505</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F120" s="8" t="s">
-        <x:v>506</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="G120" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H120" s="8" t="s">
-        <x:v>507</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.453125" customHeight="1" collapsed="0">
+        <x:v>494</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4609375" customHeight="1" collapsed="0">
       <x:c r="A121" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B121" s="8" t="s">
-        <x:v>508</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C121" s="8"/>
       <x:c r="D121" s="9" t="n">
-        <x:v>121076</x:v>
+        <x:v>47655</x:v>
       </x:c>
       <x:c r="E121" s="8" t="s">
-        <x:v>509</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F121" s="8" t="s">
-        <x:v>510</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G121" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H121" s="8" t="s">
-        <x:v>511</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>498</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
       <x:c r="A122" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B122" s="8" t="s">
-        <x:v>512</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C122" s="8"/>
       <x:c r="D122" s="9" t="n">
-        <x:v>20183</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="E122" s="8" t="s">
-        <x:v>513</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F122" s="8" t="s">
-        <x:v>514</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="G122" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H122" s="8" t="s">
-        <x:v>515</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.9921875" customHeight="1" collapsed="0">
+        <x:v>502</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
       <x:c r="A123" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B123" s="8" t="s">
-        <x:v>516</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C123" s="8"/>
       <x:c r="D123" s="9" t="n">
-        <x:v>21535</x:v>
+        <x:v>92870</x:v>
       </x:c>
       <x:c r="E123" s="8" t="s">
-        <x:v>517</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F123" s="8" t="s">
-        <x:v>518</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="G123" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H123" s="8" t="s">
-        <x:v>519</x:v>
-[...2 lines deleted...]
-    <x:row ht="1609.8515625" customHeight="1" collapsed="0">
+        <x:v>506</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1276.390625" customHeight="1" collapsed="0">
       <x:c r="A124" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B124" s="8" t="s">
-        <x:v>520</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C124" s="8"/>
       <x:c r="D124" s="9" t="n">
-        <x:v>21084</x:v>
+        <x:v>23629</x:v>
       </x:c>
       <x:c r="E124" s="8" t="s">
-        <x:v>521</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F124" s="8" t="s">
-        <x:v>522</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="G124" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H124" s="8" t="s">
-        <x:v>523</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+        <x:v>510</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.953125" customHeight="1" collapsed="0">
       <x:c r="A125" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B125" s="8" t="s">
-        <x:v>524</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C125" s="8"/>
       <x:c r="D125" s="9" t="n">
-        <x:v>20749</x:v>
+        <x:v>92298</x:v>
       </x:c>
       <x:c r="E125" s="8" t="s">
-        <x:v>525</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F125" s="8" t="s">
-        <x:v>526</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="G125" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H125" s="8" t="s">
-        <x:v>527</x:v>
-[...2 lines deleted...]
-    <x:row ht="69" customHeight="1" collapsed="0">
+        <x:v>514</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.484375" customHeight="1" collapsed="0">
       <x:c r="A126" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B126" s="8" t="s">
-        <x:v>528</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C126" s="8"/>
       <x:c r="D126" s="9" t="n">
-        <x:v>86072</x:v>
+        <x:v>120168</x:v>
       </x:c>
       <x:c r="E126" s="8" t="s">
-        <x:v>529</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F126" s="8" t="s">
-        <x:v>530</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G126" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H126" s="8" t="s">
-        <x:v>531</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9765625" customHeight="1" collapsed="0">
+        <x:v>518</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A127" s="8" t="s">
-        <x:v>318</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B127" s="8" t="s">
-        <x:v>532</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C127" s="8"/>
       <x:c r="D127" s="9" t="n">
-        <x:v>69946</x:v>
+        <x:v>114080</x:v>
       </x:c>
       <x:c r="E127" s="8" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F127" s="8" t="s">
-        <x:v>534</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G127" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H127" s="8" t="s">
-        <x:v>535</x:v>
-[...2 lines deleted...]
-    <x:row ht="2541.2890625" customHeight="1" collapsed="0">
+        <x:v>522</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.4609375" customHeight="1" collapsed="0">
       <x:c r="A128" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B128" s="8" t="s">
-        <x:v>536</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C128" s="8"/>
       <x:c r="D128" s="9" t="n">
-        <x:v>132171</x:v>
+        <x:v>228449</x:v>
       </x:c>
       <x:c r="E128" s="8" t="s">
-        <x:v>537</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F128" s="8" t="s">
-        <x:v>538</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="G128" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H128" s="8" t="s">
-        <x:v>539</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+        <x:v>526</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4765625" customHeight="1" collapsed="0">
       <x:c r="A129" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B129" s="8" t="s">
-        <x:v>540</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C129" s="8"/>
       <x:c r="D129" s="9" t="n">
-        <x:v>43076</x:v>
+        <x:v>47128</x:v>
       </x:c>
       <x:c r="E129" s="8" t="s">
-        <x:v>541</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F129" s="8" t="s">
-        <x:v>542</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="G129" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H129" s="8" t="s">
-        <x:v>543</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.4921875" customHeight="1" collapsed="0">
+        <x:v>530</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9375" customHeight="1" collapsed="0">
       <x:c r="A130" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B130" s="8" t="s">
-        <x:v>544</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C130" s="8"/>
       <x:c r="D130" s="9" t="n">
-        <x:v>20796</x:v>
+        <x:v>38158</x:v>
       </x:c>
       <x:c r="E130" s="8" t="s">
-        <x:v>545</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F130" s="8" t="s">
-        <x:v>546</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="G130" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H130" s="8" t="s">
-        <x:v>547</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.4453125" customHeight="1" collapsed="0">
+        <x:v>534</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.46875" customHeight="1" collapsed="0">
       <x:c r="A131" s="8" t="s">
-        <x:v>548</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B131" s="8" t="s">
-        <x:v>549</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C131" s="8"/>
       <x:c r="D131" s="9" t="n">
-        <x:v>26204</x:v>
+        <x:v>38812</x:v>
       </x:c>
       <x:c r="E131" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F131" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G131" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H131" s="8" t="s">
-        <x:v>550</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>539</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.4921875" customHeight="1" collapsed="0">
       <x:c r="A132" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B132" s="8" t="s">
-        <x:v>551</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C132" s="8"/>
       <x:c r="D132" s="9" t="n">
-        <x:v>52081</x:v>
+        <x:v>129580</x:v>
       </x:c>
       <x:c r="E132" s="8" t="s">
-        <x:v>552</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F132" s="8" t="s">
-        <x:v>553</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="G132" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H132" s="8" t="s">
-        <x:v>554</x:v>
-[...2 lines deleted...]
-    <x:row ht="1000.40625" customHeight="1" collapsed="0">
+        <x:v>543</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.484375" customHeight="1" collapsed="0">
       <x:c r="A133" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B133" s="8" t="s">
-        <x:v>555</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C133" s="8"/>
       <x:c r="D133" s="9" t="n">
-        <x:v>84089</x:v>
+        <x:v>29823</x:v>
       </x:c>
       <x:c r="E133" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F133" s="8" t="s">
-        <x:v>185</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G133" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H133" s="8" t="s">
-        <x:v>556</x:v>
-[...2 lines deleted...]
-    <x:row ht="1828.34375" customHeight="1" collapsed="0">
+        <x:v>547</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.9453125" customHeight="1" collapsed="0">
       <x:c r="A134" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B134" s="8" t="s">
-        <x:v>557</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C134" s="8"/>
       <x:c r="D134" s="9" t="n">
-        <x:v>103597</x:v>
+        <x:v>60915</x:v>
       </x:c>
       <x:c r="E134" s="8" t="s">
-        <x:v>558</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="F134" s="8" t="s">
-        <x:v>559</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G134" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H134" s="8" t="s">
-        <x:v>560</x:v>
-[...2 lines deleted...]
-    <x:row ht="1805.359375" customHeight="1" collapsed="0">
+        <x:v>551</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A135" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B135" s="8" t="s">
-        <x:v>561</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C135" s="8"/>
       <x:c r="D135" s="9" t="n">
-        <x:v>239839</x:v>
+        <x:v>660196</x:v>
       </x:c>
       <x:c r="E135" s="8" t="s">
-        <x:v>562</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="F135" s="8" t="s">
-        <x:v>563</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="G135" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H135" s="8" t="s">
-        <x:v>564</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.953125" customHeight="1" collapsed="0">
+        <x:v>555</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A136" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B136" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C136" s="8"/>
       <x:c r="D136" s="9" t="n">
-        <x:v>24633</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="E136" s="8" t="s">
-        <x:v>566</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F136" s="8" t="s">
-        <x:v>567</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G136" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H136" s="8" t="s">
-        <x:v>568</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>560</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="977.421875" customHeight="1" collapsed="0">
       <x:c r="A137" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B137" s="8" t="s">
-        <x:v>569</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C137" s="8"/>
       <x:c r="D137" s="9" t="n">
-        <x:v>20526</x:v>
+        <x:v>99511</x:v>
       </x:c>
       <x:c r="E137" s="8" t="s">
-        <x:v>570</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F137" s="8" t="s">
-        <x:v>571</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="G137" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H137" s="8" t="s">
-        <x:v>572</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9375" customHeight="1" collapsed="0">
+        <x:v>564</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
       <x:c r="A138" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B138" s="8" t="s">
-        <x:v>573</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C138" s="8"/>
       <x:c r="D138" s="9" t="n">
-        <x:v>47803</x:v>
+        <x:v>21134</x:v>
       </x:c>
       <x:c r="E138" s="8" t="s">
-        <x:v>574</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F138" s="8" t="s">
-        <x:v>575</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G138" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H138" s="8" t="s">
-        <x:v>576</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.984375" customHeight="1" collapsed="0">
+        <x:v>568</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.4765625" customHeight="1" collapsed="0">
       <x:c r="A139" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B139" s="8" t="s">
-        <x:v>577</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C139" s="8"/>
       <x:c r="D139" s="9" t="n">
-        <x:v>20991</x:v>
+        <x:v>50437</x:v>
       </x:c>
       <x:c r="E139" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F139" s="8" t="s">
-        <x:v>579</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="G139" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H139" s="8" t="s">
-        <x:v>580</x:v>
-[...2 lines deleted...]
-    <x:row ht="2391.7890625" customHeight="1" collapsed="0">
+        <x:v>572</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="9118.703125" customHeight="1" collapsed="0">
       <x:c r="A140" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="B140" s="8" t="s">
-        <x:v>581</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C140" s="8"/>
       <x:c r="D140" s="9" t="n">
-        <x:v>208136</x:v>
+        <x:v>124088</x:v>
       </x:c>
       <x:c r="E140" s="8" t="s">
-        <x:v>582</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F140" s="8" t="s">
-        <x:v>583</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G140" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H140" s="8" t="s">
-        <x:v>584</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9765625" customHeight="1" collapsed="0">
+        <x:v>577</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.4921875" customHeight="1" collapsed="0">
       <x:c r="A141" s="8" t="s">
-        <x:v>585</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B141" s="8" t="s">
-        <x:v>586</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C141" s="8"/>
       <x:c r="D141" s="9" t="n">
-        <x:v>139987</x:v>
+        <x:v>95294</x:v>
       </x:c>
       <x:c r="E141" s="8" t="s">
-        <x:v>587</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F141" s="8" t="s">
-        <x:v>588</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="G141" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H141" s="8" t="s">
-        <x:v>589</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.953125" customHeight="1" collapsed="0">
+        <x:v>582</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9296875" customHeight="1" collapsed="0">
       <x:c r="A142" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B142" s="8" t="s">
-        <x:v>590</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C142" s="8"/>
       <x:c r="D142" s="9" t="n">
-        <x:v>37794</x:v>
+        <x:v>52930</x:v>
       </x:c>
       <x:c r="E142" s="8" t="s">
-        <x:v>591</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="F142" s="8" t="s">
-        <x:v>592</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="G142" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H142" s="8" t="s">
-        <x:v>593</x:v>
-[...2 lines deleted...]
-    <x:row ht="1448.875" customHeight="1" collapsed="0">
+        <x:v>586</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.921875" customHeight="1" collapsed="0">
       <x:c r="A143" s="8" t="s">
-        <x:v>594</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B143" s="8" t="s">
-        <x:v>595</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C143" s="8"/>
       <x:c r="D143" s="9" t="n">
-        <x:v>151474</x:v>
+        <x:v>40025</x:v>
       </x:c>
       <x:c r="E143" s="8" t="s">
-        <x:v>596</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F143" s="8" t="s">
-        <x:v>597</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G143" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H143" s="8" t="s">
-        <x:v>598</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.0078125" customHeight="1" collapsed="0">
+        <x:v>588</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1391.390625" customHeight="1" collapsed="0">
       <x:c r="A144" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B144" s="8" t="s">
-        <x:v>599</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C144" s="8"/>
       <x:c r="D144" s="9" t="n">
-        <x:v>36767</x:v>
+        <x:v>32752</x:v>
       </x:c>
       <x:c r="E144" s="8" t="s">
-        <x:v>600</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F144" s="8" t="s">
-        <x:v>601</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G144" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H144" s="8" t="s">
-        <x:v>602</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.9140625" customHeight="1" collapsed="0">
+        <x:v>592</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4453125" customHeight="1" collapsed="0">
       <x:c r="A145" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B145" s="8" t="s">
-        <x:v>603</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C145" s="8"/>
       <x:c r="D145" s="9" t="n">
-        <x:v>57524</x:v>
+        <x:v>107661</x:v>
       </x:c>
       <x:c r="E145" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F145" s="8" t="s">
-        <x:v>185</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="G145" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H145" s="8" t="s">
-        <x:v>604</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9375" customHeight="1" collapsed="0">
+        <x:v>596</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="827.9453125" customHeight="1" collapsed="0">
       <x:c r="A146" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B146" s="8" t="s">
-        <x:v>605</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C146" s="8"/>
       <x:c r="D146" s="9" t="n">
-        <x:v>114080</x:v>
+        <x:v>133671</x:v>
       </x:c>
       <x:c r="E146" s="8" t="s">
-        <x:v>606</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="F146" s="8" t="s">
-        <x:v>607</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="G146" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H146" s="8" t="s">
-        <x:v>608</x:v>
-[...2 lines deleted...]
-    <x:row ht="4300.6484375" customHeight="1" collapsed="0">
+        <x:v>600</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2851.7734375" customHeight="1" collapsed="0">
       <x:c r="A147" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B147" s="8" t="s">
-        <x:v>609</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C147" s="8"/>
       <x:c r="D147" s="9" t="n">
-        <x:v>37822</x:v>
+        <x:v>310078</x:v>
       </x:c>
       <x:c r="E147" s="8" t="s">
-        <x:v>610</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F147" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="G147" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H147" s="8" t="s">
-        <x:v>612</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.9140625" customHeight="1" collapsed="0">
+        <x:v>604</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.5" customHeight="1" collapsed="0">
       <x:c r="A148" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="B148" s="8" t="s">
-        <x:v>613</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C148" s="8"/>
       <x:c r="D148" s="9" t="n">
-        <x:v>40025</x:v>
+        <x:v>20538</x:v>
       </x:c>
       <x:c r="E148" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F148" s="8" t="s">
-        <x:v>185</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="G148" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H148" s="8" t="s">
-        <x:v>614</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>609</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2886.2578125" customHeight="1" collapsed="0">
       <x:c r="A149" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B149" s="8" t="s">
-        <x:v>615</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C149" s="8"/>
       <x:c r="D149" s="9" t="n">
-        <x:v>20534</x:v>
+        <x:v>55258</x:v>
       </x:c>
       <x:c r="E149" s="8" t="s">
-        <x:v>616</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F149" s="8" t="s">
-        <x:v>617</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="G149" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H149" s="8" t="s">
-        <x:v>618</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.453125" customHeight="1" collapsed="0">
+        <x:v>613</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="13545.8359375" customHeight="1" collapsed="0">
       <x:c r="A150" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B150" s="8" t="s">
-        <x:v>619</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C150" s="8"/>
       <x:c r="D150" s="9" t="n">
-        <x:v>92204</x:v>
+        <x:v>89694</x:v>
       </x:c>
       <x:c r="E150" s="8" t="s">
-        <x:v>620</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="F150" s="8" t="s">
-        <x:v>621</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="G150" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H150" s="8" t="s">
-        <x:v>622</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>617</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8693.265625" customHeight="1" collapsed="0">
       <x:c r="A151" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B151" s="8" t="s">
-        <x:v>623</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C151" s="8"/>
       <x:c r="D151" s="9" t="n">
-        <x:v>44027</x:v>
+        <x:v>41028</x:v>
       </x:c>
       <x:c r="E151" s="8" t="s">
-        <x:v>624</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F151" s="8" t="s">
-        <x:v>625</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="G151" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H151" s="8" t="s">
-        <x:v>626</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+        <x:v>621</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1448.875" customHeight="1" collapsed="0">
       <x:c r="A152" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B152" s="8" t="s">
-        <x:v>627</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C152" s="8"/>
       <x:c r="D152" s="9" t="n">
-        <x:v>96645</x:v>
+        <x:v>151474</x:v>
       </x:c>
       <x:c r="E152" s="8" t="s">
-        <x:v>628</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F152" s="8" t="s">
-        <x:v>629</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="G152" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H152" s="8" t="s">
-        <x:v>630</x:v>
-[...2 lines deleted...]
-    <x:row ht="1264.90625" customHeight="1" collapsed="0">
+        <x:v>625</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.9375" customHeight="1" collapsed="0">
       <x:c r="A153" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B153" s="8" t="s">
-        <x:v>631</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C153" s="8"/>
       <x:c r="D153" s="9" t="n">
-        <x:v>54428</x:v>
+        <x:v>86123</x:v>
       </x:c>
       <x:c r="E153" s="8" t="s">
-        <x:v>632</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="F153" s="8" t="s">
-        <x:v>633</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="G153" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H153" s="8" t="s">
-        <x:v>634</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.8984375" customHeight="1" collapsed="0">
+        <x:v>629</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A154" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B154" s="8" t="s">
-        <x:v>635</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C154" s="8"/>
       <x:c r="D154" s="9" t="n">
-        <x:v>49133</x:v>
+        <x:v>51738</x:v>
       </x:c>
       <x:c r="E154" s="8" t="s">
-        <x:v>636</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F154" s="8" t="s">
-        <x:v>637</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="G154" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H154" s="8" t="s">
-        <x:v>638</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9453125" customHeight="1" collapsed="0">
+        <x:v>633</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2518.296875" customHeight="1" collapsed="0">
       <x:c r="A155" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B155" s="8" t="s">
-        <x:v>639</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C155" s="8"/>
       <x:c r="D155" s="9" t="n">
-        <x:v>21199</x:v>
+        <x:v>296171</x:v>
       </x:c>
       <x:c r="E155" s="8" t="s">
-        <x:v>640</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F155" s="8" t="s">
-        <x:v>641</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="G155" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H155" s="8" t="s">
-        <x:v>642</x:v>
-[...2 lines deleted...]
-    <x:row ht="1069.40625" customHeight="1" collapsed="0">
+        <x:v>637</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A156" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B156" s="8" t="s">
-        <x:v>643</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C156" s="8"/>
       <x:c r="D156" s="9" t="n">
-        <x:v>131025</x:v>
+        <x:v>117739</x:v>
       </x:c>
       <x:c r="E156" s="8" t="s">
-        <x:v>644</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F156" s="8" t="s">
-        <x:v>645</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="G156" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H156" s="8" t="s">
-        <x:v>646</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.984375" customHeight="1" collapsed="0">
+        <x:v>641</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.96875" customHeight="1" collapsed="0">
       <x:c r="A157" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B157" s="8" t="s">
-        <x:v>647</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C157" s="8"/>
       <x:c r="D157" s="9" t="n">
-        <x:v>20702</x:v>
+        <x:v>112923</x:v>
       </x:c>
       <x:c r="E157" s="8" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="F157" s="8" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="G157" s="8" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="H157" s="8" t="s">
+        <x:v>647</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.984375" customHeight="1" collapsed="0">
+      <x:c r="A158" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B158" s="8" t="s">
         <x:v>648</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>651</x:v>
       </x:c>
       <x:c r="C158" s="8"/>
       <x:c r="D158" s="9" t="n">
-        <x:v>20227</x:v>
+        <x:v>89461</x:v>
       </x:c>
       <x:c r="E158" s="8" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="F158" s="8" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="G158" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H158" s="8" t="s">
+        <x:v>651</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
+      <x:c r="A159" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B159" s="8" t="s">
         <x:v>652</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>655</x:v>
       </x:c>
       <x:c r="C159" s="8"/>
       <x:c r="D159" s="9" t="n">
-        <x:v>20886</x:v>
+        <x:v>20526</x:v>
       </x:c>
       <x:c r="E159" s="8" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F159" s="8" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="G159" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H159" s="8" t="s">
+        <x:v>655</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
+      <x:c r="A160" s="8" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="B160" s="8" t="s">
         <x:v>656</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>659</x:v>
       </x:c>
       <x:c r="C160" s="8"/>
       <x:c r="D160" s="9" t="n">
-        <x:v>1452288</x:v>
+        <x:v>93217</x:v>
       </x:c>
       <x:c r="E160" s="8" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="F160" s="8" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="G160" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H160" s="8" t="s">
+        <x:v>659</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.484375" customHeight="1" collapsed="0">
+      <x:c r="A161" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B161" s="8" t="s">
         <x:v>660</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>663</x:v>
       </x:c>
       <x:c r="C161" s="8"/>
       <x:c r="D161" s="9" t="n">
-        <x:v>58085</x:v>
+        <x:v>69886</x:v>
       </x:c>
       <x:c r="E161" s="8" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="F161" s="8" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="G161" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H161" s="8" t="s">
+        <x:v>663</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8095.328125" customHeight="1" collapsed="0">
+      <x:c r="A162" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B162" s="8" t="s">
         <x:v>664</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>667</x:v>
       </x:c>
       <x:c r="C162" s="8"/>
       <x:c r="D162" s="9" t="n">
-        <x:v>186699</x:v>
+        <x:v>122038</x:v>
       </x:c>
       <x:c r="E162" s="8" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="F162" s="8" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="G162" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H162" s="8" t="s">
+        <x:v>667</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
+      <x:c r="A163" s="8" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B163" s="8" t="s">
         <x:v>668</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>671</x:v>
       </x:c>
       <x:c r="C163" s="8"/>
       <x:c r="D163" s="9" t="n">
-        <x:v>47314</x:v>
+        <x:v>76407</x:v>
       </x:c>
       <x:c r="E163" s="8" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="F163" s="8" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="G163" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H163" s="8" t="s">
+        <x:v>671</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="253" customHeight="1" collapsed="0">
+      <x:c r="A164" s="8" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="B164" s="8" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>675</x:v>
       </x:c>
       <x:c r="C164" s="8"/>
       <x:c r="D164" s="9" t="n">
-        <x:v>36045</x:v>
+        <x:v>75890</x:v>
       </x:c>
       <x:c r="E164" s="8" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="F164" s="8" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="G164" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H164" s="8" t="s">
+        <x:v>675</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
+      <x:c r="A165" s="8" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B165" s="8" t="s">
         <x:v>676</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
       <x:c r="C165" s="8"/>
       <x:c r="D165" s="9" t="n">
-        <x:v>96334</x:v>
+        <x:v>33778</x:v>
       </x:c>
       <x:c r="E165" s="8" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="F165" s="8" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="G165" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H165" s="8" t="s">
+        <x:v>679</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
+      <x:c r="A166" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B166" s="8" t="s">
         <x:v>680</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>683</x:v>
       </x:c>
       <x:c r="C166" s="8"/>
       <x:c r="D166" s="9" t="n">
-        <x:v>83693</x:v>
+        <x:v>614794</x:v>
       </x:c>
       <x:c r="E166" s="8" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="F166" s="8" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="G166" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H166" s="8" t="s">
+        <x:v>683</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.96875" customHeight="1" collapsed="0">
+      <x:c r="A167" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B167" s="8" t="s">
         <x:v>684</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>687</x:v>
       </x:c>
       <x:c r="C167" s="8"/>
       <x:c r="D167" s="9" t="n">
-        <x:v>20029</x:v>
+        <x:v>250127</x:v>
       </x:c>
       <x:c r="E167" s="8" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="F167" s="8" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="G167" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H167" s="8" t="s">
+        <x:v>687</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2403.296875" customHeight="1" collapsed="0">
+      <x:c r="A168" s="8" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B168" s="8" t="s">
         <x:v>688</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>691</x:v>
       </x:c>
       <x:c r="C168" s="8"/>
       <x:c r="D168" s="9" t="n">
-        <x:v>205808</x:v>
+        <x:v>20731</x:v>
       </x:c>
       <x:c r="E168" s="8" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="F168" s="8" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="G168" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H168" s="8" t="s">
+        <x:v>691</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.46875" customHeight="1" collapsed="0">
+      <x:c r="A169" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B169" s="8" t="s">
         <x:v>692</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>695</x:v>
       </x:c>
       <x:c r="C169" s="8"/>
       <x:c r="D169" s="9" t="n">
-        <x:v>37480</x:v>
+        <x:v>257526</x:v>
       </x:c>
       <x:c r="E169" s="8" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="F169" s="8" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="G169" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H169" s="8" t="s">
+        <x:v>695</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
+      <x:c r="A170" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B170" s="8" t="s">
         <x:v>696</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>699</x:v>
       </x:c>
       <x:c r="C170" s="8"/>
       <x:c r="D170" s="9" t="n">
-        <x:v>20799</x:v>
+        <x:v>194618</x:v>
       </x:c>
       <x:c r="E170" s="8" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="F170" s="8" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="G170" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H170" s="8" t="s">
+        <x:v>699</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46" customHeight="1" collapsed="0">
+      <x:c r="A171" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B171" s="8" t="s">
         <x:v>700</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>703</x:v>
       </x:c>
       <x:c r="C171" s="8"/>
       <x:c r="D171" s="9" t="n">
-        <x:v>29493</x:v>
+        <x:v>27916</x:v>
       </x:c>
       <x:c r="E171" s="8" t="s">
-        <x:v>704</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F171" s="8" t="s">
-        <x:v>705</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="G171" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H171" s="8" t="s">
-        <x:v>706</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.453125" customHeight="1" collapsed="0">
+        <x:v>703</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.453125" customHeight="1" collapsed="0">
       <x:c r="A172" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B172" s="8" t="s">
-        <x:v>707</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C172" s="8"/>
       <x:c r="D172" s="9" t="n">
-        <x:v>76979</x:v>
+        <x:v>26204</x:v>
       </x:c>
       <x:c r="E172" s="8" t="s">
-        <x:v>708</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F172" s="8" t="s">
-        <x:v>709</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="G172" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H172" s="8" t="s">
-        <x:v>710</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+        <x:v>705</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4887.078125" customHeight="1" collapsed="0">
       <x:c r="A173" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B173" s="8" t="s">
-        <x:v>711</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C173" s="8"/>
       <x:c r="D173" s="9" t="n">
-        <x:v>113297</x:v>
+        <x:v>289476</x:v>
       </x:c>
       <x:c r="E173" s="8" t="s">
-        <x:v>712</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F173" s="8" t="s">
-        <x:v>713</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="G173" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H173" s="8" t="s">
-        <x:v>714</x:v>
-[...2 lines deleted...]
-    <x:row ht="1368.3828125" customHeight="1" collapsed="0">
+        <x:v>709</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
       <x:c r="A174" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B174" s="8" t="s">
-        <x:v>715</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C174" s="8"/>
       <x:c r="D174" s="9" t="n">
-        <x:v>20450</x:v>
+        <x:v>76979</x:v>
       </x:c>
       <x:c r="E174" s="8" t="s">
-        <x:v>716</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="F174" s="8" t="s">
-        <x:v>717</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="G174" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="8" t="s">
-        <x:v>718</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.4921875" customHeight="1" collapsed="0">
+        <x:v>713</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A175" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B175" s="8" t="s">
-        <x:v>719</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C175" s="8"/>
       <x:c r="D175" s="9" t="n">
-        <x:v>185289</x:v>
+        <x:v>68329</x:v>
       </x:c>
       <x:c r="E175" s="8" t="s">
-        <x:v>720</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="F175" s="8" t="s">
-        <x:v>721</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="G175" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H175" s="8" t="s">
-        <x:v>722</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.953125" customHeight="1" collapsed="0">
+        <x:v>717</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A176" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B176" s="8" t="s">
-        <x:v>723</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C176" s="8"/>
       <x:c r="D176" s="9" t="n">
-        <x:v>172729</x:v>
+        <x:v>96378</x:v>
       </x:c>
       <x:c r="E176" s="8" t="s">
-        <x:v>724</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="F176" s="8" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="G176" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H176" s="8" t="s">
-        <x:v>726</x:v>
-[...2 lines deleted...]
-    <x:row ht="1322.3828125" customHeight="1" collapsed="0">
+        <x:v>721</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
       <x:c r="A177" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B177" s="8" t="s">
-        <x:v>727</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C177" s="8"/>
       <x:c r="D177" s="9" t="n">
-        <x:v>383742</x:v>
+        <x:v>78823</x:v>
       </x:c>
       <x:c r="E177" s="8" t="s">
-        <x:v>728</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F177" s="8" t="s">
-        <x:v>729</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="G177" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H177" s="8" t="s">
-        <x:v>730</x:v>
-[...2 lines deleted...]
-    <x:row ht="34.5078125" customHeight="1" collapsed="0">
+        <x:v>725</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="850.9375" customHeight="1" collapsed="0">
       <x:c r="A178" s="8" t="s">
-        <x:v>331</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B178" s="8" t="s">
-        <x:v>731</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C178" s="8"/>
       <x:c r="D178" s="9" t="n">
-        <x:v>20613</x:v>
+        <x:v>205808</x:v>
       </x:c>
       <x:c r="E178" s="8" t="s">
-        <x:v>732</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="F178" s="8" t="s">
-        <x:v>733</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="G178" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H178" s="8" t="s">
-        <x:v>734</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.453125" customHeight="1" collapsed="0">
+        <x:v>729</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
       <x:c r="A179" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B179" s="8" t="s">
-        <x:v>735</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C179" s="8"/>
       <x:c r="D179" s="9" t="n">
-        <x:v>228449</x:v>
+        <x:v>90036</x:v>
       </x:c>
       <x:c r="E179" s="8" t="s">
-        <x:v>736</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="F179" s="8" t="s">
-        <x:v>737</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="G179" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H179" s="8" t="s">
-        <x:v>738</x:v>
-[...2 lines deleted...]
-    <x:row ht="1310.875" customHeight="1" collapsed="0">
+        <x:v>733</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.46875" customHeight="1" collapsed="0">
       <x:c r="A180" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B180" s="8" t="s">
-        <x:v>739</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C180" s="8"/>
       <x:c r="D180" s="9" t="n">
-        <x:v>20163</x:v>
+        <x:v>21110</x:v>
       </x:c>
       <x:c r="E180" s="8" t="s">
-        <x:v>740</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F180" s="8" t="s">
-        <x:v>741</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="G180" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H180" s="8" t="s">
-        <x:v>742</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>737</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2242.3125" customHeight="1" collapsed="0">
       <x:c r="A181" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B181" s="8" t="s">
-        <x:v>743</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C181" s="8"/>
       <x:c r="D181" s="9" t="n">
-        <x:v>79434</x:v>
+        <x:v>106019</x:v>
       </x:c>
       <x:c r="E181" s="8" t="s">
-        <x:v>744</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F181" s="8" t="s">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="G181" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H181" s="8" t="s">
-        <x:v>746</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.9296875" customHeight="1" collapsed="0">
+        <x:v>741</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="988.921875" customHeight="1" collapsed="0">
       <x:c r="A182" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B182" s="8" t="s">
-        <x:v>747</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C182" s="8"/>
       <x:c r="D182" s="9" t="n">
-        <x:v>43309</x:v>
+        <x:v>73147</x:v>
       </x:c>
       <x:c r="E182" s="8" t="s">
-        <x:v>748</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="F182" s="8" t="s">
-        <x:v>749</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="G182" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H182" s="8" t="s">
-        <x:v>750</x:v>
-[...2 lines deleted...]
-    <x:row ht="1299.40625" customHeight="1" collapsed="0">
+        <x:v>745</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
       <x:c r="A183" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B183" s="8" t="s">
-        <x:v>751</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C183" s="8"/>
       <x:c r="D183" s="9" t="n">
-        <x:v>27181</x:v>
+        <x:v>162553</x:v>
       </x:c>
       <x:c r="E183" s="8" t="s">
-        <x:v>752</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F183" s="8" t="s">
-        <x:v>753</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G183" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H183" s="8" t="s">
-        <x:v>754</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.46875" customHeight="1" collapsed="0">
+        <x:v>749</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
       <x:c r="A184" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B184" s="8" t="s">
-        <x:v>755</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C184" s="8"/>
       <x:c r="D184" s="9" t="n">
-        <x:v>47128</x:v>
+        <x:v>49133</x:v>
       </x:c>
       <x:c r="E184" s="8" t="s">
-        <x:v>756</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="F184" s="8" t="s">
-        <x:v>757</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="G184" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H184" s="8" t="s">
-        <x:v>758</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9296875" customHeight="1" collapsed="0">
+        <x:v>753</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.984375" customHeight="1" collapsed="0">
       <x:c r="A185" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B185" s="8" t="s">
-        <x:v>759</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C185" s="8"/>
       <x:c r="D185" s="9" t="n">
-        <x:v>38158</x:v>
+        <x:v>111477</x:v>
       </x:c>
       <x:c r="E185" s="8" t="s">
-        <x:v>760</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F185" s="8" t="s">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="G185" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H185" s="8" t="s">
-        <x:v>762</x:v>
-[...2 lines deleted...]
-    <x:row ht="138" customHeight="1" collapsed="0">
+        <x:v>757</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A186" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B186" s="8" t="s">
-        <x:v>763</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C186" s="8"/>
       <x:c r="D186" s="9" t="n">
-        <x:v>89545</x:v>
+        <x:v>20043</x:v>
       </x:c>
       <x:c r="E186" s="8" t="s">
-        <x:v>764</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F186" s="8" t="s">
-        <x:v>765</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="G186" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H186" s="8" t="s">
-        <x:v>766</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.8984375" customHeight="1" collapsed="0">
+        <x:v>762</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.421875" customHeight="1" collapsed="0">
       <x:c r="A187" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B187" s="8" t="s">
-        <x:v>767</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C187" s="8"/>
       <x:c r="D187" s="9" t="n">
-        <x:v>42951</x:v>
+        <x:v>214282</x:v>
       </x:c>
       <x:c r="E187" s="8" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="F187" s="8" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="G187" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H187" s="8" t="s">
+        <x:v>766</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.484375" customHeight="1" collapsed="0">
+      <x:c r="A188" s="8" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="B188" s="8" t="s">
         <x:v>768</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>771</x:v>
       </x:c>
       <x:c r="C188" s="8"/>
       <x:c r="D188" s="9" t="n">
-        <x:v>20231</x:v>
+        <x:v>84983</x:v>
       </x:c>
       <x:c r="E188" s="8" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="F188" s="8" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="G188" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H188" s="8" t="s">
+        <x:v>771</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
+      <x:c r="A189" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B189" s="8" t="s">
         <x:v>772</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
       <x:c r="C189" s="8"/>
       <x:c r="D189" s="9" t="n">
-        <x:v>35333</x:v>
+        <x:v>69995</x:v>
       </x:c>
       <x:c r="E189" s="8" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="F189" s="8" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="G189" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H189" s="8" t="s">
+        <x:v>775</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
+      <x:c r="A190" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B190" s="8" t="s">
         <x:v>776</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>780</x:v>
       </x:c>
       <x:c r="C190" s="8"/>
       <x:c r="D190" s="9" t="n">
-        <x:v>29887</x:v>
+        <x:v>247840</x:v>
       </x:c>
       <x:c r="E190" s="8" t="s">
-        <x:v>781</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F190" s="8" t="s">
-        <x:v>782</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="G190" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H190" s="8" t="s">
-        <x:v>783</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.453125" customHeight="1" collapsed="0">
+        <x:v>779</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A191" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B191" s="8" t="s">
-        <x:v>784</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C191" s="8"/>
       <x:c r="D191" s="9" t="n">
-        <x:v>21180</x:v>
+        <x:v>27523</x:v>
       </x:c>
       <x:c r="E191" s="8" t="s">
-        <x:v>785</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F191" s="8" t="s">
-        <x:v>786</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="G191" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H191" s="8" t="s">
-        <x:v>787</x:v>
-[...2 lines deleted...]
-    <x:row ht="1172.8984375" customHeight="1" collapsed="0">
+        <x:v>783</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.96875" customHeight="1" collapsed="0">
       <x:c r="A192" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B192" s="8" t="s">
-        <x:v>788</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C192" s="8"/>
       <x:c r="D192" s="9" t="n">
-        <x:v>43802</x:v>
+        <x:v>59573</x:v>
       </x:c>
       <x:c r="E192" s="8" t="s">
-        <x:v>789</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F192" s="8" t="s">
-        <x:v>790</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G192" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="8" t="s">
-        <x:v>791</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.96875" customHeight="1" collapsed="0">
+        <x:v>787</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A193" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B193" s="8" t="s">
-        <x:v>792</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C193" s="8"/>
       <x:c r="D193" s="9" t="n">
-        <x:v>124781</x:v>
+        <x:v>94725</x:v>
       </x:c>
       <x:c r="E193" s="8" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="F193" s="8" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="G193" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H193" s="8" t="s">
+        <x:v>791</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.453125" customHeight="1" collapsed="0">
+      <x:c r="A194" s="8" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="B194" s="8" t="s">
         <x:v>793</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>796</x:v>
       </x:c>
       <x:c r="C194" s="8"/>
       <x:c r="D194" s="9" t="n">
-        <x:v>57324</x:v>
+        <x:v>284735</x:v>
       </x:c>
       <x:c r="E194" s="8" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="F194" s="8" t="s">
+        <x:v>795</x:v>
+      </x:c>
+      <x:c r="G194" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H194" s="8" t="s">
+        <x:v>796</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.46875" customHeight="1" collapsed="0">
+      <x:c r="A195" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B195" s="8" t="s">
         <x:v>797</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>800</x:v>
       </x:c>
       <x:c r="C195" s="8"/>
       <x:c r="D195" s="9" t="n">
-        <x:v>117523</x:v>
+        <x:v>42732</x:v>
       </x:c>
       <x:c r="E195" s="8" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="F195" s="8" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="G195" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H195" s="8" t="s">
+        <x:v>800</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
+      <x:c r="A196" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B196" s="8" t="s">
         <x:v>801</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>804</x:v>
       </x:c>
       <x:c r="C196" s="8"/>
       <x:c r="D196" s="9" t="n">
-        <x:v>41028</x:v>
+        <x:v>20991</x:v>
       </x:c>
       <x:c r="E196" s="8" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="F196" s="8" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="G196" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H196" s="8" t="s">
+        <x:v>804</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.4375" customHeight="1" collapsed="0">
+      <x:c r="A197" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B197" s="8" t="s">
         <x:v>805</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>808</x:v>
       </x:c>
       <x:c r="C197" s="8"/>
       <x:c r="D197" s="9" t="n">
-        <x:v>20723</x:v>
+        <x:v>458065</x:v>
       </x:c>
       <x:c r="E197" s="8" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="F197" s="8" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="G197" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H197" s="8" t="s">
+        <x:v>808</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1333.90625" customHeight="1" collapsed="0">
+      <x:c r="A198" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B198" s="8" t="s">
         <x:v>809</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>812</x:v>
       </x:c>
       <x:c r="C198" s="8"/>
       <x:c r="D198" s="9" t="n">
-        <x:v>20142</x:v>
+        <x:v>100341</x:v>
       </x:c>
       <x:c r="E198" s="8" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="F198" s="8" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="G198" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H198" s="8" t="s">
+        <x:v>812</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.484375" customHeight="1" collapsed="0">
+      <x:c r="A199" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B199" s="8" t="s">
         <x:v>813</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>816</x:v>
       </x:c>
       <x:c r="C199" s="8"/>
       <x:c r="D199" s="9" t="n">
-        <x:v>22137</x:v>
+        <x:v>20796</x:v>
       </x:c>
       <x:c r="E199" s="8" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="F199" s="8" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="G199" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H199" s="8" t="s">
+        <x:v>816</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3829.1875" customHeight="1" collapsed="0">
+      <x:c r="A200" s="8" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B200" s="8" t="s">
         <x:v>817</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>820</x:v>
       </x:c>
       <x:c r="C200" s="8"/>
       <x:c r="D200" s="9" t="n">
-        <x:v>26964</x:v>
+        <x:v>727761</x:v>
       </x:c>
       <x:c r="E200" s="8" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F200" s="8" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="G200" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H200" s="8" t="s">
+        <x:v>820</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.9375" customHeight="1" collapsed="0">
+      <x:c r="A201" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B201" s="8" t="s">
         <x:v>821</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>822</x:v>
       </x:c>
       <x:c r="C201" s="8"/>
       <x:c r="D201" s="9" t="n">
-        <x:v>20835</x:v>
+        <x:v>305846</x:v>
       </x:c>
       <x:c r="E201" s="8" t="s">
-        <x:v>817</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="F201" s="8" t="s">
-        <x:v>818</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="G201" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H201" s="8" t="s">
-        <x:v>823</x:v>
-[...2 lines deleted...]
-    <x:row ht="8405.765625" customHeight="1" collapsed="0">
+        <x:v>824</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="253.015625" customHeight="1" collapsed="0">
       <x:c r="A202" s="8" t="s">
-        <x:v>594</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B202" s="8" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C202" s="8"/>
       <x:c r="D202" s="9" t="n">
-        <x:v>35493</x:v>
+        <x:v>149590</x:v>
       </x:c>
       <x:c r="E202" s="8" t="s">
-        <x:v>817</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F202" s="8" t="s">
-        <x:v>818</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G202" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H202" s="8" t="s">
-        <x:v>825</x:v>
-[...2 lines deleted...]
-    <x:row ht="8463.296875" customHeight="1" collapsed="0">
+        <x:v>828</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.453125" customHeight="1" collapsed="0">
       <x:c r="A203" s="8" t="s">
-        <x:v>594</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B203" s="8" t="s">
-        <x:v>826</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C203" s="8"/>
       <x:c r="D203" s="9" t="n">
-        <x:v>226806</x:v>
+        <x:v>48950</x:v>
       </x:c>
       <x:c r="E203" s="8" t="s">
-        <x:v>817</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F203" s="8" t="s">
-        <x:v>818</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="G203" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H203" s="8" t="s">
-        <x:v>827</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.96875" customHeight="1" collapsed="0">
+        <x:v>832</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.984375" customHeight="1" collapsed="0">
       <x:c r="A204" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B204" s="8" t="s">
-        <x:v>828</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C204" s="8"/>
       <x:c r="D204" s="9" t="n">
-        <x:v>21422</x:v>
+        <x:v>35916</x:v>
       </x:c>
       <x:c r="E204" s="8" t="s">
-        <x:v>829</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="F204" s="8" t="s">
-        <x:v>830</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G204" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H204" s="8" t="s">
-        <x:v>831</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4375" customHeight="1" collapsed="0">
+        <x:v>836</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
       <x:c r="A205" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B205" s="8" t="s">
-        <x:v>832</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C205" s="8"/>
       <x:c r="D205" s="9" t="n">
-        <x:v>278482</x:v>
+        <x:v>57324</x:v>
       </x:c>
       <x:c r="E205" s="8" t="s">
-        <x:v>833</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="F205" s="8" t="s">
-        <x:v>834</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="G205" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H205" s="8" t="s">
-        <x:v>835</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.953125" customHeight="1" collapsed="0">
+        <x:v>840</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.484375" customHeight="1" collapsed="0">
       <x:c r="A206" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B206" s="8" t="s">
-        <x:v>836</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C206" s="8"/>
       <x:c r="D206" s="9" t="n">
-        <x:v>21047</x:v>
+        <x:v>51484</x:v>
       </x:c>
       <x:c r="E206" s="8" t="s">
-        <x:v>837</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F206" s="8" t="s">
-        <x:v>838</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="G206" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H206" s="8" t="s">
-        <x:v>839</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.484375" customHeight="1" collapsed="0">
+        <x:v>844</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.453125" customHeight="1" collapsed="0">
       <x:c r="A207" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B207" s="8" t="s">
-        <x:v>840</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C207" s="8"/>
       <x:c r="D207" s="9" t="n">
-        <x:v>61481</x:v>
+        <x:v>124045</x:v>
       </x:c>
       <x:c r="E207" s="8" t="s">
-        <x:v>841</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="F207" s="8" t="s">
-        <x:v>842</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="G207" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H207" s="8" t="s">
-        <x:v>843</x:v>
-[...2 lines deleted...]
-    <x:row ht="8693.265625" customHeight="1" collapsed="0">
+        <x:v>848</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="184" customHeight="1" collapsed="0">
       <x:c r="A208" s="8" t="s">
-        <x:v>594</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B208" s="8" t="s">
-        <x:v>844</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C208" s="8"/>
       <x:c r="D208" s="9" t="n">
-        <x:v>20164</x:v>
+        <x:v>163811</x:v>
       </x:c>
       <x:c r="E208" s="8" t="s">
-        <x:v>845</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="F208" s="8" t="s">
-        <x:v>846</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="G208" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H208" s="8" t="s">
-        <x:v>847</x:v>
-[...2 lines deleted...]
-    <x:row ht="2161.8125" customHeight="1" collapsed="0">
+        <x:v>853</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.484375" customHeight="1" collapsed="0">
       <x:c r="A209" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B209" s="8" t="s">
-        <x:v>848</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C209" s="8"/>
       <x:c r="D209" s="9" t="n">
-        <x:v>29860</x:v>
+        <x:v>136747</x:v>
       </x:c>
       <x:c r="E209" s="8" t="s">
-        <x:v>849</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="F209" s="8" t="s">
-        <x:v>850</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="G209" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H209" s="8" t="s">
-        <x:v>851</x:v>
-[...2 lines deleted...]
-    <x:row ht="2587.265625" customHeight="1" collapsed="0">
+        <x:v>857</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.453125" customHeight="1" collapsed="0">
       <x:c r="A210" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B210" s="8" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="C210" s="8"/>
       <x:c r="D210" s="9" t="n">
-        <x:v>46605</x:v>
+        <x:v>21274</x:v>
       </x:c>
       <x:c r="E210" s="8" t="s">
-        <x:v>853</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="F210" s="8" t="s">
-        <x:v>854</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="G210" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H210" s="8" t="s">
-        <x:v>855</x:v>
-[...2 lines deleted...]
-    <x:row ht="2483.796875" customHeight="1" collapsed="0">
+        <x:v>861</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.96875" customHeight="1" collapsed="0">
       <x:c r="A211" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B211" s="8" t="s">
-        <x:v>856</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C211" s="8"/>
       <x:c r="D211" s="9" t="n">
-        <x:v>44282</x:v>
+        <x:v>84201</x:v>
       </x:c>
       <x:c r="E211" s="8" t="s">
-        <x:v>857</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="F211" s="8" t="s">
-        <x:v>858</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="G211" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H211" s="8" t="s">
-        <x:v>859</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.015625" customHeight="1" collapsed="0">
+        <x:v>865</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.953125" customHeight="1" collapsed="0">
       <x:c r="A212" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B212" s="8" t="s">
-        <x:v>860</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C212" s="8"/>
       <x:c r="D212" s="9" t="n">
-        <x:v>27916</x:v>
+        <x:v>119217</x:v>
       </x:c>
       <x:c r="E212" s="8" t="s">
-        <x:v>861</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="F212" s="8" t="s">
-        <x:v>862</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="G212" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H212" s="8" t="s">
-        <x:v>863</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.453125" customHeight="1" collapsed="0">
+        <x:v>869</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2541.28125" customHeight="1" collapsed="0">
       <x:c r="A213" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B213" s="8" t="s">
-        <x:v>864</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C213" s="8"/>
       <x:c r="D213" s="9" t="n">
-        <x:v>20534</x:v>
+        <x:v>132171</x:v>
       </x:c>
       <x:c r="E213" s="8" t="s">
-        <x:v>865</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="F213" s="8" t="s">
-        <x:v>866</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="G213" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H213" s="8" t="s">
-        <x:v>867</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.5" customHeight="1" collapsed="0">
+        <x:v>873</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A214" s="8" t="s">
-        <x:v>433</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B214" s="8" t="s">
-        <x:v>868</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C214" s="8"/>
       <x:c r="D214" s="9" t="n">
-        <x:v>21070</x:v>
+        <x:v>185289</x:v>
       </x:c>
       <x:c r="E214" s="8" t="s">
-        <x:v>869</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="F214" s="8" t="s">
-        <x:v>870</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="G214" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H214" s="8" t="s">
-        <x:v>871</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.5" customHeight="1" collapsed="0">
+        <x:v>877</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.953125" customHeight="1" collapsed="0">
       <x:c r="A215" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B215" s="8" t="s">
-        <x:v>872</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C215" s="8"/>
       <x:c r="D215" s="9" t="n">
-        <x:v>20143</x:v>
+        <x:v>80170</x:v>
       </x:c>
       <x:c r="E215" s="8" t="s">
-        <x:v>873</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="F215" s="8" t="s">
-        <x:v>874</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="G215" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H215" s="8" t="s">
-        <x:v>875</x:v>
-[...2 lines deleted...]
-    <x:row ht="8670.25" customHeight="1" collapsed="0">
+        <x:v>882</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.984375" customHeight="1" collapsed="0">
       <x:c r="A216" s="8" t="s">
-        <x:v>594</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B216" s="8" t="s">
-        <x:v>876</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C216" s="8"/>
       <x:c r="D216" s="9" t="n">
-        <x:v>31922</x:v>
+        <x:v>186699</x:v>
       </x:c>
       <x:c r="E216" s="8" t="s">
-        <x:v>877</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F216" s="8" t="s">
-        <x:v>878</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="G216" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H216" s="8" t="s">
-        <x:v>879</x:v>
-[...2 lines deleted...]
-    <x:row ht="827.953125" customHeight="1" collapsed="0">
+        <x:v>886</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.984375" customHeight="1" collapsed="0">
       <x:c r="A217" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B217" s="8" t="s">
-        <x:v>880</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="C217" s="8"/>
       <x:c r="D217" s="9" t="n">
-        <x:v>133671</x:v>
+        <x:v>152451</x:v>
       </x:c>
       <x:c r="E217" s="8" t="s">
-        <x:v>881</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="F217" s="8" t="s">
-        <x:v>882</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="G217" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H217" s="8" t="s">
-        <x:v>883</x:v>
-[...2 lines deleted...]
-    <x:row ht="1034.90625" customHeight="1" collapsed="0">
+        <x:v>890</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.984375" customHeight="1" collapsed="0">
       <x:c r="A218" s="8" t="s">
-        <x:v>779</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B218" s="8" t="s">
-        <x:v>884</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="C218" s="8"/>
       <x:c r="D218" s="9" t="n">
-        <x:v>21214</x:v>
+        <x:v>132049</x:v>
       </x:c>
       <x:c r="E218" s="8" t="s">
-        <x:v>885</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="F218" s="8" t="s">
-        <x:v>886</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="G218" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="8" t="s">
-        <x:v>887</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.921875" customHeight="1" collapsed="0">
+        <x:v>894</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2483.8125" customHeight="1" collapsed="0">
       <x:c r="A219" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B219" s="8" t="s">
-        <x:v>888</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C219" s="8"/>
       <x:c r="D219" s="9" t="n">
-        <x:v>20649</x:v>
+        <x:v>44282</x:v>
       </x:c>
       <x:c r="E219" s="8" t="s">
-        <x:v>889</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F219" s="8" t="s">
-        <x:v>890</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="G219" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H219" s="8" t="s">
-        <x:v>891</x:v>
-[...2 lines deleted...]
-    <x:row ht="253.015625" customHeight="1" collapsed="0">
+        <x:v>898</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
       <x:c r="A220" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B220" s="8" t="s">
-        <x:v>892</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C220" s="8"/>
       <x:c r="D220" s="9" t="n">
-        <x:v>108044</x:v>
+        <x:v>81078</x:v>
       </x:c>
       <x:c r="E220" s="8" t="s">
-        <x:v>893</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F220" s="8" t="s">
-        <x:v>894</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="G220" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H220" s="8" t="s">
-        <x:v>895</x:v>
-[...2 lines deleted...]
-    <x:row ht="1218.890625" customHeight="1" collapsed="0">
+        <x:v>902</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
       <x:c r="A221" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B221" s="8" t="s">
-        <x:v>896</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C221" s="8"/>
       <x:c r="D221" s="9" t="n">
-        <x:v>77454</x:v>
+        <x:v>21156</x:v>
       </x:c>
       <x:c r="E221" s="8" t="s">
-        <x:v>897</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="F221" s="8" t="s">
-        <x:v>898</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="G221" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H221" s="8" t="s">
-        <x:v>899</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+        <x:v>906</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
       <x:c r="A222" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B222" s="8" t="s">
-        <x:v>900</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="C222" s="8"/>
       <x:c r="D222" s="9" t="n">
-        <x:v>117739</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="E222" s="8" t="s">
-        <x:v>901</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="F222" s="8" t="s">
-        <x:v>902</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="G222" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H222" s="8" t="s">
-        <x:v>903</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9375" customHeight="1" collapsed="0">
+        <x:v>910</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.953125" customHeight="1" collapsed="0">
       <x:c r="A223" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B223" s="8" t="s">
-        <x:v>904</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C223" s="8"/>
       <x:c r="D223" s="9" t="n">
-        <x:v>149841</x:v>
+        <x:v>21142</x:v>
       </x:c>
       <x:c r="E223" s="8" t="s">
-        <x:v>905</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="F223" s="8" t="s">
-        <x:v>906</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="G223" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H223" s="8" t="s">
-        <x:v>907</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.96875" customHeight="1" collapsed="0">
+        <x:v>914</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.015625" customHeight="1" collapsed="0">
       <x:c r="A224" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B224" s="8" t="s">
-        <x:v>908</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="C224" s="8"/>
       <x:c r="D224" s="9" t="n">
-        <x:v>84201</x:v>
+        <x:v>176441</x:v>
       </x:c>
       <x:c r="E224" s="8" t="s">
-        <x:v>909</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="F224" s="8" t="s">
-        <x:v>910</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="G224" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H224" s="8" t="s">
-        <x:v>911</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.46875" customHeight="1" collapsed="0">
+        <x:v>918</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
       <x:c r="A225" s="8" t="s">
-        <x:v>779</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B225" s="8" t="s">
-        <x:v>912</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C225" s="8"/>
       <x:c r="D225" s="9" t="n">
-        <x:v>38812</x:v>
+        <x:v>21359</x:v>
       </x:c>
       <x:c r="E225" s="8" t="s">
-        <x:v>913</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="F225" s="8" t="s">
-        <x:v>914</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="G225" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="H225" s="8" t="s">
-        <x:v>915</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.984375" customHeight="1" collapsed="0">
+        <x:v>923</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.46875" customHeight="1" collapsed="0">
       <x:c r="A226" s="8" t="s">
-        <x:v>499</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B226" s="8" t="s">
-        <x:v>916</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C226" s="8"/>
       <x:c r="D226" s="9" t="n">
-        <x:v>21081</x:v>
+        <x:v>26912</x:v>
       </x:c>
       <x:c r="E226" s="8" t="s">
-        <x:v>917</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="F226" s="8" t="s">
-        <x:v>918</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="G226" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H226" s="8" t="s">
-        <x:v>919</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9375" customHeight="1" collapsed="0">
+        <x:v>927</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8405.78125" customHeight="1" collapsed="0">
       <x:c r="A227" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B227" s="8" t="s">
-        <x:v>920</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C227" s="8"/>
       <x:c r="D227" s="9" t="n">
-        <x:v>27523</x:v>
+        <x:v>35493</x:v>
       </x:c>
       <x:c r="E227" s="8" t="s">
-        <x:v>921</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F227" s="8" t="s">
-        <x:v>922</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G227" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H227" s="8" t="s">
-        <x:v>923</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>929</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1333.90625" customHeight="1" collapsed="0">
       <x:c r="A228" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B228" s="8" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C228" s="8"/>
       <x:c r="D228" s="9" t="n">
-        <x:v>52930</x:v>
+        <x:v>20542</x:v>
       </x:c>
       <x:c r="E228" s="8" t="s">
-        <x:v>925</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F228" s="8" t="s">
-        <x:v>926</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="G228" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H228" s="8" t="s">
-        <x:v>927</x:v>
+        <x:v>933</x:v>
       </x:c>
     </x:row>
     <x:row ht="275.984375" customHeight="1" collapsed="0">
       <x:c r="A229" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B229" s="8" t="s">
-        <x:v>928</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C229" s="8"/>
       <x:c r="D229" s="9" t="n">
-        <x:v>77093</x:v>
+        <x:v>31042</x:v>
       </x:c>
       <x:c r="E229" s="8" t="s">
-        <x:v>929</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="F229" s="8" t="s">
-        <x:v>930</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="G229" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H229" s="8" t="s">
-        <x:v>931</x:v>
-[...2 lines deleted...]
-    <x:row ht="1184.40625" customHeight="1" collapsed="0">
+        <x:v>937</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4375" customHeight="1" collapsed="0">
       <x:c r="A230" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B230" s="8" t="s">
-        <x:v>932</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C230" s="8"/>
       <x:c r="D230" s="9" t="n">
-        <x:v>43047</x:v>
+        <x:v>137101</x:v>
       </x:c>
       <x:c r="E230" s="8" t="s">
-        <x:v>933</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="F230" s="8" t="s">
-        <x:v>934</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="G230" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H230" s="8" t="s">
-        <x:v>935</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.484375" customHeight="1" collapsed="0">
+        <x:v>941</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4375" customHeight="1" collapsed="0">
       <x:c r="A231" s="8" t="s">
-        <x:v>499</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="B231" s="8" t="s">
-        <x:v>936</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="C231" s="8"/>
       <x:c r="D231" s="9" t="n">
-        <x:v>38400</x:v>
+        <x:v>34005</x:v>
       </x:c>
       <x:c r="E231" s="8" t="s">
-        <x:v>937</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="F231" s="8" t="s">
-        <x:v>938</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="G231" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H231" s="8" t="s">
-        <x:v>939</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>946</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.5" customHeight="1" collapsed="0">
       <x:c r="A232" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B232" s="8" t="s">
-        <x:v>940</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C232" s="8"/>
       <x:c r="D232" s="9" t="n">
-        <x:v>771586</x:v>
+        <x:v>37204</x:v>
       </x:c>
       <x:c r="E232" s="8" t="s">
-        <x:v>941</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F232" s="8" t="s">
-        <x:v>942</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="G232" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H232" s="8" t="s">
-        <x:v>943</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.453125" customHeight="1" collapsed="0">
+        <x:v>950</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1632.859375" customHeight="1" collapsed="0">
       <x:c r="A233" s="8" t="s">
-        <x:v>331</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B233" s="8" t="s">
-        <x:v>944</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="C233" s="8"/>
       <x:c r="D233" s="9" t="n">
-        <x:v>20649</x:v>
+        <x:v>95643</x:v>
       </x:c>
       <x:c r="E233" s="8" t="s">
-        <x:v>945</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="F233" s="8" t="s">
-        <x:v>946</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="G233" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H233" s="8" t="s">
-        <x:v>947</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.5" customHeight="1" collapsed="0">
+        <x:v>954</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.453125" customHeight="1" collapsed="0">
       <x:c r="A234" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B234" s="8" t="s">
-        <x:v>948</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="C234" s="8"/>
       <x:c r="D234" s="9" t="n">
-        <x:v>20118</x:v>
+        <x:v>56800</x:v>
       </x:c>
       <x:c r="E234" s="8" t="s">
-        <x:v>949</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="F234" s="8" t="s">
-        <x:v>950</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="G234" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H234" s="8" t="s">
-        <x:v>951</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.40625" customHeight="1" collapsed="0">
+        <x:v>958</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.46875" customHeight="1" collapsed="0">
       <x:c r="A235" s="8" t="s">
-        <x:v>499</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B235" s="8" t="s">
-        <x:v>952</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="C235" s="8"/>
       <x:c r="D235" s="9" t="n">
-        <x:v>203512</x:v>
+        <x:v>217816</x:v>
       </x:c>
       <x:c r="E235" s="8" t="s">
-        <x:v>953</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="F235" s="8" t="s">
-        <x:v>954</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="G235" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H235" s="8" t="s">
-        <x:v>955</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.5" customHeight="1" collapsed="0">
+        <x:v>962</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A236" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B236" s="8" t="s">
-        <x:v>956</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="C236" s="8"/>
       <x:c r="D236" s="9" t="n">
-        <x:v>69424</x:v>
+        <x:v>21180</x:v>
       </x:c>
       <x:c r="E236" s="8" t="s">
-        <x:v>957</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="F236" s="8" t="s">
-        <x:v>958</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="G236" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H236" s="8" t="s">
-        <x:v>959</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.46875" customHeight="1" collapsed="0">
+        <x:v>966</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.984375" customHeight="1" collapsed="0">
       <x:c r="A237" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B237" s="8" t="s">
-        <x:v>960</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C237" s="8"/>
       <x:c r="D237" s="9" t="n">
-        <x:v>20250</x:v>
+        <x:v>52081</x:v>
       </x:c>
       <x:c r="E237" s="8" t="s">
-        <x:v>961</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="F237" s="8" t="s">
-        <x:v>962</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="G237" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H237" s="8" t="s">
-        <x:v>963</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.9375" customHeight="1" collapsed="0">
+        <x:v>970</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1678.84375" customHeight="1" collapsed="0">
       <x:c r="A238" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B238" s="8" t="s">
-        <x:v>964</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="C238" s="8"/>
       <x:c r="D238" s="9" t="n">
-        <x:v>168481</x:v>
+        <x:v>177791</x:v>
       </x:c>
       <x:c r="E238" s="8" t="s">
-        <x:v>965</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="F238" s="8" t="s">
-        <x:v>966</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="G238" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H238" s="8" t="s">
-        <x:v>967</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46875" customHeight="1" collapsed="0">
+        <x:v>974</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="161" customHeight="1" collapsed="0">
       <x:c r="A239" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B239" s="8" t="s">
-        <x:v>968</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="C239" s="8"/>
       <x:c r="D239" s="9" t="n">
-        <x:v>68429</x:v>
+        <x:v>205140</x:v>
       </x:c>
       <x:c r="E239" s="8" t="s">
-        <x:v>969</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="F239" s="8" t="s">
-        <x:v>970</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="G239" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H239" s="8" t="s">
-        <x:v>971</x:v>
-[...2 lines deleted...]
-    <x:row ht="2702.25" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
       <x:c r="A240" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="B240" s="8" t="s">
-        <x:v>972</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="C240" s="8"/>
       <x:c r="D240" s="9" t="n">
-        <x:v>112331</x:v>
+        <x:v>139987</x:v>
       </x:c>
       <x:c r="E240" s="8" t="s">
-        <x:v>973</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F240" s="8" t="s">
-        <x:v>974</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="G240" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H240" s="8" t="s">
-        <x:v>975</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.96875" customHeight="1" collapsed="0">
+        <x:v>981</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.484375" customHeight="1" collapsed="0">
       <x:c r="A241" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B241" s="8" t="s">
-        <x:v>976</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="C241" s="8"/>
       <x:c r="D241" s="9" t="n">
-        <x:v>60915</x:v>
+        <x:v>23879</x:v>
       </x:c>
       <x:c r="E241" s="8" t="s">
-        <x:v>977</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="F241" s="8" t="s">
-        <x:v>978</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="G241" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H241" s="8" t="s">
-        <x:v>979</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.484375" customHeight="1" collapsed="0">
+        <x:v>985</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.984375" customHeight="1" collapsed="0">
       <x:c r="A242" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B242" s="8" t="s">
-        <x:v>980</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="C242" s="8"/>
       <x:c r="D242" s="9" t="n">
-        <x:v>69886</x:v>
+        <x:v>113786</x:v>
       </x:c>
       <x:c r="E242" s="8" t="s">
-        <x:v>981</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="F242" s="8" t="s">
-        <x:v>982</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="G242" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H242" s="8" t="s">
-        <x:v>983</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+        <x:v>989</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1299.40625" customHeight="1" collapsed="0">
       <x:c r="A243" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B243" s="8" t="s">
-        <x:v>984</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="C243" s="8"/>
       <x:c r="D243" s="9" t="n">
-        <x:v>76407</x:v>
+        <x:v>43262</x:v>
       </x:c>
       <x:c r="E243" s="8" t="s">
-        <x:v>985</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F243" s="8" t="s">
-        <x:v>986</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="G243" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H243" s="8" t="s">
-        <x:v>987</x:v>
-[...2 lines deleted...]
-    <x:row ht="1391.390625" customHeight="1" collapsed="0">
+        <x:v>993</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1126.90625" customHeight="1" collapsed="0">
       <x:c r="A244" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B244" s="8" t="s">
-        <x:v>988</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="C244" s="8"/>
       <x:c r="D244" s="9" t="n">
-        <x:v>146250</x:v>
+        <x:v>111677</x:v>
       </x:c>
       <x:c r="E244" s="8" t="s">
-        <x:v>989</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="F244" s="8" t="s">
-        <x:v>990</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="G244" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H244" s="8" t="s">
-        <x:v>991</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.453125" customHeight="1" collapsed="0">
+        <x:v>997</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.46875" customHeight="1" collapsed="0">
       <x:c r="A245" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B245" s="8" t="s">
-        <x:v>992</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="C245" s="8"/>
       <x:c r="D245" s="9" t="n">
-        <x:v>21134</x:v>
+        <x:v>167109</x:v>
       </x:c>
       <x:c r="E245" s="8" t="s">
-        <x:v>993</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="F245" s="8" t="s">
-        <x:v>994</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="G245" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H245" s="8" t="s">
-        <x:v>995</x:v>
-[...2 lines deleted...]
-    <x:row ht="138" customHeight="1" collapsed="0">
+        <x:v>1001</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.390625" customHeight="1" collapsed="0">
       <x:c r="A246" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B246" s="8" t="s">
-        <x:v>996</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="C246" s="8"/>
       <x:c r="D246" s="9" t="n">
-        <x:v>21247</x:v>
+        <x:v>131025</x:v>
       </x:c>
       <x:c r="E246" s="8" t="s">
-        <x:v>997</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="F246" s="8" t="s">
-        <x:v>998</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="G246" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H246" s="8" t="s">
-        <x:v>999</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>1005</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.46875" customHeight="1" collapsed="0">
       <x:c r="A247" s="8" t="s">
-        <x:v>548</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B247" s="8" t="s">
-        <x:v>1000</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="C247" s="8"/>
       <x:c r="D247" s="9" t="n">
-        <x:v>158151</x:v>
+        <x:v>146564</x:v>
       </x:c>
       <x:c r="E247" s="8" t="s">
-        <x:v>1001</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="F247" s="8" t="s">
-        <x:v>1002</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="G247" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H247" s="8" t="s">
-        <x:v>1003</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.4375" customHeight="1" collapsed="0">
+        <x:v>1009</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="207" customHeight="1" collapsed="0">
       <x:c r="A248" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B248" s="8" t="s">
-        <x:v>1004</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C248" s="8"/>
       <x:c r="D248" s="9" t="n">
-        <x:v>94725</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="E248" s="8" t="s">
-        <x:v>1005</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="F248" s="8" t="s">
-        <x:v>1006</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="G248" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H248" s="8" t="s">
-        <x:v>1007</x:v>
-[...2 lines deleted...]
-    <x:row ht="138.015625" customHeight="1" collapsed="0">
+        <x:v>1013</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.46875" customHeight="1" collapsed="0">
       <x:c r="A249" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B249" s="8" t="s">
-        <x:v>1008</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="C249" s="8"/>
       <x:c r="D249" s="9" t="n">
-        <x:v>21257</x:v>
+        <x:v>101536</x:v>
       </x:c>
       <x:c r="E249" s="8" t="s">
-        <x:v>1009</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="F249" s="8" t="s">
-        <x:v>1010</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="G249" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H249" s="8" t="s">
-        <x:v>1011</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>1017</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
       <x:c r="A250" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B250" s="8" t="s">
-        <x:v>1012</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="C250" s="8"/>
       <x:c r="D250" s="9" t="n">
-        <x:v>51941</x:v>
+        <x:v>149841</x:v>
       </x:c>
       <x:c r="E250" s="8" t="s">
-        <x:v>1013</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="F250" s="8" t="s">
-        <x:v>1014</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="G250" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H250" s="8" t="s">
-        <x:v>1015</x:v>
-[...2 lines deleted...]
-    <x:row ht="4887.0625" customHeight="1" collapsed="0">
+        <x:v>1021</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="207" customHeight="1" collapsed="0">
       <x:c r="A251" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B251" s="8" t="s">
-        <x:v>1016</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="C251" s="8"/>
       <x:c r="D251" s="9" t="n">
-        <x:v>289476</x:v>
+        <x:v>20804</x:v>
       </x:c>
       <x:c r="E251" s="8" t="s">
-        <x:v>1017</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="F251" s="8" t="s">
-        <x:v>1018</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="G251" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H251" s="8" t="s">
-        <x:v>1019</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.484375" customHeight="1" collapsed="0">
+        <x:v>1025</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.46875" customHeight="1" collapsed="0">
       <x:c r="A252" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B252" s="8" t="s">
-        <x:v>1020</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="C252" s="8"/>
       <x:c r="D252" s="9" t="n">
-        <x:v>257526</x:v>
+        <x:v>122505</x:v>
       </x:c>
       <x:c r="E252" s="8" t="s">
-        <x:v>1021</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="F252" s="8" t="s">
-        <x:v>1022</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="G252" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H252" s="8" t="s">
-        <x:v>1023</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.453125" customHeight="1" collapsed="0">
+        <x:v>1029</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.484375" customHeight="1" collapsed="0">
       <x:c r="A253" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B253" s="8" t="s">
-        <x:v>1024</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="C253" s="8"/>
       <x:c r="D253" s="9" t="n">
-        <x:v>561069</x:v>
+        <x:v>20749</x:v>
       </x:c>
       <x:c r="E253" s="8" t="s">
-        <x:v>1025</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="F253" s="8" t="s">
-        <x:v>1026</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="G253" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H253" s="8" t="s">
-        <x:v>1027</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.984375" customHeight="1" collapsed="0">
+        <x:v>1033</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.96875" customHeight="1" collapsed="0">
       <x:c r="A254" s="8" t="s">
-        <x:v>1028</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B254" s="8" t="s">
-        <x:v>1029</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="C254" s="8"/>
       <x:c r="D254" s="9" t="n">
-        <x:v>163811</x:v>
+        <x:v>86966</x:v>
       </x:c>
       <x:c r="E254" s="8" t="s">
-        <x:v>1030</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="F254" s="8" t="s">
-        <x:v>1031</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="G254" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H254" s="8" t="s">
-        <x:v>1032</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.46875" customHeight="1" collapsed="0">
+        <x:v>1037</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A255" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B255" s="8" t="s">
-        <x:v>1033</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="C255" s="8"/>
       <x:c r="D255" s="9" t="n">
-        <x:v>57127</x:v>
+        <x:v>79434</x:v>
       </x:c>
       <x:c r="E255" s="8" t="s">
-        <x:v>1034</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="F255" s="8" t="s">
-        <x:v>1035</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="G255" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H255" s="8" t="s">
-        <x:v>1036</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+        <x:v>1041</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.453125" customHeight="1" collapsed="0">
       <x:c r="A256" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B256" s="8" t="s">
-        <x:v>1037</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="C256" s="8"/>
       <x:c r="D256" s="9" t="n">
-        <x:v>71231</x:v>
+        <x:v>191284</x:v>
       </x:c>
       <x:c r="E256" s="8" t="s">
-        <x:v>1038</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="F256" s="8" t="s">
-        <x:v>1039</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="G256" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H256" s="8" t="s">
-        <x:v>1040</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.40625" customHeight="1" collapsed="0">
+        <x:v>1045</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46" customHeight="1" collapsed="0">
       <x:c r="A257" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B257" s="8" t="s">
-        <x:v>1041</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="C257" s="8"/>
       <x:c r="D257" s="9" t="n">
-        <x:v>90036</x:v>
+        <x:v>36767</x:v>
       </x:c>
       <x:c r="E257" s="8" t="s">
-        <x:v>1042</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="F257" s="8" t="s">
-        <x:v>1043</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="G257" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H257" s="8" t="s">
-        <x:v>1044</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46875" customHeight="1" collapsed="0">
+        <x:v>1049</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A258" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B258" s="8" t="s">
-        <x:v>1045</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="C258" s="8"/>
       <x:c r="D258" s="9" t="n">
-        <x:v>56800</x:v>
+        <x:v>37480</x:v>
       </x:c>
       <x:c r="E258" s="8" t="s">
-        <x:v>1046</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="F258" s="8" t="s">
-        <x:v>1047</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="G258" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H258" s="8" t="s">
-        <x:v>1048</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.953125" customHeight="1" collapsed="0">
+        <x:v>1053</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2989.75" customHeight="1" collapsed="0">
       <x:c r="A259" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B259" s="8" t="s">
-        <x:v>1049</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="C259" s="8"/>
       <x:c r="D259" s="9" t="n">
-        <x:v>158060</x:v>
+        <x:v>28327</x:v>
       </x:c>
       <x:c r="E259" s="8" t="s">
-        <x:v>1050</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="F259" s="8" t="s">
-        <x:v>1051</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="G259" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H259" s="8" t="s">
-        <x:v>1052</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.484375" customHeight="1" collapsed="0">
+        <x:v>1057</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2817.296875" customHeight="1" collapsed="0">
       <x:c r="A260" s="8" t="s">
-        <x:v>499</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B260" s="8" t="s">
-        <x:v>1053</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C260" s="8"/>
       <x:c r="D260" s="9" t="n">
-        <x:v>20792</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="E260" s="8" t="s">
-        <x:v>1054</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="F260" s="8" t="s">
-        <x:v>1055</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="G260" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H260" s="8" t="s">
-        <x:v>1056</x:v>
-[...2 lines deleted...]
-    <x:row ht="1333.890625" customHeight="1" collapsed="0">
+        <x:v>1061</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.46875" customHeight="1" collapsed="0">
       <x:c r="A261" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B261" s="8" t="s">
-        <x:v>1057</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="C261" s="8"/>
       <x:c r="D261" s="9" t="n">
-        <x:v>21210</x:v>
+        <x:v>61481</x:v>
       </x:c>
       <x:c r="E261" s="8" t="s">
-        <x:v>1058</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="F261" s="8" t="s">
-        <x:v>1059</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="G261" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H261" s="8" t="s">
-        <x:v>1060</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.453125" customHeight="1" collapsed="0">
+        <x:v>1065</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.484375" customHeight="1" collapsed="0">
       <x:c r="A262" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="B262" s="8" t="s">
-        <x:v>1061</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="C262" s="8"/>
       <x:c r="D262" s="9" t="n">
-        <x:v>64358</x:v>
+        <x:v>21070</x:v>
       </x:c>
       <x:c r="E262" s="8" t="s">
-        <x:v>1062</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="F262" s="8" t="s">
-        <x:v>1063</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="G262" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H262" s="8" t="s">
-        <x:v>1064</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.484375" customHeight="1" collapsed="0">
+        <x:v>1069</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="69.015625" customHeight="1" collapsed="0">
       <x:c r="A263" s="8" t="s">
-        <x:v>261</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B263" s="8" t="s">
-        <x:v>1065</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="C263" s="8"/>
       <x:c r="D263" s="9" t="n">
-        <x:v>61445</x:v>
+        <x:v>23745</x:v>
       </x:c>
       <x:c r="E263" s="8" t="s">
-        <x:v>1066</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="F263" s="8" t="s">
-        <x:v>1067</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="G263" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H263" s="8" t="s">
-        <x:v>1068</x:v>
-[...2 lines deleted...]
-    <x:row ht="1506.359375" customHeight="1" collapsed="0">
+        <x:v>1073</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9375" customHeight="1" collapsed="0">
       <x:c r="A264" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B264" s="8" t="s">
-        <x:v>1069</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="C264" s="8"/>
       <x:c r="D264" s="9" t="n">
-        <x:v>120150</x:v>
+        <x:v>37794</x:v>
       </x:c>
       <x:c r="E264" s="8" t="s">
-        <x:v>1070</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="F264" s="8" t="s">
-        <x:v>1071</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="G264" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H264" s="8" t="s">
-        <x:v>1072</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.96875" customHeight="1" collapsed="0">
+        <x:v>1077</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.953125" customHeight="1" collapsed="0">
       <x:c r="A265" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B265" s="8" t="s">
-        <x:v>1073</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C265" s="8"/>
       <x:c r="D265" s="9" t="n">
-        <x:v>205140</x:v>
+        <x:v>24633</x:v>
       </x:c>
       <x:c r="E265" s="8" t="s">
-        <x:v>1074</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F265" s="8" t="s">
-        <x:v>1075</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="G265" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H265" s="8" t="s">
-        <x:v>1076</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.984375" customHeight="1" collapsed="0">
+        <x:v>1081</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.484375" customHeight="1" collapsed="0">
       <x:c r="A266" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B266" s="8" t="s">
-        <x:v>1077</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="C266" s="8"/>
       <x:c r="D266" s="9" t="n">
-        <x:v>20992</x:v>
+        <x:v>20799</x:v>
       </x:c>
       <x:c r="E266" s="8" t="s">
-        <x:v>1078</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F266" s="8" t="s">
-        <x:v>1079</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="G266" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H266" s="8" t="s">
-        <x:v>1080</x:v>
-[...2 lines deleted...]
-    <x:row ht="138" customHeight="1" collapsed="0">
+        <x:v>1085</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A267" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B267" s="8" t="s">
-        <x:v>1081</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="C267" s="8"/>
       <x:c r="D267" s="9" t="n">
-        <x:v>116064</x:v>
+        <x:v>21224</x:v>
       </x:c>
       <x:c r="E267" s="8" t="s">
-        <x:v>1082</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="F267" s="8" t="s">
-        <x:v>1083</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="G267" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H267" s="8" t="s">
-        <x:v>1084</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.46875" customHeight="1" collapsed="0">
+        <x:v>1089</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
       <x:c r="A268" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B268" s="8" t="s">
-        <x:v>1085</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="C268" s="8"/>
       <x:c r="D268" s="9" t="n">
-        <x:v>217816</x:v>
+        <x:v>39578</x:v>
       </x:c>
       <x:c r="E268" s="8" t="s">
-        <x:v>1086</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="F268" s="8" t="s">
-        <x:v>1087</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="G268" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H268" s="8" t="s">
-        <x:v>1088</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.96875" customHeight="1" collapsed="0">
+        <x:v>1093</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.953125" customHeight="1" collapsed="0">
       <x:c r="A269" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B269" s="8" t="s">
-        <x:v>1089</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="C269" s="8"/>
       <x:c r="D269" s="9" t="n">
-        <x:v>614794</x:v>
+        <x:v>20649</x:v>
       </x:c>
       <x:c r="E269" s="8" t="s">
-        <x:v>1090</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="F269" s="8" t="s">
-        <x:v>1091</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="G269" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H269" s="8" t="s">
-        <x:v>1092</x:v>
-[...2 lines deleted...]
-    <x:row ht="988.9375" customHeight="1" collapsed="0">
+        <x:v>1097</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.46875" customHeight="1" collapsed="0">
       <x:c r="A270" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B270" s="8" t="s">
-        <x:v>1093</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="C270" s="8"/>
       <x:c r="D270" s="9" t="n">
-        <x:v>165580</x:v>
+        <x:v>23336</x:v>
       </x:c>
       <x:c r="E270" s="8" t="s">
-        <x:v>1094</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="F270" s="8" t="s">
-        <x:v>1095</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="G270" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H270" s="8" t="s">
-        <x:v>1096</x:v>
-[...2 lines deleted...]
-    <x:row ht="1954.8125" customHeight="1" collapsed="0">
+        <x:v>1101</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
       <x:c r="A271" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B271" s="8" t="s">
-        <x:v>1097</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="C271" s="8"/>
       <x:c r="D271" s="9" t="n">
-        <x:v>136396</x:v>
+        <x:v>20640</x:v>
       </x:c>
       <x:c r="E271" s="8" t="s">
-        <x:v>1098</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="F271" s="8" t="s">
-        <x:v>1099</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="G271" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H271" s="8" t="s">
-        <x:v>1100</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.984375" customHeight="1" collapsed="0">
+        <x:v>1105</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.5" customHeight="1" collapsed="0">
       <x:c r="A272" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B272" s="8" t="s">
-        <x:v>1101</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C272" s="8"/>
       <x:c r="D272" s="9" t="n">
-        <x:v>77411</x:v>
+        <x:v>20613</x:v>
       </x:c>
       <x:c r="E272" s="8" t="s">
-        <x:v>1102</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="F272" s="8" t="s">
-        <x:v>1103</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="G272" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H272" s="8" t="s">
-        <x:v>1104</x:v>
-[...2 lines deleted...]
-    <x:row ht="850.921875" customHeight="1" collapsed="0">
+        <x:v>1109</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.984375" customHeight="1" collapsed="0">
       <x:c r="A273" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B273" s="8" t="s">
-        <x:v>1105</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C273" s="8"/>
       <x:c r="D273" s="9" t="n">
-        <x:v>163340</x:v>
+        <x:v>20227</x:v>
       </x:c>
       <x:c r="E273" s="8" t="s">
-        <x:v>1106</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="F273" s="8" t="s">
-        <x:v>1107</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="G273" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H273" s="8" t="s">
-        <x:v>1108</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.96875" customHeight="1" collapsed="0">
+        <x:v>1113</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="184" customHeight="1" collapsed="0">
       <x:c r="A274" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B274" s="8" t="s">
-        <x:v>1109</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C274" s="8"/>
       <x:c r="D274" s="9" t="n">
-        <x:v>660196</x:v>
+        <x:v>38820</x:v>
       </x:c>
       <x:c r="E274" s="8" t="s">
-        <x:v>1110</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="F274" s="8" t="s">
-        <x:v>1111</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="G274" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H274" s="8" t="s">
-        <x:v>1112</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.953125" customHeight="1" collapsed="0">
+        <x:v>1117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.46875" customHeight="1" collapsed="0">
       <x:c r="A275" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B275" s="8" t="s">
-        <x:v>1113</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="C275" s="8"/>
       <x:c r="D275" s="9" t="n">
-        <x:v>82290</x:v>
+        <x:v>73002</x:v>
       </x:c>
       <x:c r="E275" s="8" t="s">
-        <x:v>1114</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F275" s="8" t="s">
-        <x:v>1115</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="G275" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H275" s="8" t="s">
-        <x:v>1116</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.96875" customHeight="1" collapsed="0">
+        <x:v>1121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
       <x:c r="A276" s="8" t="s">
-        <x:v>178</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B276" s="8" t="s">
-        <x:v>1117</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="C276" s="8"/>
       <x:c r="D276" s="9" t="n">
-        <x:v>21254</x:v>
+        <x:v>29847</x:v>
       </x:c>
       <x:c r="E276" s="8" t="s">
-        <x:v>1118</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F276" s="8" t="s">
-        <x:v>1119</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="G276" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H276" s="8" t="s">
-        <x:v>1120</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.984375" customHeight="1" collapsed="0">
+        <x:v>1125</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.984375" customHeight="1" collapsed="0">
       <x:c r="A277" s="8" t="s">
-        <x:v>365</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B277" s="8" t="s">
-        <x:v>1121</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="C277" s="8"/>
       <x:c r="D277" s="9" t="n">
-        <x:v>21419</x:v>
+        <x:v>20702</x:v>
       </x:c>
       <x:c r="E277" s="8" t="s">
-        <x:v>1122</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="F277" s="8" t="s">
-        <x:v>1123</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="G277" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H277" s="8" t="s">
-        <x:v>1124</x:v>
-[...2 lines deleted...]
-    <x:row ht="8704.78125" customHeight="1" collapsed="0">
+        <x:v>1129</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4375" customHeight="1" collapsed="0">
       <x:c r="A278" s="8" t="s">
-        <x:v>594</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="B278" s="8" t="s">
-        <x:v>1125</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="C278" s="8"/>
       <x:c r="D278" s="9" t="n">
-        <x:v>22925</x:v>
+        <x:v>29887</x:v>
       </x:c>
       <x:c r="E278" s="8" t="s">
-        <x:v>1126</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="F278" s="8" t="s">
-        <x:v>1127</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="G278" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H278" s="8" t="s">
-        <x:v>1128</x:v>
-[...2 lines deleted...]
-    <x:row ht="2368.796875" customHeight="1" collapsed="0">
+        <x:v>1133</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.984375" customHeight="1" collapsed="0">
       <x:c r="A279" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B279" s="8" t="s">
-        <x:v>1129</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="C279" s="8"/>
       <x:c r="D279" s="9" t="n">
-        <x:v>99269</x:v>
+        <x:v>20188</x:v>
       </x:c>
       <x:c r="E279" s="8" t="s">
-        <x:v>1130</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="F279" s="8" t="s">
-        <x:v>1131</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="G279" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H279" s="8" t="s">
-        <x:v>1132</x:v>
-[...2 lines deleted...]
-    <x:row ht="46" customHeight="1" collapsed="0">
+        <x:v>1137</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1218.90625" customHeight="1" collapsed="0">
       <x:c r="A280" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B280" s="8" t="s">
-        <x:v>1133</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="C280" s="8"/>
       <x:c r="D280" s="9" t="n">
-        <x:v>24734</x:v>
+        <x:v>77454</x:v>
       </x:c>
       <x:c r="E280" s="8" t="s">
-        <x:v>1134</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="F280" s="8" t="s">
-        <x:v>1135</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="G280" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H280" s="8" t="s">
-        <x:v>1136</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.5" customHeight="1" collapsed="0">
+        <x:v>1141</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.484375" customHeight="1" collapsed="0">
       <x:c r="A281" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="B281" s="8" t="s">
-        <x:v>1137</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="C281" s="8"/>
       <x:c r="D281" s="9" t="n">
-        <x:v>94180</x:v>
+        <x:v>25453</x:v>
       </x:c>
       <x:c r="E281" s="8" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="F281" s="8" t="s">
-        <x:v>1139</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="G281" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H281" s="8" t="s">
-        <x:v>1140</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.5" customHeight="1" collapsed="0">
+        <x:v>1146</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.453125" customHeight="1" collapsed="0">
       <x:c r="A282" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B282" s="8" t="s">
-        <x:v>1141</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="C282" s="8"/>
       <x:c r="D282" s="9" t="n">
-        <x:v>115019</x:v>
+        <x:v>20737</x:v>
       </x:c>
       <x:c r="E282" s="8" t="s">
-        <x:v>1142</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="F282" s="8" t="s">
-        <x:v>1143</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="G282" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H282" s="8" t="s">
-        <x:v>1144</x:v>
-[...2 lines deleted...]
-    <x:row ht="1126.90625" customHeight="1" collapsed="0">
+        <x:v>1150</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="69" customHeight="1" collapsed="0">
       <x:c r="A283" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B283" s="8" t="s">
-        <x:v>1145</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="C283" s="8"/>
       <x:c r="D283" s="9" t="n">
-        <x:v>111677</x:v>
+        <x:v>21535</x:v>
       </x:c>
       <x:c r="E283" s="8" t="s">
-        <x:v>1146</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="F283" s="8" t="s">
-        <x:v>1147</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="G283" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H283" s="8" t="s">
-        <x:v>1148</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.421875" customHeight="1" collapsed="0">
+        <x:v>1154</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.4375" customHeight="1" collapsed="0">
       <x:c r="A284" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B284" s="8" t="s">
-        <x:v>1149</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="C284" s="8"/>
       <x:c r="D284" s="9" t="n">
-        <x:v>214282</x:v>
+        <x:v>20250</x:v>
       </x:c>
       <x:c r="E284" s="8" t="s">
-        <x:v>1150</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="F284" s="8" t="s">
-        <x:v>1151</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="G284" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H284" s="8" t="s">
-        <x:v>1152</x:v>
-[...2 lines deleted...]
-    <x:row ht="8095.3125" customHeight="1" collapsed="0">
+        <x:v>1158</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
       <x:c r="A285" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B285" s="8" t="s">
-        <x:v>1153</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="C285" s="8"/>
       <x:c r="D285" s="9" t="n">
-        <x:v>122038</x:v>
+        <x:v>21247</x:v>
       </x:c>
       <x:c r="E285" s="8" t="s">
-        <x:v>1154</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="F285" s="8" t="s">
-        <x:v>1155</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="G285" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H285" s="8" t="s">
-        <x:v>1156</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.53125" customHeight="1" collapsed="0">
+        <x:v>1162</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.984375" customHeight="1" collapsed="0">
       <x:c r="A286" s="8" t="s">
-        <x:v>1157</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B286" s="8" t="s">
-        <x:v>1158</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="C286" s="8"/>
       <x:c r="D286" s="9" t="n">
-        <x:v>20538</x:v>
+        <x:v>20723</x:v>
       </x:c>
       <x:c r="E286" s="8" t="s">
-        <x:v>1159</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="F286" s="8" t="s">
-        <x:v>1160</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="G286" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H286" s="8" t="s">
-        <x:v>1161</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.9375" customHeight="1" collapsed="0">
+        <x:v>1166</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.984375" customHeight="1" collapsed="0">
       <x:c r="A287" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B287" s="8" t="s">
-        <x:v>1162</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="C287" s="8"/>
       <x:c r="D287" s="9" t="n">
-        <x:v>51738</x:v>
+        <x:v>20930</x:v>
       </x:c>
       <x:c r="E287" s="8" t="s">
-        <x:v>1163</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="F287" s="8" t="s">
-        <x:v>1164</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="G287" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H287" s="8" t="s">
-        <x:v>1165</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.9375" customHeight="1" collapsed="0">
+        <x:v>1170</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A288" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="B288" s="8" t="s">
-        <x:v>1166</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="C288" s="8"/>
       <x:c r="D288" s="9" t="n">
-        <x:v>84993</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="E288" s="8" t="s">
-        <x:v>1167</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="F288" s="8" t="s">
-        <x:v>1168</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="G288" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H288" s="8" t="s">
-        <x:v>1169</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.96875" customHeight="1" collapsed="0">
+        <x:v>1175</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A289" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="B289" s="8" t="s">
-        <x:v>1170</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="C289" s="8"/>
       <x:c r="D289" s="9" t="n">
-        <x:v>31042</x:v>
+        <x:v>61445</x:v>
       </x:c>
       <x:c r="E289" s="8" t="s">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="F289" s="8" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c r="G289" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H289" s="8" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
+      <x:c r="A290" s="8" t="s">
         <x:v>1171</x:v>
       </x:c>
-      <x:c r="F289" s="8" t="s">
-[...12 lines deleted...]
-      </x:c>
       <x:c r="B290" s="8" t="s">
-        <x:v>1174</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="C290" s="8"/>
       <x:c r="D290" s="9" t="n">
-        <x:v>33778</x:v>
+        <x:v>129234</x:v>
       </x:c>
       <x:c r="E290" s="8" t="s">
-        <x:v>1175</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="F290" s="8" t="s">
-        <x:v>1176</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="G290" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H290" s="8" t="s">
-        <x:v>1177</x:v>
-[...2 lines deleted...]
-    <x:row ht="115" customHeight="1" collapsed="0">
+        <x:v>1183</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8417.296875" customHeight="1" collapsed="0">
       <x:c r="A291" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B291" s="8" t="s">
-        <x:v>1178</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="C291" s="8"/>
       <x:c r="D291" s="9" t="n">
-        <x:v>20566</x:v>
+        <x:v>26964</x:v>
       </x:c>
       <x:c r="E291" s="8" t="s">
-        <x:v>1179</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F291" s="8" t="s">
-        <x:v>1180</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G291" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H291" s="8" t="s">
-        <x:v>1181</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+        <x:v>1185</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8359.796875" customHeight="1" collapsed="0">
       <x:c r="A292" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B292" s="8" t="s">
-        <x:v>1182</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="C292" s="8"/>
       <x:c r="D292" s="9" t="n">
-        <x:v>68329</x:v>
+        <x:v>22137</x:v>
       </x:c>
       <x:c r="E292" s="8" t="s">
-        <x:v>1183</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F292" s="8" t="s">
-        <x:v>1184</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="G292" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H292" s="8" t="s">
-        <x:v>1185</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>1187</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8877.234375" customHeight="1" collapsed="0">
       <x:c r="A293" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B293" s="8" t="s">
-        <x:v>1186</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="C293" s="8"/>
       <x:c r="D293" s="9" t="n">
-        <x:v>20106</x:v>
+        <x:v>20395</x:v>
       </x:c>
       <x:c r="E293" s="8" t="s">
-        <x:v>1187</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="F293" s="8" t="s">
-        <x:v>1188</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="G293" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H293" s="8" t="s">
-        <x:v>1189</x:v>
-[...2 lines deleted...]
-    <x:row ht="1460.375" customHeight="1" collapsed="0">
+        <x:v>1191</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8670.25" customHeight="1" collapsed="0">
       <x:c r="A294" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B294" s="8" t="s">
-        <x:v>1190</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="C294" s="8"/>
       <x:c r="D294" s="9" t="n">
-        <x:v>50108</x:v>
+        <x:v>31922</x:v>
       </x:c>
       <x:c r="E294" s="8" t="s">
-        <x:v>1191</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="F294" s="8" t="s">
-        <x:v>1192</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="G294" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H294" s="8" t="s">
-        <x:v>1193</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.9375" customHeight="1" collapsed="0">
+        <x:v>1195</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8704.78125" customHeight="1" collapsed="0">
       <x:c r="A295" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B295" s="8" t="s">
-        <x:v>1194</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="C295" s="8"/>
       <x:c r="D295" s="9" t="n">
-        <x:v>130217</x:v>
+        <x:v>22925</x:v>
       </x:c>
       <x:c r="E295" s="8" t="s">
-        <x:v>1195</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="F295" s="8" t="s">
-        <x:v>1196</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="G295" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H295" s="8" t="s">
-        <x:v>1197</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.5" customHeight="1" collapsed="0">
+        <x:v>1199</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8693.25" customHeight="1" collapsed="0">
       <x:c r="A296" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B296" s="8" t="s">
-        <x:v>1198</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="C296" s="8"/>
       <x:c r="D296" s="9" t="n">
-        <x:v>23336</x:v>
+        <x:v>20038</x:v>
       </x:c>
       <x:c r="E296" s="8" t="s">
-        <x:v>1199</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="F296" s="8" t="s">
-        <x:v>1200</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="G296" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H296" s="8" t="s">
-        <x:v>1201</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.46875" customHeight="1" collapsed="0">
+        <x:v>1203</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8681.75" customHeight="1" collapsed="0">
       <x:c r="A297" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B297" s="8" t="s">
-        <x:v>1202</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="C297" s="8"/>
       <x:c r="D297" s="9" t="n">
-        <x:v>78475</x:v>
+        <x:v>46298</x:v>
       </x:c>
       <x:c r="E297" s="8" t="s">
-        <x:v>1203</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="F297" s="8" t="s">
-        <x:v>1204</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="G297" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H297" s="8" t="s">
-        <x:v>1205</x:v>
-[...2 lines deleted...]
-    <x:row ht="1540.84375" customHeight="1" collapsed="0">
+        <x:v>1207</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="207" customHeight="1" collapsed="0">
       <x:c r="A298" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B298" s="8" t="s">
-        <x:v>1206</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="C298" s="8"/>
       <x:c r="D298" s="9" t="n">
-        <x:v>168262</x:v>
+        <x:v>30346</x:v>
       </x:c>
       <x:c r="E298" s="8" t="s">
-        <x:v>1207</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="F298" s="8" t="s">
-        <x:v>1208</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="G298" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H298" s="8" t="s">
-        <x:v>1209</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46875" customHeight="1" collapsed="0">
+        <x:v>1211</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.4375" customHeight="1" collapsed="0">
       <x:c r="A299" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B299" s="8" t="s">
-        <x:v>1210</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="C299" s="8"/>
       <x:c r="D299" s="9" t="n">
-        <x:v>69995</x:v>
+        <x:v>22792</x:v>
       </x:c>
       <x:c r="E299" s="8" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="F299" s="8" t="s">
-        <x:v>1212</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="G299" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H299" s="8" t="s">
-        <x:v>1213</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.5" customHeight="1" collapsed="0">
+        <x:v>1215</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A300" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B300" s="8" t="s">
-        <x:v>1214</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="C300" s="8"/>
       <x:c r="D300" s="9" t="n">
-        <x:v>60548</x:v>
+        <x:v>21134</x:v>
       </x:c>
       <x:c r="E300" s="8" t="s">
-        <x:v>1215</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="F300" s="8" t="s">
-        <x:v>1216</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="G300" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H300" s="8" t="s">
-        <x:v>1217</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>1219</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
       <x:c r="A301" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B301" s="8" t="s">
-        <x:v>1218</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="C301" s="8"/>
       <x:c r="D301" s="9" t="n">
-        <x:v>64641</x:v>
+        <x:v>96645</x:v>
       </x:c>
       <x:c r="E301" s="8" t="s">
-        <x:v>1219</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="F301" s="8" t="s">
-        <x:v>1220</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="G301" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H301" s="8" t="s">
-        <x:v>1221</x:v>
-[...2 lines deleted...]
-    <x:row ht="1460.375" customHeight="1" collapsed="0">
+        <x:v>1223</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A302" s="8" t="s">
-        <x:v>173</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B302" s="8" t="s">
-        <x:v>1222</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="C302" s="8"/>
       <x:c r="D302" s="9" t="n">
-        <x:v>833204</x:v>
+        <x:v>20566</x:v>
       </x:c>
       <x:c r="E302" s="8" t="s">
-        <x:v>1223</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="F302" s="8" t="s">
-        <x:v>1224</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="G302" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H302" s="8" t="s">
-        <x:v>1225</x:v>
-[...2 lines deleted...]
-    <x:row ht="69" customHeight="1" collapsed="0">
+        <x:v>1227</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
       <x:c r="A303" s="8" t="s">
-        <x:v>585</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B303" s="8" t="s">
-        <x:v>1226</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="C303" s="8"/>
       <x:c r="D303" s="9" t="n">
-        <x:v>35556</x:v>
+        <x:v>68934</x:v>
       </x:c>
       <x:c r="E303" s="8" t="s">
-        <x:v>1227</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="F303" s="8" t="s">
-        <x:v>1228</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="G303" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H303" s="8" t="s">
-        <x:v>1229</x:v>
-[...2 lines deleted...]
-    <x:row ht="1563.875" customHeight="1" collapsed="0">
+        <x:v>1231</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A304" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B304" s="8" t="s">
-        <x:v>1230</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="C304" s="8"/>
       <x:c r="D304" s="9" t="n">
-        <x:v>197528</x:v>
+        <x:v>20534</x:v>
       </x:c>
       <x:c r="E304" s="8" t="s">
-        <x:v>1231</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="F304" s="8" t="s">
-        <x:v>1232</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="G304" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="8" t="s">
-        <x:v>1233</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.5" customHeight="1" collapsed="0">
+        <x:v>1235</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A305" s="8" t="s">
-        <x:v>1234</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B305" s="8" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="C305" s="8"/>
       <x:c r="D305" s="9" t="n">
-        <x:v>58808</x:v>
+        <x:v>46456</x:v>
       </x:c>
       <x:c r="E305" s="8" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="F305" s="8" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="G305" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="8" t="s">
-        <x:v>1238</x:v>
-[...2 lines deleted...]
-    <x:row ht="2851.75" customHeight="1" collapsed="0">
+        <x:v>1239</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9375" customHeight="1" collapsed="0">
       <x:c r="A306" s="8" t="s">
-        <x:v>318</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B306" s="8" t="s">
-        <x:v>1239</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="C306" s="8"/>
       <x:c r="D306" s="9" t="n">
-        <x:v>310078</x:v>
+        <x:v>75280</x:v>
       </x:c>
       <x:c r="E306" s="8" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="F306" s="8" t="s">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="G306" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="8" t="s">
-        <x:v>1242</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.96875" customHeight="1" collapsed="0">
+        <x:v>1243</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
       <x:c r="A307" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B307" s="8" t="s">
-        <x:v>1243</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C307" s="8"/>
       <x:c r="D307" s="9" t="n">
-        <x:v>302539</x:v>
+        <x:v>21006</x:v>
       </x:c>
       <x:c r="E307" s="8" t="s">
-        <x:v>1244</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="F307" s="8" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="G307" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="8" t="s">
-        <x:v>1246</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>1247</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1609.84375" customHeight="1" collapsed="0">
       <x:c r="A308" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B308" s="8" t="s">
-        <x:v>1247</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="C308" s="8"/>
       <x:c r="D308" s="9" t="n">
-        <x:v>244098</x:v>
+        <x:v>21084</x:v>
       </x:c>
       <x:c r="E308" s="8" t="s">
-        <x:v>1248</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="F308" s="8" t="s">
-        <x:v>1249</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="G308" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="8" t="s">
-        <x:v>1250</x:v>
-[...2 lines deleted...]
-    <x:row ht="1333.90625" customHeight="1" collapsed="0">
+        <x:v>1251</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4300.625" customHeight="1" collapsed="0">
       <x:c r="A309" s="8" t="s">
-        <x:v>365</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B309" s="8" t="s">
-        <x:v>1251</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="C309" s="8"/>
       <x:c r="D309" s="9" t="n">
-        <x:v>100341</x:v>
+        <x:v>37822</x:v>
       </x:c>
       <x:c r="E309" s="8" t="s">
-        <x:v>1252</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="F309" s="8" t="s">
-        <x:v>1253</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="G309" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="8" t="s">
-        <x:v>1254</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>1255</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2702.28125" customHeight="1" collapsed="0">
       <x:c r="A310" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B310" s="8" t="s">
-        <x:v>1255</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="C310" s="8"/>
       <x:c r="D310" s="9" t="n">
-        <x:v>31269</x:v>
+        <x:v>112331</x:v>
       </x:c>
       <x:c r="E310" s="8" t="s">
-        <x:v>1256</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="F310" s="8" t="s">
-        <x:v>1257</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="G310" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="8" t="s">
-        <x:v>1258</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9375" customHeight="1" collapsed="0">
+        <x:v>1259</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.96875" customHeight="1" collapsed="0">
       <x:c r="A311" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B311" s="8" t="s">
-        <x:v>1259</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="C311" s="8"/>
       <x:c r="D311" s="9" t="n">
-        <x:v>59573</x:v>
+        <x:v>73283</x:v>
       </x:c>
       <x:c r="E311" s="8" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="F311" s="8" t="s">
-        <x:v>1261</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="G311" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="8" t="s">
-        <x:v>1262</x:v>
-[...2 lines deleted...]
-    <x:row ht="1701.875" customHeight="1" collapsed="0">
+        <x:v>1263</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
       <x:c r="A312" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B312" s="8" t="s">
-        <x:v>1263</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="C312" s="8"/>
       <x:c r="D312" s="9" t="n">
-        <x:v>34501</x:v>
+        <x:v>159957</x:v>
       </x:c>
       <x:c r="E312" s="8" t="s">
-        <x:v>1264</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="F312" s="8" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="G312" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="8" t="s">
-        <x:v>1266</x:v>
-[...2 lines deleted...]
-    <x:row ht="161" customHeight="1" collapsed="0">
+        <x:v>1267</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="850.90625" customHeight="1" collapsed="0">
       <x:c r="A313" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B313" s="8" t="s">
-        <x:v>1267</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="C313" s="8"/>
       <x:c r="D313" s="9" t="n">
-        <x:v>39578</x:v>
+        <x:v>163340</x:v>
       </x:c>
       <x:c r="E313" s="8" t="s">
-        <x:v>1268</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F313" s="8" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="G313" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="8" t="s">
-        <x:v>1270</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>1271</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2656.28125" customHeight="1" collapsed="0">
       <x:c r="A314" s="8" t="s">
-        <x:v>365</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B314" s="8" t="s">
-        <x:v>1271</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="C314" s="8"/>
       <x:c r="D314" s="9" t="n">
-        <x:v>162553</x:v>
+        <x:v>20678</x:v>
       </x:c>
       <x:c r="E314" s="8" t="s">
-        <x:v>1272</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="F314" s="8" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="G314" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H314" s="8" t="s">
-        <x:v>1274</x:v>
-[...2 lines deleted...]
-    <x:row ht="2403.28125" customHeight="1" collapsed="0">
+        <x:v>1275</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1368.40625" customHeight="1" collapsed="0">
       <x:c r="A315" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B315" s="8" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="C315" s="8"/>
       <x:c r="D315" s="9" t="n">
-        <x:v>20731</x:v>
+        <x:v>20450</x:v>
       </x:c>
       <x:c r="E315" s="8" t="s">
-        <x:v>1276</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="F315" s="8" t="s">
-        <x:v>1277</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="G315" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H315" s="8" t="s">
-        <x:v>1278</x:v>
-[...2 lines deleted...]
-    <x:row ht="207" customHeight="1" collapsed="0">
+        <x:v>1279</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2598.75" customHeight="1" collapsed="0">
       <x:c r="A316" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B316" s="8" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="C316" s="8"/>
       <x:c r="D316" s="9" t="n">
-        <x:v>20804</x:v>
+        <x:v>38334</x:v>
       </x:c>
       <x:c r="E316" s="8" t="s">
-        <x:v>1280</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="F316" s="8" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="G316" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H316" s="8" t="s">
-        <x:v>1282</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4375" customHeight="1" collapsed="0">
+        <x:v>1283</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.9375" customHeight="1" collapsed="0">
       <x:c r="A317" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B317" s="8" t="s">
-        <x:v>1283</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="C317" s="8"/>
       <x:c r="D317" s="9" t="n">
-        <x:v>21224</x:v>
+        <x:v>42951</x:v>
       </x:c>
       <x:c r="E317" s="8" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="F317" s="8" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="G317" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H317" s="8" t="s">
-        <x:v>1286</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.46875" customHeight="1" collapsed="0">
+        <x:v>1287</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1310.875" customHeight="1" collapsed="0">
       <x:c r="A318" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B318" s="8" t="s">
-        <x:v>1287</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="C318" s="8"/>
       <x:c r="D318" s="9" t="n">
-        <x:v>22792</x:v>
+        <x:v>20163</x:v>
       </x:c>
       <x:c r="E318" s="8" t="s">
-        <x:v>1288</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="F318" s="8" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="G318" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H318" s="8" t="s">
-        <x:v>1290</x:v>
-[...2 lines deleted...]
-    <x:row ht="1563.875" customHeight="1" collapsed="0">
+        <x:v>1291</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4375" customHeight="1" collapsed="0">
       <x:c r="A319" s="8" t="s">
-        <x:v>1028</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B319" s="8" t="s">
-        <x:v>1291</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="C319" s="8"/>
       <x:c r="D319" s="9" t="n">
-        <x:v>20558</x:v>
+        <x:v>47314</x:v>
       </x:c>
       <x:c r="E319" s="8" t="s">
-        <x:v>1292</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="F319" s="8" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="G319" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H319" s="8" t="s">
-        <x:v>1294</x:v>
-[...2 lines deleted...]
-    <x:row ht="13545.84375" customHeight="1" collapsed="0">
+        <x:v>1295</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1184.40625" customHeight="1" collapsed="0">
       <x:c r="A320" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B320" s="8" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="C320" s="8"/>
       <x:c r="D320" s="9" t="n">
-        <x:v>89694</x:v>
+        <x:v>21120</x:v>
       </x:c>
       <x:c r="E320" s="8" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="F320" s="8" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="G320" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H320" s="8" t="s">
-        <x:v>1298</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.96875" customHeight="1" collapsed="0">
+        <x:v>1299</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1460.375" customHeight="1" collapsed="0">
       <x:c r="A321" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B321" s="8" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="C321" s="8"/>
       <x:c r="D321" s="9" t="n">
-        <x:v>110191</x:v>
+        <x:v>50108</x:v>
       </x:c>
       <x:c r="E321" s="8" t="s">
-        <x:v>1300</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="F321" s="8" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="G321" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H321" s="8" t="s">
-        <x:v>1076</x:v>
-[...2 lines deleted...]
-    <x:row ht="2322.8125" customHeight="1" collapsed="0">
+        <x:v>1303</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1264.90625" customHeight="1" collapsed="0">
       <x:c r="A322" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B322" s="8" t="s">
-        <x:v>1302</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="C322" s="8"/>
       <x:c r="D322" s="9" t="n">
-        <x:v>21297</x:v>
+        <x:v>54428</x:v>
       </x:c>
       <x:c r="E322" s="8" t="s">
-        <x:v>1303</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="F322" s="8" t="s">
-        <x:v>1304</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="G322" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H322" s="8" t="s">
-        <x:v>1305</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>1307</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.46875" customHeight="1" collapsed="0">
       <x:c r="A323" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B323" s="8" t="s">
-        <x:v>1306</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="C323" s="8"/>
       <x:c r="D323" s="9" t="n">
-        <x:v>136747</x:v>
+        <x:v>121076</x:v>
       </x:c>
       <x:c r="E323" s="8" t="s">
-        <x:v>1307</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="F323" s="8" t="s">
-        <x:v>1308</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="G323" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H323" s="8" t="s">
-        <x:v>1309</x:v>
-[...2 lines deleted...]
-    <x:row ht="908.40625" customHeight="1" collapsed="0">
+        <x:v>1311</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.4375" customHeight="1" collapsed="0">
       <x:c r="A324" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B324" s="8" t="s">
-        <x:v>1310</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="C324" s="8"/>
       <x:c r="D324" s="9" t="n">
-        <x:v>141153</x:v>
+        <x:v>64358</x:v>
       </x:c>
       <x:c r="E324" s="8" t="s">
-        <x:v>1311</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="F324" s="8" t="s">
-        <x:v>1312</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="G324" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H324" s="8" t="s">
-        <x:v>1313</x:v>
-[...2 lines deleted...]
-    <x:row ht="977.40625" customHeight="1" collapsed="0">
+        <x:v>1315</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1184.40625" customHeight="1" collapsed="0">
       <x:c r="A325" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B325" s="8" t="s">
-        <x:v>1314</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="C325" s="8"/>
       <x:c r="D325" s="9" t="n">
-        <x:v>99511</x:v>
+        <x:v>43047</x:v>
       </x:c>
       <x:c r="E325" s="8" t="s">
-        <x:v>1315</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="F325" s="8" t="s">
-        <x:v>1316</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="G325" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H325" s="8" t="s">
-        <x:v>1317</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.96875" customHeight="1" collapsed="0">
+        <x:v>1319</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1391.375" customHeight="1" collapsed="0">
       <x:c r="A326" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B326" s="8" t="s">
-        <x:v>1318</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="C326" s="8"/>
       <x:c r="D326" s="9" t="n">
-        <x:v>132049</x:v>
+        <x:v>146250</x:v>
       </x:c>
       <x:c r="E326" s="8" t="s">
-        <x:v>1319</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="F326" s="8" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="G326" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H326" s="8" t="s">
-        <x:v>1321</x:v>
-[...2 lines deleted...]
-    <x:row ht="115" customHeight="1" collapsed="0">
+        <x:v>1323</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1621.375" customHeight="1" collapsed="0">
       <x:c r="A327" s="8" t="s">
-        <x:v>1322</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B327" s="8" t="s">
-        <x:v>1323</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="C327" s="8"/>
       <x:c r="D327" s="9" t="n">
-        <x:v>20043</x:v>
+        <x:v>20553</x:v>
       </x:c>
       <x:c r="E327" s="8" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="F327" s="8" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="G327" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H327" s="8" t="s">
-        <x:v>1326</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.96875" customHeight="1" collapsed="0">
+        <x:v>1327</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="942.90625" customHeight="1" collapsed="0">
       <x:c r="A328" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B328" s="8" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="C328" s="8"/>
       <x:c r="D328" s="9" t="n">
-        <x:v>305846</x:v>
+        <x:v>83693</x:v>
       </x:c>
       <x:c r="E328" s="8" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="F328" s="8" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="G328" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H328" s="8" t="s">
-        <x:v>1330</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9375" customHeight="1" collapsed="0">
+        <x:v>1331</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.46875" customHeight="1" collapsed="0">
       <x:c r="A329" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B329" s="8" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="C329" s="8"/>
       <x:c r="D329" s="9" t="n">
-        <x:v>250127</x:v>
+        <x:v>20825</x:v>
       </x:c>
       <x:c r="E329" s="8" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="F329" s="8" t="s">
-        <x:v>1333</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="G329" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H329" s="8" t="s">
-        <x:v>1334</x:v>
-[...2 lines deleted...]
-    <x:row ht="9118.71875" customHeight="1" collapsed="0">
+        <x:v>1335</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="184" customHeight="1" collapsed="0">
       <x:c r="A330" s="8" t="s">
-        <x:v>585</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B330" s="8" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="C330" s="8"/>
       <x:c r="D330" s="9" t="n">
-        <x:v>124088</x:v>
+        <x:v>20992</x:v>
       </x:c>
       <x:c r="E330" s="8" t="s">
-        <x:v>1336</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="F330" s="8" t="s">
-        <x:v>1337</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="G330" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H330" s="8" t="s">
-        <x:v>1338</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.96875" customHeight="1" collapsed="0">
+        <x:v>1339</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.5" customHeight="1" collapsed="0">
       <x:c r="A331" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B331" s="8" t="s">
-        <x:v>1339</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="C331" s="8"/>
       <x:c r="D331" s="9" t="n">
-        <x:v>68934</x:v>
+        <x:v>33872</x:v>
       </x:c>
       <x:c r="E331" s="8" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="F331" s="8" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="G331" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H331" s="8" t="s">
-        <x:v>1342</x:v>
-[...2 lines deleted...]
-    <x:row ht="1241.90625" customHeight="1" collapsed="0">
+        <x:v>1343</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.5" customHeight="1" collapsed="0">
       <x:c r="A332" s="8" t="s">
-        <x:v>1028</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B332" s="8" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C332" s="8"/>
       <x:c r="D332" s="9" t="n">
-        <x:v>371025</x:v>
+        <x:v>20879</x:v>
       </x:c>
       <x:c r="E332" s="8" t="s">
-        <x:v>1344</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="F332" s="8" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="G332" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H332" s="8" t="s">
-        <x:v>1346</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.4375" customHeight="1" collapsed="0">
+        <x:v>1347</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1736.34375" customHeight="1" collapsed="0">
       <x:c r="A333" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B333" s="8" t="s">
-        <x:v>1347</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="C333" s="8"/>
       <x:c r="D333" s="9" t="n">
-        <x:v>181119</x:v>
+        <x:v>20718</x:v>
       </x:c>
       <x:c r="E333" s="8" t="s">
-        <x:v>1348</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="F333" s="8" t="s">
-        <x:v>1349</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="G333" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H333" s="8" t="s">
-        <x:v>1350</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.90625" customHeight="1" collapsed="0">
+        <x:v>1351</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.96875" customHeight="1" collapsed="0">
       <x:c r="A334" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B334" s="8" t="s">
-        <x:v>1351</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="C334" s="8"/>
       <x:c r="D334" s="9" t="n">
-        <x:v>159969</x:v>
+        <x:v>21081</x:v>
       </x:c>
       <x:c r="E334" s="8" t="s">
-        <x:v>1352</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="F334" s="8" t="s">
-        <x:v>1353</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="G334" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H334" s="8" t="s">
-        <x:v>1354</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.46875" customHeight="1" collapsed="0">
+        <x:v>1355</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="276" customHeight="1" collapsed="0">
       <x:c r="A335" s="8" t="s">
-        <x:v>178</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B335" s="8" t="s">
-        <x:v>1355</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="C335" s="8"/>
       <x:c r="D335" s="9" t="n">
-        <x:v>93217</x:v>
+        <x:v>21287</x:v>
       </x:c>
       <x:c r="E335" s="8" t="s">
-        <x:v>1356</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="F335" s="8" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="G335" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H335" s="8" t="s">
-        <x:v>1358</x:v>
-[...2 lines deleted...]
-    <x:row ht="988.9375" customHeight="1" collapsed="0">
+        <x:v>1359</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A336" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B336" s="8" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="C336" s="8"/>
       <x:c r="D336" s="9" t="n">
-        <x:v>73147</x:v>
+        <x:v>20792</x:v>
       </x:c>
       <x:c r="E336" s="8" t="s">
-        <x:v>1360</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="F336" s="8" t="s">
-        <x:v>1361</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="G336" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H336" s="8" t="s">
-        <x:v>1362</x:v>
-[...2 lines deleted...]
-    <x:row ht="1621.375" customHeight="1" collapsed="0">
+        <x:v>1363</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.46875" customHeight="1" collapsed="0">
       <x:c r="A337" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="B337" s="8" t="s">
-        <x:v>1363</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="C337" s="8"/>
       <x:c r="D337" s="9" t="n">
-        <x:v>20553</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="E337" s="8" t="s">
-        <x:v>1364</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="F337" s="8" t="s">
-        <x:v>1365</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="G337" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H337" s="8" t="s">
-        <x:v>1366</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.46875" customHeight="1" collapsed="0">
+        <x:v>1367</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
       <x:c r="A338" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B338" s="8" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="C338" s="8"/>
       <x:c r="D338" s="9" t="n">
-        <x:v>29823</x:v>
+        <x:v>71231</x:v>
       </x:c>
       <x:c r="E338" s="8" t="s">
-        <x:v>1368</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="F338" s="8" t="s">
-        <x:v>1369</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="G338" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H338" s="8" t="s">
-        <x:v>1370</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.40625" customHeight="1" collapsed="0">
+        <x:v>1371</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2587.28125" customHeight="1" collapsed="0">
       <x:c r="A339" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B339" s="8" t="s">
-        <x:v>1371</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="C339" s="8"/>
       <x:c r="D339" s="9" t="n">
-        <x:v>20419</x:v>
+        <x:v>46605</x:v>
       </x:c>
       <x:c r="E339" s="8" t="s">
-        <x:v>1372</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="F339" s="8" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="G339" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H339" s="8" t="s">
-        <x:v>1374</x:v>
-[...2 lines deleted...]
-    <x:row ht="115.03125" customHeight="1" collapsed="0">
+        <x:v>1375</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A340" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B340" s="8" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="C340" s="8"/>
       <x:c r="D340" s="9" t="n">
-        <x:v>147552</x:v>
+        <x:v>113297</x:v>
       </x:c>
       <x:c r="E340" s="8" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="F340" s="8" t="s">
-        <x:v>1377</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="G340" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H340" s="8" t="s">
-        <x:v>1378</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9375" customHeight="1" collapsed="0">
+        <x:v>1379</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.96875" customHeight="1" collapsed="0">
       <x:c r="A341" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B341" s="8" t="s">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C341" s="8"/>
       <x:c r="D341" s="9" t="n">
-        <x:v>37167</x:v>
+        <x:v>141516</x:v>
       </x:c>
       <x:c r="E341" s="8" t="s">
-        <x:v>1380</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="F341" s="8" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="G341" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="8" t="s">
-        <x:v>1382</x:v>
-[...2 lines deleted...]
-    <x:row ht="69" customHeight="1" collapsed="0">
+        <x:v>1383</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A342" s="8" t="s">
-        <x:v>365</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B342" s="8" t="s">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="C342" s="8"/>
       <x:c r="D342" s="9" t="n">
-        <x:v>20214</x:v>
+        <x:v>53192</x:v>
       </x:c>
       <x:c r="E342" s="8" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="F342" s="8" t="s">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="G342" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="8" t="s">
-        <x:v>1386</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.5" customHeight="1" collapsed="0">
+        <x:v>1387</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="850.9375" customHeight="1" collapsed="0">
       <x:c r="A343" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B343" s="8" t="s">
-        <x:v>1387</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="C343" s="8"/>
       <x:c r="D343" s="9" t="n">
-        <x:v>21134</x:v>
+        <x:v>95370</x:v>
       </x:c>
       <x:c r="E343" s="8" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="F343" s="8" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="G343" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H343" s="8" t="s">
-        <x:v>1390</x:v>
-[...2 lines deleted...]
-    <x:row ht="6048.46875" customHeight="1" collapsed="0">
+        <x:v>1391</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8693.28125" customHeight="1" collapsed="0">
       <x:c r="A344" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B344" s="8" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="C344" s="8"/>
       <x:c r="D344" s="9" t="n">
-        <x:v>29489</x:v>
+        <x:v>20164</x:v>
       </x:c>
       <x:c r="E344" s="8" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="F344" s="8" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="G344" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H344" s="8" t="s">
-        <x:v>1394</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.4375" customHeight="1" collapsed="0">
+        <x:v>1395</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8463.28125" customHeight="1" collapsed="0">
       <x:c r="A345" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B345" s="8" t="s">
-        <x:v>1395</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="C345" s="8"/>
       <x:c r="D345" s="9" t="n">
-        <x:v>125307</x:v>
+        <x:v>226806</x:v>
       </x:c>
       <x:c r="E345" s="8" t="s">
-        <x:v>1396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="F345" s="8" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="G345" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H345" s="8" t="s">
         <x:v>1397</x:v>
       </x:c>
-      <x:c r="G345" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H345" s="8" t="s">
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
+      <x:c r="A346" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B346" s="8" t="s">
         <x:v>1398</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1399</x:v>
       </x:c>
       <x:c r="C346" s="8"/>
       <x:c r="D346" s="9" t="n">
-        <x:v>20395</x:v>
+        <x:v>20183</x:v>
       </x:c>
       <x:c r="E346" s="8" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="F346" s="8" t="s">
         <x:v>1400</x:v>
       </x:c>
-      <x:c r="F346" s="8" t="s">
+      <x:c r="G346" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H346" s="8" t="s">
         <x:v>1401</x:v>
       </x:c>
-      <x:c r="G346" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H346" s="8" t="s">
+    </x:row>
+    <x:row ht="184" customHeight="1" collapsed="0">
+      <x:c r="A347" s="8" t="s">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="B347" s="8" t="s">
         <x:v>1402</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1403</x:v>
       </x:c>
       <x:c r="C347" s="8"/>
       <x:c r="D347" s="9" t="n">
-        <x:v>53174</x:v>
+        <x:v>131133</x:v>
       </x:c>
       <x:c r="E347" s="8" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="F347" s="8" t="s">
         <x:v>1404</x:v>
       </x:c>
-      <x:c r="F347" s="8" t="s">
+      <x:c r="G347" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H347" s="8" t="s">
         <x:v>1405</x:v>
       </x:c>
-      <x:c r="G347" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H347" s="8" t="s">
+    </x:row>
+    <x:row ht="758.9375" customHeight="1" collapsed="0">
+      <x:c r="A348" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B348" s="8" t="s">
         <x:v>1406</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1407</x:v>
       </x:c>
       <x:c r="C348" s="8"/>
       <x:c r="D348" s="9" t="n">
-        <x:v>296171</x:v>
+        <x:v>449757</x:v>
       </x:c>
       <x:c r="E348" s="8" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="F348" s="8" t="s">
         <x:v>1408</x:v>
       </x:c>
-      <x:c r="F348" s="8" t="s">
+      <x:c r="G348" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H348" s="8" t="s">
         <x:v>1409</x:v>
       </x:c>
-      <x:c r="G348" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H348" s="8" t="s">
+    </x:row>
+    <x:row ht="988.9375" customHeight="1" collapsed="0">
+      <x:c r="A349" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B349" s="8" t="s">
         <x:v>1410</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1411</x:v>
       </x:c>
       <x:c r="C349" s="8"/>
       <x:c r="D349" s="9" t="n">
-        <x:v>28327</x:v>
+        <x:v>165580</x:v>
       </x:c>
       <x:c r="E349" s="8" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="F349" s="8" t="s">
         <x:v>1412</x:v>
       </x:c>
-      <x:c r="F349" s="8" t="s">
+      <x:c r="G349" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H349" s="8" t="s">
         <x:v>1413</x:v>
       </x:c>
-      <x:c r="G349" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H349" s="8" t="s">
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
+      <x:c r="A350" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B350" s="8" t="s">
         <x:v>1414</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1415</x:v>
       </x:c>
       <x:c r="C350" s="8"/>
       <x:c r="D350" s="9" t="n">
-        <x:v>101536</x:v>
+        <x:v>51941</x:v>
       </x:c>
       <x:c r="E350" s="8" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="F350" s="8" t="s">
         <x:v>1416</x:v>
       </x:c>
-      <x:c r="F350" s="8" t="s">
+      <x:c r="G350" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H350" s="8" t="s">
         <x:v>1417</x:v>
       </x:c>
-      <x:c r="G350" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H350" s="8" t="s">
+    </x:row>
+    <x:row ht="2058.34375" customHeight="1" collapsed="0">
+      <x:c r="A351" s="8" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="B351" s="8" t="s">
         <x:v>1418</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1419</x:v>
       </x:c>
       <x:c r="C351" s="8"/>
       <x:c r="D351" s="9" t="n">
-        <x:v>458065</x:v>
+        <x:v>92465</x:v>
       </x:c>
       <x:c r="E351" s="8" t="s">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="F351" s="8" t="s">
         <x:v>1420</x:v>
       </x:c>
-      <x:c r="F351" s="8" t="s">
+      <x:c r="G351" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H351" s="8" t="s">
         <x:v>1421</x:v>
       </x:c>
-      <x:c r="G351" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H351" s="8" t="s">
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
+      <x:c r="A352" s="8" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="B352" s="8" t="s">
         <x:v>1422</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1423</x:v>
       </x:c>
       <x:c r="C352" s="8"/>
       <x:c r="D352" s="9" t="n">
-        <x:v>55258</x:v>
+        <x:v>203512</x:v>
       </x:c>
       <x:c r="E352" s="8" t="s">
+        <x:v>1423</x:v>
+      </x:c>
+      <x:c r="F352" s="8" t="s">
         <x:v>1424</x:v>
       </x:c>
-      <x:c r="F352" s="8" t="s">
+      <x:c r="G352" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H352" s="8" t="s">
         <x:v>1425</x:v>
       </x:c>
-      <x:c r="G352" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H352" s="8" t="s">
+    </x:row>
+    <x:row ht="57.46875" customHeight="1" collapsed="0">
+      <x:c r="A353" s="8" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="B353" s="8" t="s">
         <x:v>1426</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1427</x:v>
       </x:c>
       <x:c r="C353" s="8"/>
       <x:c r="D353" s="9" t="n">
-        <x:v>214802</x:v>
+        <x:v>121713</x:v>
       </x:c>
       <x:c r="E353" s="8" t="s">
+        <x:v>1427</x:v>
+      </x:c>
+      <x:c r="F353" s="8" t="s">
         <x:v>1428</x:v>
       </x:c>
-      <x:c r="F353" s="8" t="s">
+      <x:c r="G353" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H353" s="8" t="s">
         <x:v>1429</x:v>
       </x:c>
-      <x:c r="G353" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H353" s="8" t="s">
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
+      <x:c r="A354" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B354" s="8" t="s">
         <x:v>1430</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1431</x:v>
       </x:c>
       <x:c r="C354" s="8"/>
       <x:c r="D354" s="9" t="n">
-        <x:v>73665</x:v>
+        <x:v>20029</x:v>
       </x:c>
       <x:c r="E354" s="8" t="s">
+        <x:v>1431</x:v>
+      </x:c>
+      <x:c r="F354" s="8" t="s">
         <x:v>1432</x:v>
       </x:c>
-      <x:c r="F354" s="8" t="s">
+      <x:c r="G354" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H354" s="8" t="s">
         <x:v>1433</x:v>
       </x:c>
-      <x:c r="G354" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H354" s="8" t="s">
+    </x:row>
+    <x:row ht="1241.90625" customHeight="1" collapsed="0">
+      <x:c r="A355" s="8" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="B355" s="8" t="s">
         <x:v>1434</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1436</x:v>
       </x:c>
       <x:c r="C355" s="8"/>
       <x:c r="D355" s="9" t="n">
-        <x:v>108766</x:v>
+        <x:v>371025</x:v>
       </x:c>
       <x:c r="E355" s="8" t="s">
+        <x:v>1435</x:v>
+      </x:c>
+      <x:c r="F355" s="8" t="s">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="G355" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H355" s="8" t="s">
         <x:v>1437</x:v>
       </x:c>
-      <x:c r="F355" s="8" t="s">
+    </x:row>
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
+      <x:c r="A356" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B356" s="8" t="s">
         <x:v>1438</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1441</x:v>
       </x:c>
       <x:c r="C356" s="8"/>
       <x:c r="D356" s="9" t="n">
-        <x:v>284735</x:v>
+        <x:v>156235</x:v>
       </x:c>
       <x:c r="E356" s="8" t="s">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="F356" s="8" t="s">
+        <x:v>1440</x:v>
+      </x:c>
+      <x:c r="G356" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H356" s="8" t="s">
+        <x:v>1441</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
+      <x:c r="A357" s="8" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B357" s="8" t="s">
         <x:v>1442</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1445</x:v>
       </x:c>
       <x:c r="C357" s="8"/>
       <x:c r="D357" s="9" t="n">
-        <x:v>122592</x:v>
+        <x:v>771586</x:v>
       </x:c>
       <x:c r="E357" s="8" t="s">
+        <x:v>1443</x:v>
+      </x:c>
+      <x:c r="F357" s="8" t="s">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="G357" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H357" s="8" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2702.25" customHeight="1" collapsed="0">
+      <x:c r="A358" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B358" s="8" t="s">
         <x:v>1446</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1449</x:v>
       </x:c>
       <x:c r="C358" s="8"/>
       <x:c r="D358" s="9" t="n">
-        <x:v>71562</x:v>
+        <x:v>703210</x:v>
       </x:c>
       <x:c r="E358" s="8" t="s">
+        <x:v>1447</x:v>
+      </x:c>
+      <x:c r="F358" s="8" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="G358" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H358" s="8" t="s">
+        <x:v>1449</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.9375" customHeight="1" collapsed="0">
+      <x:c r="A359" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B359" s="8" t="s">
         <x:v>1450</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1453</x:v>
       </x:c>
       <x:c r="C359" s="8"/>
       <x:c r="D359" s="9" t="n">
-        <x:v>77526</x:v>
+        <x:v>499168</x:v>
       </x:c>
       <x:c r="E359" s="8" t="s">
+        <x:v>1451</x:v>
+      </x:c>
+      <x:c r="F359" s="8" t="s">
+        <x:v>1452</x:v>
+      </x:c>
+      <x:c r="G359" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H359" s="8" t="s">
+        <x:v>1453</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.40625" customHeight="1" collapsed="0">
+      <x:c r="A360" s="8" t="s">
+        <x:v>1142</x:v>
+      </x:c>
+      <x:c r="B360" s="8" t="s">
         <x:v>1454</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>1457</x:v>
       </x:c>
       <x:c r="C360" s="8"/>
       <x:c r="D360" s="9" t="n">
-        <x:v>129580</x:v>
+        <x:v>106687</x:v>
       </x:c>
       <x:c r="E360" s="8" t="s">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="F360" s="8" t="s">
+        <x:v>1456</x:v>
+      </x:c>
+      <x:c r="G360" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H360" s="8" t="s">
+        <x:v>1457</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="552" customHeight="1" collapsed="0">
+      <x:c r="A361" s="8" t="s">
         <x:v>1458</x:v>
       </x:c>
-      <x:c r="F360" s="8" t="s">
+      <x:c r="B361" s="8" t="s">
         <x:v>1459</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1461</x:v>
       </x:c>
       <x:c r="C361" s="8"/>
       <x:c r="D361" s="9" t="n">
-        <x:v>159957</x:v>
+        <x:v>108766</x:v>
       </x:c>
       <x:c r="E361" s="8" t="s">
+        <x:v>1460</x:v>
+      </x:c>
+      <x:c r="F361" s="8" t="s">
+        <x:v>1461</x:v>
+      </x:c>
+      <x:c r="G361" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H361" s="8" t="s">
         <x:v>1462</x:v>
       </x:c>
-      <x:c r="F361" s="8" t="s">
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
+      <x:c r="A362" s="8" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B362" s="8" t="s">
         <x:v>1463</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1465</x:v>
       </x:c>
       <x:c r="C362" s="8"/>
       <x:c r="D362" s="9" t="n">
-        <x:v>1444427</x:v>
+        <x:v>139198</x:v>
       </x:c>
       <x:c r="E362" s="8" t="s">
+        <x:v>1464</x:v>
+      </x:c>
+      <x:c r="F362" s="8" t="s">
+        <x:v>1465</x:v>
+      </x:c>
+      <x:c r="G362" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H362" s="8" t="s">
         <x:v>1466</x:v>
       </x:c>
-      <x:c r="F362" s="8" t="s">
+    </x:row>
+    <x:row ht="471.4375" customHeight="1" collapsed="0">
+      <x:c r="A363" s="8" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B363" s="8" t="s">
         <x:v>1467</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1469</x:v>
       </x:c>
       <x:c r="C363" s="8"/>
       <x:c r="D363" s="9" t="n">
-        <x:v>88813</x:v>
+        <x:v>181119</x:v>
       </x:c>
       <x:c r="E363" s="8" t="s">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="F363" s="8" t="s">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="G363" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H363" s="8" t="s">
         <x:v>1470</x:v>
       </x:c>
-      <x:c r="F363" s="8" t="s">
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
+      <x:c r="A364" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B364" s="8" t="s">
         <x:v>1471</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1473</x:v>
       </x:c>
       <x:c r="C364" s="8"/>
       <x:c r="D364" s="9" t="n">
-        <x:v>20391</x:v>
+        <x:v>153370</x:v>
       </x:c>
       <x:c r="E364" s="8" t="s">
+        <x:v>1472</x:v>
+      </x:c>
+      <x:c r="F364" s="8" t="s">
+        <x:v>1473</x:v>
+      </x:c>
+      <x:c r="G364" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H364" s="8" t="s">
         <x:v>1474</x:v>
       </x:c>
-      <x:c r="F364" s="8" t="s">
+    </x:row>
+    <x:row ht="1034.875" customHeight="1" collapsed="0">
+      <x:c r="A365" s="8" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="B365" s="8" t="s">
         <x:v>1475</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1477</x:v>
       </x:c>
       <x:c r="C365" s="8"/>
       <x:c r="D365" s="9" t="n">
-        <x:v>20038</x:v>
+        <x:v>21214</x:v>
       </x:c>
       <x:c r="E365" s="8" t="s">
+        <x:v>1476</x:v>
+      </x:c>
+      <x:c r="F365" s="8" t="s">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="G365" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H365" s="8" t="s">
         <x:v>1478</x:v>
       </x:c>
-      <x:c r="F365" s="8" t="s">
+    </x:row>
+    <x:row ht="1460.40625" customHeight="1" collapsed="0">
+      <x:c r="A366" s="8" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B366" s="8" t="s">
         <x:v>1479</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1481</x:v>
       </x:c>
       <x:c r="C366" s="8"/>
       <x:c r="D366" s="9" t="n">
-        <x:v>20442</x:v>
+        <x:v>833204</x:v>
       </x:c>
       <x:c r="E366" s="8" t="s">
+        <x:v>1480</x:v>
+      </x:c>
+      <x:c r="F366" s="8" t="s">
+        <x:v>1481</x:v>
+      </x:c>
+      <x:c r="G366" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H366" s="8" t="s">
         <x:v>1482</x:v>
       </x:c>
-      <x:c r="F366" s="8" t="s">
+    </x:row>
+    <x:row ht="448.4375" customHeight="1" collapsed="0">
+      <x:c r="A367" s="8" t="s">
         <x:v>1483</x:v>
       </x:c>
-      <x:c r="G366" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H366" s="8" t="s">
+      <x:c r="B367" s="8" t="s">
         <x:v>1484</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1485</x:v>
       </x:c>
       <x:c r="C367" s="8"/>
       <x:c r="D367" s="9" t="n">
-        <x:v>46298</x:v>
+        <x:v>123787</x:v>
       </x:c>
       <x:c r="E367" s="8" t="s">
+        <x:v>1485</x:v>
+      </x:c>
+      <x:c r="F367" s="8" t="s">
         <x:v>1486</x:v>
       </x:c>
-      <x:c r="F367" s="8" t="s">
+      <x:c r="G367" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H367" s="8" t="s">
         <x:v>1487</x:v>
       </x:c>
-      <x:c r="G367" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H367" s="8" t="s">
+    </x:row>
+    <x:row ht="1989.375" customHeight="1" collapsed="0">
+      <x:c r="A368" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B368" s="8" t="s">
         <x:v>1488</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1489</x:v>
       </x:c>
       <x:c r="C368" s="8"/>
       <x:c r="D368" s="9" t="n">
-        <x:v>95294</x:v>
+        <x:v>1444427</x:v>
       </x:c>
       <x:c r="E368" s="8" t="s">
+        <x:v>1489</x:v>
+      </x:c>
+      <x:c r="F368" s="8" t="s">
         <x:v>1490</x:v>
       </x:c>
-      <x:c r="F368" s="8" t="s">
+      <x:c r="G368" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H368" s="8" t="s">
         <x:v>1491</x:v>
       </x:c>
-      <x:c r="G368" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H368" s="8" t="s">
+    </x:row>
+    <x:row ht="666.90625" customHeight="1" collapsed="0">
+      <x:c r="A369" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B369" s="8" t="s">
         <x:v>1492</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1493</x:v>
       </x:c>
       <x:c r="C369" s="8"/>
       <x:c r="D369" s="9" t="n">
-        <x:v>44776</x:v>
+        <x:v>149559</x:v>
       </x:c>
       <x:c r="E369" s="8" t="s">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="F369" s="8" t="s">
         <x:v>1494</x:v>
       </x:c>
-      <x:c r="F369" s="8" t="s">
+      <x:c r="G369" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H369" s="8" t="s">
         <x:v>1495</x:v>
       </x:c>
-      <x:c r="G369" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H369" s="8" t="s">
+    </x:row>
+    <x:row ht="22.96875" customHeight="1" collapsed="0">
+      <x:c r="A370" s="8" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B370" s="8" t="s">
         <x:v>1496</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1497</x:v>
       </x:c>
       <x:c r="C370" s="8"/>
       <x:c r="D370" s="9" t="n">
-        <x:v>73283</x:v>
+        <x:v>550518</x:v>
       </x:c>
       <x:c r="E370" s="8" t="s">
+        <x:v>1497</x:v>
+      </x:c>
+      <x:c r="F370" s="8" t="s">
         <x:v>1498</x:v>
       </x:c>
-      <x:c r="F370" s="8" t="s">
+      <x:c r="G370" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H370" s="8" t="s">
         <x:v>1499</x:v>
       </x:c>
-      <x:c r="G370" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H370" s="8" t="s">
+    </x:row>
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
+      <x:c r="A371" s="8" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="B371" s="8" t="s">
         <x:v>1500</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1501</x:v>
       </x:c>
       <x:c r="C371" s="8"/>
       <x:c r="D371" s="9" t="n">
-        <x:v>70912</x:v>
+        <x:v>37167</x:v>
       </x:c>
       <x:c r="E371" s="8" t="s">
+        <x:v>1501</x:v>
+      </x:c>
+      <x:c r="F371" s="8" t="s">
         <x:v>1502</x:v>
       </x:c>
-      <x:c r="F371" s="8" t="s">
+      <x:c r="G371" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H371" s="8" t="s">
         <x:v>1503</x:v>
       </x:c>
-      <x:c r="G371" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H371" s="8" t="s">
+    </x:row>
+    <x:row ht="5289.59375" customHeight="1" collapsed="0">
+      <x:c r="A372" s="8" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="B372" s="8" t="s">
         <x:v>1504</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1505</x:v>
       </x:c>
       <x:c r="C372" s="8"/>
       <x:c r="D372" s="9" t="n">
-        <x:v>20718</x:v>
+        <x:v>1452288</x:v>
       </x:c>
       <x:c r="E372" s="8" t="s">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="F372" s="8" t="s">
         <x:v>1506</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1507</x:v>
       </x:c>
       <x:c r="G372" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H372" s="8" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4375" customHeight="1" collapsed="0">
+      <x:c r="A373" s="8" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B373" s="8" t="s">
         <x:v>1508</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1509</x:v>
       </x:c>
       <x:c r="C373" s="8"/>
       <x:c r="D373" s="9" t="n">
-        <x:v>20188</x:v>
+        <x:v>188960</x:v>
       </x:c>
       <x:c r="E373" s="8" t="s">
+        <x:v>1509</x:v>
+      </x:c>
+      <x:c r="F373" s="8" t="s">
         <x:v>1510</x:v>
       </x:c>
-      <x:c r="F373" s="8" t="s">
+      <x:c r="G373" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H373" s="8" t="s">
         <x:v>1511</x:v>
       </x:c>
-      <x:c r="G373" s="8" t="s">
+    </x:row>
+    <x:row ht="230" customHeight="1" collapsed="0">
+      <x:c r="A374" s="8" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="H373" s="8" t="s">
+      <x:c r="B374" s="8" t="s">
         <x:v>1512</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1513</x:v>
       </x:c>
       <x:c r="C374" s="8"/>
       <x:c r="D374" s="9" t="n">
-        <x:v>288291</x:v>
+        <x:v>39540</x:v>
       </x:c>
       <x:c r="E374" s="8" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="F374" s="8" t="s">
         <x:v>1514</x:v>
       </x:c>
-      <x:c r="F374" s="8" t="s">
+      <x:c r="G374" s="8" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H374" s="8" t="s">
         <x:v>1515</x:v>
       </x:c>
-      <x:c r="G374" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H374" s="8" t="s">
+    </x:row>
+    <x:row ht="471.4375" customHeight="1" collapsed="0">
+      <x:c r="A375" s="8" t="s">
         <x:v>1516</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
       <x:c r="B375" s="8" t="s">
         <x:v>1517</x:v>
       </x:c>
       <x:c r="C375" s="8"/>
       <x:c r="D375" s="9" t="n">
-        <x:v>39540</x:v>
+        <x:v>725996</x:v>
       </x:c>
       <x:c r="E375" s="8" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="F375" s="8" t="s">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="G375" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H375" s="8" t="s">
         <x:v>1520</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.5" customHeight="1" collapsed="0">
+    <x:row ht="448.5" customHeight="1" collapsed="0">
       <x:c r="A376" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B376" s="8" t="s">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="C376" s="8"/>
       <x:c r="D376" s="9" t="n">
-        <x:v>20820</x:v>
+        <x:v>41733</x:v>
       </x:c>
       <x:c r="E376" s="8" t="s">
         <x:v>1522</x:v>
       </x:c>
       <x:c r="F376" s="8" t="s">
         <x:v>1523</x:v>
       </x:c>
       <x:c r="G376" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H376" s="8" t="s">
         <x:v>1524</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.96875" customHeight="1" collapsed="0">
+    <x:row ht="908.375" customHeight="1" collapsed="0">
       <x:c r="A377" s="8" t="s">
-        <x:v>499</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B377" s="8" t="s">
         <x:v>1525</x:v>
       </x:c>
       <x:c r="C377" s="8"/>
       <x:c r="D377" s="9" t="n">
-        <x:v>21287</x:v>
+        <x:v>141153</x:v>
       </x:c>
       <x:c r="E377" s="8" t="s">
         <x:v>1526</x:v>
       </x:c>
       <x:c r="F377" s="8" t="s">
         <x:v>1527</x:v>
       </x:c>
       <x:c r="G377" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H377" s="8" t="s">
         <x:v>1528</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.46875" customHeight="1" collapsed="0">
+    <x:row ht="1828.34375" customHeight="1" collapsed="0">
       <x:c r="A378" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B378" s="8" t="s">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="C378" s="8"/>
       <x:c r="D378" s="9" t="n">
-        <x:v>183213</x:v>
+        <x:v>103597</x:v>
       </x:c>
       <x:c r="E378" s="8" t="s">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="F378" s="8" t="s">
         <x:v>1531</x:v>
       </x:c>
       <x:c r="G378" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H378" s="8" t="s">
         <x:v>1532</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.46875" customHeight="1" collapsed="0">
+    <x:row ht="712.96875" customHeight="1" collapsed="0">
       <x:c r="A379" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B379" s="8" t="s">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="C379" s="8"/>
       <x:c r="D379" s="9" t="n">
-        <x:v>124045</x:v>
+        <x:v>77085</x:v>
       </x:c>
       <x:c r="E379" s="8" t="s">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="F379" s="8" t="s">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="G379" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H379" s="8" t="s">
         <x:v>1536</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.4375" customHeight="1" collapsed="0">
+    <x:row ht="57.5" customHeight="1" collapsed="0">
       <x:c r="A380" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B380" s="8" t="s">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="C380" s="8"/>
       <x:c r="D380" s="9" t="n">
-        <x:v>42732</x:v>
+        <x:v>20669</x:v>
       </x:c>
       <x:c r="E380" s="8" t="s">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="F380" s="8" t="s">
         <x:v>1539</x:v>
       </x:c>
       <x:c r="G380" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H380" s="8" t="s">
         <x:v>1540</x:v>
       </x:c>
     </x:row>
-    <x:row ht="172.53125" customHeight="1" collapsed="0">
+    <x:row ht="34.5" customHeight="1" collapsed="0">
       <x:c r="A381" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B381" s="8" t="s">
         <x:v>1541</x:v>
       </x:c>
       <x:c r="C381" s="8"/>
       <x:c r="D381" s="9" t="n">
-        <x:v>20825</x:v>
+        <x:v>20590</x:v>
       </x:c>
       <x:c r="E381" s="8" t="s">
         <x:v>1542</x:v>
       </x:c>
       <x:c r="F381" s="8" t="s">
         <x:v>1543</x:v>
       </x:c>
       <x:c r="G381" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H381" s="8" t="s">
         <x:v>1544</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2656.21875" customHeight="1" collapsed="0">
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A382" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B382" s="8" t="s">
         <x:v>1545</x:v>
       </x:c>
       <x:c r="C382" s="8"/>
       <x:c r="D382" s="9" t="n">
-        <x:v>20678</x:v>
+        <x:v>47803</x:v>
       </x:c>
       <x:c r="E382" s="8" t="s">
         <x:v>1546</x:v>
       </x:c>
       <x:c r="F382" s="8" t="s">
         <x:v>1547</x:v>
       </x:c>
       <x:c r="G382" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H382" s="8" t="s">
         <x:v>1548</x:v>
       </x:c>
     </x:row>
-    <x:row ht="69.03125" customHeight="1" collapsed="0">
+    <x:row ht="770.40625" customHeight="1" collapsed="0">
       <x:c r="A383" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B383" s="8" t="s">
         <x:v>1549</x:v>
       </x:c>
       <x:c r="C383" s="8"/>
       <x:c r="D383" s="9" t="n">
-        <x:v>35916</x:v>
+        <x:v>96334</x:v>
       </x:c>
       <x:c r="E383" s="8" t="s">
         <x:v>1550</x:v>
       </x:c>
       <x:c r="F383" s="8" t="s">
         <x:v>1551</x:v>
       </x:c>
       <x:c r="G383" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H383" s="8" t="s">
         <x:v>1552</x:v>
       </x:c>
     </x:row>
-    <x:row ht="574.90625" customHeight="1" collapsed="0">
+    <x:row ht="46.03125" customHeight="1" collapsed="0">
       <x:c r="A384" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B384" s="8" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="C384" s="8"/>
       <x:c r="D384" s="9" t="n">
-        <x:v>35142</x:v>
+        <x:v>24734</x:v>
       </x:c>
       <x:c r="E384" s="8" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="F384" s="8" t="s">
         <x:v>1555</x:v>
       </x:c>
       <x:c r="G384" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H384" s="8" t="s">
         <x:v>1556</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1333.90625" customHeight="1" collapsed="0">
+    <x:row ht="218.46875" customHeight="1" collapsed="0">
       <x:c r="A385" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B385" s="8" t="s">
         <x:v>1557</x:v>
       </x:c>
       <x:c r="C385" s="8"/>
       <x:c r="D385" s="9" t="n">
-        <x:v>20542</x:v>
+        <x:v>20688</x:v>
       </x:c>
       <x:c r="E385" s="8" t="s">
         <x:v>1558</x:v>
       </x:c>
       <x:c r="F385" s="8" t="s">
         <x:v>1559</x:v>
       </x:c>
       <x:c r="G385" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H385" s="8" t="s">
         <x:v>1560</x:v>
       </x:c>
     </x:row>
-    <x:row ht="115.03125" customHeight="1" collapsed="0">
+    <x:row ht="804.96875" customHeight="1" collapsed="0">
       <x:c r="A386" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B386" s="8" t="s">
         <x:v>1561</x:v>
       </x:c>
       <x:c r="C386" s="8"/>
       <x:c r="D386" s="9" t="n">
-        <x:v>21237</x:v>
+        <x:v>43309</x:v>
       </x:c>
       <x:c r="E386" s="8" t="s">
         <x:v>1562</x:v>
       </x:c>
       <x:c r="F386" s="8" t="s">
         <x:v>1563</x:v>
       </x:c>
       <x:c r="G386" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H386" s="8" t="s">
         <x:v>1564</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.96875" customHeight="1" collapsed="0">
+    <x:row ht="34.46875" customHeight="1" collapsed="0">
       <x:c r="A387" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B387" s="8" t="s">
         <x:v>1565</x:v>
       </x:c>
       <x:c r="C387" s="8"/>
       <x:c r="D387" s="9" t="n">
-        <x:v>75890</x:v>
+        <x:v>20231</x:v>
       </x:c>
       <x:c r="E387" s="8" t="s">
         <x:v>1566</x:v>
       </x:c>
       <x:c r="F387" s="8" t="s">
         <x:v>1567</x:v>
       </x:c>
       <x:c r="G387" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H387" s="8" t="s">
         <x:v>1568</x:v>
       </x:c>
     </x:row>
-    <x:row ht="413.96875" customHeight="1" collapsed="0">
+    <x:row ht="885.4375" customHeight="1" collapsed="0">
       <x:c r="A388" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B388" s="8" t="s">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="C388" s="8"/>
       <x:c r="D388" s="9" t="n">
-        <x:v>21388</x:v>
+        <x:v>53174</x:v>
       </x:c>
       <x:c r="E388" s="8" t="s">
         <x:v>1570</x:v>
       </x:c>
       <x:c r="F388" s="8" t="s">
         <x:v>1571</x:v>
       </x:c>
       <x:c r="G388" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H388" s="8" t="s">
         <x:v>1572</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.46875" customHeight="1" collapsed="0">
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A389" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B389" s="8" t="s">
         <x:v>1573</x:v>
       </x:c>
       <x:c r="C389" s="8"/>
       <x:c r="D389" s="9" t="n">
-        <x:v>47655</x:v>
+        <x:v>21199</x:v>
       </x:c>
       <x:c r="E389" s="8" t="s">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="F389" s="8" t="s">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="G389" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H389" s="8" t="s">
         <x:v>1576</x:v>
       </x:c>
     </x:row>
-    <x:row ht="92" customHeight="1" collapsed="0">
+    <x:row ht="8842.71875" customHeight="1" collapsed="0">
       <x:c r="A390" s="8" t="s">
-        <x:v>331</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B390" s="8" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="C390" s="8"/>
       <x:c r="D390" s="9" t="n">
-        <x:v>20640</x:v>
+        <x:v>20442</x:v>
       </x:c>
       <x:c r="E390" s="8" t="s">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="F390" s="8" t="s">
         <x:v>1579</x:v>
       </x:c>
       <x:c r="G390" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H390" s="8" t="s">
         <x:v>1580</x:v>
       </x:c>
     </x:row>
-    <x:row ht="574.9375" customHeight="1" collapsed="0">
+    <x:row ht="368" customHeight="1" collapsed="0">
       <x:c r="A391" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B391" s="8" t="s">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="C391" s="8"/>
       <x:c r="D391" s="9" t="n">
-        <x:v>21156</x:v>
+        <x:v>20106</x:v>
       </x:c>
       <x:c r="E391" s="8" t="s">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="F391" s="8" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="G391" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H391" s="8" t="s">
         <x:v>1584</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.96875" customHeight="1" collapsed="0">
+    <x:row ht="57.4375" customHeight="1" collapsed="0">
       <x:c r="A392" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B392" s="8" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="C392" s="8"/>
       <x:c r="D392" s="9" t="n">
-        <x:v>119217</x:v>
+        <x:v>20143</x:v>
       </x:c>
       <x:c r="E392" s="8" t="s">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="F392" s="8" t="s">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="G392" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H392" s="8" t="s">
         <x:v>1588</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.4375" customHeight="1" collapsed="0">
+    <x:row ht="1563.875" customHeight="1" collapsed="0">
       <x:c r="A393" s="8" t="s">
-        <x:v>348</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B393" s="8" t="s">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="C393" s="8"/>
       <x:c r="D393" s="9" t="n">
-        <x:v>20737</x:v>
+        <x:v>20558</x:v>
       </x:c>
       <x:c r="E393" s="8" t="s">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="F393" s="8" t="s">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="G393" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H393" s="8" t="s">
         <x:v>1592</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2598.8125" customHeight="1" collapsed="0">
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A394" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B394" s="8" t="s">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="C394" s="8"/>
       <x:c r="D394" s="9" t="n">
-        <x:v>38334</x:v>
+        <x:v>20649</x:v>
       </x:c>
       <x:c r="E394" s="8" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="F394" s="8" t="s">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="G394" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H394" s="8" t="s">
         <x:v>1596</x:v>
       </x:c>
     </x:row>
-    <x:row ht="252.96875" customHeight="1" collapsed="0">
+    <x:row ht="195.5" customHeight="1" collapsed="0">
       <x:c r="A395" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B395" s="8" t="s">
         <x:v>1597</x:v>
       </x:c>
       <x:c r="C395" s="8"/>
       <x:c r="D395" s="9" t="n">
-        <x:v>89461</x:v>
+        <x:v>20118</x:v>
       </x:c>
       <x:c r="E395" s="8" t="s">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="F395" s="8" t="s">
         <x:v>1599</x:v>
       </x:c>
       <x:c r="G395" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H395" s="8" t="s">
         <x:v>1600</x:v>
       </x:c>
     </x:row>
-    <x:row ht="253" customHeight="1" collapsed="0">
+    <x:row ht="459.9375" customHeight="1" collapsed="0">
       <x:c r="A396" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B396" s="8" t="s">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="C396" s="8"/>
       <x:c r="D396" s="9" t="n">
-        <x:v>25065</x:v>
+        <x:v>168481</x:v>
       </x:c>
       <x:c r="E396" s="8" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="F396" s="8" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="G396" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H396" s="8" t="s">
         <x:v>1604</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1057.90625" customHeight="1" collapsed="0">
+    <x:row ht="69" customHeight="1" collapsed="0">
       <x:c r="A397" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="B397" s="8" t="s">
         <x:v>1605</x:v>
       </x:c>
       <x:c r="C397" s="8"/>
       <x:c r="D397" s="9" t="n">
-        <x:v>499168</x:v>
+        <x:v>35556</x:v>
       </x:c>
       <x:c r="E397" s="8" t="s">
         <x:v>1606</x:v>
       </x:c>
       <x:c r="F397" s="8" t="s">
         <x:v>1607</x:v>
       </x:c>
       <x:c r="G397" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H397" s="8" t="s">
         <x:v>1608</x:v>
       </x:c>
     </x:row>
-    <x:row ht="126.5" customHeight="1" collapsed="0">
+    <x:row ht="735.9375" customHeight="1" collapsed="0">
       <x:c r="A398" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B398" s="8" t="s">
         <x:v>1609</x:v>
       </x:c>
       <x:c r="C398" s="8"/>
       <x:c r="D398" s="9" t="n">
-        <x:v>25453</x:v>
+        <x:v>20886</x:v>
       </x:c>
       <x:c r="E398" s="8" t="s">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="F398" s="8" t="s">
         <x:v>1611</x:v>
       </x:c>
       <x:c r="G398" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H398" s="8" t="s">
         <x:v>1612</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.375" customHeight="1" collapsed="0">
       <x:c r="A399" s="10" t="s">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="B399" s="10" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="C399" s="10"/>
       <x:c r="D399" s="11" t="n">
         <x:v>41782906</x:v>
       </x:c>
@@ -16090,29 +16090,29 @@
     <x:mergeCell ref="B379:C379"/>
     <x:mergeCell ref="B380:C380"/>
     <x:mergeCell ref="B381:C381"/>
     <x:mergeCell ref="B382:C382"/>
     <x:mergeCell ref="B383:C383"/>
     <x:mergeCell ref="B384:C384"/>
     <x:mergeCell ref="B385:C385"/>
     <x:mergeCell ref="B386:C386"/>
     <x:mergeCell ref="B387:C387"/>
     <x:mergeCell ref="B388:C388"/>
     <x:mergeCell ref="B389:C389"/>
     <x:mergeCell ref="B390:C390"/>
     <x:mergeCell ref="B391:C391"/>
     <x:mergeCell ref="B392:C392"/>
     <x:mergeCell ref="B393:C393"/>
     <x:mergeCell ref="B394:C394"/>
     <x:mergeCell ref="B395:C395"/>
     <x:mergeCell ref="B396:C396"/>
     <x:mergeCell ref="B397:C397"/>
     <x:mergeCell ref="B398:C398"/>
     <x:mergeCell ref="B399:C399"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 5, 2026 6:00 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>