--- v5 (2026-03-09)
+++ v6 (2026-03-10)
@@ -1,2496 +1,4160 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb58e5b49ee4469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e388ecb8824ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R70bd8df54a3d4c7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ref2752521d5a4c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1615">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR1)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sam Dickinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058823618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized to assist in the implementation of regulation requirements associated with SB 1383. The main funding areas Santa Barbara County Public Works Department intends to use the funds is to support education and outreach (includes organic waste &amp; edible food recovery) as well as a materials purchase of kitchen food scraps collection containers to be distributed to residential and multi-family customers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Gilbert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307575688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Davis plans to use these grant funds to augment the outreach and education programs required by SB 1383, pay for translation services, and assist businesses in complying with the new regulations. The funds would also be used for a waste study of the Downtown Davis core area.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Agoura Hills</x:t>
-[...5 lines deleted...]
-    <x:t>8185977314</x:t>
+    <x:t>City of Norwalk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Gabriela Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629295964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use the allocated funds primarily for Collection and Education.
+Collection-We plan to purchase countertop collection pails and liners for residents to encourage and facilitate participation. We will also purchase organics containers for our public facilities. 
+Education and Outreach- We want to use funds to design an educational campaign for residential and commercial customers. Once the campaign is designed, we will distribute via print media, video, and social media. We would like to design brochures, flyers, posters and signage to address the new mandate.
+Consultants - Funds would be use for a consultant to assist with educational presentations and additional services as needed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of American Canyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erica Smithies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076474366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeremy Xiong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funding will be used to implement the SB1383 program, including, in general, rate negotiations with the franchise hauler, public outreach and setting up a waiver application/enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Strand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166175031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use the grant funding to pay a portion of an annual subscription fee for an SB 1383 record keeping and reporting software.  The City has contracted with Citizen Communications, LLC for use of their Recyclist Program Tracker software specifically created to document SB 1383 compliance.  The software is capable of tracking organics service levels, exemptions, inspections, recycled content paper and recovered organic waste procurement and enforcement activities related to SB 1383 compliance reporting.  The City has signed a three year agreement with Citizen Communications for software services, and the City anticipates being invoiced for the annual subscription service fee one or more times during the grant spending cycle of April 1, 2022 through April 2, 2024.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Richmond</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Carr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106205407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Over the next several months, City staff members will continue to collaborate with all relevant agencies and departments to plan and implement SB 1383’s regulatory requirements within the timeframes set forth. Funding to be provided by the CalRecycle SB 1383 Local Assistance Grant will be critical for the City to reach compliance with the State regulations.  Education, Marketing/Promotion/Outreach, Materials, and Personnel are among the funding needs listed in this application.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. NARCISA UNTAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077843172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Staffing and materials related to the collection of organics.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Highland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> MELISSA MORGAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098646861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize the funds to support their compliance with the requirements of SB1383. A portion of the grant will be utilized to purchase kitchen pails to support the participation of the residential sector of the community.  The remaining funds will be utilized to obtain recycled organic products in support of the procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Allyn McAuley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104944576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procurement: Funding for acquisition, transportation, and application of compost and mulch at various sites. This includes material, personnel, and equipment expenses. A focal area of the Procurement budget is the expansion of a 2021 compost application pilot project on City of Fremont undeveloped parcels.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Boom Phouthavong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Madera County Public Works Department, Solid Waste Management is responsible for waste management and recycling within the unincorporated areas of Madera County, including promoting compliance with State and local regulations as it pertains to the collection, education and outreach, edible food recovery, capacity planning, procurement, record keeping, enforcement and inspection, program evaluation/gap analysis and disposal of organic waste to protect the air, water, and land from pollution and to ensure public health and safety. The Madera County Public Works Department, Solid Waste Management, proposes to utilize FY2021-22 SB 1383 Local Assistance Grant Program funds for staffing, training, enforcement and equipment needs associated with implementing and administering the County ‘s enforcement program related to SB 1383 Short-Lived Climate Pollutants (SLCP) regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Niguel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin O'connor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493624384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City plans to use funds to hire EcoNomics Incorporated to assist with the implementation of SB 1383 organic recycling collection in multi-family and single family household properties throughout the City of Laguna Niguel. Grant funding will be used to complete the following tasks:
+Task 1: Multi-family Organics Recycling Program Implementation
+Task 2: Residential HOA Space Constrains Troubleshooting
+Task 3: Other SB 1383 Tasks as Needed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County Solid Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Ross-Donaldson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305281103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Agency will use the grant funds to assist in the implementation of SB 1383 regulations. Funds will be used for personnel time to perform inspections, conduct outreach and education, perform required waste sampling, and track procurement. Additionally, funds may be used for training staff, purchasing supplies to assist generators, food recovery organizations and services, and jurisdictions in complying with the regulations, and producing and distributing educational materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Antioch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Julie Haas-Wajdowicz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9257797097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Antioch intends to use the funds requested to expand on our existing outreach and education related to SB1383 implementation across all sectors with a focus on the implementation of successful organics diversion programs at multi-family complexes.  We plan to outreach to property managers and owners to offer technical assistance and tenant outreach to assist them in their compliance with our newly updated Antioch Municipal Code 6-3.  We are hoping to purchase and distribute inhome organics pails for all multi-family residents, create and distribute door hangers, conduct launch tabling events at larger complexes and provide ongoing monitoring and targeted outreach as needed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Delano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167391202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delano will be using grant funds to help finance the procurement requirements of SB 1383. The entirety of the funding meant to be spent on compost and mulch product necessary for the jurisdiction to achieve its compliance targets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calimesa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mari Shakir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097959801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project includes efforts to enforce SB 1383, encompassing administrative efforts for collection, edible food recovery, record keeping, and program evaluation, as well as staff time and resources to carry out education and outreach, enforcement and inspection, and procurement target attainment. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upper Valley Waste Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Griffis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072598330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our application is from the Upper Valley Waste Management Agency (UVWMA). UVWMA includes Napa County, Town of Yountville, City of St Helena and City of Calistoga. The funding will be used to procure organic products for all UVWMA member agencies, however member agencies will retain the ultimate responsibility to find a home for the organic products. The funding will also be used for marketing/promotion/outreach on topics relating to SB 1383. The topics covered could possibly include the requirement to separate all organic materials from the garbage and requirements for edible food generators to recover the maximum amount of edible food possible. Lastly, the funding will be used for personnel time for an intern position in Napa County Public Works, tasks performed by the intern using this funding will relate directly to SB 1383. This could include assisting with compliance reviews, lid flips, business education and developing outreach materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Piedmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alyssa Dykman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104203058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Piedmont will primarily utilize the grant funds for personnel costs related to SB 1383 implementation and to enhance its education and outreach related to SB 1383 through its Piedmont Evergreen program (the City of Piedmont's outreach and education program for waste reduction, recycling and composting). Education and outreach will be provided in-person and virtually to the City's residents, commercial businesses, and the public school district (PUSD) through learning and informational activities such as webinars, workshops, and trainings.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dave Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618628765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Kern County Public Works Department (as Kern-Unincorporated) is applying for the SB 1383 Local Assistance Grant Program to assist in the implementation of regulations associated with SB 1383.  Kern-Unincorporated is proposing to utilize grant funding for marketing and outreach (billboards, television commercials, motor vehicle network, local radio, elementary school shows, social media, translation services, print media, and video production) and collections costs (purchase of tracking and record keeping software.  Grant funding will assist Kern-Unincorporated with furthering compliance with SB 1383 and CalRecycle goals through the enhancement of ongoing outreach and educational material over a two-year period as well as the required record keeping requirements.  Additional information provided in the Budget tab and corresponding Budget Detail.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Simi Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wesley Yates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055836421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used to aid in complying with SB 1383. Use will include education and outreach, staff time, container labelling, and procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fillmore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erika Herrera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059461712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2022 start of the SB 1383 mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  
+Our City responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections
+•Maintaining accurate and timely records of SB 1383 compliance
+The funds allotted by this grant will be focused on the City of Fillmore administrative staffing needs, education promote organic program participation, enforcement staffing to ensure program compliance in accordance with the guidelines, marketing/promotional/outreach programs which will include all media outlets from the local newspaper, city website, city social media, video, television, hauler outreach, etc., and staff training.  Note that training will be done to ensure that all city staff are aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and also paper products with a minimum post-consumer recycle content.  For all of the parts of the program listed above the city is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Elsinore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole McCalmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516743124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lake Elsinore will utilize the funds to develop and implement the new requirements under SB 1383.  The requested funds will assist the City in the Grant Management process, personnel needed for Enforcement/Inspections, as well as developing Public Outreach/Education material and guidance for our community.  Funding will also be used for assistance in meeting the procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Hillsborough</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mandy Brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503757409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
+We will be also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Jurupa Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Mejia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513326464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will be used to satisfy the City's procurement targets under SB 1383 and to purchase kitchen pails to help residents sort food scraps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Arbuckle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306247947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jayme Tesser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation 
+of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016 and SB170 Budget Action of 2121. Funds will be used to assist the City of Napa with the implementation of regulation requirements associated with AB 1383. All funds will go toward new collection equipment, specifically toward the purchase of a new Autocar CNG side loader collection vehicle to accommodate the additional collection routes needed to collect organic waste from all residential and commercial customers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Cruz</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Nelson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314205548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding for the expansion of the City of Santa Cruz food scraps collection program.  Eligible costs would include purchase of individual "Kitchen Caddy" two gallon pails.  These pails will be used by multi-family customers to use to take their individual kitchen food scraps to a consolidated collection bin which is then serviced by the City food scrap collection program. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding from the Local Assistance Grant Program will be used for personnel to provide enforcement, inspection, record keeping and program evaluation in addition to use funds towards procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manhattan Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anna Luke</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108025363</x:t>
   </x:si>
   <x:si>
     <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: With the January 1, 2022 start of the SB 1383 mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations. This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  
-[...106 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Arcadia anticipates to expend the full grant amount for public education and outreach materials including print media, social media, the development of outreach materials in other languages; door-to-door outreach, when feasible; signage; training; purchase of household food waste pails, labels and liners; procurement of recovered/recycled products; and recordkeeping and tracking software.</x:t>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Manhattan Beach will use the grant funds for multiple SB 1383 compliance efforts; mainly education and outreach and procurement requirements, and possibly program evaluation/gap analysis and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Juan Capistrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Noreen Swiontek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494874307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 organics regulation implementation programs.  The City's SB 1383 Ordinance was effective November 2, 2021.
+Projects budgeted for funding are as follows:
+Consultant for door-to-door residential outreach &amp; education - multi-family, mobile home parks, HOA's
+Marketing campaign and educational materials/brochures.
+Kitchen countertop food waste containers for residential community.
+3 gallon Compostable bags for countertop food waste containers
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Zeelaura Page</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259315012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City staff will coordinate with Pleasanton Garbage Service to fund the purchase of 2,000, 35-Gallon new green organic waste residential curbside containers with the CalRecycle grant funds to be delivered to accounts with space constraints. The purchase and distribution of these containers will assist in bringing those residential accounts into compliance with SB1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vallejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Derek Crutchfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076485346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Vallejo intends to use $50,000 to offset the cost of hiring a zero waste specialist to assist with the inspection and enforcement of SB1383. In addition, $50,000 will be used to hire a consultant to assist with program evaluation and gap analysis. Also,  $30,585 will be used for outreach and education campaigns, which will include, newspaper ads, billboard advertising, website outreach,  social media outlets, direct mailing pieces and printed materials that can be distributed at special events. The remaining $25,000 will be used to assist edible food recovery organizations with equipment to ensure that they can provide the best possible services to Vallejo residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Suisun City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Dum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074217345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County provided an Excel spreadsheet which showed the amount each jurisdiction within Solano County would receive based on each city's population.  This is where the $38,902 amount came from as our grant request.  Please advise if the number changes by the time the grant application is processed and we can happily update any budget numbers to match a new grant amount.
+These funds will be used to cover personnel costs, indirect costs (City Attorney), and education/outreach efforts to Suisun City residents. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vacaville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samantha Brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074696509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outreach materials related to SB 1383 and organics recycling and diversion.  Materials include containers for collecting organic waste, labels for organic waste kitchen pails, and food recovery outreach to Edible Food Generators.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kathleen Utter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menifee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kori Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517233890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Implementation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wasco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maria Lara</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617587214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wasco is proposing to purchase approximately 5,000 plastic (green) 2 Gallon small food/organic waste pails, with bilingual English and Spanish Compost labels imprinted directly on the lid or body of the containers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Galt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Robin Nelson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093667260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This grant request is to assist the City of Galt with the implementation and regulation requirements associated with SB 1383 in our jurisdiction. We plan to use a large portion of the Grant funds to purchase and distribute residential food waste compost bins for indoor use for our residents to promote food recycling, as well as placing food waste bins at our flea market food court areas and in all city buildings. A portion of the funds will be designated for educational assemblies and community outreach, along with marketing, promotion and advertising. We will also designate funds for staff to help with enforcement of the recycling requirements and administrative staff time spent on SB 1383 outreach. The City of Galt adopted an ordinance on November 2, 2021 with regulations relating to organic waste disposal reduction and has updated our Municipal Code to reflect this.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Truckee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melanie Conti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305822496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education and outreach materials for residents and businesses regarding organic waste recycling and edible food recovery requirements; supplies for local food recovery organization to recover edible food.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Contreras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092349099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of El Monte proposes to use the grant funds for the Consultant's SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
+1. Research, compile and submit information for the Capacity Plan
+2. Draft the Hauler Franchise Amendment to include SB 1383 Requirements and Rates
+3. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
+4. Conduct Compost Giveaway &amp; Workshop Events
+5. Oversee the Hauler's Contamination Audit
+6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
+7. Coordinate SB 1383 Education &amp; Outreach Workshops
+8. Hold Department Head Procurement Meeting
+9. Oversee Procurement Target Progress
+10. Review and Process Waivers
+11. Oversee Enforcement
+12. Maintain the Enforcement Log
+13. Identify and Reach Out to Recovery Organization
+14. Maintain the SB 1383 Information on the City's Website
+15. Perform Recordkeeping duties
+16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Marino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Bauman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263000765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City will be using the SB 1383 Grant funds to assist in the construction of a small compost storage area and procurement of compost and organic waste storage bin at Lacy Park, the City's only park. This would help create a central storage area for compost at Lacy Park that would make it easier for park staff to access, and would also provide the public with an accessible station to gather their own compost (a self-fill station). Ultimately, the grant funds would be used to fund a project that would help encourage the re-use of organic waste generated at Lacy Park by staff and residents.
+Could you please add the additional funds to the “Marketing/Promotion/Outreach” section? Additionally, We are planning on using some of the funds (approximately 5k) to purchase turf tires. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deidra Dingman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256552910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County plans to utilize SB 1383 local assistance funds to cover various costs associated with implementing and monitoring activities related to SB 1383. This may include, but is not limited to outreach, consultant fees, studies, infrastructure &amp; equipment to assist with edible food recovery and organic material collection programs. Funding may also be used to procure recovered organic waste products and other operational expenses related to implementing and monitoring organics collection and edible food recovery programs. Lastly, funding may also be applied to staff costs associated with administering these funds in compliance with the applicable requirements, which includes tracking and reporting expenditures, as well as providing overall program support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Mirada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Marlin Munoz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629430131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organics / food waste and recycling containers for public facilities.  Consulting services for grant management, reporting and general program support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Beaumont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Suzanne Foxworth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517698520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Beaumont is proposing to utilize the SB 1383 Local Assistance Grant Program to help and ensure that the City and it's residents and businesses meet the target set forth through the implementation of SB 1383 by utilizing outreach and education materials.  These items will help promote and increase organic recycling through educating elementary schools and also outreach and guidance for residents and businesses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Folsom</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marie Mckeeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164616731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Folsom is hiring a minimum of 4 new drivers to add 4 new weekly residential routes for organics green bin collection service.  The cost for each driver is a $3,997 monthly, not including any benefits. Therefore, the four drivers cost to the City is $15,988 per month. Thus, the grant funds in the amount of $108,968 would cover almost 7 months of pay for these four drivers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cucamonga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Linda Ceballos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097744060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be utilized to implement the requirements of SB 1383 by: expanding mandatory organics recycling for residents and businesses by providing outreach and collection containers; procurement of organic products; and implementation of food rescue program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wildomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Howell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516777751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To utilize SB 1383 grant funds in the administration and enforcement of the SB 1383 program in the City of Wildomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hayward</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Krump</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105834725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project would use funds to perform most of the following activities:
+ - Outreach regarding SB1383 to businesses and residents, focusing on Tier 1 businesses
+ - Set up of reporting and record keeping systems to meet SB 1383 reporting requirements, including potential subscription to software
+ - Purchase of kitchen pails and possibly blue recycling containers to help residents collect organics
+ - Staff time to oversee and implement SB1383 requirements, inlcuding outreach
+ - Procurement and use of organic materials (compost and mulch)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Banning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Arturo Vela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519223131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First, the City intends to utilize funding for the development of an animated video to education the public on use of solid waste collection carts and proper disposal of discarded materials including trash, recyclable and organics.  Second, the City intends to utilize funding to assist with capacity planning and reporting.  Third, the City will obtain a consultant to assist with meeting SB 1383 procurement requirements through performing an analysis and identification of possible application of mulch/compost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Signal Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thomas Bekele</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629897355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Signal will use grant funds to purchase organics (green bin)and recycle (blue bin) receptacles that will be placed at 5 City facilities. The City also plans to use the grant on public outreach materials geared towards educating our residents and businesses on proper organics &amp; waste disposal. Lastly, funds will be used to purchase refrigerators to properly accommodate and store organic waste prior to disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sonoma County Waste Management Agency d.b.a. Zero Waste Sonoma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xinci Tan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7075651733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Sonoma County Waste Management Agency DBA Zero Waste Sonoma is a Joint Powers Authority (JPA) submitting an application on behalf of our 10 member jurisdictions for funds to implement SB 1383. The funds shall be spent on education, outreach, and marketing ad campaigns to inform generators of the regulations and provide assistance to reach compliance. In addition, funds shall be used to enhance collection systems, pay staff and consultants, and satisfy organic waste procurement requirements, among other projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santee</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Heckman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192584100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Our proposed budget for the SB 1383 Local Assistance Grant includes:
+•$12,000 to enter into contract(s) with private entities to assist the jurisdiction with education &amp; outreach, and other requirements of SB 1383.
+•$20,000 for purchase of kitchen caddies to be distributed to targeted populations in Santee to help increase the likelihood of organics being properly disposed of in multi-family and senior households.
+•$43,519 identified to be used to offset personnel expenses of implementation and enforcement of SB 1383 over the term of the grant.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Twentynine Palms</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elijah Marshall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603676799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are presenting two separate projects for this grant application.
+Project 1 is the acquisition of tracking and reporting software for SB1383. We are currently in the review process with 5 vendors and will select a vendor within the next 60 days. This software has an annual cost of approximately $21,000.00 and initial on-boarding costs of $5,000.00 to $12,000.00. The City will supplement any funds needed over the $20,500.00 grant allocation. This software is a critical component of our ongoing record keeping requirements.
+Project 2 is the development, distribution, and promotion of education materials regarding Organic Waste Diversion. Our program will be designed around the unique needs of our small, rural, desert community. We will create video, web, and print content in cooperation with our hauler/processor to ensure the organic stream is free of contamination. We will use funds to promote this education materials on all social media platforms and distribute print content door to door. The City currently has two public events planned to provide hands on education, promoting organic waste diversion, composting, and contamination reduction. The budget for this project is $15,000.00 for the creation of localized education materials and training events and $5,000.00 towards targeted marketing through social media, local radio, newsprint, and USPS Mailer. All print material will be produced using 100 percent recycled materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Garren</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508778549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of South San Francisco will be utilizing a portion of SB 1383 Local Assistance Grant Program funding towards participation in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term. 
+Another portion of the funding will be utilized toward the purchase of SB 1383-compliant compost and mulch. This material will be applied in city parks and for city programs, such as community giveaways, and/or for the City's community gardens. This application of compost and/or mulch will assist the City in meeting its annual organic products procurement target for SB 1383. 
+The last portion of funding will be utilized in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sacramento</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Margaret Kashuba</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168084806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Sacramento is applying for First Round Funding for CalRecycle’s SB 1383 Local Assistance Grant Program (OWR1: FY2021-22) to assist the City in implementing regulation requirements of SB 1383 related to residential organic waste collection. The City’s Public Works Department, Recycling and Solid Waste Division services approximately 132,000 households (single-family homes, duplexes, triplexes, and fourplexes) collecting containerized residential garbage, commingled recycling, and yard waste through a three-bin system. To comply with SB 1383, the City’s organic waste recycling program will allow residents to place all organic waste, including yard trimmings, food scraps, and food-soiled paper, in the curbside yard waste container. All collected material is currently and will continue to be processed into compost and mulch when food waste collection begins. 
+Currently approximately 15,000 City-serviced residential accounts are exempt from curbside yard waste collection service. These properties qualify for service exemption due to having five percent or less vegetation coverage on-site or being required to pay a Homeowners Association (HOA) fee for the cost of landscaping services that collect yard waste from the front yards and common grounds of the community for diversion.  
+Pursuant to SB 1383, all residential accounts in the City must recycle all generated organic waste, including yard waste, food waste, and food-soiled paper. Homes that do not currently have curbside yard waste collection service due to being exempt will now receive curbside organic waste recycling service. The City will be purchasing a bulk order of approximately 15,000 35-gallon curbside organic waste containers for the yard waste-exempt accounts. The containers will be delivered to each home prior to the start of the City’s food waste recycling program which is set for July 1, 2022, consistent with other jurisdictions in the region. The containers will be manufactured by the City’s container vendor and comply with SB 1383 color and labeling requirements. If awarded funds during First Round Funding through the SB 1383 Local Assistance Grant Program, the City will use a portion of the grant funds to assist in the procurement of the new curbside organic waste containers to provide all City-serviced residents organic waste recycling service. The new containers will be used to collect food waste, food-soiled paper, and incidental yard waste. 
+The City’s population has steadily increased over the years with the construction of new housing developments, many of which are single-family homes and condominiums serviced by the City’s Recycling and Solid Waste Division. Most of these developments are comprised of small properties with immature tree canopies and little to no yard and are therefore exempt from curbside yard waste collection service. Any front yard landscaping is managed by a landscaping service hired by an HOA. With the implementation of SB 1383, these homes will now receive organic waste recycling collection service in order to divert generated food waste, food-soiled paper, and any incidental yard waste. Servicing this large influx of accounts requires the City to create new organic waste service routes. In order to service the new accounts and routes pursuant to SB 1383, the City has ordered multiple new organic waste collection vehicles that are scheduled to be delivered later this year. If awarded, the City will use a portion of the grant funds to cover the purchase of one (1) new organic waste collection vehicle (side-loader truck) to service the new routes. 
+The City of Sacramento has adopted ordinances/enforceable mechanisms in place per SB 1383 regulation requirements and certifies that it will submit the required SB 1383 ordinances/enforceable mechanisms in the SB 1383 Initial Compliance Report by April 1, 2022 to qualify for First Round Funding. If awarded funds through the SB 1383 Local Assistance Grant Program, the City will use the grant funds to:
+1.Purchase new curbside organic waste collection containers for residents that are yard waste-exempt so that all residents are provided organic waste recycling service. 
+2.Fund the purchase of one (1) new organic waste collection vehicle (side-loader truck) to service new organic waste collection routes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Paramount</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Adriana Figueroa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5622202100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Paramount is requesting the 1383 Local Assistance Grant to conduct the following activities: undertaking critical activities in Education and Outreach related to our local distribution network for organics recycling onsite composting and reuse; analyzing and preparing our Capacity Planning information and documentation; implementing our Procurement Requirements based on our recently enacted EPPP; developing and implementing record keeping systems; developing and implementing a local Enforcement and Inspection program beginning with warnings and education but leading to full fledged enforcement on or before January 1, 2024; conducting Program Evaluation/Gap Analysis in 2022 to assure that all programmatic elements are in place, planned and scheduled for implementation; and purchasing needed equipment including Sure-Close Kitchen Counter Food Waste Containers, and a small number of home composting units and Bokashi Pre-composting units.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Carlsbad</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Avecita Jones</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7605400521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City will use funds to assist with the implementation of regulation requirements associated with SB1383: Short Lived Climate Pollutants regulation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gordon Tong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503634159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County proposes to fund three main projects with the SB 1383 Local Assistance grant program: a project in partnership with all the other cities and towns in San Mateo County and the San Mateo Resource Conservation District (RCD) to procure and apply high quality compost, a project to increase the composting collection infrastructure in the unincorporated, unfranchised areas of the county, and a Compost Quality Improvement Public Education Campaign. 
+RCD Compost Broker Project:
+This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the (RCD) to help meet SB 1383’s recovered organic waste product procurement target. The County will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
+Composting Infrastructure in Unfranchised Areas Project:
+Some areas of the county do not generate a franchise fee; therefore, the County is looking for grant funds to help subsidize some of the organic waste collection program costs in these areas. The grant funds will be used to purchase carts (for collecting recyclables and organic waste), to hire a consultant to help design an inspection and enforcement program for these areas, and to purchase a cart lift for the food waste collection container at the Pescadero Transfer Station (a rural transfer station) to facilitate self-hauling of organic waste.
+Compost Quality Improvement Public Education Campaign:
+The County will be participating in a Compost Quality Improvement Public Education Campaign which  will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. The County will improve compost feedstock by improving compost collection outreach and education message to its communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsey Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093857518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds needed to implement new SB 1383 requirements to the unincorporated areas of Merced County.  Various supplies, educational materials, and outreach are needed to begin implementing SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hermosa Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Douglas Krauss</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107503603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds will support personnel costs and outreach programs and materials to help implement SB1383 requirements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Atwater</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Justin Vinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097770273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Atwater would use this grant funding to assist with the cost of procurement for the additional toters needed to comply with SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kaitlyn Elliott-norgrove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606435219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be utilized to provide organics waste and edible food recovery related education and outreach to residents and businesses.  Activities will include hiring consultants to develop educational content and perform outreach in the community. The objective will be to maximize participation and promote desired sorting behavior to minimize contamination.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Artesia</x:t>
   </x:si>
   <x:si>
     <x:t> Karen Lee</x:t>
   </x:si>
   <x:si>
     <x:t>5628656262</x:t>
   </x:si>
   <x:si>
-    <x:t>Annabel Farrall</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds will be used to purchase equipment to help residents divert their food scrap waste in their homes.</x:t>
   </x:si>
   <x:si>
-    <x:t>Placer              </x:t>
-[...126 lines deleted...]
-    <x:t>Grant funds will be used for education and outreach materials to residents, including multi-family residents for organics recycling, food waste, and food recovery.  Plans are to develop print and social media materials for a variety of topics such as  "How to" guides and best management practices in organics recycling to mitigate pests and odors.</x:t>
+    <x:t>Oro Loma Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Natasha Browne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104816964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oro Loma Sanitary District will use the grant funding for the following required SB 1383 tasks: recordkeeping and public education and outreach. A portion of the grant funding will be used to obtain a 2-year subscription to Recyclist Program Tracker. Recyclist is a cloud-based software program that will enable Oro Loma Sanitary District to fulfill all of the SB 1383 jurisdictional implementation tasks and recordkeeping requirements as detailed in 14 CCR Section 18995.2. The rest of the funds will be used for public education and outreach materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Whittier</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yahaera Oropeza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625679503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Hire consultant to help comply with edible food recovery regulations and purchase of recycled organic products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hawthorne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Selena Acuna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103492982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This program will include education and outreach efforts to residents and customers related to SB 1383 to ensure effective implementation of new or expanded organic programs. Funds will be used to create an enforcement program by adding a Recycling Coordinator and/or Route Auditor to perform contamination monitoring requirements. Surplus edible food will go to food recovery organizations and services to help feed residents in need instead of going to landfills.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arpy Kasparian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264037253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: These funds will be used to assist with implementation of SB1383 requirements including, but not limited to: outreach materials, collection items, data management software, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Gate</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gladis Deras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3235639576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of South Gate proposes to develop the programs required by SB 1383.  The City is currently is a transitional period as it relates to its solid waste contract.   The solid waste contract is set to expire on December 31, 2022. The City is in the process to procure a new contract that will be tentatively be award in July 2022. A possibly new contractor and the existing contractor are still required to comply with SB 1383 to most extend possible. The City proposes to use the grant funds to procure professional services, administrative costs, personnel,  education, enforcement, equipment, marketing/promotion/outreach, material and other indirect costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fairfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Corey Beavers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074287528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fairfield anticipates using requested funds to bolster our existing SB 1383 program. Funds will be used primarily for education and outreach materials (print media, radio, video, social media), record keeping software (Recyclist), door-to-door outreach, and potential personnel augmentation. The City also anticipates purchasing bins for all City facilities that are accessible to the public.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Shafter</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michael James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617465002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Shafter proposes to use available grant funds to purchase educational and promotional items primarily for City residents impacted by the new regulations.  This could include bags and containers to encourage and improve participation in the food waste diversion programs.  The funds will also help to offset costs for purchasing equipment and supplies for City staff to monitor and enforce the new regulations, including iPads for mobile tracking and printing flyers for distribution to impacted residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pittsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Bellafronte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252524109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pittsburg is applying for SB 1383 Local Assistance Grant Program funds in order to meet compliance with 14 CCR section 18991.1. Jurisdiction Edible Food Recovery Program, 14 CCR section 18991.2. Recordkeeping Requirements for Jurisdiction Edible Food Recovery Program, 14 CCR section 18995.1. Jurisdiction Inspection Requirements (as it relates to edible food generators), and 14 CCR section 18992.1. Organic Waste Recycling Capacity Planning.  
+For approximately a year, the City has coordinated with Contra Costa County, several surrounding jurisdictions, RecycleMore, and RecycleSmart to share best practices and craft solutions for implementing SB 1383.  The City has also been engaged with its hauler, Mount Diablo Resource Recovery (MDRR) regarding a variety of implementation items.  In both groups of professionals sharing the same tasks, and at the City of Pittsburg, it is widely accepted that a successful Edible Food Recovery Program is crucial for meeting SB 1383 diversion goals yet equally logistically challenging.  Especially in the realm of edible food recovery, where great volumes of organic waste can not only be diverted from the landfill but consumed or put to a secondary use, the City finds it pertinent to employ the skills of of a professional consultant experienced in food recovery markets, familiar with applicable organizations and services, and already active in regional food recovery operations.  Therefore, if granted, the City will develop an RFP and utilize the local assistance funding to hire a qualified consultant to design, develop, and implement one year of Pittsburg's Edible Food Recovery Program. 
+In its design and development stages, the City will include the consultant in periodic check-ins with the County, local jurisdictions, their consultants, and MDRR to seek opportunities to forge partnerships that stitch together edible food recovery across neighboring jurisdictions.  With City oversite, implementation will begin in June 2023 and will include periodic self-evaluations for effectiveness and for meeting SB 1383 recordkeeping requirements.  Ten months post-implementation, the City will evaluate the Program in order to make staffing and resource decision for continuation of the Program in-house.
+In compliance with SB 1383, the City will also utilize the consultant to fulfil any Capacity Planning information requests received from Contra Costa County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coronado</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ofelia Andrade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6195227381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Coronado Public Services and Engineering (PSE) Department is responsible for managing the City’s integrated waste management activities, which include solid waste franchise administration and compliance with the CalRecycle requirements for recycling and waste diversion from landfills.  PSE staff will partner with environmental service consultants to develop and implement an edible food recovery program in alignment with SB 1383 requirements including performing data collection and outreach; developing educational resources; performing activities related to capacity planning; developing procedures and materials for generator and food recovery organization inspections, and for receiving and investigating complaints; and identifying further edible food recovery opportunities within the City. PSE staff will provide direct assistance to food recovery organizations and commercial edible food generators to facilitate SB 1383 compliance; will perform record keeping activities; and policy development for procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Waterford</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lonnie Statzer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098742328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Outreach/ Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tustin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stacey Cuevas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145733037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use of consultant services to provide education, outreach, and enforcement of the City of Tustin's regulations pertaining to SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cajon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monica Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194411704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Cajon will be using these funds to support SB 1383 required programs.  This grant funding will help the City establish and maintain an Edible Food Recovery Program in addition to providing public outreach to educate our community on SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Centro</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Abraham Campos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606043799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Centro has identified two categories that are imperative for the implementation of regulation requirements associated with SB1383. 
+Half of the requested grant funds will be utilized to purchase kitchen pails for residents to collect all biodegradable kitchen scraps. The pails will be delivered with education material on the program. The city's waste hauling provider will be distributing the kitchen pails to residents and collecting the kitchen waste.
+The second half of the requested funds will be utilized to hire a consultant firm to assist the city with rate implementation in support of SB1383, including Prop 218 process.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586942463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of San Diego’s Department of Public Works (DPW) Solid Waste Planning and Recycling section is responsible for diverting waste from the unincorporated areas of San Diego County, with the goal of 75% waste diversion by 2025 and 80% by 2030. DPW has actively spearheaded SB 1383 programs countywide, including food recovery, capacity planning, organics collection services, promotion of recovered organics products, composting training, paper procurement, and general education to residents and businesses. The County has also been a leader in edible food recovery planning by chairing a countywide technical advisory committee, creating edible food capacity planning tools, assisting CalRecycle in the design of similar tools and presenting at several CalRecycle training webinars. 
+Funds from the SB 1383 Local Assistance Grant Program will be used by DPW to expand our education and outreach efforts to residents and businesses within the unincorporated county, ensuring they are aware of the requirements in SB 1383 and the County’s updated Solid Waste Ordinance. The updated ordinance requires generators in densely-populated areas to divert yard trimmings, non-hazardous wood waste, paper, cardboard, food scraps, food-soiled paper, and other materials. To implement the ordinance, funds from this grant will enable staff to conduct site inspections, offer technical assistance, provide promotional materials and organics and recycling collection bins. Additionally, funds will be used to further expand the County’s edible food recovery program by offering site visits, technical assistance, and collection and reporting of recovery data from generators and recovery agencies.
+Personnel
+Approximately sixty percent of grant funding will be used for personnel expenses.  These will include site visits/inspections of SB 1383-covered commercial and multi-family generators (including tier 1 and tier 2 commercial edible food generators), creation of educational materials, coordination of edible food recovery projects, and record keeping activities.  
+Equipment
+Approximately thirty percent of grant funding will be used on equipment expenses.  The County has contracted with MSW Compliance to use their Minerva cloud-based software platform to monitor, manage, and report on the waste diversion activities of waste generators.  A portion of the equipment budget will be used for a three-year subscription to Minerva.  The remaining funds budgeted under this category will be for the purchase of green and blue recycling containers for commercial and multi-family properties, as well as organics bins for large events to accompany existing blue recycling bins (provided by the County free of charge upon request).
+Marketing/Promotion/Outreach
+Approximately ten percent of grant funding will be used for the creation, translation, and distribution of SB 1383 promotional materials to educate and offer guidance for commercial, multi-family, and residential generators located in our jurisdiction.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Beverly Hills</x:t>
   </x:si>
   <x:si>
     <x:t> Melissa Gomez</x:t>
   </x:si>
   <x:si>
     <x:t>3102882864</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Beverly Hills operates a solid waste program, including services to residents, commercial businesses, alley maintenance, and conservation. The solid waste residential and commercial sub-programs are responsible for collecting all waste streams in the City. The City currently maintains compliance with several solid waste laws, including AB 939 requiring City’s to recycle 50% of all municipal waste collected, AB 341, AB 1826 requiring multi-family and commercial recycling, and most recently SB 1383, an organics recycling law. 
 To comply with SB1383, the City began developing a mandatory organics recycling program. In December 2021, City Council adopted an Ordinance requiring residents and businesses to comply with the organics program. As this program affects residents and businesses differently, below is a breakdown of where the City stands with each customer class. 
 Single-Family Residents
 Currently, single-family residents are subscribed to green waste container service for yard trimming material. Under SB 1383, this service was expanded to include additional food waste items, including food-soiled paper and organic material, in the residential green waste program. In 2020, the City expanded the yard waste bin services to include food waste. The City advertised this information on the collection trucks and the July 2020 City newsletter. City staff also labeled the green waste containers with this information.
 Multi-Family Residents
 Multi-family properties with curbside pick-up and subscribed to green waste container service can place food waste, including food-soiled paper and organic material, in the green bin. Multi-family properties collected by alley service will be contacted by a City representative or the City’s hauler, Athens Service representative, by Spring of 2022 to arrange organics collection services. 
 Businesses
 Businesses are required to separate and recycle their organic waste. Businesses can comply with SB 1383 by subscribing to the organic waste service. Additionally, staff began planning for SB 1383 by coordinating with the City’s franchise hauler (Athens Services) with in-person site visits to assess the commercial generator’s waste material and provide educational outreach to businesses regarding SB 1383 regulations. Businesses will be contacted by a City representative or the City’s hauler, Athens Service representative, during the first quarter of 2022 to arrange for services. 
 Communication on SB 1383 will be ongoing to the residential and business community to educate them on requirements to comply with the State and local regulations. Staff and City’s franchise waste hauler will continue to make every effort to assist residents and businesses in becoming SB 1383 compliant. City staff understands that community engagement plays a significant role in the success of the organic recycling program. City staff has developed a community outreach plan that consists of various methods of communication. The City plans to use the funds to support ongoing costs for community outreach and education which include the following:
 •A dedicated website for SB 1383, www.beverlyhills.org/organics 
 •Social media posts
 •Direct mailers
 •Newspaper ads
 •Backbone articles (City's Newsletter)
 •Utility bill messages
 •Community meetings
 •Community group presentations
 •Equipment Software
 City staff has begun community outreach and will continue engaging the community through the years to come.</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...282 lines deleted...]
-3. Staff hours and consultant support.
+    <x:t>City of Laguna Woods</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nadia Cook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496390552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used to support two key SB 1383-related programs within the City of Laguna Woods (City) – edible food recovery services and solid waste and recycling program public education and outreach. 
+The City recently contracted with Abound Food Care for edible food recovery services. Abound Food Care personnel is helping edible food generators in Laguna Woods comply with SB 1383's edible food generator requirements. Grant funds will be used to support Abound Food Care’s efforts, including reviewing edible food generators’ existing food recovery programs, educating edible food generators on SB 1383's edible food recovery regulations, and facilitating the establishment of edible food recovery agreements between edible food generators and local food recovery organizations.  
+Grant funds will also be used to enhance the City’s SB 1383-related public education and outreach program. The City plans to work with consultants to develop additional resources for educating residents and commercial customers on SB 1383's mandates and the City’s solid waste and recycling programs. Grant funds will be used to create, produce, and distribute a mixture of new communication tools determined to be necessary or advantageous as the City's SB 1383 implementation continues (e.g., written materials, recycling web pages, and digital content to inform the public of recycling mandates and increase participation in recycling programs).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marin               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tamalpais Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarah Mehtar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153886393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for a contractor to apply new labels on garbage, recycling and organics containers with information on allowable materials and prohibited contaminants. Labels will have graphics. District will purchase the labels.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Thousand Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarah McGurk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8054492439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funding will be used to support the following SB 1383 requirements: SB 1383 organics recycling and food recovery program activities, including a food recovery software application for record keeping and tracking, and personnel for outreach and education, compliance monitoring, record keeping, reporting, customer service, and food recovery efforts.
+Two position titles at the City of Thousand Oaks will carry out the responsibilities (below) related to SB 1383. The approximate salary (rate plus benefits) is $66.01 per hour, and 2,287.94 hours would be devoted to SB 1383 responsibilities.
+Assistant Analyst
+•Assist in implementing the City’s plan and procedures to ensure compliance with SB 1383.
+•Provide customer service to residents and businesses through mail, email, customer portal, and phone on compliance monitoring, record keeping, and reporting related to SB 1383.
+•Assist with SB 1383 compliance reporting to the State.
+•Assist in planning and implementing an edible food recovery program in the City.
+•Facilitate, coordinate and conduct community meetings supporting the edible food recovery program.
+Sustainability Analyst 
+•Develop a plan and procedures to ensure that the City is SB 1383-compliant in 2022 and beyond.
+•Develop electronic data collection and reporting tools for compliance reporting related to SB 1383.
+•Plan for, and implement, an edible food recovery program in the City.
+In addition, funding will be used to contribute towards the cost of an edible food recovery mobile/web software application which connects food generators with food recovery organizations and services. The City will distribute this application to all Tier 1 and Tier 2 commercial edible food generators and food recovery organizations and services in the City, and provide training and support.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Woodland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosie Ledesma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306612059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Woodland plans to use these grant funds to develop and provide outreach to all of our residents and businesses in Woodland. We will update our previously generated organics recycling materials and align them with SB 1383 requirements and use them to re-educate residents on organics recycling, introduce organics to most businesses, and provide materials for their outreach compliance requirements. We also plan to provide containers where needed and potentially swap our current brown-lid organics carts for green ones. We will also develop an education and enforcement implement plan and/or program guided by consultants or our current Code Enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lake Forest</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christine Groves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494613571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lake Forest intends to utilize grant funds to support its SB 1383 program by purchasing record keeping software and utilizing staff or contracted professional services for outreach, education, inspection, and enforcement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Loomis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Merrill Buck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168241518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implementation of regulation requirements associated with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michele Young</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692508153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used to support the implementation of SB 1383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Reynolds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497072685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Laguna Hills plans on using the grant funds to support inspection and enforcement work efforts.  Funds will be used to pay for a third-party consultant to conduct inspections and an evaluation of the SB 1383 programs on how much work effort will be required for ongoing enforcement of SB 1383 regulations (i.e. route audits).  Some of the funds may also be used to support staff costs in work efforts related to inspection and enforcement.  It is also planned to use funds to support businesses with internal containers for food waste collection.  This may also extend to residents for small household food waste pails if needed.  A portion of the grant fund will also be marked for education and outreach efforts to both the residential and commercial sectors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Diamond Bar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Fox</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098397010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manage edible food recovery contracts between Tier 1 and Tier 2 food waste generators as identified  and in accordance with SB1383. Manage and assist in the execution of food recovery agreements. Provide educational materials to food waste generators and food recovery organizations including but not limited to benefits of participation in food recovery and SB1383 compliance regulations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paula Borges-Fujimoto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6504965914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palo Alto wishes to use grant funding to offset costs associated with Article 12 procurement requirements to purchase recovered organic waste products such as compost, mulch, and qualifying energy products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Imperial</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yvonne Cordero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603553326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Imperial will utilize funds to assist the Community Development Department comply with SB 1383’s mandate by applying the awarded grant funds towards community outreach efforts, code enforcement monitoring and involving and educating the community in composting organic waste.
+The City will develop a bilingual print and social media campaign to inform and educate the community of the SB1383 mandate.   A bilingual flyer and poster campaign will be distributed to schools and businesses including brochures for public outreach efforts staffed at community events.  To boost the campaign, a strategic social media campaign will assist in enforcing and reminding all residents of the new mandate for collecting organic waste.
+The Community Development Department will be vigilant in enforcing the mandate by closely monitoring our compliance with our contracted waste hauler’s reports.   The Code Enforcement division will monitor reports, conduct site inspections and issue citations for any violations.  To assist the Code Enforcement Officer with the added workload, an additional part-time temporary Code Enforcement Officer will be employed with the grant funds.  To facilitate our efforts, the department will purchase two desk scanners for administrative staff, one vehicle mounted laptop for Code Enforcers with accessories for accurate violation and property owner information during site inspections.
+The grant funds will assist the City in launching a Community Compost Program.  The program will include the purchase of an in-vessel composting unit and installation of recycling bins placed within the community with the appropriate signage.  To facilitate the process and eliminate organic waste contamination, lidded food waste pails will be made available to residents wishing to participate in collecting household organic waste for the compost program and for safe waste delivery to the designated site. The resulting compost product will be utilized by our City’s parks staff to aesthetically enhance our fourteen City parks for our community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Tiburon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Eshoo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154357354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant will provide the Town is necessary funding that will be used towards enforcement and inspections, procurement requirements, education and outreach and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Claremont</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristin Mikula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093995431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Claremont proposes to utilize the Local Assistance Grant Program funds to offset the collection cost of its new organics recycling program.  The City of Claremont performs all collection services in-house utilizing City staff and equipment.  Grant funds will offset staffing cost associated with organics collection services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Buenaventura</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Arriana Rabago</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056524525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Recordkeeping and tracking software; Education and Outreach including promotional videos, radio ads, mailers, print materials, social media advertising; Eligible Mulch and Compost for distribution to community members, Personnel costs associated with in-person outreach and inspections.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Kingsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alex Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598975821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Kingsburg will utilize $15,000 of the grant funds to help offset costs related to complying with the procurement requirements of SB 1383.  Specifically, the City will utilize the funds to purchase mulch and compost that has been produced from the City's greenwaste collection services and will use these products for landscaping purposes at city parks, facilities and islands.  
+The city will use the remaining $5,000 of the grant funds to help offset the costs of producing and distributing education and outreach materials to residents and businesses regarding SB 1383 compliance requirements.  
 </x:t>
-  </x:si>
-[...333 lines deleted...]
-    <x:t>These funds will be used for education, outreach, and inspection activities primarily for our businesses and edible food generators, but also for SB 1383 outreach to our residents.  We will use relationships already established with consultants in the San Diego Region through our partnership in the Regional Solid Waste Association (RSWA) and may seek additional consultant services outside of RSWA to develop educational content and perform outreach through various means including inspections of our Tier 1 and Tier 2 generators, technical assistance site visits, video or phone conferencing, webinars, and/or public service announcements.  Some of the grant funds could also be used to cover the costs of materials for educational signs or other educational materials. The goal will be to maximize participation and desired sorting behavior and to minimize contamination as well as to ensure edible food donation programs in our Tier 1 and Tier 2 generators are properly established.</x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte           </x:t>
   </x:si>
   <x:si>
     <x:t>Del Norte Solid Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Tedd Ward</x:t>
   </x:si>
   <x:si>
     <x:t>7074651100</x:t>
   </x:si>
   <x:si>
     <x:t>These funds will be used to support:
  1. Capacity assessments and gap analysis for edible food recovery programs
  2. Establishment of MOUs, contracts, and contract amendments to establish performance, monitoring and reporting responsibilities for SB 1383 in Del Norte County and Crescent City.
 3. Development and implementation of SB 1383-related Education and outreach programs
 4. Establishment of related inspection and enforcement programs
 5. Communicating and monitoring related procurement requirements.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Diamond Bar</x:t>
-[...138 lines deleted...]
-16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+    <x:t>City of Patterson</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xavier Guluarte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098958060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For the use of funding staff that will be tasked with the city of Patterson's SB 1383 program.  Task that include inspections, paper procurement, organic procurement, record keeping, outreach and other related duties specifically connected to the SB 1383 program.  The funding will help fund the transition of part time staff to full time status to facilitate the additional workload generated by SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christopher Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147445525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Orange is pursuing this grant funding in order to improve public education and enhance services to better serve the City's community members, residents, visitors, and businesses with regard to SB 1383. A significant portion of this funding will be used on public education and outreach with materials and messaging tailored to the target audience. Examples of audiences include residential cart service properties, multi-family complexes, and commercial sector. Remaining funding will enhance the current compliant services provided by the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Dimas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Marshall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093946240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Dimas intends to utilize this funding to pay for one time costs related to the implementation of the many facets of Senate Bill 1383.  One time costs include consulting costs related to an implementation plan to assess staffing needs and the creation of reporting software. Staff would also like to purchase additional counter top pails for residents to assist in the education of the new organics legislation and provide a tool to assist with and promote compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Benicia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sharon Denney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077464215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be used for education and outreach materials to residents, including multi-family residents for organics recycling, food waste, and food recovery.  Plans are to develop print and social media materials for a variety of topics such as  "How to" guides and best management practices in organics recycling to mitigate pests and odors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Daly City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Leilani Ramos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6509918101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City’s primary focus is to explore a mix of options that will meet our annual procurement targets. Fulfilling this target with just compost alone will far exceed that which is used and needed by the City. By partnering on a regional effort with the County of San Mateo and local jurisdictions, we will meet a portion of our procurement target. New equipment purchases will assist City staff in spreading compost across City-owned greenspaces in hopes to meet 50% of its annual procurement amount. The City also wants to prioritize recordkeeping requirements through a joint effort with its waste hauler, Republic Services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South Lake Tahoe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lori Marino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305427410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of South Lake Tahoe intends to use these grant funds towards education, outreach and related personnel costs. Education and outreach will focus on commercial generators of organic waste and on visitors to our city, as both groups have been identified as needing more assistance with the new requirements than residential generators. Personnel responsible for this program will include our newly created Sustainability Coordinator who is starting with the City in February 2022, and Student Rangers, a seasonal program that the City initiated in Summer 2021 and plans to continue this year. Student Rangers are a group of seasonal employees coordinating with the Lake Tahoe Community College and South Tahoe High School to welcome visitors to heavily used recreational sites within the City to encourage good stewardship of our natural surroundings, including proper trash disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Industry</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Duhamel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624323700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Industry will use this grant money to help implement their SB 1383 program as required by the legislation. This will include education, outreach, and implementation for organic recycling programs, food recovery programs, and procurement programs. Additionally the City will train and utilize Code Enforcement to ensure that the program is in compliance with the ordinance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Grand Terrace</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shanita Tillman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098246621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Grand Terrace has been working with CalRecycle to ensure that we stay on target to gain full compliance with our residents and local businesses. We anticipate using awarded funds for the procurement of green bins to potentially keep at City Hall so residents can drive-by and dispose of their organic waste. Also, since this is new for many of our residents it will require education so we want to ensure that we are utilizing staff to promote outreach via radio, social media, and print media so that we have a full scale program with all of our resident's involvement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Millbrae</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Pappajohn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6502592444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
+We will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.
+We will be hosting 2 Compost give away events for our residents to pick up Organic Amendment Mix Compost we will be purchase.
+We will be creating a banner for downtown and boosting our SB 1383 social media.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Danville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cat Bravo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253143377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to help implement 1383 regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Solana Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danny King</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587202477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jill Hayashida</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will be used for education, outreach and inspection activities primarily for our businesses and edible food generators, but also for SB 1383 outreach to our residents.  We will use relationships already established with consultants in the San Diego Region through our partnership in the Regional Solid Waste Association (RSWA) and may seek additional consultant services outside of RSWA to develop educational content and perform outreach through various means including inspections of our Tier 1 and Tier 2 generators, technical assistance site visits, video or phone conferencing, webinars, and/or public service announcements.  Some of the grant funds could also be used to cover the costs of materials for educational signs or other educational materials. The goal will be to maximize participation and desired sorting behavior and to minimize contamination as well as to ensure edible food donation programs in our Tier 1 and Tier 2 generators are properly established.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bradbury</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin Kearney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263583218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Bradbury will use grant funds to hire an SB 1383 consultant that will assist in implementing the provisions specific to Bradbury. Funds will also go towards the procurement of recycled products for office use as well as developing and distributing educational materials for the community. Lastly, funds will also be used for administrative costs as City Staff submits procurement records and works to enforce the City's SB 1383 ordinance. The City is considering the donation of any surplus funding to the San Gabriel Valley Council of Governments’ regional food recovery program expansion.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Tipan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263071383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed SB 1383 grant program aims to 1) further develop outreach and education plans for edible food waste generators and stakeholder groups and to 2) facilitate the expansion of regional food recovery hubs. The program would identify necessary equipment and infrastructure that selected food recovery organizations need to expand their infrastructure and capacity to address existing food recovery gaps. Outreach and education plans for promoting awareness of organics recycling and food reduction would vary by target audience, but may include hiring professionals to perform educational shows at local public elementary schools, community workshops, webinars, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Maria</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Alvarado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059250951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procurement of three automated refuse trucks for organics recycling collection.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Quinta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Gilbert Villalpando</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607777094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Requested Budget: $55,120
+COLLECTION
+- $15,000 Small food scrap bins (1,500 bins of 2.4 gal ea.) – estimated bulk price of $10 ea. through vendor
+- $7,500 Compostable bags for bins (1,500 boxes of 22 bags ea.) - For the 2.4 gal bins.
+Total: $22,500
+EDUCATION
+- $15,140 Video production (8 videos) – SB 1383 Topics (e.g., Food Waste, Food Recover, etc.) Meant for Children and Adults held by Zoom with interactive Q&amp;A
+- $1,280 Worm Compost bins (8) – 2 per school
+Total: $16,420
+OUTREACH
+- $6,800 Outdoor compost tumblers (100) - Miracle Grow 18.5 gal (Alternative to collection, educational)
+- $5,400 Indoor compost kits (100) - 1.3 gal Kitchen Countertop Style (Alternative to collection, educational)
+- $4,000 Electronic Composter (8) – Vitamix or Lomi style electronic composters as educational item and outreach for residents that participate.
+Total: $16,200
+TOTAL: $55,120
+Estimate of 1,708 potential households receiving either a bin or composter (10.7% of Resident Population to generate interest). This should provide a great jump start for residents to get involved. AB 939 Funds will be utilized for further procurement and assistance with rolling out SB 1383 and Recycling programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Kerman</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Jansons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598469450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Offset SB 1383 Implementation Costs-Public Education and Customer Service</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strawberry Recreation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nancy Shapiro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153836494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>For use of implementing SB 1383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Elk Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nathan Arechiga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166273646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds provided by the SB 1383 Local Assistance Grant Program will be used in aiding residents throughout the transition in beginning to recycle organics. the funding would be used for a comprehensive marketing campaign including a professional marketing consultant, creation and placement of advertisements, including digital media. The funds would also be used to purchase counter-top compost bins that would be distributed free to residents upon request.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sandy Costandi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263845487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Covina will utilize grant funding to expand edible food recovery efforts.  The City is currently participating in a regional food recover effort that pairs edible food generators and food recovery organizations across 14 cities, and provides for capacity assessment, outreach, and inspections.  This effort will be expanded during the grant term to include establishing sub-regional food recovery hubs across the San Gabriel Valley to increase the region’s food recovery capacity and infrastructure and continuing education and outreach activities to edible food waste generators, food recovery organizations, and residents about SB 1383’s food recovery regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Milpitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Myvan Khuu-seeman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4086090927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Milpitas requests funds to implement Senate Bill 1383. The City has been heavily involved with SB 1383 planning, and now implementation, on both a regional level (within Santa Clara County) as well as on an individual jurisdiction level. Solid Waste staff has, and continues to, work on collection, edible food recovery, education and outreach, enforcement and inspection, program evaluation, and documentation and record keeping, among other SB 1383 related issues.</x:t>
   </x:si>
   <x:si>
     <x:t>City of El Segundo</x:t>
   </x:si>
   <x:si>
     <x:t> Elias Sassoon</x:t>
   </x:si>
   <x:si>
     <x:t>3105242356</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Implementation for an Organic Recycling and Edible Food Recovery Program, including education and outreach.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Elk Grove</x:t>
-[...166 lines deleted...]
-    <x:t>The City of Garden Grove plans to use $60,236 from the SB 1383 Local Assistance Grant funding for marketing, promotion and public outreach, which expenditures will include paid promotional materials, mailers, newspaper ads (ethnic), and translations. The City will use $167,000 of the remaining grant funding to cover consultant costs for residential organics program planning, research, capacity planning, and Tier 1 / Tier 2 outreach and inspections.</x:t>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Porterville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Briana Spry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5597827586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding to be used for equipment such as carts, containers, or trucks in order to successfully implement SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Merced</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Wallace Broughton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093856944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Merced is aiming to enhance the residential organic program and promote participation by providing kitchen pails to City customers to collect food waste in the home and transfer it to their green waste/organic containers. We believe providing residents the tools to easily divert food waste will help increase participation and reduce the odds of contamination. We have approximately 20,000 residential accounts, not including multi-family complexes. This funding would provide assistance in purchasing the amount of containers needed for our program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redwood City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Vicki Sherman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507807472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  Additional funds will be used to procure additional compost for SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rolling Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Signo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103771521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Rolling Hills is requesting grant funding to be used for planning and compliance efforts to adopt an ordinance amendment updating the Municipal Code to reflect SB 1383 requirements. Also, funding will be used to pay for education and public outreach efforts to inform residents of SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mill Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danielle Staude</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153884033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant resources to assist with compliance and reporting measures.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Canyon Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mike Borja</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512462024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Canyon Lake will utilize the grant funding provided through CalRecycle to implement a comprehensive public outreach campaign to the residents of Canyon Lake regarding the new requirements and regulations brought about by SB 1383. The City plans to utilize new and traditional media to share the requirements of this new law as well as encourage residents and businesses to comply with the law. This program will involve placing ads about the requirements in two local news publications as well as on the City’s website. In addition, the City will create literature designed to explain this law to the public that will be made readily available at City Hall. 
+The community hosts many community events throughout the spring, summer, fall, and winter, and these events are prime opportunities to connect with the public about a variety of topics of public interest, including SB 1383. Using funding from this grant, the City will create a robust in-person public outreach campaign that will utilize previously mentioned flyers as well as investing in other types of handouts for the public that will be constant reminders of the requirements of this law. 
+The City will contract with the Western Riverside Council of Governments (WRCOG) as a consultant to complete the capacity planning requirements for organic waste recycling and edible food recovery.  The scope of work includes (1) estimating the amount of organic waste that will disposed by organic waste generators, (2) estimating the amount of edible food that mandated food donors would send to landfills, (3) identifying available existing capacity at food recovery organizations and services that could take the surplus food from food donors, and (4) identifying whether new or expanded capacity is needed to recover edible food disposed by commercial edible food generators.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Winters</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kristine DeGuerre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307946760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Offset the cost for the City of Winters Edible Food Recovery Program and assist RISE, a recognized Food Recovery Organization who provides Food Recovery Service in the City of Esparto, to bring those Food Recovery Services to the City of Winters.     </x:t>
   </x:si>
   <x:si>
     <x:t>City of Gardena</x:t>
   </x:si>
   <x:si>
     <x:t> Hong Lee</x:t>
   </x:si>
   <x:si>
     <x:t>3102179564</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant to guide, track and assist staff with overseeing SB 1383 compliance.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Glendale</x:t>
-[...224 lines deleted...]
-    <x:t>We propose to use the grant funds to purchase and distribute 1.9 gallon residential kitchen organics containers to residential customers. These containers are for use on the counter or under sink to hold food scraps temporarily until the resident can place in their curbside container. The containers will be labeled with program instructions and will be distributed one per household, while supplies last. Based on current quotes, the grant will fund containers for approximately 80% of our residential households. The City may use local funds to purchase additional containers if there is sufficient demand in the community.</x:t>
+    <x:t>City of Ceres</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Toni Cordell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095385602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Ceres intends on utilizing the grant funds for the procurement requirements of SB1383 as well as a portion towards education and outreach efforts regarding the City's organics program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Barbara</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniela Rosales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055645677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Barbara proposes to use funding from the CalRecycle SB 1383 Local Assistance Grant Program to assist the City with the implementation of regulation requirements associated with SB 1383. To meet the requirements the City has implemented an enforceable mechanism through a local Municipal Code update that will go into effect on February 10, 2022. The City requests $123,070 in grant funds based on the jurisdictional fund estimates provided by CalRecycle. These funds will be used for SB 1383 related materials, education, outreach, and personnel. 
+As SB 1383 regulations go into effect, the City plans to implement an outreach strategy to bring businesses into compliance with Food Recovery requirements. Grant funds will be used to mail notices to all impacted businesses regarding their compliance status and offer them educational materials regarding food donation such as flyers and written agreements. In our previous business outreach efforts, direct notification through mailers with detailed steps on achieving compliance has been very effective in program enrollment. Funds will be used accordingly throughout the grant period as outreach is phased from largest to smallest generators and often requires various rounds of noticing. 
+Funding for personnel will be essential for the City’s SB 1383 implementation. The City has faced many staffing challenges over the past couple of years that have limited our outreach efforts. We propose to hire an intern or hourly staff member that will solely dedicate their work to SB 1383 outreach efforts. Our outreach team has had great success bringing businesses into compliance with AB 1826 and AB 341 through targeted communication with the community. A dedicated SB 1383 personnel would continue that success and aid our team in notifying businesses about regulations and work one on one with businesses by offering training, educational materials and any other assistance businesses need to achieve compliance with SB 1383. Personnel will also assist with route audits and container checks to monitor for contamination in the City’s source separated commercial organics collection program. 
+City of Santa Barbara residents have had many questions and concerns regarding the City’s plans for residential organic waste collection. To meet requirements, the City is sending all residential waste to the County’s high diversion facility, the Resource Center, where organics will be pulled from the trash and processed through anaerobic digestion. Grant funds will be used for mailers, utility bill inserts and advertising buys, such as radio, social media and TV ads, to educate residents on how organics will be processed from their waste containers. These educational materials and ads would instruct residents on how to properly use their 3 container system and where to dispose of their organic waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Walnut</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Barcelo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9095985605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Combination of uses to help facilitate SB 1383 Compliance including: public education, outreach, supplies, and organic material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rolling Hills Estates</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexa Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103771577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Use toward consultant fees to enhance compliance and implementation; analysis of anaerobic digester.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oroville will use all allocated 1383 Local Assistant Grant Program funds to aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016 and SB170 Budget Action of 2121. Funds will be used to assist the City of Oroville with the implementation of regulation requirements associated with AB 1383. Funds will go toward personnel and consultant fees to assist the City with the needed Capacity Planning, Procurement Requirements,
+Record Keeping, Enforcement and Inspection, Program Evaluation/Gap Analysis. Additional funding will be used to purchase indoor containers to help commercial businesses set up food waste collection programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Temple City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ashley Avery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6262852171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temple City is requesting funding from the SB 1383 Local Assistance Grant Program to assist with the costs of developing, implementing and maintaining newly established organics recycling, procurement, and edible food recovery programs in compliance with SB 1383 requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Huntington Park</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Huntington Park proposes to use the grant funds for Consultant SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
 1. Research, compile and submit information for the Capacity Plan
 2. Draft the Hauler Franchise Amendment to include SB 1383 Requirements and Rates
 3. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
 4. Conduct Compost Giveaway &amp; Workshop Events
 5. Oversee the Hauler's Contamination Audit
 6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
 7. Coordinate SB 1383 Education &amp; Outreach Workshops
 8. Hold Department Head Procurement Meeting
 9. Oversee Procurement Target Progress
 10. Review and Process Waivers
 11. Oversee Enforcement
 12. Maintain the Enforcement Log
 13. Identify and Reach Out to Recovery Organization
 14. Maintain the SB 1383 Information on the City's Website
 15. Perform Recordkeeping duties
 16. File SB 1383 Reports, including Food Recover, Compliance and Procurement
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Imperial</x:t>
-[...23 lines deleted...]
-    <x:t>The City of Industry will use this grant money to help implement their SB 1383 program as required by the legislation. This will include education, outreach, and implementation for organic recycling programs, food recovery programs, and procurement programs. Additionally the City will train and utilize Code Enforcement to ensure that the program is in compliance with the ordinance.</x:t>
+    <x:t>City of Union City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cliff Feldman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106755466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City intends to use the grant funds to supplement its efforts to increase Organics collection, recovery and recycling from currently underserved customers throughout the City primarily including multi-family and commercial accounts. In addition, the grant funds will be used to purchase a compost spreader for use by the Public Works Department in deploying compost at City facilities, and to purchase collection receptacles for use at City parks, sports fields and at special events.
+A large segment of the City's multi-family and commercial sectors are currently underserved and do not subscribe to Organics collection service. The grant funds will be used to purchase Kitchen Pails and Slim Jims for distribution to these customers to facilitate commencing Organics source-separation and collection service. In addition, the City will use the funds to hire and manage two (2) limited duration part-time interns to assist with the roll-out of Organics collection service to these underserved customers. The interns will be managed by the City's Recycling Program staff and supplement the efforts of the City's franchised collection services company's staff dedicated to public education/outreach and technical assistance. These supplemental staffing resources are needed to effectively roll-out Organics collection service timely and meet the needs of onboarding the new customers successfully.
+The Clear Stream receptacles and liners purchased with the grant funds will be used to establish an infrastructure at City parks and sports fields to facilitate source-separation and collection of Organics from the patrons. In addition, these receptacles will be deployed for use at special events such as the local farmer's market, car show and similar community events held at City facilities.
+The Department of Public Works will use a portion of the grant funds to purchase a compost spreader to deploy compost at City facilities. The equipment specified is a Millcreek, Turf Tiger 3100 compost spreader (specifications available upon request).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Jacqueline Zukeran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517394983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Corona Utilities Department requests $223,273 in SB 1383 Local Assistance Grant Program funding for the following SB 1383 program components: education and outreach materials, annual subscription costs for our SB 1383 Compliance Program Tracker (Recyclist), costs for additional personnel to assist with SB 1383 planning and implementation including a part-time intern, an additional full-time Program Analyst and the costs for services from MSW Consultants, a Solid Waste &amp; Recycling Consultant. 
+Public education and outreach will be crucial to the success of this program; the city plans to engage and educate the community by conducting seminars and workshops, when permissible, that will provide the community with the necessary tools that they need to successfully divert their organic waste away from our landfills. Outreach will also be conducted via in person site assessments where we will educate our generators on the requirements of SB 1383 and provide them the necessary tools for successful implementation of their recycling activities. Educational material will be created, printed, and distributed to our community in the form of pamphlets, flyers, posters, and different forms of electronic media that will be easily accessible to all residents. 
+Our Recyclist Program Tracker will assist us in tracking SB 1383 compliance and will have the ability to easily generate reports that will provide the necessary details for our routine reporting for SB 1383.
+The additional staff will assist with all administrative tasks required for planning and implementation of all program components including the planning of educational events, the creation and distribution of education material, program budgeting tasks, and all other SB 1383-related tasks. MSW Consultants will continue to assist us with Solid Waste Franchise Agreement amendments, direct outreach to generators, and with planning and launching of our city’s Edible Food Recovery Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coalinga</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mercedes Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5599351533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Coalinga will use half of the grant funds to purchase compost buckets/pails for distribution to individual households within the City's jurisdiction to assist residents in diverting their food waste from their other garbage.  This will enable residents to instead place the food waste in their organics collection cart.  
+The other half of the grant funds will be used to purchase approved products produced from the recovered organic waste (e.g. mulch, compost, etc...) to satisfy the City's "procurement" requirements of SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Needles</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rainie Torrance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603262115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Needles intents to focus on edible food recovery education, outreach and recovery. Local organizations lack proper equipment to recover and deliver edible food. In addition, the City intents to utilize the funds to meet the procurement requirements of SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dana Point</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9492483571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dana Point intends to utilize the SB1383 Local Assistance Grant Program funding towards all aspects of implementation of regulation requirements associated with SB1383 including but not limited to Edible Food Collection/Recovery, Education and Outreach, Marketing/Promotion/Outreach, Materials, Personnel Costs, Enforcement and Inspection, Indirect Costs, Program Evaluation/Gap Analysis, Training, Program Upgrades and Expansion, Procurement Requirements and Record Keeping.  All program funds will only be utilized towards SB1383 implementation in our community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rio Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Borre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7073746451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used for any items related to SB1383 including any consulting costs in order to enact the new regulations, attorney costs, mulch purchases, and compost purchases.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karen Cook</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102089754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1. It is the intent of the County to achieve sustainable SB 1383 compliance which will survive the duration of the grant. The County seeks to prepare components necessary for compliance. Such components include direct recovered organic waste product procurement, administrative fees for contracts and consultants, tracking technology for recordkeeping and implementation record purposes. Each element of the project is described in detail in the following sections.  
+a. $12,000 in grant revenues will be used to procure and deliver eligible compost and/or mulch for application on County landscapes in pursuit of the County’s annual procurement target as described by 14 CCR § 18993.1.  Currently, application is limited by budget for material purchases, and staffing to apply the materials. Alameda County Building Maintenance Department will apply compost and mulch using their own labor and equipment on County landscapes. BMD will assess opportunities to apply more material and collect recordkeeping components required under the regulations.  
+b. $55,000 in grant revenues will be used by the Community Development Agency to hire a consultant to help with implementation of the organics collections activities required by SB 1383. Funds will be used to engage a qualified solid waste consultant to provide SB1383 program management services in the County’s Waste Program jurisdiction at an approximate annual cost of $55,000 to be spent within the 2-year grant period.  Anticipated SB1383 program management services include, but are not limited to: establishing 1383-compliant solid waste program systems and training County staff on their use; monitoring SB 1383 implementation and compliance by haulers and generators; and maintaining and organizing the County’s SB1383 implementation record. 
+c. $90,767 of grant revenues will be used by the County to pursue one or more procurement strategies to put in place contracts or agreements with direct service provider(s), such as a firm, non-profit, or resource conservation district, to procure and place eligible compost on the County’s behalf and pay administrative fees associated with contract management and SB 1383 documentation requirements.  
+d. $36,000 of grant revenues will be applied towards SB 1383 recordkeeping and compliance tracking which could include in-house development of a software program and/or off the shelf subscription-based tracking and recordkeeping software such as the Recyclist Program Tracker. Software developed or procured would fulfill SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tracy</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Connie Vieira</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098316359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be used to subscribe to a record keeping program through Recyclist, and print and distribute materials for education, outreach, enforcement, and inspection. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Reedley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Kredit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596374200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Reedley plans on purchasing recovered/recycled organic products to meet the procurement required levels with the project funds. The City will utilize the products first by offering them to residents as an educational item at our semiannual city wide cleanup events.  The residents will be educated on the background of the product and will also be able to take home some to utilize for themselves. The remainder will be utilized throughout the city as needed in landscaped beds and trails.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karina Alcala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317554680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Monterey County Environmental Health Bureau will allocate SB 1383 Grant funding towards Education and Outreach, Admin cost, Enforcement, Collection, and Materials. For the education and outreach component the Monterey County would allocate $41,000 to help support with educational videos, signage, flyers, tv ads, and social media platforms along with translations for all outreach material. Funding will also help support and provide resources through a partnership with the Western and Eastern Technical Assistance Committees. This funding will also support with outreach efforts that consist of compliance letters, phone calls, waste assessments and any follow up visits to Tier and Tier 2 generators. Funding will also support with potential consultants and time spent on education and outreach.  The Monterey County is also allocating $40,000 for Admin cost for project management activities, grant management and tracking and reporting. For Enforcement the County will allocate $5,000 to design and plan roles and responsibilities within the LEA and will help create any outreach material needed for enforcement. For Collection the Monterey County would allocate $10,000 to continue supporting residents with small 2-5gallon kitchen pails to encourage participation but also ensure compliance. The Monterey County will also allocate $30,930.60 towards Materials. The material funding will help support The Technical Assistance Committees with equipment purchases for Edible Food Recovery Capacity. Funding will also support a potential partnership for the procurement of composting and can help support a Compost Day for residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lafayette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joshua Muller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252993205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to help implement SB 1383 regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Puente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of La Puente proposes to use the grant funds for the Consultant's SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
+1. Research, compile and submit information for the Capacity Plan
+2. Draft the Hauler Franchise Amendment to include SB 1383 Requirements and Rates
+3. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
+4. Conduct Compost Giveaway &amp; Workshop Events
+5. Oversee the Hauler's Contamination Audit
+6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
+7. Coordinate SB 1383 Education &amp; Outreach Workshops
+8. Hold Department Head Procurement Meeting
+9. Oversee Procurement Target Progress
+10. Review and Process Waivers
+11. Oversee Enforcement
+12. Maintain the Enforcement Log
+13. Identify and Reach Out to Recovery Organization
+14. Maintain the SB 1383 Information on the City's Website
+15. Perform Recordkeeping duties
+16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lakewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> KONYA VIVANTI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628669771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Lakewood intends to use the requested grant funds for the following SB1383 activities:
+1. Personnel costs (City &amp; Consultant) to implement elements of the regulation such as education &amp; outreach, inspections and enforcement, training;
+2. Education &amp; outreach materials 
+3. Purchase of a tablet/electronic device for tracking, inspections, enforcement and education/outreach;
+4. Purchase of recycling &amp; organics containers for all interior meeting rooms at all City facilities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Norco</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chad Blais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512705678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Project Summary 
+The City of Norco, Horsetown USA, is a Charter City that sits on 14 square miles of land nestled between the Santa Ana River and the La Sierra Hills. As a city that prides itself on maintaining a rural atmosphere, Norco is committed to preservation and conservation to ensure residents have access to clean open spaces, parks and trails.  The City of Norco, in compliance with the Assembly Bills 341 and 1826, and Senate Bill 1383, have sought to create a robust and well managed program internally to ensure all residential, commercial, and municipal accounts are in compliance with state requirements for recycling and organic waste reuse. As a small city of 27,000 residents, the City of Norco strives to keep a well maintained city despite a small number of staff. Ever increasing statewide mandates in every area of local government continues to increase the workload of staff, and funding is always in short supply. 
+Despite thinly stretched staff and municipal funds, the City of Norco has developed a recycling and edible food recovery program that handles the following tasks: 
+1)A three-bin residential collection system required for all Norco residents, administered by City of Norco staff and collected and processed through Waste Management – the City’s contracted hauler
+2)Direct communication and outreach with new and existing accounts regarding recycling requirements
+3)Modified application for new businesses that seeks to ensure City staff sets up accounts with state mandated recycling requirements at the start of operation
+4)Enforcement programs where staff visit businesses to ensure on-site compliance, and a procedure for issuing warning notices and letters of violation
+5)Modification of engineering standards to ensure new trash enclosures are constructed to ensure for maximum space up to a three-bin system
+6)Development of record keeping systems to track changes in compliance of Norco businesses
+The City of Norco’s Recycling and Organic Waste Recovery program has thus far made substantial improvements within the City of Norco, currently leading to nearly 95% compliance with recycling and organic waste recovery requirements. However increasing state mandates have stretched staff ability to adequately manage requirements. 
+The City of Norco is a fast growing city that sits in a high demand region of Riverside County. With multiple major commercial projects ongoing, the demand on staff to upkeep the tasks needed to meet the demands of SB 1383 continue to increase. Over 40 acres of new commercial/industrial development are under construction, with more projects in plan review – ranging from mixed use manufacturing, to hotels, to mixed commercial. To meet the demands imposed by SB 1383, and ensuring that businesses and residents continue to comply and stay educated regarding state requirements, the City of Norco is requesting $35,263.00 in funding. 
+Statement of Use
+The City of Norco requests a one-time allocation of $35,263.00 in funding from the SB 1383 Local Assistance Grant Program
+The City of Norco seeks funding to achieve the following tasks to reach full compliance with SB 1383:
+1)Education and outreach with new and existing businesses regarding organics reuse and recycling
+a.The newly created regulations for SB 1383 have proved confusing for many businesses, and staff is required to take more time to call and meet in-person with businesses to walk them through options for organic waste recycling. 
+b.Staff will need to allocate time to ensure educational outreach materials are sent out periodically in billing inserts. 
+c.Updates will need to be made to the City of Norco website to both provide more details and more educational materials
+2)Data management of organic waste recovery activities and enforcement
+a.With 359 businesses in Norco, time needs to be spent to record and manage data regarding compliance status, steps taken in the enforcement process, and notes regarding education and enforcement
+b.Analyses need to be regularly performed to both show the success of these recycling programs to both the City and  the State 
+3)Enforcement of new and existing Municipal Code addressing organic waste regulations
+a.Sites in violation of City of Norco municipal code will require staff to photograph violations, produce letters of enforcement, and provide follow-ups and educational outreach
+b.Staff will need to coordinate with Code Enforcement to ensure sites requiring citations are fined appropriately
+The tasks outlined above will be overseen by two Administrative Compliance Coordinators for the City of Norco. The amount requested in this grant would partially cover personnel costs for one year.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Maywood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Maywood proposes to use the grant funds for Consultant SB 1383 Implementation services. As such, the consultant will perform the following implementation tasks:
+1. Research, compile and submit information for the Capacity Plan
+2. Draft the Hauler Franchise Amendment to include SB 1383 Requirements and Rates
+3. Determine quarterly compliance and organic tonnage of Self and Third Party Haulers
+4. Conduct Compost Giveaway &amp; Workshop Events
+5. Oversee the Hauler's Contamination Audit
+6. Continue conducting Tier 1 &amp; 2 Surveys &amp; Inspections
+7. Coordinate SB 1383 Education &amp; Outreach Workshops
+8. Hold Department Head Procurement Meeting
+9. Oversee Procurement Target Progress
+10. Review and Process Waivers
+11. Oversee Enforcement
+12. Maintain the Enforcement Log
+13. Identify and Reach Out to Recovery Organization
+14. Maintain the SB 1383 Information on the City's Website
+15. Perform Recordkeeping duties
+16. File SB 1383 Reports, including Food Recover, Compliance and Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Buellton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rose Hess</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056860137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 Ordinance Implementation, including consulting costs and for services to administer and implement the program including Food Recovery Programs, Education and Outreach, Advanced Procurement Policy, and Capacity Planning in compliance with the state requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dublin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Sung</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258336630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Dublin intends to spend $25,000 on producing and distributing education and outreach materials to organic waste generators. 
+The City of Dublin intends to spend $3,132 on inspections of Tier 1 edible food generators conducted by Alameda County Department of Environmental Health in 2023.
+The City of Dublin intends to spend $57,742 on three stream public litter receptacles for placement in public parks and public right of way to increase and promote organics and recycling collection in public areas.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Altos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Aida Fairman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6509472603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant costs for oversight of franchise agreement, franchise agreement amendment, SB 1383 and procurement planning assistance, recordkeeping, reporting, developing an enforcement plan.
+Education, outreach, and inspection of commercial businesses, including training, right-sizing, advice on how to place containers, and inspection for contamination as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yorba Linda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Colleen Callahan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149617114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>It is Yorba Linda's intent to you use these funds for additional staff time and consultant time to assist in the overall SB 1383 Program Evaluation to ensure any and all gaps in process are addressed in a timely manner and implemented as required.  This may also include additional staff time for early enforcement and inspection as needed. The key to accomplishing compliance will be using these additional grant funds towards more education and outreach for the organic waste &amp; edible food recovery requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pacifica</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Trayer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507383767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.   
+In addition, we will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities. The remaining funds will be used for the City to purchase compost and mulch.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pleasant Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ann James</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256715244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pleasant Hill is  responsible for its individual SB 1383 compliance and enforcement and as such, the City has been preparing for its regulatory responsibilities.  The City’s refuse collection services agreement with Republic Services, originally executed in 2004, was restated in July 2021, and includes many SB1383 compliance measures. In addition the City’s Municipal Code Chapter 13.10, Solid Waste Management, was amended in January 2022, in order to comply with the new regulations.  
+There are additional compliance measures to be performed by the City however, including education and outreach, (via mailings, public meetings and website updates and maintenance); edible food recovery site inspections; procurement and documentation of compostable materials;  any necessary enforcement measures, record keeping and reporting.  To complete these activities the City anticipates needing a half-time employee (at a minimum)  dedicated to these tasks.   The City is proposing to utilize the SB1383 Local Assistance  grants funds to staff that position.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Larkspur</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shannon O'hare</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154962401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hire a consultant to provide services identifying city-usage and possible application of compost/mulch on city-owned and managed lands. Consultant shall also identify privately-owned land within and outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space.
+Once the full costs of such a study are understood any remaining balance of the grant may be applied toward procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tobie Mitchell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056584315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funding will be used by the County of Ventura for two distinct purposes:
+1) SB1383 RECORDKEEPING: Funding for a two-year subscription (April 1, 2022 to April 2, 2024) to the Recyclist Program Tracker, a cloud-based software program. The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement. The integrated mobile app, compatible with Tablets and Electronic Devices (seven inches or more measured diagonally), includes fieldwork functionality for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and organics programs. The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.
+2) SB1383 RESIDENTIAL CURBSIDE COLLECTION: Funding to offset approximately 77% the County's cost to purchase small household food waste pails for all residential customers currently receiving curbside collection service.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Taft</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Yvette Mayfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617631222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City would like to use these funds to hire a consultant to help out by performing education and outreach, program evaluation and capacity planning.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Westmorland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tami Castro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603443411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>...The City of Westmorland will implement or may include activities as are identified in the grant program guidelines 
+Education and outreach 
+Program evaluation 
+Procurement requirements ( recycled organics  and compost)
+Record keeping
+Employee payment  for city employees time that is worked on the grant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rodeo Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steven Beall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107992970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Rodeo Sanitary District has an established recycling and organics reduction program in place and has adopted an ordinance in January 2022 that indicates the Rodeo Sanitary District's SB 1383 compliance intent.  The District is working its solid waste provider (Republic Services) to implement the color coded 3 cart collection system with symbols and language to encourage efficient processing of waste in accordance with SB 1383 requirements.  The District's grant application will provide additional public outreach efforts to encourage higher levels of organics reduction using materials (mailers) and additional marketing and outreach on local level (through District website and newsletters) and regional level (through coordinated efforts with other agencies with similar programs and objectives.). </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ria Varghese</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089752574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Local Assistance Grant Summary 
+The CalRecycle SB 1383 Local Assistance grant is an ideal opportunity to make significant progress in achieving SB 1383 goals for the City of San José. The City has been preparing to ensure that our programs are in compliance with SB 1383 regulations.  On November 2, 2021, San José City Council approved an ordinance amending Title 9, Health and Safety of the San José Municipal Code to implement the requirements of SB 1383 regulations. This grant funding will enable the City to partially fund its SB 1383 implementation efforts and prevent additional ratepayer costs for all San José residents and businesses at a time when our community can least afford it. The City will utilize SB 1383 Local Assistance Grant funding in key areas to ensure successful implementation of SB 1383, including: outreach and marketing, cart labeling, a data management system, personnel and consultants, creation of an edible food recovery program and a vehicle to conduct inspections.  
+Outreach and Marketing: 
+Marketing and outreach to San José’s 322,000 residential households and about 10,000 businesses will require multiple tactics and innovative strategies. Materials will be translated to be made available to Spanish and Vietnamese-speaking residents. Informational materials will be created and distributed to San José residents specific to single family dwellings (SFDs) and multi-family dwelling (MFDs) with SB 1383 goals and information. Materials will include information on the importance of proper disposal of organics and information about the City’s waste management system that ensures organics are being diverted from the landfill. Specific outreach to MFD property owners and managers will include resources for managing their yard trimmings and residential waste systems. Specialized industry-specific outreach materials will be created for the business sector. A brochure will be created and delivered to libraries, community centers, and at community events for additional outreach. Ongoing social media posts, website updates, and advertisements will be a significant part of this campaign. As a part of our efforts to specifically target food waste reduction, these funds will be used to produce an educational video with information specific to food waste and food insecurity in San José.  
+Cart Lid Labeling: 
+A major endeavor will be the installation of in-mold labels on Single-Family Dwelling (SFD) recycling carts along highly contaminated recycling routes. These funds will be used to begin the replacement of cart lids. Of our three-container system, the recycling container has the highest amount of contamination, including organic waste. The new label was proven successful in reducing recycling contamination by an average of 20% during a Spring 2021 pilot. The in-mold label will also assist the City in meeting the regulation's specific labeling requirements and help divert more organics that belong in the garbage cart for mixed waste processing. The estimated cost is $27/cart for label and installation.  
+Funds will also be used to install in-mold lids for a portion of the City's multifamily housing developments. The in-mold lids will clearly indicate what goes into each cart. The in-mold label will assist the City in meeting the regulation's specific labeling requirements and help to reduce recycling contamination and ensure organic materials are placed in the correct containers. The estimated cost is $30/cart for label and installation. 
+Edible Food Recovery: 
+The City of San José does not currently have a centralized food recovery program in place. Current food recovery efforts are carried out by non-profit organizations in the City and across the region. City staff are working on identifying compliance needs and sustainable funding sources to create a program that will meet the needs of our community and comply with the regulations. These funds will be used to cover food recovery program administration, generator inspections, reporting, and initial investments in food recovery capacity.  
+Personnel, Consultants and staff : 
+The City will hire a consultant to establish a Standard Operating Procedure for Residential Program container contamination monitoring. The consultant will determine the most cost-effective and streamlined approach for compliance by reviewing existing hauler data (annual route audits, monthly Courtesy Notices and Non-Collection Notices left by the haulers for contamination found in garbage, recycling, and yard trimmings containers), and utilizing IWM Environmental Inspectors. 
+Currently, the City does not track amounts of compost, mulch and other organic products procured by various departments and contractors on projects within City of San José and is unable to measure the current usage for the purpose of reporting to CalRecycle. City will hire a consultant to develop processes for procurement tracking and a plan to address the procurement target. 
+Since the SB1383 regulation has many elements and requires intensive management of the implementation, we request funding for staff time spent on setting up City programs and manage the implementation and compliance. Currently staff time is limited for implementation. This will partly fund Environmental Service Specialist positions for applicable time spent on implementation efforts.  
+Data Management &amp; Equipment:  
+The City of San José doesn’t have a centralized data management system to store and manage all the required information for the Implementation Record. This funding will help aid our efforts to set up the data management system. In order to conduct inspections and address complaints, City staff are required to travel across the City. This one-time investment in a City-owned vehicle to conduct such duties will aid staff as well as reduce cost for the City in the long term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Lilliana Falomir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607682160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Calexico is requesting funding to assist with the implementation of regulation requirements associated with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kasey Kolassa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 implementation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Foster City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andra Lorenz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6502863215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  Remaining funding not utilized by the Broker Project will be used for direct purchase of compost by the City to fulfill compost procurement requirements under SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of El Cerrito</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Will Provost</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105597684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of El Cerrito holds a contract with a private hauler to collect garbage and green waste and directly conducts the curbside collection of recycling in the city. The City intends to use these grant funds to procure and paint recycling (blue) collection bins to be in compliance with the color requirements, to fund a portion of staff time devoted to SB 1383 implementation, and to purchase a tablet that will be used for business outreach and tracking related to SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Eastvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Vasquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517034424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funding will be used for a two-year subscription (April 1, 2022 to April 2, 2024) to the
+Recyclist Program Tracker, a cloud-based software program. The software enables a wide
+variety of data tracking, including organics collection service compliance, collection waivers,
+paper and ROWP procurement, edible food recovery and enforcement. The integrated mobile
+app, compatible with Tablets and Electronic Devices (seven inches or more measured
+diagonally), includes fieldwork functionality for logging inspections, route reviews, and other
+education and outreach activities with the purpose of tracking participation in recycling and
+organics programs. The Program Tracker fulfills all of the SB 1383 jurisdictional implementation
+record and recordkeeping requirements as detailed in 14 CCR Section 18995.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cupertino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ursula Syrova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087777603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fund recovered organic materials procurement and Edible Food Recovery Program activities as required by SB 1383 as follows:
+Purchase of materials to apply toward Cupertino's SB 1383 recovered organic materials procurement requirements. Planned activity includes a pilot to fund carbon farming projects to support farms and ranchers in their implementation of carbon sequestering farming practices, with a focus on compost application. 
+Based on the results of the Food Recovery capacity analysis, funding will support edible food infrastructure improvements in the nonprofit community, as well as supporting recurring programmatic tasks such as: inspections, education, outreach, refining Tier 1 and 2 lists, document creation, food recovery organization/service and generator reporting, as well as general administration of the program.  This will provide the Cupertino contribution to the Santa Clara County Edible Food Recovery Program that is managed regionally and supports Countywide infrastructure enhancements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vernon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Veronica Petrosyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238261448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the City of Vernon Health and Environmental Control Department (DHEC) is to successfully implement a strong Organics Recycling program to make an impact in the statewide effort in reducing short-lived climate pollutant emissions. DHEC intends to use the SB 1383 Local Assistance Grant funds to facilitate education and outreach to the diverse range of industrial businesses and residents of the City.  Funds will also be used to purchase materials to support and improve the program’s collection system, contamination monitoring, inspection, and enforcement services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pasadena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gabriel Silva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6267444148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will support Pasadena's efforts to advance the goals of SB 1383.  The strategy for this payment program consists of two primary components.  First is education and outreach.  This grant would support educating the public about organics recycling, including how to properly dispose of it.  To this end, the grant would fund education and outreach in a variety of strategic locations throughout the City; specifically, local newspapers, social media, and bus shelters.  To amplify awareness of organics recycling, we also propose to place sign boards on our refuse trucks which would also promote and educate people in the City. Second is procuring organic compost which we would distribute to our residents. We would purchase the compost and strategically distribute at various events promoting the goals of SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hercules</x:t>
+  </x:si>
+  <x:si>
+    <x:t> jeff Brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107998252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversight of franchise agreement, franchise agreement amendment, SB 1383 and procurement planning assistance, recordkeeping, reporting, site visits and outreach and education, developing an enforcement plan during the term of the grant. Purchasing of SB 1383-qualifying products including compost, mulch, and recycled content paper products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Firebaugh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Pio Martin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596595901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Firebaugh will utilize the funds for the use of education and outreach programs. Most of the funds will be used for the purchase of compost or mulch to go towards our procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Louren Kotow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076787051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aid in the implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016 and SB170 Budget Act of 2021.  This includeds but is not limited to education and outreach, program evaluation, gap analysis, enforcement and inspection, edible food recovery, procurement requirements, record keeping and/or the hiring of a consultant to assist the city with compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Desert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Amy Lawrence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608371664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Desert will utilize the grant funds to assist with meeting the compliance requirements of SB 1383.  Approximately half of the funds will go towards funding an agreement with FIND Food Bank.  For 2022 and 2023, the agreement will ensure that FIND Food Bank has the capacity to recover food from all Tier 1 Facilities in Palm Desert.  It will also designate FIND Food Bank as the organization that will be doing inspections and contract management of Tier 1 facilities on Palm Desert's behalf.  The remaining funds will go towards SB 1383 record keeping software created by Recyclist.  This software will ensure that Palm Desert accurately tracks all information required under SB 1383 and will hold it in a central location that can be pulled quickly for CalRecycle upon request.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Cordova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Steve Harriman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168518716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A full time code enforcement officer is assigned to the commercial organics program. His responsibilities are to conduct site visits, provide education to commercial customers, and enforce the program. This funding will be used to partially off-set the cost of this position during the grant term. This will also assist the City to fund the cost of staff preparing reports related to SB 1383 activities. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brisbane</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Adrienne Etherton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4155082118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
+We will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.
+We intend to put the remainder of grant funds after participation in these Countywide programs towards procurement of compost and mulch to assist with meeting the City's procurement requirement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Clara</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karin Hickey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4086153097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Clara will use awarded SB 1383 Local Grant Assistance funds to partially fund SB 1383 local procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clovis</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ivette Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5593242604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City would like to use SB 1383 grant funding to purchase organic carts for implementation in multi-family communities and HOA and high density communities that currently do not have organics collection carts. In addition to funding for education materials that would encourage and provide information to residents to properly dispose of organic waste.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Irvine</x:t>
   </x:si>
   <x:si>
     <x:t> Ryan Tenney</x:t>
   </x:si>
   <x:si>
     <x:t>9497246379</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Irvine is requesting local assistance grant funding to assist with SB 1383 program implementation. Currently, the City has an inadequate resources to ensure that SB 1383 requirements will be implemented in a timely manner and is requesting grant funding to assist with these efforts. The City will use the grant funding to assist with implementing an edible food recovery program with a local food recovery organization/service, including but not limited to collection and reporting. The City will also use the grant funding for education an outreach efforts with consultants, including but not limited to onsite visits and meetings, developing standardized forms, flyers, brochures, mailings, outreach at public events, and digital communications such as social media posts, website updates, and instructional videos. The City will also use a portion of the grant funds to work with a consultant for a program evaluation/gap analysis to identify areas where the City needs to dedicate more resources in the future to meet SB 1383 requirements. The City will also use a portion of the grant funds for the procurement of recovered organic waste products including a combination of compost, mulch, and renewable energy sources (fuel, heat, electricity). The City will also use a portion of the grant funding for consultants to assist with SB 1383 recordkeeping requirements. Lastly, the City will use a small percentage (approximately 10%) of the grant funds for administrative purposes to cover a portion of staff and consultant costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Holtville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicholas Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603562831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use to administer program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lancaster</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Travis Lange</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6617235883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lancaster will create and/or manage the creation and distribution of education materials and programs to inform and support efforts of businesses and residents to recycle and recover organics. In addition, the City plans to supply support products such as bins for local businesses and kitchen scrap storage bins for residents. Funding will also help with City's efforts to evaluate and address capacity issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Colma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathleen Gallagher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6504839097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term. 
+We will also use the grant funds for recordkeeping, training, management and outreach for current and future users of compost applications in our jurisdiction.
+“We will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Yucaipa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Crawford</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097972489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Yucaipa will utilize the funds to support their compliance with the requirements of SB1383.  The grant will be utilized to purchase recycled organic products, construct compost holding bays and purchase equipment to achieve procurement requirements.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Las Gallinas Valley Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dale McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154721734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant costs for oversight of franchise agreement, franchise agreement amendment, SB 1383 planning assistance, recordkeeping, reporting, development of enforcement plan.
+Hire a consultant to provide services identifying District-usage and possible application of compost/mulch on District-owned and managed lands. Consultant shall also identify privately-owned land within and outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space.
+Any District administrative and staffing costs directly attributable to SB 1383 compliance.
+Once the full costs of such a study are understood any remaining balance of the grant may be applied toward procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Blythe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mallory Crecelius</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609226161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds allocated will be used by the City of Blythe to help with program implementation for compliance with SB 1383. This includes using the direct allocation for education and outreach to the City's residential and commercial customers. Outreach will be provided in the form of newspaper and radio ads and direct mailers to residential and commercial customers. Providing a comprehensive educational campaign related to the requirements of SB 1383 is necessary for compliance. This program is new to our customers, and extra effort will be made to educate customers on the three cart collection system, and the importance of recycling and composting organic waste and edible food recovery. Funds will be used to procure recycled paper products for use at all City facilities such as City Hall, Police and Fire Departments, and Public Works. We estimate  a 28% cost increase for the purchase of recycled products. Grant funds will be used to offset these costs.  The City  plans to hire a part time department assistant to assist with compliance, record keeping and reporting. The City of Blythe has a small staff and will need extra support to administer the City's program.  If awarded additional funds through subsequent funding rounds, the City would like to purchase kitchen food caddies for residential customers to encourage home composting. The City has 3,100 residential accounts in which we would like to provide food caddies to encourage the diversion of organic waste from the trash and home composting of organic materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lawndale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grace Huizar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3109733273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Lawndale will utilize the funding for Personnel staff time (house staff. to help perform outreach, education, enforcement, and behind the scenes work to perform outreach (making an efficient route for site inspections, sending letters, making calls, etc.) that maintain the goals of SB1383.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lemon Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christian Olivas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6198253813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lemon Grove will use grant funds to assist with the implementation of SB 1383 regulation requirements that will include the following eligible expenditures: one, personnel costs associated with conducting additional capacity planning, implementing an edible food recovery program, conducting education and outreach relating to organic waste as well as conducting inspections and enforcement of edible food recovery requirements; two, enforcement costs associated with hiring a private contractor to conduct inspections and enforcement of edible food recovery requirements; three, education costs associated preparing outreach materials; and third, procure sufficient recycled waste products/materials, including mulch and/or compost to meet annual procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Habra</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Henderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5623834170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We plan to use the grant funding on collection, enforcement and inspection, edible food recovery, education and outreach, and record keeping costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Burlingame</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sigalle Michael</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6505587274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.
+We will also be partnering with the County of San Mateo on a Compost Quality Education Campaign to improve the quality and reduce contamination in compost bins.
+A portion of the grant will be applied to procuring new and improved composting bins for public locations, such as high usage parks and downtown corridors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Homestead Valley Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bonner Beuhler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153884796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use funds to implement SB 1383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calabasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marina Issakhani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182241682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds received from this grant will be used for a consultant to conduct program implementation, evaluation and gap analysis.  Funds will also be expended on signage, education and outreach materials, and other materials such as kitchen pails.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corcoran</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Greg Gatzka</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5599922151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Corcoran implementation of SB 1383.  Corcoran City Administration is coordinating the implementation of SB 1383 with our Public Works Department, Community Development Department, and contracted waste hauler Tule Trash.  State grant funds will be used for distribution of residential kitchen organic waste collection bins, and distribution of 3-bin separated restaurant &amp; lunchroom waste collection.  Deployment of educational signage for organic recycling and promotion of procurement targets.  Distribution of educational marketing materials to residents, and direct outreach to local businesses for enhanced organic waste recycling and collection of edible food. Some funds will be used for indirect costs associated with the above listed activities. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tehachapi</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Corey Costelloe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618222200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Following the adoption of our ordinance and other regulatory requirements to begin the process to implement the provisions of SB 1383, the City of Tehachapi is taking the next steps to start our compliance process. This funding will be applied to educational outreach regarding the nature of organics recycling at the household level. In addition, this funding will assist in securing the necessary documentation to formalize our food rescue program that will entail working with all local charities and agencies that are currently practicing food rescue and ensuring proper tracking of edible food that is being diverted from the landfill. Depending on remaining funds, expenses related to procuring organic materials and delivering them to Tehachapi will be considered.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of East Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Batool Zaro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503888921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities. We will also be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Citrus Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t> MARY POOLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167274730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant and staff assistance for additional procurement program development and implementation; education and outreach, program evaluation, capacity planning and support for edible food recovery programs; purchase of recovered organic waste products to meet the SB 1383 procurement target. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Gabriel</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Capucine Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263082825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Staff will conduct all required inspections and reporting related to SB 1383. The City Staff will need appropriate technology equipment. The City will contribute funds towards the expansion of the Regional Food Recovery Program operated by SGVCOG.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chino Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Susan Shaker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093642633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Direct Outreach Consultant: The City will contract with a direct outreach consultant to work in conjunction with the City’s solid waste hauler to do SB 1383 outreach and education with commercial customers including multifamily dwellings. This will include conducting site visits to businesses to provide education and determine their implementation of and compliance with SB1383 as well as assessing businesses for the potential recovery of edible food. Cost: $35,000
+Recordkeeping or tracking software: Part of the grant funding will be also be used for a two-year subscription (April 1, 2022 to April 2, 2024) to the Recyclist Program Tracker, a cloud-based software program. The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement. The integrated mobile app, compatible with Tablets and Electronic Devices (seven inches or more measured diagonally), includes fieldwork functionality for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and organics programs. The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2. Cost: $30,000
+Purchase of bins for City facilities: The City will purchase collection containers for organics for City facilities including community centers, parks, meeting rooms, and kitchens. Additionally, the City will purchase organics collection bins and liners for special events held throughout the City. Cost: $25,000
+Education and outreach materials: The City will develop and purchase education and outreach materials for residents and commercial customers with information regarding SB 1383. The City will also be publishing and disseminating information on the City’s social media networks as well as utilizing the local publication, the Chino Champion. These materials will be developed in multiple languages. Cost: $18,937
+Tablet/Electronic Devices: The City will purchase a tablet (seven inches or more) to be used by the direct outreach consultant and/or a code enforcement officer when conducting outreach and tracking compliance for SB 1383. Cost: $500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monterey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Ted Terrasas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316465662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF MONTEREY
+MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Monterey (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District), and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Monterey in the implementation of regulation requirements associated with SB 1383. 
+The City of Monterey joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+The City of Monterey, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date.  
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Monterey, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sausalito</x:t>
+  </x:si>
+  <x:si>
+    <x:t> ALI IQBAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152894100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will use these funds for a study of applicable uses of compost and mulch within City boundaries, and education, outreach, and inspection to commercial generators. </x:t>
   </x:si>
   <x:si>
     <x:t>City of Irwindale</x:t>
   </x:si>
   <x:si>
     <x:t> Elizabeth Rodriguez</x:t>
   </x:si>
   <x:si>
     <x:t>6264302211</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Irwindale is currently part of the San Gabriel Valley Regional Food Recovery Program.  The funds from this grant will be utilized under phase II and expansion of scope of work to ensure all cities under this program are in compliance with SB 1383's Edible Food Recovery Program and Capacity Planning requirements.  Phase II will commence on April 1, 2022 and conclude on March 30, 2024.  The City of Irwindale will be taking the lead on its portion of phase II of the San Gabriel Valley Regional Food Recovery Program; however, as a cost sharing effort to reduce cost, the City will be working with the San Gabriel Valley Council of Governments and SCS Engineers (or whichever consultant hired) to complete this project. 
 The following is a list of tasks that will be implemented as part of Phase II of the San Gabriel Valley Regional Food Recovery Program.  
 Task 1 Project Management (April 1, 2022 to March 30, 2024)
 Task 1.1 Kickoff Meeting
 The Consultant shall conduct a kickoff meeting with the SGVCOG. The primary objectives will be to review scope, schedule, project goals, and key issues.
 Deliverables: Meeting notes and materials for kickoff meeting. 
 Task 1.2 Project Team Coordination
 Biweekly project team meetings, regular phone and e-mail correspondence, and other communications with the SGVCOG to ensure that the tasks listed in this SOW stay on schedule and within budget.
 Deliverables: Meeting notifications, agendas, and notes. 
 Task 1.3 Project Management Update Meetings 
 The Consultant shall facilitate monthly meetings with the SGVCOG and representatives of participating cities to provide key project updates. These meetings can also be used to obtain feedback and input on key discussions. 
 Deliverables: Meeting notifications, agendas, notes, presentations, and other relevant drafts and documents. 
 Task 1.4 Invoicing and Contracts
 The Consultant shall provide monthly invoices to the SGVCOG and coordinate any contracting paperwork/logistics.  
 Deliverables: Monthly invoices and coordination on contracts.
 Task 2  Subregional Food Recovery Hubs (April 1, 2022 to December 31, 2022)
 Task 2.1 Food Recovery Hub Expansion Facilitation (April 1, 2022 to July 31, 2022)
 The Consultant shall review the list of identified food recovery organizations in the San Gabriel Valley and facilitate discussions with the largest food recovery organizations to identify their interests with serving as subregional food recovery hubs. A total of five subregional food recovery hubs should be established in the San Gabriel Valley. The Consultant should already possess a list of existing food recovery organizations’ infrastructure and capacity limitations, ongoing partnerships with smaller food recovery organizations in their communities, and ongoing agreements/contracts with local Tier 1 and Tier 2 generators. At least one subregional food recovery hub must be located in Baldwin Park and at least one subregional food recovery hub must be located in Monterey Park. 
 Deliverables: A detailed report summarizing discussions held, along with the surveyed food recovery organizations’ interest to serve as subregional food recovery hubs, their infrastructure and capacity limitations, their ongoing partnerships with smaller food recovery organizations, and their ongoing agreements/contracts with local Tier 1 and Tier 2 generators. Additionally, the report should note any possible challenges and concerns for each surveyed food recovery organization to serve as a subregional food recovery hub. The report shall be compiled in the form of one regional document, with the information on each San Gabriel Valley city formatted by sections. 
 Task 2.2 Equipment and Infrastructure Report (August 1, 2022 to September 30, 2022)
 Based on the food recovery organizations that have been approved by the SGVCOG to serve as subregional food recovery hubs, the Consultant shall identify the necessary equipment and infrastructure that the selected food recovery organizations need in order to expand their infrastructure and capacity to address existing food recovery gaps. 
 Deliverables: A detailed report summarizing the necessary equipment and infrastructure that the selected food recovery organizations need in order to expand their infrastructure and capacity to address existing food recovery gaps.   
 Task 2.3 Capacity Expansion Support (October 1, 2022 to December 31, 2022)
 Upon approval of the Task 2.2 report, the SGVCOG shall be responsible for distributing funds to purchase all of the necessary equipment. The Consultant shall support coordinating with selected food recovery organizations to obtain and set up the equipment. Upon completion, the Consultant shall develop a report of the total amounts of equipment and infrastructure that were added to selected food recovery organizations and calculate the amount of food recovery capacity increased.
 Deliverables: A detailed report summarizing the total amounts of equipment and infrastructure that were added to selected food recovery organizations and calculations of food recovery capacity increased. The report should also include a location-by-location inventory and a map of supported food recovery hubs. 
 Task 3  Public Outreach (April 1, 2022 to March 30, 2024)
 Task 3.1  Develop Outreach and Education Plan (April 1, 2022 to June 30, 2022)
 The Consultant shall expand on the existing comprehensive outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups and specify plans and schedules to incorporate 12 workshops (once every 2 months), 6 social media campaigns (once every 4 months), and 6 rounds of mailer/flying mailing campaigns (once every 4 months) for participating cities throughout the duration of this project. All materials must be provided in English, Chinese, and Spanish. 
 Deliverables: Outreach and education campaign materials and a detailed plan and schedule for a comprehensive outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups prepared for the SGVCOG’s approval.  
 Task 3.2  Implement Outreach and Education Campaign (July 1, 2022 to March 30, 2024)
 Upon approval by the SGVCOG, the Consultant shall implement an outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups. The Consultant shall provide records of outreach and education efforts, along with copies of the utilized marketing materials, that were conducted. The records shall include the date and to whom the information was disseminated or direct contact made.
 Deliverables: Monthly reports on conducted outreach and education efforts and copies of the utilized marketing materials.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Kingsburg</x:t>
-[...9 lines deleted...]
-The city will use the remaining $5,000 of the grant funds to help offset the costs of producing and distributing education and outreach materials to residents and businesses regarding SB 1383 compliance requirements.  
+    <x:t>City of King City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Elia Zavala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317753010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF KING
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of King, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of King in the implementation of regulation requirements associated with SB 1383. 
+The City of King joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of King, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of King adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of King, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Greenfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF GREENFIELD
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Greenfield, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Greenfield in the implementation of regulation requirements associated with SB 1383. 
+The City of Greenfield joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of Greenfield, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of Greenfield adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Greenfield, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gonzales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF GONZALES
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Greenfield, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Gonzales in the implementation of regulation requirements associated with SB 1383. 
+The City of Gonzales joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of Gonzales, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of Gonzales adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Gonzales, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Soledad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF SOLEDAD
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Soledad, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Soledad in the implementation of regulation requirements associated with SB 1383. 
+The City of Soledad joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of Soledad, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of Soledad adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Soledad, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Salinas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: TO BE ENTERED
+CITY OF SALINAS
+SVSWA &amp; MRWMD UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Salinas, in partnership with its local waste district, Salinas Valley Solid Waste Authority (SVSWA) is pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Salinas in the implementation of regulation requirements associated with SB 1383. 
+The City of Salinas joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Salinas Valley Solid Waste Authority (SVSWA) and Monterey Regional Waste Management (MRWMD).
+The City of Salinas, along with each of the SVSWA and MRWMD member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, SVSWA, and MRWMD, through Blue Strike Environmental.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, SVSWA and MRWMD, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established SVSWA and MRWMD Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+The City of Salinas adopted an enforceable ordinance, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022, ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021, secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Salinas, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of La Canada Flintridge</x:t>
-[...620 lines deleted...]
-    <x:t>CITY OF MONTEREY
+    <x:t>City of Hawaiian Gardens</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ramie Torres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624202641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Hawaiian Gardens use of SB1383 Local Assistance Grant funds will be utilized for the following items:
+Education and Outreach materials, 
+Tablet/Electronic Device used for the purpose of organic tracking, education and outreach and record keeping 
+inspections and enforcement:
+Equipment: Chipper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Huntington Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. DEBRA JUBINSKY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145365537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We propose to use the grant funds to purchase and distribute 1.9 gallon residential kitchen organics containers to residential customers. These containers are for use on the counter or under sink to hold food scraps temporarily until the resident can place in their curbside container. The containers will be labeled with program instructions and will be distributed one per household, while supplies last. Based on current quotes, the grant will fund containers for approximately 80% of our residential households. The City may use local funds to purchase additional containers if there is sufficient demand in the community.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sierra Madre</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Carlson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263557135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sierra Madre would like to use these funds to purchase bear-resistant organics recycling receptacles for our program.  Sierra Madre is located in a high wildlife/urban interface area, and has had challenges preventing bears from getting into odorous trash.  It is anticipated that segregating organics would increase this concern.  The purchased bear-resistant organics recycling receptacles will be made available for low-income residents.  Fortunately, Sierra Madre has its own Water Department which includes an established list of qualifying low-income residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kenneth Strelo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256257036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistance in complying with SB 1383, including funding of staff time and materials related to education and outreach, and compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Del Rey Oaks</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Guertin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8313948511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF DEL REY OAKS
 MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
 SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
-The City of Monterey (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District), and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Monterey in the implementation of regulation requirements associated with SB 1383. 
-[...1 lines deleted...]
-The City of Monterey, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+The City of Del Rey Oaks (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District) and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Del Rey Oaks in the implementation of regulation requirements associated with SB 1383. 
+The City of Del Rey Oaks joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+The City of Del Rey Oaks, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
 EXECUTIVE SUMMARY
 Regional Grant Project Tasks — A Collaborative Approach
 The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
 Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
 •TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
 MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
 •TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
 Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
 Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
 •TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
 In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
 This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
 •TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
 This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
 Project Coordination — A Unified Approach
 Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
 Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
 Ordinance &amp; Resolution Requirement Status – On Schedule
-All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date.  
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. 
 Gratitude
-Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Monterey, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Del Rey Oaks, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 ###
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Monterey County</x:t>
-[...50 lines deleted...]
-Staff is working very closely with Waste Management to ensure that the requirements needed for compliance are continually met. Also, on December 7, 2021, the Mayor and City Council approved the first reading of the enforcement ordinance for SB 1383, which was successfully adopted on January 4, 2022. With the support of this grant, and the recently adopted ordinance, the City believes it will be able to help expedite the implementation of the SB 1383 mandate.</x:t>
+    <x:t>City of Agoura Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Louis Celaya</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185977314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: With the January 1, 2022 start of the SB 1383 mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations. This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  
+Our City responsibilities include the following:• Implementation of SB 1383 organics collection, recycling and edible food recovery programs. This program will occur in all sectors residential and commercial and all 3 services are now automatically provided. • Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  • Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments •Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. • Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections. • Maintaining accurate and timely records of SB 1383 compliance
+The funds allotted by this grant will be focused on the City of Agoura Hills administrative staffing needs, education promoting organic program participation, enforcement staffing to ensure program compliance in accordance with the guidelines, marketing/promotional/outreach programs which will include all media outlets from the local newspaper, city website, city social media, video, television, hauler outreach, etc., and staff training.  Note that training will be done to ensure that all city staff are aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and also paper products with a minimum post-consumer recycle content.  For all of the parts of the program listed above the city is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Goleta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Melissa Nelson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059617565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2022 start of the SB 1383 mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  
+Our City responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections
+•Maintaining accurate and timely records of SB 1383 compliance
+The funds allotted by this grant will be focused on the City of Goleta administrative staffing needs, education to promote organic program participation, enforcement staffing to ensure program compliance in accordance with the guidelines, marketing/promotional/outreach programs which will include all media outlets from the citywide mailings, local newspaper, city website, city social media, video, television, hauler outreach, etc., materials for program compliance (recovered organics, etc.), personnel including additional staffing required and staff and volunteer training.  Note that training will be done to ensure that all city staff are aware of all the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and also paper products with a minimum post-consumer recycle content.  Additionally, there will be training for commercial businesses and Tier 1 generators on an as-needed basis for compliance with the commercial organics recycling and edible food recovery programs. For all of the parts of the program listed above the city is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Paula</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Joseph Alvarado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059334212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In December 2021, the City of Santa Paula (City) adopted an SB1383 Ordinance, as required by law.
+The City has begun to coordinate strategic plans and efforts to achieve SB1383 requirements by establishing partnerships with the following key stakeholders: county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations. 
+Prior to the issuance of SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This new State funding opportunity, will serve as the catalyst for the City to obtain full SB1383 implementation and achieve the following SB1383 requirements:
+*  Organics and Recycling Collection: implement a recycling and organic collection services action plan for residents and businesses owners. 
+*  Capacity Planning: coordinate efforts with Ventura County to conduct an edible food waste study to identify tier 1 and tier for food recovery goals. 
+*  Edible Food Recovery: coordinate with key stakeholders to identify and connect edible food recovery generators with local food recovery organizations, in addition to providing proactive outreach efforts and perform annual contract and records management inspections. 
+*  Education and Outreach:  draft SB1383 educational marketing material, use social media platform venues, and implementing an action plan to reach out and educate, residents, businesses owners, and schools on SB1383 requirements and solid waste collection protocols. 
+*  Procurement Requirements:  comply, procure, and track any combination of the following recovered organic waste product purchases: compost, mulch, renewable energy and meet 30% post-consumer recycled-content paper products.  
+*  Contamination Monitoring: conduct annual trash, recycling, and organics waste audits that includes, but is not limited to, contamination bin checks, no recycling and organics waste comingling checks, and contamination violation recording, reporting, and follow up compliance audits. 
+If funded, ultimately the grants funds will be used to implement, enforce, and comply with specific SB1383 recycling diversion requirements, in addition to, contributing towards the following broad statewide goals: 
+*  Reducing organic waste directed to landfills as a source of methane  
+*  Supporting and achieve statewide organic waste disposal reduction targets
+*  Adopting and enforcing an ordinance to implement and achieve SB 1383 provisions and requirements 
+*  Reducing food insecurity and redirecting commercial edible food, that would otherwise be disposed, be recovered for human consumption</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orinda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Douglas Alessio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252534224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to implement SB1383 regulations </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indian Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jill Moon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607760237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Indian Wells is seeking to provide 530 City residents with organic waste bins with compost bag inserts in response to Senate Bill - 1383. Each bin is estimated to cost $30 per bin and each compost bag inserts is estimated to be $7 per each 30-pack (30 bags in 1 pack). Therefore the Project cost is ~$19,610. The City is seeking its full allocation of $20,000 and will use the remaining $390 as a contingency. Funding from this program will procure the organic waste bins and bags for the 530 of the City's residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Placerville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pierre Rivas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306425252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hiring of Staff/Consultant to perform education and outreach, program evaluation, and capacity planning.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Almonte Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shonn Dougherty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153888775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding for new Garbage Containers costs from MVRS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Marina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Layne Long</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318841224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF MARINA
+MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Marina (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District) and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Marina in the implementation of regulation requirements associated with SB 1383. 
+The City of Marina joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+The City of Marina, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Marina, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mission Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hazel McIntosh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494708458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds received from this grant will be put towards dedicated SB1383 implementation. Specifically the City is estimated to receive a little over $124,000. The City will dedicate $30,000 to our environmental consultant, EcoNomics, to assist the City with working with edible food recovery organizations and generators. EcoNomics will also help the City with various SB1383 tasks relating to enforcement, record keeping and education and outreach. The City will dedicate $85,000 to assist edible food recovery organizations located in the City with expanding their capacity and outreach efforts and set up a mileage reimbursement program for volunteers. Lastly, the City will dedicate the remaining funds to bolstering social media outreach to residents and businesses to encourage participation in organic waste recycling. This will also include setting up a contract with The EcoHero Show to have them perform a 100% organics themed program in elementary schools.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avenal</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Antony López</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596330023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avenal SB1383 Adaption Plan:
+Given all the changes brought on by SB1383, the City of Avenal plans to utilize this special funding to help community members learn how to adhere to SB1383 in the best manner possible. Specifically, the City will use funds to conduct Capacity Planning; Education &amp; Outreach; and develop Procurement Requirements. 
+-Capacity Planning: Working with our Utilities and Code Enforcement staff to learn how what changes need to happen fundamentally to help push new requirements along. 
+-Education &amp; Outreach: Along with our waste hauler, MidValley, pushing our ads on social media, local stores, using pictures and locally produced videos in English &amp; Spanish, to truly push the needed changes. 
+-Procurement Requirements: This is still a grey area for us on how to fully meet these requirements given there are no local vendors of renewable gas or other required products. Funding would be used to research and develop a plan for this area.
+All funding would be used to help develop the City's SB1383 processes and ultimately increase compliance in Avenal. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fowler</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Thomas Gaffery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598343113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fowler requests $20,000 from the SB 1383 Local Assistance Grant Program. These funds will be used to assist with the City’s implementation costs related to SB 1383. The key component of these costs are education and enforcement. $1,000 is proposed for “Admin costs” which include indirect staff time for recordkeeping, timekeeping, and related overhead activities. $2,000 is proposed for “Education costs” which include design and printing of SB 1383 compliance and outreach materials. $3,000 is proposed for “Enforcement costs” which include code enforcement citation processing costs, citation printing, and citation equipment. Finally, $14,000 is proposed for “Personnel costs” which include staff time (labor &amp; benefits) for code enforcement activities related to SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Baldwin Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Samuel Gutierrez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269604011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Participation in the Regional Food Recovery Program with food recovery support hubs in the City. This includes administrative efforts to manage the projects, equipment procurement to support for regional food recovery hubs, and materials to support food recovery hubs and outreach and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rosemead</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danielle Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265692127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Rosemead proposes to utilize SB 1383 Local Assistance Grant Program funding for consultant services to develop programs and identify areas where additional resources may be needed to achieve full compliance. The City has made critical progress towards compliance with SB 1383 through the adoption of an ordinance to support mandatory organics disposal reduction, continuously educating local elected officials, and coordination with the exclusive franchise hauler to amend the existing services contract to comply with SB 1383. While significant efforts have been made to comply with the law there is a need to develop practicable programs for De Minimus and Physical Space Waivers, Food Recovery, Inspection and Enforcement, and Compliant Investigations. A Resource Gap Analysis will also be requested to identify and develop recommendations for additional staffing, programming, and financial resources necessary to achieve full compliance. The analysis will consider all existing programs and procurement targets. Additional organics recycling technical consulting services will be requested on an as-needed basis to support the program. The City also plans to use grant funding to cover internal administrative compliance support.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Mountain View</x:t>
   </x:si>
   <x:si>
     <x:t> Jennifer Cutter</x:t>
   </x:si>
   <x:si>
     <x:t>6509036033</x:t>
   </x:si>
   <x:si>
     <x:t>The grant funds will support the City of Mountain View's implementation of measures to comply with the SB 1383 regulations including the Recyclist Program Tracker Tool for recordkeeping, upgrade/expansion of the countywide edible food recovery program and a regional marketing/promotion/outreach project to provide the public with food waste prevention strategies.</x:t>
   </x:si>
   <x:si>
-    <x:t>Napa                </x:t>
-[...59 lines deleted...]
-•Record Keeping</x:t>
+    <x:t>City of West Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelly McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269398494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds will be used to conduct personnel, education, and outreach on organics recycling to all residents, businesses (including those that generate edible food that can be donated) haulers, solid waste facilities, local food banks, and other food recovery organizations, and purchase of vehicles, preapproval by CalRecycle, to implement SB 1383 regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Rafael</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cory Bytof</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154853407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hire a consultant to provide services identifying city-usage and possible application of compost/mulch on city-owned and managed lands. Consultant shall also identify privately-owned land within and private and publicly-owned land outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space.
+Once the full costs of such a study are understood any remaining balance of the grant may be applied toward procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lemoore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Randon Reeder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5599246744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lemoore does not currently have the capacity to provide organic waste cans to our commercial users. This funding would allow the City of Lemoore to provide education and materials to adequately begin out part in reducing greenhouse gases through organic waste.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Exeter</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marie Arroyo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595923318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Exeter will utilize $17,000 of the grant funds to help offset costs related to complying with the procurement requirements of SB 1383.  The city will use the remaining $3,000 of the available grant funds to help offset the costs of producing and distributing education and outreach materials to residents and businesses regarding SB 1383 compliance requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Mirage</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica L. Pulliam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603244511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rancho Mirage proposes to utilize these grant funds to assist in its implementation of SB 1383. The funds are proposed to be used on outreach and education components including an interactive sorting game, edible food recovery educational video, establishing an edible food recovery program with Find Food Bank to include training, outreach, contract management, logistics etc. for tier 1 generators and the remaining funds are proposed to be used to purchase recovered organic waste products to meet the SB 1383 recovered organic waste product procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Michael Chandler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9253723517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant and Personnel assistance with the following:
+1.Edible food recovery program – development of collateral, support on capacity &amp; outreach to food recovery organizations, visits to Tier 1 edible food generators
+2.Recordkeeping &amp; reporting – development of the City’s internal recordkeeping program OR engagement with Republic on utilizing Recyclist; initial compliance report to CalRecycle 
+3.Procurement – evaluation of compliance pathways and assistance in reporting for CalRecycle
+4.Site visits &amp; waiver evaluation – for those locations that Republic’s ½ time recycling coordinator can’t visit, R3 can visit &amp; evaluate waivers &amp; encourage to sign up for service
+5.On-call and miscellaneous support – review of Republic Services’s outreach collateral for compliance with Amendment and SB 1383, expenditure reports to CalRecycle, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cathedral City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Deanna Pressgrove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607700369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compost Procurement Activities 
+Purchase compost slinger (also known as a manure spreader)
+Purchase Utility Tractor 
+Construction of compost holding bay 
+Purpose:   To facilitate the Public Works/ Parks Departments ability to add mulch to the grassy turfs (public parks) maintained by the City.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Carlos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anna Denham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508024194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.
+We will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Dinuba</x:t>
+  </x:si>
+  <x:si>
+    <x:t> George Avila</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595915924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>purchase small dump truck to haul required 2,121 annual tons of compost</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Brock Buche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596211610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds from the SB1383 Local Assistance Grant Program would be used for community education, events and engagement for both organics and edible food recovery. A marketing campaign targeting single-family residents and multi-family units of 4 or less would include, but not limited to, social media, website information, flyers/bill inserts and radio. In conjunction with this, enforcement and inspection would begin with Program Compliance staff, who will overturn residential lids and help with “what goes where” education.  Funds will also be utilized for reporting / record keeping software, capacity planning, program evaluation, procurement requirements, and contract negotiation.  Support will be given to local food recovery organization(s) to help expand and promote their programs within our community. These needed funds will be a great benefit to the communities and the citizens of our beautiful city.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heber Public Utility District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laura Fischer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604822440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implement SB 1383.  Heber PUD is a jurisdiction that will meet the requirements of SB 1383.  We will implement, monitor and enforce as required.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alto Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bill Hansell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4153883696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 Collection, Education and Outreach, Edible Food Recovery, Capacity Planning, Procurement Requirements, Record Keeping, Enforcement and Inspection Program Evaluation/Gap Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paige Vandegrift</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596247209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds requested will be used for implementation and completion of SB 1383 programs and projects. Costs incurred will include Administrative Costs related to consulting fees on projects such as Hauler Franchise Agreement Amendments and any other actions that may be presented to the Tulare County Board of Supervisor. Reminaing funding allocated to administrative costs will go towards administrative hours worked on SB 1383 tasks and actions, including but not limited to: Education and Outreach, recordkeeping, management of County Website content, compliance, and communication with consultants and Franchise Haulers. Remaining grand funds will be allocated to expansion of compost and organics recycling infrastructure through design and permitting of a proposed compost facility, as well as funding personnel positions that will be staffed at this facility. These funds will assist the County with effective implementation of the aformentioned actions and projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cypress</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kirsten Graham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7142296748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used for specialized SB1383 organic recycling consulting and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Ross</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christa Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154531453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Ross will hire a consultant to provide services identifying town-usage and possible application of compost/mulch on town-owned and managed lands. Consultant shall also identify privately-owned land within and outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space. Once the full costs of such a study are understood some of the remaining balance of the grant may be applied toward procurement.  The grant will also be used to cover consultant costs for oversight of franchise agreement, franchise agreement amendment, SB 1383 planning assistance, record keeping, reporting, developing an enforcement plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Valley Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Rob Hilton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259776959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Valley Solid Waste Management Authority (WVSWMA) plans to use this funding towards the implementation of SB 1383 in the following categories: administrative costs, public education and outreach, record keeping and reporting, organic waste product procurement, and SB 1383 implementation personnel. A detailed description of how the funds will be budgeted across each of the categories and how the funds will be used are outlined on the 'budget' tab. WVSWMA has delegated its finances to the City of Campbell.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Coachella</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Jimenez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603983502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This non-competitive grant program will provide one-time funding to local jurisdictions like the City of Coachella to assist with the implementation of regulation requirements associated with SB 1383.  The City of Coachella would like to use its grant funding allocation to assist with collection, education and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Perris</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Liset Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516573280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Perris Council has added a chapter to the existing Perris Municipal Code, entitled “Specific Regulations for Organic Waste Disposal, Reduction, Recycling and Solid Waste Collection” on October 12, 2021, to enact regulations in compliance with SB 1383.  In collaboration with the City’s hauler, CR&amp;R, the City has been working on establishing procedures and implementing accordingly to meet SB 1383 regulations. 
+To meet compliance SB 1383 requires jurisdictions to maintain accurate records of steps taken to comply with the law. The records are to help regulated entities with submitting reports required by local and state agencies and in preparing for compliance inspections required by local and state agencies. The City of Perris is requesting funding to purchase software to aid with record keeping efforts.  Such software will help with tracking and maintaining Implementation records required by SB 1383 regulations.  Said software would assist in keeping track of education and outreach; waivers and exemptions; edible food recovery agreements and communication; inspections and enforcement; procurement; compliance reviews and investigation of complaints.  The City is currently working with software companies on obtaining pricing as well as a scope of services provided by the software companies.  The estimated cost for record tracking software, set up, and implementation is approximately $40,000.
+The City is also requesting grant funding to help in meeting annual procurement targets set by CalRecycle.  SB 1383 requires cities to procure annually a set quantity of organic waste products for City use or to donate to residents and/or community partners.  The City is working on procuring compost and mulch for landscaping projects City-wide as an ongoing practice.  Also, in an effort to raise awareness of the direct and indirect benefits of recycling organic waste products, the City will work on donating mulch and compost to residents and community partners via special events and opportunities.  The estimated cost to implement procurement of organic waste products is approximately $30,000.
+Grant funding is also needed to move forward with procuring recycled-content paper products.  As required by SB 1383, all departments in a jurisdiction are required to purchase and keep records that paper products contain postconsumer recycled content and are recyclable.  This will be a new practice for all department and may be a challenge in procuring cost effective products.  The City is requesting funding to move forward in implementing a procuring program of recycled-content paper products City-wide.  The total estimated cost of doing so for the first year is $15,000.
+Lastly in collaboration with the City’s hauler, the City of Perris has been working on educating residents and businesses on the SB 1383 regulations.  The City is requesting funding to cover the printing cost of educational materials as well as the purchase of marketing materials to ensure awareness is raised related to SB 1383.  The requested amount is $15,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lompoc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Solid Waste Program Analyst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058758024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lompoc will be using the awarded funds for education and outreach. Staff intends to start off with printing and distributing educational material such as door hangers as well as English/Spanish flyers with education regarding SB 1383 to be inserted with residents’ utility bills. In addition, the City will be purchasing organics kitchen pails to give out to residents to help start them off with complying with the new SB 1383 ordinance. Staff is also looking into a new tablet/electronic device to use for tracking and recordkeeping of said kitchen pails as well as using it to maintain all records related to SB 1383. Lastly, the City will use funds to purchase more green waste/organics containers for residents that do not currently subscribe to the City’s green waste program.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Newark</x:t>
   </x:si>
   <x:si>
     <x:t> James Scanlin</x:t>
   </x:si>
   <x:si>
     <x:t>5105784539</x:t>
   </x:si>
   <x:si>
     <x:t>This funding will be utilized for implementation of SB1383 requirements, including procurement needs, for the City of Newark.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Novato</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gretchen Schubeck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158998950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: A portion of the SB 1383 Local Assistance Grant funding will be used to engage a consultant to assess market capacity and end uses for organic materials and/or recycled-content products to meet the City of Novato’s SB1383 annual procurement target of 4,279 tons. Once consultant costs have been confirmed, the balance of the funding will be used to procure organic materials and/or recycled-content products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Mateo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jack Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6505227346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term. The Compost Brokering Program portion of the grant proposal is $ 73,216.
+The remaining budget will be utilized for personnel costs for City of San Mateo staff for enforcement, education, and additional recycled organic materials procurement and distribution. Funds would cover City of San Mateo staff time related to SB1383 implementation activities for an Environmental Compliance Inspector, Waste Management Supervisor, Environmental Programs Coordinator, Regulatory Compliance Manager, Downtown Coordinator, and Solid Waste Technician.  Activities covered include performing inspections,  enforcement response, designing and implementing outreach, coordination with Recology, assisting with edible food recovery program, and procurement and management of recovered organic material.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Malibu</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tracey Rossine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104562489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used to support SB 1383 implementation activities such as capacity planning and education and outreach for edible food recovery and organic waste collection, including enforcement and inspections. Funds potentially used for meeting procurement requirements (using recycled organic products – compost, mulch, electricity, and/or renewable gas and recycled paper and paper products) and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of San Anselmo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sean Youra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4152464623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of San Anselmo will use the grant money to hire a consultant to perform outreach and education in regards to SB 1383 and its enforcement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chico</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Linda Herman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308967241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Chico will be partnering with the County of Butte to develop a SB 1383 marketing and outreach campaign targeted at local businesses, residents, edible food recovery organizations and other entities. 
+Funding will also be used to assist Butte County in upgrading the Neal Road Recycling and Waste Facility (NRRWF) to include a trans-load area for commingled and/or source separated green waste and food waste for processing else where.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Redondo Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Delap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103180686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funds from this grant will be utilized for materials, education and outreach, and a gap analysis. The City is looking at purchasing countertop containers that residents can utilize for their food waste in order to facilitate the recycling process. Containers will also be purchased tp place in high trafficked areas with food waste in order to better address and streamline the organic recycling process. Also we would use some of the funds for direct mailers to all the residents in order to help them understand the requirements. Lastly, we are looking at potentially brining in a consultant to address any gaps in service to ensure full compliance with all elements of SB 1382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrew Caraveo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3237224805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize funds for the Personnel to ensure education, outreach, procurement, printed materials, etc. are in compliance to SB1383. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Hollywood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Helen Collins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238486895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant fund will be used for the following:
+1)Production of Outreach and Education materials, and Outreach/Education.
+2)Compliance/Record keeping efforts, and software.
+3)Procurement of recycled/recovered organic products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oxnard</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sarah Ahern</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8052002206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Oxnard is located in Southern California with a population of over 200,000 residents. Oxnard is the largest city in Ventura County and has a significant Spanish-speaking and Mixteco cultural demographic. 
+The Environmental Resources Division, within the Public Works Department, provides uninterrupted weekly collection and removal of solid waste, recyclable material, and organic waste material to approximately 40,000 residential single-family households and to approximately 5,000 commercial and multi-family dwelling units to ensure a safe and sanitary environment.  
+Unlike other cities that have franchise agreements with private haulers, the City of Oxnard is the contracted waste hauler, transfer, and materials recovery facility (MRF) operator, in addition to being the designated jurisdiction tasked with implementation, inspection, enforcement, and reporting. This offers the city a unique opportunity to implement SB 1383 program requirements while establishing local, jurisdictional control over program elements.  
+In the Fiscal Year, 2019-20 ER’s fleet collected 181,682 solid waste tons, 14,540 curbside recycle tons, and 15,391 organic waste tons from residential, multi-family, and commercial sectors.  In many cases, the fleet’s age ranges from 10 to 20 years.  Starting in January of 2022, newly purchased and leased vehicles have begun arriving to replace some of the older trucks.  The routes are still managed by manually printed paper route sheets.  Many MRF operations, (i.e. tracking of Construction and Demolition, repair and maintenance reports, etc.)  are also done by hand.  The scale-house data management system does not communicate with our internal billing and compliance tracking.     
+The city currently has a 20-year-old data management and billing system.  There are multiple, separate databases used to track the scale house transactions, manage commercial accounts services, and handle all customer billing. Currently, all compliance, enforcement, education, and outreach are tracked using Excel spreadsheets and the routes are all still printed onto paper routing sheets delivered to the drivers daily.  This reduces efficiency, contributes to customer support delays, and results in miscommunication, missed pickups, and redundancy in staff activities. 
+Collections and Operations.  The City will purchase cloud-based routing and operational optimization software.  Current options include Routeware, Softpac, and WAM.  Also, the city will invest in new data management technologies to streamline operations, billing, compliance tracking, and reporting.  All of these acquisitions will be subject to the city’s competitive bidding process.  Funding will be used to procure the most affordable software system that can communicate with our existing and future customer billing systems.  
+Record Keeping, Enforcement, and Inspection tracking.  The City will purchase a cloud-based data management system that will enable staff to identify businesses in and out of compliance with all waste diversion requirements, interface with our utility billing system and assist with record keeping of outreach, implementation, enforcement, and inspection activities.  The preferred system is the Recyclist Program Tracker, a cloud-based software program that enables a wide variety of data tracking that the city currently does not have the capability to do, including organics collection service compliance, collection waivers, paper, and ROWP procurement tracking, edible food recovery inspections and enforcement. While the Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2, the purchase will be subject to the city’s competitive bidding process.  Other options currently being explored include Airtable and a customized database, which would require developer support and staff training. 
+Large Events.  The City of Oxnard already has a large inventory of Clear Stream containers that are used for special events, including Earth Day, the Strawberry Festival, the Salsa Festival, and the Tamale Festival in addition to other lesser-known events.  The plan is to purchase green and black tops to add to the inventory so that our events in 2022 and moving forward are SB 1383 compliant.  This will enable the city’s Environmental Resource Division to supply all special events, even the monthly food truck events, with the required three material stream collection options.
+Outreach, Education, Marketing, and Promotion. With nearly 74% of the city's residents identifying as Hispanic, outreach to the Spanish-speaking community has remained a challenge.  Radio is one of the most popular mediums for reaching this population.  Environmental Resources Division staff already has a strong direct person-to-person outreach strategy, which includes two current and one additional planned FTE.  Investing in comprehensive marketing and promotion outlets will enable the city to reach underserved and hard-to-reach populations, which tend to live in multifamily residential properties, which also tend to be our most challenging sector to serve. 
+Training. The staff has not attended a conference, tradeshow, or specialized workshop in a number of years. Having access to funding for training would be invaluable to our overburdened, under-resourced staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ontario</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Porscha Gatewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093952776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding from the Local Assistance Grant program will be used for cost related collection of green waste/organics, personnel administration, enforcement, public education, new materials, training and associated cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Manar Haddad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City has a comprehensive three container program.  Currently the city is implementing SB 1383. The cost of the program is prohibitively high since it is self-supporting and not subsidized by governmental funds.  The City plans to use grant funds for education and outreach by way of mailing flyers, media coverage and door to door outreach. Funding will also be used for inspections and enforcement, record keeping which may include software as well as personnel and equipment related to SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jodie Snowbarger</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To create and expand the County's infrastructure to meet the requirements of SB 1383.  Focusing on edible food capacity planning, procurement of organic materials and education and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Culver City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Sean Singletary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102536457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Culver City Public Works Environmental Programs and Operations plans to use the funding for Eligible Projects/Products including the purchase of 2CY organic containers for use at commercial properties. A small amount remaining after purchase will be $336.00 to be used for postage on any mailing to the properties for marketing purposes. This may include a flyer or brochure on the program. 
+• Collection</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Aliso Viejo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rae Beimer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494252538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Support the implementation plan for compliance with SB 1383 requirements - Utilize funding to cover the cost of outreach program, educational materials, inspections, enforcement, and data collection/management and reporting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pico Rivera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Ferrer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628014027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Pico Rivera proposes to assist both residents and commercial businesses with implementing organic diversion programs by providing needed equipment and signage.  For single and multi-family residents, two options will be available.  Residents can choose from a complimentary backyard compost bin that will allow residents to manage organics onsite and create a nutrient-rich soil amendment.  Residents will also have a choice to choose a Sure Close kitchen pail with an affixed instruction label for the collection of food scraps.  All residents will have access to a curbside commingled organic program in which food scraps and food soiled paper are bagged and placed in the green bin with yard trimmings and landscape debris.  For commercial accounts, the City will offer starter container and signage kits which include both a green organics and blue recycling Rubbermaid cart, a rolling cart, black trash side caddy, and bin labels and signage.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stanton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cesar Rangel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7148904203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Stanton plans to use the SB 1383 Local Assistance Grant Program funds to pay for services rendered by our hired consultant firm. The consultant firm is assisting the city with development and program implementation to meet requirements outlined in SB 1383. This involves the monitoring and maintenance of generator compliance reporting, preparing, implementing and reviewing educational materials. Additionally, our consultant firm will oversee the city's capacity planning for an edible food recovery program and assist in developing other SB 1383 related reporting requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Downey</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Madeleine Pineda-Campos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629047102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for Citywide education and outreach campaign; Enforcement and Inspection of commercial sites; create a brochure for multi unit families organic recycling;
+partnering with Food Finders to recruit Tier 1 and Tier 2 Edible Food Generators; purchasing kitchen counter-top food waste collection pails for residents; Cable TV video for all generators (residents, multi family, and commercial generators) best practices. Personnel costs.
+The City of Downey has added a Mandatory Organic Waste Disposal Reduction Ordinance to Chapter 10 to Article V of the Downey Municipal Code.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Woodlake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Emmanuel Llamas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595648055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Woodlake will utilize $9,000 of the grant funds to help offset costs related to complying with the procurement requirements of SB 1383.  Specifically, the City will utilize the funds to purchase mulch and compost that has been produced from the City's greenwaste collection services.
+The City will use the remaining $11,000 of the grant funds to help offset the costs of producing and distributing education and outreach materials to residents and businesses regarding SB 1383 compliance requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Half Moon Bay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Veronika Vostinak</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6507502019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.
+We will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities
+Remaining funds will be put towards procuring a tracking and reporting system (e.g. Recyclist) and purchasing indoor recycling and organics containers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Bruno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ana Morales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506167069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Banos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Martha Brazil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098277044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Works plans on using these funds for education and outreach and organic material procurement. The education and outreach funding will be used to educate residents on the proper disposal of organic materials. This will consist of the purchase of educational materials and handouts to be given to residents during community events.
+The procurement funds will be used to purchase compost/mulch to either be used on landscaped right of way, or be handed out to residents during community clean up evnets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hemet</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniel Cortese</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517653712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hemet intends to utilize the grant funds to perform two major efforts.  First, the City intends to utilize the funds to supplement the education and outreach efforts of the City's franchise hauler, by expanding outreach to the Hemet Unified School District.  The City intends to develop an outreach program that targets the 4th through 6th grade school populations and to combine that with the City's other educational outreach programs, specifically it's water conservation program.  Secondly, the City intends to expand the inspection programs and focus on the commercial sector.  Under the City's current NPDES program, various commercial and industrial businesses are required to be inspected based on a high (once per fiscal year), medium (once every two years) and low (once every five years) priority schedule in order to ensure compliance with the NPDES program.  The City proposes to include the inspection for SB1383 as an element of the NPDES program.  In addition, the City will expand the inspections to include those businesses that may not be subject to the NPDES program currently.  At this time, the City has 600 commercial accounts that are subject to the MOR/MCR programs.  We expect that this will expand to approximately 1000 businesses.  The overlap of both NPDES and SB1383 is projected to be approximately 400 businesses.  This grant will allow the City to perform these inspections through a contractor to the remaining 600 businesses.  
+Finally, the City intends to explore additional capacity program outreach, looking for opportunities to align this grant with the City's Homeless outreach to ensure that the maximum amount of edible food can be redirected into food banks and homeless program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Torrance</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Kuebert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3107816900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Food waste capacity planning, public education, program supplies such as food waste containers for residential and/or business use, and the purchase of organics for City use.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Capitola</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Kahn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314757300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We plan to use the grant funding for SB1383 work in the following areas
+Edible Food Recovery
+Education and outreach
+Enforcement and Inspection
+Program Evaluation/Gap Analysis
+Record Keeping</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Buena Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Aubuchon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145623653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be utilized to:
+1. Create, print, and distribute public information items regarding SB1383. 
+2. Purchase post-consumer organics products.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sunnyvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bailey Hall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087307782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will utilize $40,000 to fund our portion of an edible food recovery program implemented by Santa Clara County.  This funding will strategically support infrastructure improvements in the nonprofit community, as well as a one-year infusion of support for the recurring programmatic tasks: inspections, education, outreach, refining Tier 1 and 2 lists, document creation, food recovery organization/service and generator reporting, as well as general administration of the program.  
+We will utilize $160,000 to fund a term-limited City staff position dedicated to SB 1383 implementation for the two-year term of the grant. This staff position will focus on education, monitoring, enforcement, and procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oakland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monaliza Noormohammadi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102387433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To design, implement and manage a Citywide edible food recovering and distribution program which will include a gap analysis to identify underserved communities where resources will need to be targeted to increase food distribution.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Berkeley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julia Heath</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5109816357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be utilized for personnel hours necessary to comply with SB 1383 requirements. Zero Waste Division Field Representatives will dedicate grant-funded staff hours to SB 1383 related activities during the grant term including:
+•Compliance reviews: Conduct reviews of all commercial and residential accounts to ensure compliance with generator requirements; send violation notifications and help bring non-compliant accounts into compliance. 
+•Contamination minimization: Conduct annual route audits on commercial and residential refuse, recycling, and organics collection routes; follow up with violator notifications when prohibited contaminants are identified in containers.
+•Outreach and education: develop annual educational notifications; provide generators with educational material/signage; conduct onsite trainings.
+•Complaint investigation: investigate any reported non-compliant accounts.
+•Record keeping: record/track all route reviews, site inspections, violation notifications, complaint investigations, and education and outreach; identify and track generators that self-haul or qualify for de minimis or physical space waivers.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lesa Byars</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia intends to use these grant funds to purchase reporting software through Recyclist to assist staff in meeting the complex SB 1383 reporting requirements.  The City of Hesperia operates with a lean staff.  Due to staffing levels, the City does not have a department, or an employee, that is dedicated specifically to recycling or environmental programs.  Staff who will facilitate the City's SB 1383 program, including tracking, inspections, reporting, compliance, and enforcement, are tasked with other duties throughout the City.  Therefore, the City is in need of a program to help simplify the tracking and reporting components of SB 1383. The grant funding will be used for a three-year subscription to the Recyclist Program Tracker, a cloud-based software program.  The subscription will be fully paid within the two-year grant term (April 1, 2022- April 2, 2024).  The software enables a wide variety of data tracking, including organics collection service compliance, paper and Recycled Organic Waste Product procurement, edible food recovery, and enforcement.  The integrated mobile app includes field work functionality for logging inspections and education and outreach activities with the purpose of tracking participation in recycling and organics programs.  The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.  This software will save a significant amount of staff time and provide staff with the necessary tools to be successful in meeting the complex requirements of SB 1383. 
+Grant funding will also be used to pay for education and outreach material.  These costs consist of the printing costs of letters, flyers, and brochures for residents, edible food generators, edible food recovery organizations, businesses, and third-party organic waste haulers as well as the costs for social media campaigns and advertising. 
+On December 21, 2021, the City of Hesperia adopted Ordinance 2021-12 which serves as the City's enforceable Ordinance pursuant to section 18981.2 of Title 14 of the California Code of Regulations.  The Ordinance is attached under the "Documents" tab.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Sutorus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093705561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Colton would utilize these funds to assist with replacement carts to assist in reaching compliance for SB1383. Currently the City of Colton has green carts for recycling. It would be ideal to be able to replace the recycling carts to blue and use the green bins for organics to stay consistent with the states marketing materials. Part of these funds will also be used for marketing and education to teach our residents about how to separate their food waste. Any remaining funds will be used for procurement of organic compost for the Community of Colton.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Murrieta</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosa Vega</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514616010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Murrieta will contract with a consultant to complete the capacity planning requirements for organic waste recycling and edible food recovery. The scope of work includes (1) estimating the amount of organic waste that will disposed by organic waste generators, (2) estimating the amount of edible food that mandated food donors would send to landfills, (3) identifying available existing capacity at food recovery organizations and services that could take the surplus food from food donors, and (4) identifying whether new or expanded capacity is needed to recover edible food disposed by commercial edible food generators. The City is also planning to utilize the funds through a consultant to upgrade an existing software application or develop a new application that would seek to establish the connection between Tier 1 and Tier 2 food generators and food recovery services. The consultant would also work with the City to provide SB 1383 related education and outreach efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of Long Beach will use funding to implement the requirements of 1383, including personnel, equipment, and education and outreach materials. This funding will help the City offset costs associated with the implementation, education, and enforcement of organics collection and food waste recovery programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Arcadia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Briget Arndell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6262542705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Arcadia anticipates to expend the full grant amount for public education and outreach materials including print media, social media, the development of outreach materials in other languages; door-to-door outreach, when feasible; signage; training; purchase of household food waste pails, labels and liners; procurement of recovered/recycled products; and recordkeeping and tracking software.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Grass Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Zac Quentmeyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302744713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City will use funds to assist with educational and outreach programs, work with our consultant to develop record keeping and tracking protocols, to complete the review and amendments to the franchise agreement, and if funds are available work with the Nevada County Environmental Health Department on a inspection and enforcement program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Auburn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Sharon Simpson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164379032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used to facilitate Education and Outreach to commercial and residential customers regarding new requirements for organic waste and food recovery program. Will also be using funds to assist the City in meeting their procurement requirements, program evaluation and record keeping .</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pacific Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> George Fuerst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8316485722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITY OF PACIFIC GROVE
+MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The City of Pacific Grove (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District), and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Pacific Grove in the implementation of regulation requirements associated with SB 1383. 
+The City of Pacific Grove joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+The City of Pacific Grove, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. 
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Pacific Grove, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Camarillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monique Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053885392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2022 start of the SB 1383 mandate, cities are responsible for implementing SB 1383 adopted ordinance within their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency-based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded state mandate.  This grant provides a City with opportunities to focus on the issues critical to the success of their individual organic diversion/capture programs.  
+City of Camarillo responsibilities include, but are not limited to the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.  This program and all three services are provided to all residential and commercial sectors. 
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments.  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections.
+•Maintaining accurate and timely records of SB 1383 compliance.
+The funds allotted by this grant are focused on the City of Camarillo administrative staffing needs, educating and promoting organic program participation, equipment (containers), and marketing/promotional/outreach programs, which will include all media outlets from the local newspaper, city website, city social media, video, television, hauler outreach, etc., and additional personnel to ensure the program is effective, tracked and in compliance with SB 1383.  Note that the additional personnel will be used to ensure that all city staff is aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and paper products with a minimum post-consumer recycled content.  For all of the parts of the program listed above, the city is required to track and report on implementation, program changes, procurement, enforcement, investigations, and contamination minimization.  The additional administrative support and personnel can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Moraga</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sylvia Wells</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9258887031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to help implement SB 1383 Regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brentwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jon Carlson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9255166095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City plans to use the funding for consultants to help navigate through the SB619 Notification of Intent to Comply process and ultimate Corrective Action Plan for SB1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alameda</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marc Green</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5107477958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City intends to utilize grants funds to support compliance with the 1383 procurement and edible food recovery requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Upland</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tanya Gargia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9092912967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Upland proposes to make use of available Local Assistance Grant Application Funds to assist in the successful launch of its Organics Waste Recycling Program.  The City plans to use CalRecycle's local assistance funding to support our implementation efforts, specifically in the areas of public education and outreach, collection, and administration/compliance efforts thru additional secured staff hours made possible by this unique funding opportunity.  The City looks forward to using these funds for public education, outreach, and marketing on multi platform educational videos promoting proper organics waste recycling methods and procedures for collection. Additionally, funds will be used for educational outreach brochures and bill mailers to supplement our multi-media messaging.  With the secured funds, the City is also enhancing its collection program thru the distribution of Food Waste Pails to collect the organics waste in the home in preparation for disposal during the resident's regularly scheduled waste hauling day.  The City anticipates that the personnel, collection upgrades, and promotional outreach as stated above enabled by the funding will allow for the successful implementation of Upland's Organics Waste Recycling Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pomona</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elisa Mitchell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9096202267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This is to apply for funding for a Management Analyst position to take charge of the food recovery program, monitor agreements between food recovery organizations and generators, provide all recordkeeping requirements, including, but not limited to, for organic waste, container contamination minimization, procurement.  This position will also provide other required reporting to CalRecycle as it pertains to SB 1383 and will provide education and outreach related to SB 1383.  We are also proposing to fund a part-time employee to provide trash audits and assist with reporting.  While the City contemplates a rate increase or outsourcing, we propose to use the employee funding for one-year and use the remainder to assist with purchasing updated containers with signage.  After initial year, there should be sufficient funding from outsourcing revenues or rate increases to sustain the positions.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Newport Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Charles Springer</x:t>
   </x:si>
   <x:si>
     <x:t>9497183466</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Newport Beach scope of work for this grant includes consulting services to develop and implement the programs listed below.
 Task 1: SB 1383 edible food recovery program  
 Task 2: SB 1383 procurement assistance 
 Task 3: SB 1383 education and outreach 
 Task 4: Direct on-site technical assistance to AB 1826 and SB 1383 generators 
 Task 5: Enforcement protocol development 
 Task 6: Waiver protocol development
 Included below are descriptions of each task. A proposed budget is included on page 5. 
 Task 1: Assist with development and implementation of edible food recovery program
 SB 1383 requires the City to develop an edible food recovery program. EcoNomics has already assisted the City with identifying and notifying Tier 1 edible food generators as well as with completing the edible food recovery survey for the County. To facilitate compliance with the edible food recovery components of SB 1383, EcoNomics will conduct the following on an as needed basis: 
 •Develop state-mandated notification letter to Tier 2 generators 
 •Develop self-reporting form for inclusion in notification letter 
 •Follow-up with Tier 1 and Tier 2 letter recipients to verify SB 1383-compliant edible food recovery programs via site visits, as mandated by SB 1383 
 •Develop model edible food recovery agreement for use by edible food generators that do not have written agreement with edible food recovery agency, as required by SB 1383 
@@ -2530,3480 +4194,1816 @@
 •Conduct site assessments to monitor container contamination 
 •Onsite assessments to confirm AB 827 front-of-house organics and recycling receptacles are made available to customers at fast casual restaurants
 •Assistance with implementing third organics carts at residential locations that do not have a third organics recycling cart 
 •Other SB 1383 field implementation tasks, as needed 
 Task 5: Enforcement protocol development 
 The City adopted a SB 1383-aligned mandatory participation ordinance. The ordinance requires all generators to subscribe to organics recycling programs. EcoNomics will assist the City in developing a standard operating procedure (SOP) for the fair and equitable enforcement of the City’s ordinance. The SOP will include the following components:
 •Process and template field sheet for initial site assessment 
 •Process for assessing compliance 
 •Process for gathering evidentiary documentation that could be used if the citation is appealed
 •Process for issuing and monitoring a notice of violation 
 •Process for issuing first, second, third, and subsequent citations 
 •Process for evaluating a non-compliant account referred by a franchise hauler 
 •Process for evaluating the compliance of an internal diversion program 
 In addition to developing the SOP, EcoNomics will provide training to the City’s code enforcement staff on how to implement the SOP. 
 Task 6: Waiver protocol development 
 The City adopted a SB 1383-aligned mandatory participation ordinance. The ordinance requires all generators to subscribe to organics recycling programs, but allows for the City to issues waivers for de minimus generation levels and lack of physical space. EcoNomics will assist the City in developing a standard operating procedure (SOP) for evaluation and verification of Sb 1383 waivers. The waiver SOP will include the following components:
 •Process for generators to self-report waivers 
 •Process for City staff to verify waiver requests 
 •Process for gathering data during on-site visits to evaluate waiver request 
 •Process for evaluating hauler-referred waivers 
 •Waiver request forms 
 In addition to developing the waiver SOP, EcoNomics will provide training to the City’s code enforcement staff on how to implement the SOP. As needed, EcoNomics may also conduct site verifications to assess waiver requests for de minimus generation and physical space constraints. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Novato</x:t>
-[...20 lines deleted...]
-    <x:t>To assist District with education, outreach, collection, and administration with regards to SB1383 inplementation. Funding will be provided for personnel, newspaper advertising, video development, mailers, posters and banners.  In addition funding will be provided for purchase of compost pails and liners.</x:t>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Paul Roten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607090427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds to be used for construction of storage/staging area for generated/procured compost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moorpark</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Roger Pichard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8055176241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: FY 2021-22 SB 1383 Local Assistance Grant funds will be used to retain APTIM Environmental &amp; Infrastructure LLC who will provide SB 1383 project assistance for collection, education and outreach, edible food recovery, capacity planning, procurement, record keeping, enforcement and inspections, and program evaluation/gap analysis. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Mesa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Serena Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6196671102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of La Mesa will utilize SB 1383 Local Assistance Grant funding for consultants to assist with creating education and outreach, signage, training, inspections and enforcement, and gap analysis.  The City of La Mesa will hire a consultant to create a suite of La Mesa branded education and outreach materials focused on organics recycling for residents and businesses and about edible food recovery for Tier 1 and 2 businesses.  This includes creating webinars, print media, bin signage, video, and social media.  The materials will be available on the City’s website and social media platforms and print media will be available at City facilities and tabling events.  The consultant will also develop training resources that will be available for businesses to download and train their staff on proper sorting, bin set up, and signage.  The City will also hire a consultant to conduct a gap assessment to determine staff capacity needs for the City’s solid waste programs, including the edible food recovery program, and assist with the inspections and enforcement mechanisms for the City’s Edible Food Recovery Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of South El Monte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Rene Salas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6266523116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of South El Monte proposes to use grant funds to seek and contract professional services for the implementation of a Capacity Planning program that would help the City be on track with the reporting requirements of the State.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Oakdale</x:t>
   </x:si>
   <x:si>
     <x:t> Carina McDonald</x:t>
   </x:si>
   <x:si>
     <x:t>2098453645</x:t>
   </x:si>
   <x:si>
     <x:t>Helping to fund SB1383-related program/activity requirements, such as storage/staging of a large amount of recycled organic materials (i.e. compost) at the Pubic Works green waste yard for distribution to the Public, education and enforcement activities, training and the purchase of tracking software. More details are provided in the Budget tab under the requested funding categories.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Oakland</x:t>
-[...20 lines deleted...]
-    <x:t>City of Oceanside Staff will be utilizing funds provided by the SB 1383 Local Assistance Grant Program to expand their current Food Scraps Recycling Program to meet specific requirements under SB 1383. Staff will be working with a consultant who will provide technical assistance to businesses, of Tier 1 and Tier 2 Commercial Edible Food Generators, and multi-family complexes. Staff will also be utilizing funds to print resources needed for these outreach efforts. Please see the Budget and Budget Details for information for further information on projects these funds will be used for.</x:t>
+    <x:t>City of Villa Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alyssa Eazell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7149981500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used for SB 1383 implementation including contract with Abound Food Care, materials, equipment, and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palm Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lindsey-Paige McCloy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603238214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palm Springs will use the grant funding for the procurement requirements of purchasing 3,820 tons of mulch annually. The grant funds may also be used for the record keeping requirement for SB 1383 through a contract with the Recyclist. If there are any remaining grant funds, they will be allocated to education and outreach of organic waste to residents in single family and multi family complexes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bolinas Community Public Utility District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Belle Wood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158681224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are applying for SB 1383 grant funds to reimburse our hauler for its costs related to implementation of SB 1383 per our Franchise Agreement.  Specifically, to reimburse personnel costs (costs to hire additional staffing to conduct SB 1383 requirements) and collection/capital costs to purchase blue and green bins and labels, as well as kitchen counter compost pails, each during 2022 and 2023 (i.e., the grant term).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Menlo Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brittany  Mello</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503306675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Menlo Park (City) will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help the City meet its SB 1383 recovered organic waste product procurement target. The City will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support the City's long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.
+The City will also be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. The City will improve the compost feedstock by improving the compost collection outreach and education message to the communities.
+The remaining funds will go toward meeting the City's procurement target. This could be done by increasing compost and mulch use in City-maintained parks, right-of-ways, and median and compost giveaways to residents and contractors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Carson</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robin Wilson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3108473528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City's internal recycling program, that includes the new SB-1383 procurement requirement for vendors, will require additional equipment and resources to support the roll out effort. Also, the expansion of enforcement officer staffing, to assist with SB-1383 compliance within city limits, will require additional vehicles for daily inspections. In addition to the above, the City of Carson intends to use the Local Assistance Grant to purchase vehicles for use at specific sites, including a forklift, to assist with the movement of procured recycled materials, such as, compost and mulch being transported onto the corporate yard.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Parlier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Step Stephnie Trujillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596463545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds will be used for education and outreach, with an additional focus on the Edible food recovery. We will use the funds for the collection, enforcement and inspection of the edible food recovery, and program evaluation. We will also utilize some of the funding for record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fountain Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Soumelia Gountoumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145934441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hire consultants to assist with edible food recovery program, program implementation, waiver program, purchasing policy modifications, compose and distribute educational information to residents and businesses, program evaluation and gap analysis, record keeping software, city personnel cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costa Mesa Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Pereyda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496458400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This individual grant application proposes to use the allocated funds for Collection, Education, and Administrative Costs. 
+CMSD proposes to use funds to purchase new kitchen pails and compostable bags for residents to encourage and facilitate their participation in CMSD’s curbside Organics Recycling Program. 
+CMSD also proposes to use funds for education and public outreach of SB 1383 and the District’s curbside Organics Recycling Program. Funds will be used as a needs assessment to help CMSD figure out what works and what type of outreach is sustainable long term as our residents live in two separate jurisdictions. An educational campaign will be implemented and distributed via door-to-door outreach, print media, video, social media content, workshops, and school assemblies. The funds will allow CMSD to try a variety of outreach activities to develop best practices. 
+Additionally, the District is requesting funds for administrative costs to help fund consultant contracts and cover staff time. A contract with one public affairs consultant to assist with producing education and outreach on SB 1383 and CMSD’s curbside Organics Recycling Program. A second contract will be funded with a solid waste consultant to assist the District with program evaluation, waste characterization studies, and assistance implementing the various parts of SB1383 across both of the jurisdictions we serve. Lastly, remaining funds will be used to cover staff time of the General Manager and Management Analyst I as more of their day-to-day tasks will involve working on implementing and overseeing the rollout of additional programs to comply with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Poway</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennafer Steffen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8586684728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds will be primarily used for outreach and education to residents and businesses. Activities include but are not limited to: hiring consultants to develop educational content and provide consulting for commercial generators to assist in development or improvement of their organic waste reduction programs, performing outreach in the community through various mediums, and covering costs for materials. Our goal is to maximize participation by increasing awareness and understanding of the state goals and the purpose of these programs in order to minimize contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bell Gardens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Bernardo Iniguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628067770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This funding will be used to help the City of Bell Gardens achieve compliance to be successful in implementing all requirements within SB 1383.  This funding will also provide the City with additional resources to increase community education and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brea</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francesca Vivanti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146714411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Brea has identified several projects that would benefit from funding through the SB1383 Local Assistance Grant Program.   As SB1383 is implemented, the City proposes to expend funds on education and outreach materials, materials used for the collection and/or composting of food waste, consultant expertise to evaluate ongoing program success/needs, recordkeeping software/training as well as equipment such as a tablet for field visits.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kelli Sequest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168765393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Department of Waste Management and Recycling (DWMR) is responsible for the County of Sacramento's SB 1383 implementation efforts.  DWMR provides curbside collection services to over 165,000 residential customers and owns and operates the Kiefer Landfill and North Area Recovery Station.  This grant program funding will be used to purchase equipment, procure organic waste product, and develop SB 1383 outreach and education materials.  Specifically, we will need to purchase additional residential curbside collection vehicles as we transition from bi-weekly to weekly organics collection services.  The grant will fund the purchase of one automated side loader collection vehicle to be used for weekly organics collection service.  As part of the transition to weekly organics collection, we will also use the funds to procure kitchen counter top pails which we plan to offer to our residents for their use so they can collect their food scraps in their kitchen using the pail and then dump the pail into the larger organics cart outside their home.  The grant will also fund the purchase of cart stickers for all three carts (trash, recycling, and organics) which will be applied to all carts as we conduct route reviews, deploy new carts, switch out carts, etc.  We also plan to develop and host a compost/mulch giveaway program and some of this grant funding will be used to procure SB 1383 eligible compost and mulch as part of the giveaway program.  Lastly, we will plan to develop two SB 1383 outreach and education campaigns over the course of the grant period focusing on the new organics program requirement and inspiring positive behavior change amongst our residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mountain House Community Service District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kawal Preet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098315981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for education and outreach and enforcement and inspection.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fullerton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Keshishian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147386778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City's newly proposed project will help establish a fresh perspective of a brighter, cleaner, healthier environment by encouraging and motivating proper recycling behaviors geared towards SB 1383 compliance within the daily practices of City staff and the community. The Phase I purchase of indoor three-stream collection containers to utilize within City facilities will be the start of a new Centralized Waste Collection Program. Plans for increased education and newly established outreach strategies include print materials for door-to-door outreach in the downtown business area, introductory and updated recycling, and organic collection service educational print materials within all sectors of the community and partnering with the EcoHero Team to provide empowering environmental education rap shows to local elementary schools. The project will also support the City in meeting their 2023 calendar year 30% procurement requirement by purchasing compost through a brokerage firm. Lastly, proportioning personnel funds to the dedicated Solid Waste and Recycling Specialist and Environmental Services Coordinator staff will allow them to continue to implement all aspects of the SB 1383 program.
+At the time of the initial Application Certification submission in March 2022, the scope of work was determined by the Interim City Manager, Jeff Collier, who is no longer with the City. Since the arrival of the new City Manager, Eric Levitt, in May 2022, the City of Fullerton reimagined a long-term direction of complying with SB 1383 regulations. The City invested in employing two new Public Works staff members to manage the Solid Waste and Recycling Program. Based on this new dynamic, the scope of work has been reexamined and restructured to meet the current vision of the department. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Casci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utilize grant funding for:
+* Inspections and enforcement
+* Administrative costs
+* Outreach and education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosene Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the approval of grant funding, in the amount of $288,641 from CalRecycle, the City of Modesto has identified four specific areas of immediate need. First to implement a computerized software program designed to assist with monitoring and record keeping of the Edible Food Recovery component; second to purchase equipment to support the City’s owned and operated Compost Facility; third to develop bilingual cart tags specifically designed to educate residents on non-compliance so they can be successful in recycling their organic waste and forth to have available to residential customers an under-the-sink compost bucket for the collection of organic food waste.
+Record keeping and Monitoring of Edible Food Recovery
+The City of Modesto would like to implement an Edible Food Recovery and Record keeping and Monitoring program specifically designed to cover all areas set forth in CalRecycle’s regulations. The software program selected would encompass the following areas with the potential for updates and expansions as needed.  Record Recovery Record keeping, Food Donor Recovery and Food Recovery Organizations and Services. In addition, the cost would include staff training and ongoing support for the duration of the grant timeline.
+Compost Infrastructure
+The City of Modesto Compost Facility began in 1997, specifically to address AB 939 and organics diversion. Twenty-four years later, we continue to service Modesto in an effort to reach our organic waste diversion objectives. Currently, the compost facility receives approximately 55,000 tons of green waste, paper and food scraps from local collection programs. We sell our finished product back to farmers, landscapers and backyard gardeners in addition to a donation component to local organization. Our Compost Facility is a heavy equipment and labor-intensive material processing site expanding over 50 acres in the central valley. We use our dump trucks to move compost materials, in their many processing stages, four days a week and carrying as many as eighty loads per day. Combine the workload with the 10+ years of age on our dump trucks, they need replacement. In foreseeing SB 1383, many local food processing plants deliver spoiled food in semi-trucks on pallets that require unloading with a forklift. Our current forklift is over 24 years old and in a constant state of repair. New equipment in the form of a dump truck and forklift would be invaluable as we look to achieve SB 1383 diversion and procurement goals in Modesto. 
+Education and Outreach
+The City of Modesto is looking to re-design, print and apply, as needed, an updated bilingual bin tag for residents and businesses tagged by our Code Enforcement Team for non-compliance of their residential/commercial organics cart.  The tags would focus on education and identification of items not permitted in the cart as well as emphasize materials readily accepted. Tags will indicate the process of re-inspection required to obtain compliance in a straightforward, easily understood format.
+Collection
+The City of Modesto would have available to Modesto residents an under-the-kitchen-sink compost bucket for the collection of food waste to be transferred to the organic cart for recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fontana</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laurie Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093506798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fontana intends to use funding to implement and enforce SB 1383. The city specifically intends to fund programs related to organic waste and edible food recovery, education and outreach to residents, enforcement and inspection. Further, the city plans to educate the public on the benefits of following the new regulations and the positive impact on the environment and public health.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Garden Grove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mark Ladney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147415372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Garden Grove plans to use $60,236 from the SB 1383 Local Assistance Grant funding for marketing, promotion and public outreach, which expenditures will include paid promotional materials, mailers, newspaper ads (ethnic), and translations. The City will use $167,000 of the remaining grant funding to cover consultant costs for residential organics program planning, research, capacity planning, and Tier 1 / Tier 2 outreach and inspections.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rocklin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Laurie York</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166255508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Rocklin acknowledges that Senate Bill 1383 will substantially change how the City processes organic waste and recycling. The City is invested in SB 1383 compliance and has passed an ordinance to reduce organize waste disposal. City staff have also engaged community partners to implement changes to comply with SB 1383. However, the burden of reporting and enforcement remains the responsibility of the City. As a result, the City of Rocklin is requesting a grant from CalRecycle in the amount of $93,447 to cover personnel cost needed in the first two years to implement the requirements of SB 1383. The city will be hiring a full-time staff member in the classification of a Public Services Business Technician (Business Technician) with an annual cost of approximately $117,500. In the first year of implementing SB 1383, it is anticipated that the Business Technician position will spend 50% of their time working on items related to SB 1383. Other staff, including Environmental Technicians and Public Services Managers will also be devoting a portion of their time to implementing SB 1383. These tasks include submitting annual reports to CalRecycle, working with consultants to create educational materials, procuring recovered organic waste products, and a variety of other tasks. Further details can be found in the Budget section of this request. After the first two years of implementation, the City will consider other sustainable finding sources, including making modifications to the existing hauler franchise agreement to cover additional costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Duarte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Andres Rangel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6263577931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As a small contract city in foothills of the San Gabriel Valley, limited city staff is in need of additional support in SB 1383 implementation requirements. The CalRecycle SB 1383 Local Assistance Grant will be utilized to expand the work of the San Gabriel Valley Council of Governments, which is currently acting as a consultant on the San Gabriel Valley Regional Food Recovery Program, to increase food recovery capacity in the current program, and for the city to hire a consultant to assist will all other aspects of SB 1383 implementation as detailed in the budget. Including purchasing small household food waste pails.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Palos Verdes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Vanessa Hevener</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3105445333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant will assist the City in the implementation of regulation requirements associated with SB 1383.  The grant application request includes conducting enforcement/inspections, program evaluation/gap analysis and follow-through, complying with procurement requirements, training, preparing necessary recordkeeping and compliance forms and completing reports, grant management, providing assistance to residents and businesses, conducting record keeping and compliance tracking, and subscribing to recycling compliance software for documentation and tracking.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cudahy</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Daniela Trujillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3237735143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Cudahy will use grant funding to pay our trash hauler to provide education and outreach services specifically to educate Cudahy residents the regulation requirements associated with SB 1383. 
+The education campaign will teach residents and commercial businesses about mandatory organics collection, proper source separation, what are considered organics, how to participate, key dates associated with program implementation. 
+The education campaign will include outreach for the following topics:
+• Residential source separation: what materials are to be placed in each container
+•What to do with bulky-item green waste
+•Commercial source separation: do you need a commingled organics program or a food-waste only collection program
+•How to avoid contamination/what is considered contamination
+•Direct outreach to non-compliant multi-family and commercial customers
+•What is SB 1383, its importance, and what programs/services are available for meeting compliance
+•What happens to organics once they are collected by the trash hauler
+•What is edible food recovery and how can a business participate
+•Who is eligible for a provisional waiver, and how to obtain one
+Funding will spent to the following education efforts:
+•Administer graphic design and/or cover the cost of printing of materials and postage for direct mail as applicable
+•Direct-mailed post cards, articles, and/or informational flyers
+•Social media targeted advertising/content development
+•Robocalls to residents and businesses about pertinent program information and key dates of implementation
+•Local instructional/educational videos 
+•Service brochures for both residents and businesses
+•Graphic-based posters and/or container labels identifying what materials are acceptable (or non-acceptable) per container type
+•Inserts to accompany monthly/quarterly billing invoice cycles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sanger</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Leica Wahl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5598766300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Public Works Department of the City of Sanger is seeking funding available from Cal-recycle that will help implement regulation requirements associated with SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Janeane Martin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308864984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are applying for this grant to provide funding for the inspection program for edible food recovery, and for program evaluation/gap analysis for eastern County programs and the Eastern Regional Materials Recovery Facility to meet SB 1383 requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Ojai</x:t>
   </x:si>
   <x:si>
     <x:t> Lindy Palmer</x:t>
   </x:si>
   <x:si>
     <x:t>8056465581</x:t>
   </x:si>
   <x:si>
     <x:t>With the January 1, 2022 start of the SB 1383 mandate, the City of Ojai is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with  county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency-based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This grant provides the City with opportunities to focus on the issues critical to the success of waste Diversion and capture programs.  
 Ojai’s responsibilities include the following:
 •Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
 •Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
 •Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
 •Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
 •Inspection and enforcement compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections.
 •Maintaining accurate and timely records of SB 1383 compliance
 The funds allotted by this grant will be focused on the Ojai’s administrative staffing needs, education, promoting organic waste diversion participation, enforcement to ensure program compliance in accordance with the guidelines, and marketing/promotional/outreach programs. Outreach and promotion will include media outlets such as the local newspaper, city website, city social media, video, television, hauler outreach, etc. Materials to provide program support (paper, mulch, pails etc.), associated personnel costs associated with administering the program and staff training.  Note that training will be done to ensure that all city staff are aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and paper products with a minimum post-consumer recycle content.  For all the program elements listed above, the City is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Ontario</x:t>
-[...159 lines deleted...]
-In compliance with SB 1383, the City will also utilize the consultant to fulfil any Capacity Planning information requests received from Contra Costa County.</x:t>
+    <x:t>City of Westlake Village</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Caleb Mott</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8187061613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Public education and outreach including workshops and materials; commercial site visits for education and auditing; documentation and reporting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Mendota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Jennifer Lekumberry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596553291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Mendota will launch an SB 1383 Implementation Program to assist our community with the new regulations regarding organics. Our City staff has excellent working relationships with our community to educate and prepare for the compliance of SB 1383. Our community is majority non-English speakers who will require extensive outreach and education programs to help change our daily habits on discarding food waste and abiding by the new regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Palma</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Herrera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7146903327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The requested funding to assist the City of La Palma with the implementation of regulation requirements associated with SB 1383 including: 
+• Capacity Planning
+• Collection
+• Edible Food Recovery
+• Education and outreach (includes organic waste &amp; edible food recovery)
+• Enforcement and Inspection
+• Program Evaluation/Gap Analysis
+• Procurement Requirements (using recycled organic products – compost, mulch, electricity, and/or renewable gas and recycled paper and paper products)
+• Record Keeping
+The City intends to use this funding to hire a consultant to assist with SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cambria Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deni Denise Fritz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059276118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle’s SB 1383 Local Assistance Grant Program would provide funding to support the Cambria Community Services District to implement the requirements of SB 1383. Funding will be used to assist the District with personnel costs related to consulting fees, staffing for enforcement and inspection, and labor costs associated with building new infrastructure for recovery of organic waste. Funding will also be used to purchase new bins for recovered organic waste procurement, and bins to increase recycling efforts. Additionally, funding will be used to help business and multi-family complexes throughout the District to meet the requirements of SB 1383 by providing door-to-door education on the new state mandate. 
+The District is dedicated to assisting the community in meeting their individual compliance needs. The District intends to work with the CalRecycle Grant Manager to move funds between classifications if/when needed to help support our community, while recognizing that this is at the CalRecycle Grant Manager’s discretion.
+Materials/Equipment 
+•For procurement to purchase compost, mulch, and other products necessary to meet our organic material purchasing mandates.
+•Recycling Containers for the Downtown area. 
+Personnel 
+•To assist the District with franchise agreement negotiations to fully comply with SB 1383 obligations.  
+•For enforcement and inspection will cover the costs associated with District staff and/or consultant time to conduct inspections and take enforcement steps as necessary
+Education
+•Funds will be used to cover the cost of CCSD Staff and a third-party vendor who will provide door-to-door outreach and education on SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Montebello</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Alexis Lucero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238871200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: In July of 2017, our City Council adopted Resolution 17-62 addressing food waste and food recovery from within the City boarders and reaffirmed its commitment by adopting Resolution 20-97 in December 2020, which also requires the integration of edible food waste.  On December 8, 2021, our City Council approved the issuance of a Request for Proposal (RFP 22-4) for the collection, processing, and recycling of organic waste, food scraps, from commercial, industrial, and multi-family locations within the City.  The information contained herein, further expands on our implementation program by providing resources for increasing our capacity of recoverable and edible food and food products, collection of food and food scraps, implementing enhanced edible food recovery programs, implementing a robust City-wide education and outreach program, expanding our enforcement program, continuing evaluation of our program and potential gaps in service needs, modernizing the City’s procurement policies to comply with current needs and legislative enactments, and implementing a record keeping program to track all food waste, scraps and edible food recovered from point-source locations through to ultimate distribution and/or end of life.
+Capacity Planning
+Although we have identified our Tier 1 and Tier 2 Donors in the early stages of our program, several have been reluctant to participate in the program because of fear of liabilities and corporate responsibilities or restrictions event though many of them are able to participate under current guidelines and state laws.  Each of the donors have been identified based on the 12 categories established by SB 1383 and have been evaluated for applicability and ability to participate in the program.  In some cases, the size of the location or their business structure make it difficult for them to donate to recovery organizations.  The program to be enacted with these funds will provide direct assistance to these organizations to determine the actual capacity that each is capable of achieving under the program.  One of the areas of focus under this portion will be the expansion of the edible food from commercial generators.  Expanding our education and outreach program to Tier 1 and Tier 2 partners will be part of the capacity planning to ensure that they same messages are being not only distributed but fully understood by all of the participants in the program.  Our program will expand the identification of edible foods as well as their associated tonnages and methods for recovery. We will implement a self-assessment program that will be submitted to the City for validation to verify capacity of each location partner as well as the overall capacity of the City.
+Working with our current non-profit partners and food recovery organizations, we will work to link them with the direct donors in order to reduce the time between donation and redistribution.  Once the connections are established, comprehensive training will be implemented to ensure the capacity of the program parameters either remain at established program levels or enhanced with programmatic expansion.
+As part of the capacity planning established herein, we will expand our planning endeavors to include a revised quantification for our actual food recovery capacity utilizing current resources and develop additional avenues and partners if our revised capacity is insufficient to meet the needs of the donations made to the recovery organizations.  In some cases, capacity at existing location may be expanded and in others, we will provide assistance to our partners to help expand and/or modernize their facilities and infrastructure needs.  These services will include conducting random evaluations and audits of identified food generators and requiring a comprehensive tracking of donated and discarded food and related products.  Combined with our hauler audit program that is conducted every year, all locations in the City that either generate, distribute, process, arrange, store, sell, or otherwise deal with food material will be required to submit and electronically generated tracking system to account for the life-cycle accounting of the food, donated for consumption, processed via compost or recovery, and landfilled.
+Collection
+Under this program, collection activities will be expanded to include all areas of recovery including, commercial, industrial, multi-family, and residential.  The expanded program will fall under two general categories, commercial and residential.
+As referenced above, RFP 22-4 will increase our collection of commercial and multi-family food scraps by implementing a franchised collection system for the entire City.  As part of the program, we will be awarding one (1) or more Commercial Organics Collection, Processing and Recycling Franchise Agreement(s) that will encompass all commercial and multifamily accounts within the City.  The franchises will provide cost-effective, environmentally sound, and efficient commercial organics collection, processing, recycling, and management system, which includes mandatory collection of all organic material generated within commercial, industrial, and multi-family establishments of the City.  The services implemented above will be implemented beginning with the initial roll-out of services on July 1, 2022 and will remain continuous until the entire City is covered.
+The requirements of our collection program will preserve the environment and protect the health, safety, and quality of life for Montebello residents by utilizing fully automated Air Quality Management District (AQMD) (Alternative Fueled) compliant vehicles and trained operators that are licensed and possess a Commercial Driver’s License (CDL) within the State of California.
+The collection of commercial food will be established based on predetermined collection schedules and will  be tracked and catalogued for compliance.  Weekly tonnage reports will be submitted to the City for verification and compliance.  All collection locations will be provided with compliant food scrap bins and containers and will be processed in a manner as to prevent foul smell or contamination by vermin, rodents, or insects.
+On the residential side of the collection, we are working with our residential hauler to implement a city-wide mandatory residential food scrap recovery program with a targeted implementation date of July 1, 2022.  This program will provide for the collection of residential food scraps and food related products from all residential dwelling units within the City and provide for the effective monitoring and tracking of collection locations, compliance, and reporting of tonnage to the City.  The program will also utilize renewable natural gas (RNG) in their collection vehicles and through the compost produced form the organic and food scrap material collection.
+We are working with them to also implement a City-wide route tracker to specifically target residential areas of the City that may not be in compliance or that may not be utilizing the services of the program.  Collection under this residential program will be verified by a combination of City staff, consultants, resident volunteer corps participants, and route supervisors to increase compliance and participation in the program.  
+Edible Food Recovery 
+One of the keys to the successful implementation of our collection program is the integration of collection activities with our more than 381 volunteers that the City currently works with to implement our programs.  To demonstrate this commitment that the volunteers have to our programs last year, over 1,283 volunteer hours were accumulated working on implementing programs to benefit the City.  Building on the success of our current programs our trained core of volunteers will work with City staff and nonprofit organizations to collect and distribute edible cooked food and other non cooked food items for distribution to those in need within our community. As part of this program a comprehensive training program will be conducted to ensure the proper handling and distribution of food utilizing all regulatory requirements and safety provisions.  
+Working with all applicable guidelines and in conjunction with City staff our volunteers and staff will collect edible food (Cooked and uncooked) collected from Tier 1 and Tier 2 establishments back to the City and/or our partners for planned distribution within hours of collection.  Utilizing insulated heating and holding cabinets, the precooked food will be examined for applicable guidelines and prepared for distribution to others in the community via insulated food recovery bags, containers, and equipment, for delivery and distribution at other locations.
+Working with local nonprofit organizations, food banks, food pantries, shelters, and other like entities, edible food recovered will be collected, inventoried, processed, and or stored for distribution to others or as part of a larger food donation give-away program.  Utilizing current capacities, some locations may be provided with freezers, refrigerators, and heating vessels and equipment to preserve the integrity of the food for maximum utilization.  We will also be looking to develop a network of locations that can prepare the donated food for distribution either by cooking or repackaging for storage and or serving as part of the program.  
+Additionally, under this funding opportunity, we are looking to establish drop off locations where commercial businesses licensed to conduct business within the City will be able to drop off edible food for distribution to others.
+Education and Outreach
+Reaching out to those impacted most is essential to the successful implementation of our program.  That is why our education and outreach program encompasses a multi-stage approach to reaching our targeted sectors of society that will be impacted by participation in this program whether as a donor or a recipient.  The development of an extensive education and outreach campaign will be developed to provide information about the program and the effectiveness of its parameters.  The program will be conducted in both print and electronic formats as to maximize the potential for success.  
+Conducted in bilingual formats, monthly seminars, site visits, audits, surveys, and repeated outreach to the restaurants and eating establishments will be conducted to provide updated information.  Outreach and education to identified businesses on how to discard their food under the program will be a repeat topic for discussion and will be updated with lessons learned and successful programs that have been implemented.  A business-to-business education program will be developed to pair likeminded businesses together for the development of an enhanced program.  Similarly, complementary business and businesses that may benefit from each other will also be introduced to maximize program effectiveness and maximize materials diversion from landfills.
+Education and outreach to residential populations will be held in a similar manner with enhanced attention to the needs of the residential program.  Utilizing direct contact with residents via community events, point of sale (POS) displays, social media, targeted advertisements, and City based programs, residents will be educated on the program parameters on a continuum and reminded of the overall collective program through the identification of partnerships such as eating establishments, vendors, supermarkets, and other food recovery organizations.
+Collectively, our targeted outreach program encompasses integrated messaging in all formats including print, presentations, seminars, web casts, in-person learning, community events, and social media to provide all areas of the City with the most accurate information available about the program.   
+Enforcement and Inspection 
+Enforcement is another part of the program that will benefit from the program funds.  With limited resources and a reduced code enforcement staff our resources are stretched thin and cannot cover all of the areas required.  To this end, the funds utilized under this program will be used to create a volunteer enforcement system whereby residents and businesses and report noncompliance entities to the City for continued enforcement.  Furthermore, enforcement of Resolutions 17-62 and 20-97 which require the integration of food waste, and a diversion rate of 75% will be implemented to maximize the effectiveness of the program. 
+As part of the enforcement program, the City’s previously referenced volunteer corps will work with City inspectors and code enforcement officials to inspect and report deficiencies in the program.  When code violations are identified, the volunteers will refer the issue to the City for confirmation and follow up as appropriate based on applicable law.  
+Program Evaluation/Gap Analysis 
+Needless to say, program evaluation is a key component of the ensuring the maximum effectiveness of the program.  To ensure the continued success, monthly evaluation sessions will be conducted between City Staff, consultants, businesses, nonprofits, and volunteers, to evaluate the effectiveness of the program.  Each area of the program will be analyzed for effectiveness by the affected participating sector and changes made as warranted to maintain and/or increase the effectiveness of the program.   Any gaps identified in the programs intent or implementation will be analyzed and changes made to correct and deficiencies or shortcomings that may be identified in the program.  Likewise, new programs and ideas will also be analyzed based on the implementation of the program.
+Procurement Requirements
+Updated the City procurement regulations to meet the current requirements will be undertaken in this program.  Building on successful models and previous policies implemented by the City, new procurement guidelines and policies will be developed and implemented to ensure the use of recycled organic products – compost, mulch, electricity, and/or renewable gas, recycled paper and paper products, and other items to maximize program effectiveness and environmental compliance.  The new policies will be designed to integrate across all City Departments and provide models for which can be implemented throughout the City including private businesses and organizations.
+Record Keeping
+As has been referenced throughout the information presented above, extensive record keeping will be conducted during this process to ensure maximum accountability and tracking of food and food like products.  Additionally, the record keeping and tracking of collection activities, edible meals distributed, tons of food donated, material composted, and business programs implemented will be developed into a comprehensive database that will serve as a reference point for all program evaluations.  Monthly reports will be posted electronically and provided to residents and participating businesses to demonstrate the success for the programs being implemented and to document compliance with SB 1383 and other state requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bellflower</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Len Gorecki</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5628041424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Carpinteria</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Erin Maker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8058803415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the January 1, 2022 start of the SB 1383 mandate, our city is responsible for implementing the SB 1383 Ordinance in their communities and must coordinate with city and county planners, waste haulers, waste processing facilities, recyclers, commercial businesses, residents, and edible food recovery organizations.   The implementation of this organics program is the largest agency based solid waste program push in the last 30 years.  Additionally, prior to the issuance of this SB 1383 Local Assistance Grant Program, SB 1383 was an unfunded State mandate.  This grant provides a City with opportunities to focus on the issues critical to the success of their individual organics. diversion/capture programs.  
+Our City responsibilities include the following:
+•Implementation of SB 1383 organics collection, recycling and edible food recovery programs.   This program will occur in all sectors residential and commercial and all 3 services are now automatically provided.  
+•Establishing an edible food recovery program in cooperation with local agencies and larger edible food waste generators.  
+•Conducting outreach and education to all affected parties, including generators, haulers, facilities, edible food recovery organizations, and city/county departments  
+•Procuring recycled organic waste products like compost, mulch, renewable natural gas (RNG), and electricity. Procuring does not necessarily mean purchasing. 
+•Inspecting and enforce compliance with SB 1383. Edible food generator inspections can be combined with existing health inspections
+•Maintaining accurate and timely records of SB 1383 compliance
+The funds allotted by this grant will be focused on the City of Carpinteria administrative staffing needs, education, promote organic program participation, enforcement staffing to ensure program compliance in accordance with the guidelines, enforcement of program requirements. marketing/promotional/outreach programs which will include all media outlets from the local newspaper, city website, city social media, video, television, hauler outreach, etc., and staff training.  Note that training will be done to ensure that all city staff are aware of all of the program requirements of SB 1383 and also the procurement requirements as required for organic material recovery and also paper products with a minimum post-consumer recycle content.  For all of the parts of the program listed above the city is required to track and report on our implementation, program changes, procurement, enforcement, investigations and contamination minimization.  The additional administrative support can assist with these types of tasks.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Marcos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tess Sangster</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7607441050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Capacity Planning, Edible Food Recovery Education and Enforcement, Program Evaluation and other as-needed SB 1383 Implementation Support Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Midway City Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Robert Housley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7148933553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Green curbside organic carts funds will be used to purchase carts for condominium, town homes and other types complexes and/or gated communities that did not receive residential organic carts during the 2018 rollout. These communities were not provided an organic recycling cart due to them having HOA’s and landscapers doing self-haul of trimmings. These locations comprise to be 7% of the District’s total residential service area.
+Educational outreach will consist of handouts, annual calendar, Vietnamese radio (60% population), mailers and social media which will be in the three primary languages (English, Spanish and Vietnamese) within the District’s sphere of influence. The District is requesting less funds for outreach due to the District has already been promoting SB1383 since starting its residential curbside organic recycling program in 2018.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lynwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julian Lee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3106030220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This grant will be utilized for two (2) main purposes. The larger percentage will be used in assisting the City of Lynwood in meeting the Procurement Requirements, including using recycled organic products, mulch and compost. This will include procuring and providing residents, businesses, Schools and City parks and parkways with mulch and/or compost. This will include outreach to our residents and businesses. The other main focus for utilization of the grant funding will be to Edible Food Recovery, assisting in the expansion of capacity and collection of recoverable foods. This will include outreach to all Tier 1 and Tier 2 Generators, providing sample agreements for the utilization of Generators and Food Recovery Organizations, outreach to all Generators, meeting with Food Recovery organizations, documenting all recovered foods from the City Generators and providing assistance to these Generators with reporting. In addition the grant funds will be utilized to track volumes and increased participation and to generated more participation in our food recovery efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Monica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Carlos Collard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104582201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Monica will use these grant funds to purchase educational, outreach and social media audio/video/print materials, and organics recycling hardware accessories to assist the City's residents and businesses, including but not limited to organic collection bags and kitchen counter organics pails, in compliance with the State's SB 1383, and the City's new local recycling ordinance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Point Arena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Molly Haviland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3039995935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funding will be used to educate consumers and businesses, as well implement a composting program location with a local farm.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Bernardino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Fisher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093845140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The SB 1383 Grant will be utilized for education &amp; outreach, including information on the organic waste generator's requirements to properly separate materials in appropriate containers; methods for the prevention of organic waste generation, recycling organic waste on-site, sending organic waste to community composting, and other local requirements regarding organic waste will be provided; and provide local elementary schools a show to teach students of organics recycling and waste prevention. An enforcement protocol will be created for curbside assessments and audits, in order to to assess repeated offenders and help educate and enforce proper organics recycling within jurisdiction. Software will be purchased for recordkeeping and reporting purposes.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ken Prue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604355942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Oceanside Staff will be utilizing funds provided by the SB 1383 Local Assistance Grant Program to expand their current Food Scraps Recycling Program to meet specific requirements under SB 1383. Staff will be working with a consultant who will provide technical assistance to businesses, of Tier 1 and Tier 2 Commercial Edible Food Generators, and multi-family complexes. Staff will also be utilizing funds to print resources needed for these outreach efforts. Please see the Budget and Budget Details for information for further information on projects these funds will be used for.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Manteca</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Avneet Mahil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094568457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With a population of 83, 498 as of 2020 (Census.gov), the City of Manteca, is known as a "Family City" and lies at a crossroads of highways and railroads. The racial makeup reflects a vibrant, rich and diverse community (67.9% White of which 39.9% not Hispanic, 4.8% African American, 0.8% Native American, 9.6 % Asian, 1.1% Pacific Islander, and 8.4 % from two or more races, 39.9% Hispanic or Latino).
+The local government is tirelessly working to implement the changes to organic waste recycling proposed by the SB1383. Specifically the City has been promoting new approaches towards recycling organic waste, informing the general public about the new guidelines for waste collection, disposal, and treatment of:
+Fruit and vegetables, cheese, meat, bones, poultry, seafood, bread, rice, pasta and oils;
+Coffee grounds, coffee filters and tea bags;
+Cut flowers and herbs; and
+Any decayable matter produced from human or animal food production, preparation and consumption activities.
+The City has created educational materials posted on the institutional website, as well as other channels, to clarify what are the requirements for residential and commercial recycling.
+Since the State of California has a recycling mandate of 50% (soon to be 75%) - with the absence of recycling markets- the City of Manteca had to think out of the box and come up with different options. Currently, the City of Manteca is sending recyclables to the landfill, as there has not been a market for them due to their contamination with not allowed waste and the more strict requirements of the market. The option of “clean” recycling allows us to still recycle and hopefully maintain the current rates to our customers. If we have to continue to landfill our recycling the rates will increase. The City will be putting stickers on residents’ blue recycling cart as a reminder of what can and cannot go into the cart.
+The City of Manteca provides commercial recycling to businesses with bins ranging in size from 2 cubic yards to 6 cubic yards. The City can arrange pick-up service once a week, or up to five times per week, depending on the needs, done at no charge to the business operator, provided that the recycling remains clean and free of contamination.
+AB341 is the Mandatory Commercial Recycling Law that was created in hopes of reducing greenhouse gas emissions by diverting commercial solid waste to recycling efforts and by expanding opportunities for additional recycling services and recycling manufacturing facilities in California. The Law requires any business that generates 4 cubic yards or more of commercial solid waste per week; or a multi-family complex of 5 units or more to reuse, reduce, recycle, compost or otherwise divert materials from the landfill.
+Additionally the City of Manteca provides offers several quick and easy ways to recycle  used oil and used oil filters:
+CURBSIDE PICK UP: Oil can be picked up in City-provided containers that can hold up to 6 qts of oil and are free;
+Several certified collection centers within the City of Manteca which will take  used oil and used filters for free
+To implement the new prescriptions brought by the SB1383 and  successfully accomplish the expected results,  the City of Manteca will be developing the program activities reported below:
+Collection – with emphasis on collecting and composting of organics and food waste, the City of Manteca envisions an increase in the number of green cans, bins and compactors to be purchased for both residential and commercial customers to use. Our programs and activities are in alignment with CalRecycle, SB 1383 targets to achieve a 50 percent reduction in the level of the statewide disposal of organic waste from the 2014 level by 2020 and a 75 percent reduction by 2025, with an additional target that not less than 20 percent of currently disposed edible food is recovered for human consumption by 2025.The projected benefits of this activity include enrichment of the soil, protection of the environment, and efficiently addressing water pollution. The proposed solutions are convenient: composting cans significantly reduce local disposal costs while enriching the soil for future food growth. Composting is a win-win situation for all citizens who care about the environment and City. Reducing the disposal of refuse reduces trash pickup costs, and eliminates unsanitary conditions.
+Education and Outreach – the public is aware of the changes but more details and consistent education and outreach to citizens and all types of customers is needed. The diversification of ways to educate, engage and reach out to customers is an idea we want to keep pursuing. In recent months, we’ve attempted to educate and conduct outreach both in print, electronic, social media, video and audio modes.  Environmental friendly Outreach is aimed at educating citizens to become environmental stewards: it is an important part of protecting and conserving our environmental resources. The City will ensure community-based social marketing techniques are used to research and determine the local barriers to recycling in individual communities, and  will work on messaging to overcome those barriers and improve recycling area by area.The City of Manteca will promote public meetings (both in person and virtual) to engage the general public to incubate great ideas and replicable models for change, because collectively, our habits, our attitudes, and our creativity have the power to make a real impact on our community.
+Edible Food Recovery – the City is working with the County Department of Health to implement a plan. DOH has indicated that their assistance will come with a fee. These funds can help the city meet that gap. We will place a special attention to the underserved communities that have been impacted the most by the pandemic (physically, emotionally, and economically). Food recovery makes a huge impact since we will be collecting edible food that would otherwise go to waste and redistributing it to feed people in need. No other government in the world has created SB 1383’s legal mandate to recover edible food previously sent to landfills to give to people in need. According to the California Association of Food Banks, 1 in 8, or 4.6 million, Californians are food insecure, including 1 in 5 children. At the same time, more than 5.5 million tons of food waste are disposed in California landfills each year, according to CalRecycle’s 2014 waste characterization study. The City of Manteca, regards this opportunity as the highest and best use for food that was otherwise destined for landfill. Being able to serve hungry people through food recovery is the best use for surplus food and a vital way for California to conserve resources and reduce waste thrown in landfills. The City of Manteca will coordinate with food businesses and local stakeholders to donate the maximum amount of edible food they would otherwise dispose, to food recovery organizations.  In alignment with Sb1383 and to achieve the 20 percent food recovery, we plan the following: 
+• Commercial edible food generators must recover for human consumption the maximum amount of their edible food that they would otherwise dispose of in landfills by making written agreements with food recovery organizations or services to accept this food instead. 
+• The City must consult with food recovery organizations and services to implement edible food recovery programs and ensure adequate capacity exists to recover that food. 
+• Food recovery groups must follow rules for recordkeeping and reporting.
+Capacity Planning – In recognition of our commitment, the City of Manteca has been awarded $800k via the Org. 4 grant for the procurement of a food separator equipment (2020 Facility Grants). The awarded project will allow to purchase a Scott Thor food waste de-packager/separator and food waste feedstock transportation trailers to further our existing Waste-to-Fuel program. Currently landfilled food materials  surrounding unincorporated areas for anaerobic digestion from the City will be diverted and in dedicated tanks at the city’s wastewater treatment plant.  Some funds for planning of piping, design of electrical work and installation are still needed. The Turbo Food separator will be accompanied by compost tools (machine, bins, containers) that will be purchased later in the project. In compliance with SB1383, the City will increase its efforts towards Capacity Planning, since all counties are asked to take the lead collaborating with the jurisdictions located within the county in planning for the necessary organic waste recycling and food recovery capacity needed to divert organic waste from landfills into recycling activities and food recovery organizations.
+Procurement Requirements – with the mandate to procure compost back and provide it to the community at no cost, this funding opportunity will off-set that budgetary need. It will prevent the City from digging into operation funds that are not budgeted for the procurement of compost that are mandated to be given out at no cost. The City recognizes that, in accordance to SB 1383, all Cities and Counties may Count Gas Procured From POTWS, in compliance with the requirements below:
+• The POTW must not send more than 25 percent of its biosolids to landfill
+disposal;
+• The POTW must actively receive organic waste from a solid waste facility such as a transfer station or compost facility;
+• POTW must receive Anaerobically Digestible Material (ADM) for the purposes of co-digestion in a manner that conforms with 14 CCR § 17896.6.
+These last 3 areas of work will require a dedicated staff in order for all these activities to be executed efficiently with positive results for the involved beneficiaries. Record keeping will require constant communication with customers, and so will all the activities related to enforcement and inspection. The City strives to carry out an ongoing evaluation of its programs with a specific focus on quality improvement, to address eventual gaps as programs are continuously evaluated and analyzed by the dedicated staff. Nevertheless the City’s priority is to build and nurture positive connections and open communication with citizens and customers, along with environmentally friendly outreach strategies, educational activities, and community actions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Rancho Santa Margarita</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Andrea Howhannesian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9496351800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds received from this grant will be put towards dedicated SB1383 implementation. Specifically the City is estimated to receive a little over $64,000. The City would like to dedicated $55,000 towards the implementation of SB1383 record keeping software. The rest will be put towards education and equipment which will consist of ramping up social media outreach to encourage organic waste recycling participation and the purchasing of kitchen pails to give out to residents to help them collect food scraps in their kitchen.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jordan Lane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057828530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle’s SB 1383 Local Assistance Grant Program would provide funding to support the cities and special districts within San Luis Obispo County Integrated Waste Management’s (IWMA) JPA/MOA to implement the requirements of SB 1383. Funding will be used to assist jurisdictions with personnel costs related to consulting fees, staffing for enforcement and inspection, and labor costs associated with build new infrastructure for recovered organic waste procurement. Funding will also be used to purchase new bins for recovered organic waste procurement, and bins to increase recycling efforts. Additionally, funding will be used to help business and multi-family complexes throughout the IWMA region, to meet the requirements of SB 1383 by providing door-to-door education on the new state mandate. 
+  The IWMA represents multiple jurisdictions and is dedicated to assisting each jurisdiction in meeting their individual compliance needs. The IWMA has allocated funding based on the specific needs of the members party to this application. However, some jurisdictions were not able to request their specific needs currently, due to a short application period and COVID-19.  As a result, IWMA intends to work with the CalRecycle Grant Manager to move funds between classifications if/when needed to help support those agencies, while recognizing that doing so is at the CalRecycle Grant Manager’s discretion.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heidi Darby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7143340230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Orange Unincorporated areas contain roughly 1000 commercial and 34,0000 residential customers who rely on OC Waste &amp; Recycling to negotiate and manage various waste hauler contracts. Funding from the SB 1383 Local Assistance Grant Program will be used to purchase the following items: food scrap storage containers, compostable food scrap bags, and compliance data tracking software to aid residents and business owners within Unincorporated areas of OC to achieve SB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Costa Mesa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin Gaxiola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7147545303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City is seeking funding to assist with various SB 1383 compliance activities. We are seeking funding to comply with education and outreach requirements and to improve messaging through the City's website and social media, as well as multi-lingual print materials. Contracting with marketing and public relations firm Tripepi Smith to assist in these activities. We are seeking funding to establish monitoring and reporting capabilities through the purchase of Recyclist software system and training specific to code enforcement and city staff prior to effectively address non-compliance. Additional grant funding is needed to pay non-funded portion (1/3rd) of ten Busch Systems Evolve 3-container arrays in public areas of various city facilities. Grant funds are also needed to contract with Abound Food Care to help establish and monitor the City's edible food recovery program. A small portion of grant funding (10%) is requested to cover costs of administering the grant and coordinating the activities of various subcontractors.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302657038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for implementation of regulations adopted by CalRecycle pursuant to Chapter 395, Statutes of 2016 and SB170 Budget Act of 2021. Including:
+•Capacity Planning 
+•Collection 
+•Edible Food Recovery 
+•Education and outreach (includes organic waste &amp; edible food recovery) 
+•Enforcement and Inspection 
+•Program Evaluation/Gap Analysis 
+•Procurement Requirements 
+•Record Keeping</x:t>
   </x:si>
   <x:si>
     <x:t>City of Placentia</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Samantha Byfield</x:t>
   </x:si>
   <x:si>
     <x:t>7149938212</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Placentia's usage of the SB 1383 Local Assistance Grant Program focuses on: 
 1. Promoting educational awareness on organics diversion amongst residents by providing resources (kitchen compost container) and signage (hauler sticker)
 2. Decrease contamination amongst commercial businesses with existing food waste recycling programs and incentivize signups with in-house receptacles to assist with diversion
 3. Adopt a cloud-based software system to integrate, organize and record data in order to meet the recordkeeping requirements of SB 1383.
 Currently, the City is engaged in active negotiations with Republic Services to amend the existing franchise agreement to provide organic waste recycling services to all businesses and residents and meet other requirements of SB 1383. More time is needed to complete negotiations for the restated franchise agreement that includes many of the prescriptive requirements necessary to implement SB 1383-compliant programs. Based on these discussions, the City may have to revise the planned expenditures for this grant.</x:t>
   </x:si>
   <x:si>
-    <x:t>Placer County</x:t>
-[...1494 lines deleted...]
-###</x:t>
+    <x:t>Town of Woodside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brandi deGarmeaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6508516790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Request for SB1383 funding for the following three (3) projects which support SB1383 efforts:
+1.  San Mateo countywide and all cities collaboration compost brokering program.  Through this pilot program, the RCD (Resource Conservation District) will develop a local compost broker program (through RCD connections of quality compost and San Mateo County Farmers) that will provide all participants, including Town of Woodside, compost procurement/hauling/spreading in order to meet SB 1383 recycled organic waste product procurement requirements and carbon neutrality/climate action goals.  
+2.  Recyclist program tracker, a cloud-based software program that the Town of Woodside will use to document SB 1383 reporting/requirements.  The software enables data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement.  In addition it can be used for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and organics programs.  The Town plans to upload information from a variety of sources the county, Greenwaste, and other sources of information which supports the Town's SB 1383 reporting.
+3.  Countywide compost quality education campaign.  Outcomes include a cross-jurisdictional task force which would coordinate with waste haulers and hold stakeholder workshops in order to develop a compost quality outreach plan.  As a result marketing and education materials would be developed and roll out to Woodside residents and commercial business' at the end of 2022.  This outreach campaign will result in better compost quality and meet the SB 1383 requirements for organics education and marketing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lomita</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lina Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103257110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lomita intends to utilize the grant funds for SB 1383 Recycling Compliance and Software and Public Outreach and Communication efforts to implement SB 1383 organics recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Del Mar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaitlyn Elliott-Norgrove</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8587043632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will be used for education, outreach, and inspection activities primarily for our businesses and edible food generators, but also for SB 1383 outreach to our residents.  We will use relationships already established with consultants in the San Diego Region through our partnership in the Regional Solid Waste Association (RSWA) and may seek additional consultant services outside of RSWA to develop educational content and perform outreach through various means including inspections of our Tier 1 and Tier 2 generators, technical assistance site visits, video or phone conferencing, webinars, and/or public service announcements.  Some of the grant funds could also be used to cover the costs of materials for educational signs or other educational materials. The goal will be to maximize participation and desired sorting behavior and to minimize contamination as well as to ensure edible food donation programs in our Tier 1 and Tier 2 generators are properly established.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Burbank</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amber Duran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8182383902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We will be using the funding to educate and outreach to our residential customers and install cameras on our trucks to monitor contamination</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Marissa Juhler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County plans to utilize funding to bring the 1,000+ residents in the rural portion of Davis into compliance with the bin color requirements set forth in SB 1383. A portion of these funds will go to educate those Davis residents about the new regulations and the importance of putting their carts out during lid color swap week.  The largest portion of our funds will be used to run an marketing/outreach campaign promoting our compost giveaway days to 75,000+ residents and to offset procurement of compost material.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Colfax</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shanna Stahl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5303462313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uses include outreach, program enforcement and inspections, procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Los Alamitos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Irving Montenegro Jr.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624313538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding received will go towards SB 1383 compliance including education and outreach, consulting expenses and administration.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Canada Flintridge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Jeannette Klein</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8187908882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project is to support the City's development of an Edible Food Program, pursuant to the requirements of SB1383. The City will use funding to hire the SGVCOG and/or their designees as consultants to administer, develop, and implement the San Gabriel Valley Regional Food Recovery Program - Phase II with the city.
+The program is as follows:
+San Gabriel Valley Regional Food Recovery Program
+Phase II Expansion Scope of Work
+April 1, 2022 to March 30, 2024
+Task 1 Project Management (April 1, 2022 to March 30, 2024)
+Task 1.1 Kickoff Meeting
+The Consultant shall conduct a kickoff meeting with the SGVCOG. The primary objectives will be to review scope, schedule, project goals, and key issues.
+Deliverables: Meeting notes and materials for kickoff meeting.
+Task 1.2 Project Team Coordination
+Biweekly project team meetings, regular phone and e-mail correspondence, and other communications with the SGVCOG to ensure that the tasks listed in this SOW stay on schedule and within budget.
+Deliverables: Meeting notifications, agendas, and notes.
+Task 1.3 Project Management Update Meetings
+The Consultant shall facilitate monthly meetings with the SGVCOG and representatives of participating cities to provide key project updates. These meetings can also be used to obtain feedback and input on key discussions.
+Deliverables: Meeting notifications, agendas, notes, presentations, and other relevant drafts and documents.
+Task 1.4 Invoicing and Contracts
+The Consultant shall provide monthly invoices to the SGVCOG and coordinate any contracting paperwork/logistics.
+Deliverables: Monthly invoices and coordination on contracts.
+Task 2 Subregional Food Recovery Hubs (April 1, 2022 to December 31, 2022)
+Task 2.1 Food Recovery Hub Expansion Facilitation (April 1, 2022 to July 31, 2022)
+The Consultant shall review the list of identified food recovery organizations in the San Gabriel Valley and facilitate discussions with the largest food recovery organizations to identify their interests with serving as subregional food recovery hubs. A total of five subregional food recovery hubs should be established in the San Gabriel Valley. The Consultant should already possess a list of existing food recovery organizations’ infrastructure and capacity limitations, ongoing partnerships with smaller food recovery organizations in their communities, and ongoing agreements/contracts with local Tier 1 and Tier 2 generators. At least one subregional food recovery hub must be located in Baldwin Park and at least one subregional food recovery hub must be located in Monterey Park.
+Deliverables: A detailed report summarizing discussions held, along with the surveyed food recovery organizations’ interest to serve as subregional food recovery hubs, their infrastructure and capacity limitations, their ongoing partnerships with smaller food recovery organizations, and their ongoing agreements/contracts with local Tier 1 and Tier 2 generators. Additionally, the report should note any possible challenges and concerns for each surveyed food recovery organization to serve as a subregional food recovery hub. The report shall be compiled in the form of one regional document, with the information on each San Gabriel Valley city formatted by sections.
+Task 2.2 Equipment and Infrastructure Report (August 1, 2022 to September 30, 2022)
+Based on the food recovery organizations that have been approved by the SGVCOG to serve as subregional food recovery hubs, the Consultant shall identify the necessary equipment and infrastructure that the selected food recovery organizations need in order to expand their infrastructure and capacity to address existing food recovery gaps.
+Deliverables: A detailed report summarizing the necessary equipment and infrastructure that the selected food recovery organizations need in order to expand their infrastructure and capacity to address existing food recovery gaps.
+Task 2.3 Capacity Expansion Support (October 1, 2022 to December 31, 2022)
+Upon approval of the Task 2.2 report, the SGVCOG shall be responsible for distributing funds to purchase all of the necessary equipment. The Consultant shall support coordinating with selected food recovery organizations to obtain and set up the equipment. Upon completion, the Consultant shall develop a report of the total amounts of equipment and infrastructure that were added to selected food recovery organizations and calculate the amount of food recovery capacity increased.
+Deliverables: A detailed report summarizing the total amounts of equipment and infrastructure that were added to selected food recovery organizations and calculations of food recovery capacity increased. The report should also include a location-by-location inventory and a map of supported food recovery hubs.
+Task 3 Public Outreach (April 1, 2022 to March 30, 2024)
+Task 3.1 Develop Outreach and Education Plan (April 1, 2022 to June 30, 2022)
+The Consultant shall expand on the existing comprehensive outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups and specify plans and schedules to incorporate 12 workshops (once every 2 months), 6 social media campaigns (once every 4 months), and 6 rounds of mailer/flying mailing campaigns (once every 4 months) for participating cities throughout the duration of this project. All materials must be provided in English, Chinese, and Spanish.
+Deliverables: Outreach and education campaign materials and a detailed plan and schedule for a comprehensive outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups prepared for the SGVCOG’s approval.
+Task 3.2 Implement Outreach and Education Campaign (July 1, 2022 to March 30, 2024)
+Upon approval by the SGVCOG, the Consultant shall implement an outreach and education campaign for participating cities’ Tier 1 and Tier 2 edible food waste generators and stakeholder groups. The Consultant shall provide records of outreach and education efforts, along with copies of the utilized marketing materials, that were conducted. The records shall include the date and to whom the information was disseminated or direct contact made.
+Deliverables: Monthly reports on conducted outreach and education efforts and copies of the utilized marketing materials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Xochitl Huerta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093343357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Local Assistance Grant will be used to provide food recovery services through a third party vendor working with businesses in the City of Chino to meet compliance with SB1383 requirements.  In addition the local assistance grant will be used to produce outreach materials educating the public about the organics recycling requirements and provide products including reusable food scrapers and food waste containers to assist single family residents with organics recycling of food. The grant will also be used to purchase a database for compliance tracking activities.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Carmel-by-the-Sea</x:t>
   </x:si>
   <x:si>
     <x:t> Mary Blise</x:t>
   </x:si>
   <x:si>
     <x:t>8316242132</x:t>
   </x:si>
   <x:si>
     <x:t>CITY OF CARMEL-BY-THE-SEA (Carmel)
 MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
 SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
 The City of Carmel (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District) and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Carmel in the implementation of regulation requirements associated with SB 1383. 
 The City of Carmel joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
 The City of Carmel, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
 EXECUTIVE SUMMARY
 Regional Grant Project Tasks — A Collaborative Approach
 The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
 Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
 •TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
 MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
 •TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
 Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
 Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
 •TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
 In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
 This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
 •TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
 This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
 Project Coordination — A Unified Approach
 Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
 Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
 Ordinance &amp; Resolution Requirement Status – On Schedule
 The City of Carmel has adopted an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. All other member agencies are working on parallel timelines to adopt such mechanisms. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. The City of Carmel has uploaded our agency’s existing resolution providing appropriate authorizations related to this grant submission.   
 Gratitude
 Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Carmel and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 ###</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Marina</x:t>
-[...74 lines deleted...]
-###
+    <x:t>Rubidoux Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kirk Hamblin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9516847580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This funding will be used for the following two items:
+1 - Food Waste Pails delivered to each resident and/or tenant as a marketing tool to kick off the Food Waste program 
+2 - SB 1383 education &amp; outreach. The following information will be provided to residents/tenants via mailer:
+      a.    Information on the organic waste generator's requirements to properly separate materials in appropriate containers. 
+      b.    Information on methods for the prevention of organic waste generation, recycling organic waste on-site, sending organic waste to community composting, and any other local requirements regarding organic waste.
+      c.    Information regarding the methane reduction benefits of reducing the landfill disposal of organic waste, and the methods of organic waste recovery the organic waste collection service uses.
+      d.    Information related to the public health and safety and environmental impacts associated with the landfill disposal of organic waste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moreno Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Allen Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514133109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moreno Valley is the second-largest city in Riverside County, with an approximate population of 214,000 and over 2,000 commercial businesses. The City of Moreno Valley (City) currently has an exclusive waste hauler agreement with Waste Management, providing our waste and recycling hauling services to residents and commercial properties throughout the city.
+In our assessment of implementing State mandate SB 1383, there will be a significant amount of education and resources needed to market the rules and regulations to those that will be affected by this new mandate. The City recognizes that this process will be challenging, as we continue to be financially affected by the Covid-19 pandemic, in addition, being limited in our ability to reach various community members. However, in an effort to reach the affected residential and business community, the City would like to use this grant allocation to put together a comprehensive marketing/educational campaign to reach as many community members as possible. This grant will help alleviate any expenditures related to:
+-Education/Outreach: Flyers, social media posts, mailers, and pamphlets. Staff will also utilize the Recyclist recordkeeping software to create/track door to door outreach that will be conducted, educating business owners and property managers about the SB 1383 rules and regulations. 
+-Personnel: City staff will be dedicated to providing outreach and educating affected residents and business owners. They will also be assigned to work with the waste hauler to make sure that the City stay’s in compliance with the set rules and regulations outlined in the mandate. Eventually, staff will also be conducting needed enforcement of businesses not in compliance with the mandate.
+-Consultants: There may be a need to procure consulting services to assist with the organics collection and recycling planning efforts. 
+-Equipment/Software: The City will use the grant to fund a portion of the costs associated with the Recyclist software, which is a system that helps track outreach efforts to businesses and multi-family housing properties. There also may be a need to procure a tablet to track information collected during door to door outreach. Lastly, a portion of the funding will be used to procure bins and pails, primarily to assist to support small businesses and multi-family housing properties, with their compliance efforts.
+Staff is working very closely with Waste Management to ensure that the requirements needed for compliance are continually met. Also, on December 7, 2021, the Mayor and City Council approved the first reading of the enforcement ordinance for SB 1383, which was successfully adopted on January 4, 2022. With the support of this grant, and the recently adopted ordinance, the City believes it will be able to help expedite the implementation of the SB 1383 mandate.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pinole</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nazmieh Huebner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5104186550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Pinole (“City”) proposes to utilize SB1383 local assistance grant program funds for personnel  costs directly related to the implementation of SB 1383 regulations and for procurement of recovered/recycled organic products. 
+SB1383 regulations require jurisdictions to annually procure a specific amount of recovered organic waste products to meet their Annual Recovered Organic Waste Product Procurement Target (“Target”). The City’s current Target is approximately 1600 tons based on 0.08 tons of organic waste per resident per year. To make an informed decision regarding practical and cost-effective options to achieve the organic waste diversion goals of SB1383, the City retained a consultant to prepare a feasibility report of procurement options. The consultant will analyze costs, operational factors such as logistics and capacity constraints, product availability, and benefits and challenges associated with each option. 
+To develop the feasibility report, the consultant will explore contracting with service providers that use recovered organic waste products on behalf of Pinole; investigate opportunities at the Pinole-Hercules Water Pollution Control Plant to apply anaerobic digestion technology to municipally generated organic waste; research resource recovery technologies that maximize resource recovery from waste streams to transform waste into renewable natural gas and/or high quality fertilizer; and evaluate direct procurement to procure products for the City’s use or community giveaways (i.e. compost giveaways).
+The City proposes to expend $11,425 in SB1383 local assistance grant program funds for the procurement of recovered/recycled organic products recommended in the feasibility report and for procurement of 30% recycled content paper products. At this time, the fiscal impact associated with meeting the annual Target is undetermined, but the City anticipates SB1383 local assistance grant program funds will help offset costs associated with procurement of recovered/recycled organic products. 
+The City proposes to expend $15,000 in SB1383 local assistance grant program funds for City staff time spent on activities related to the implementation of SB 1383 regulations. These activities include, but are not limited to, providing oversight of the development of the feasibility report and participation in discussions with providers to acquire recovered/recycled organic products; implementation of the selected procurement option(s) including management of logistics and contract negotiations and development; managing compliance activities performed by the designated entities (the City intends to delegate several responsibilities for compliance with the provisions of SB1383 regulations to other entities to the extent allowed by the law); reviewing physical space waivers requests and verifying that a premise lacks adequate space for the collection containers required for compliance with SB1383 regulations; preparing and/or reviewing outreach materials; publishing educational materials on the City’s website to educate the public about SB1383; providing training to City’s purchasing staff on documenting purchases of 30% recycled content products and other direct procurement purchases; and recordkeeping of documents required for the City’s Implementation Record.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Walnut Creek</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Valerie Sukhu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252563536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Projects to assist with implementation of SB 1383 regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Keroles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513516174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Riverside is seeking these funds to assist in the compliance requirements of SB 1383.  The City doesn’t have the necessary resources to conduct certain organics capacity planning activities to help plan for future investment in both organics recycling and in edible food recovery.  The City will utilize the grant funds to conduct targeted outreach to food generators in the City as well as to the established food pantries in an effort to begin making connections to properly repurpose edible food.  Additionally, the City will conduct marketing and outreach efforts to its customers/residents on the requirements of SB 1383.  Finally, the City will utilize a software application to help connect generators and pantries.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Monrovia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jazmine Hadden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269325574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Monrovia 
+Located 20 miles northeast of Los Angeles and nestled at the base of the San Gabriel Mountains, Monrovia is home to almost 40,000 active and engaged residents who enjoy a premier quality of life in a dynamic City that blends small-town charm with high-tech industry. 
+Monrovia is a general-law city operating under the Council-Manager form of government.  Monrovia is a full-service municipality that coordinates its operations through seven departments: the City Manager's Office, Administrative Services Department, Community Services Department, Community Development Department, Fire Department, Police Department, and Public Works Department. 
+The Public Works Department has spearhead the operation to stay on track with SB 1383 regulations and compliance. Beginning in 2019, Monrovia quickly partnered with a consultant, the Joint Power Authority in the San Gabriel Valley, and opened up communicated pathways with our franchise hauler to outline tasks and requirements to meet SB 1383 deadlines. However, as a result of Covid-19 in early 2020, the City’s focus shifted to the safety and well-being of the community, which was suffering immensely. In mid-2021, Monrovia lost our dedicated waste and recycling staff member, setting the City back until a replacement could be found. 
+Project Description
+The City of Monrovia is seeking funding from CalRecycle's 1383 Local Assistance Grant Program to assist with the implementation of regulation requirements associated with SB 1383. Funding is requested to offset costs associated with the implementation of SB 1383 as it relates to education and outreach and procurement requirements. The City of Monrovia, like most jurisdictions, has faced various setbacks as a result of Covid-19 including inability to hire additional staff and difficulties allocating budget towards procurement as resident struggles have left deficits across the board. The funding from the SB 1383 Local Assistance Grant Program will assist the City of Monrovia in local efforts with the following tasks: 
+1.Increase education and outreach efforts through the procurement of compostable bin liners to encourage residents and businesses to recycle organics materials while also satisfying procurement requirements. 
+2.Enhance our education and outreach methods through online applications, software’s and social media. In order to improve direct outreach efforts and reach a greater demographic of residents and to help ease the burden on Monrovia call staff, the City proposes to allocate a portion of the funding towards systems that will increase accessibility to information related to SB 1383 regulations and waste diversion requirements. 
+The funds from the SB 1383 Local Assistance Grant Program will also assist Monrovia in a regional manner through the following measures: 
+1.Assist with procuring supplies and equipment in support of regional food recovery hubs.
+2.Administrative costs including COG’s staff time to manage the regional food recovery hub project.
+3.Personnel costs including consultant’ staff time and material to support food recovery hub, outreach and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Escondido</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kim Silva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608394076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Escondido 
+• Education and outreach (includes organic waste &amp; edible food recovery)
+• Enforcement and Inspection
+• Edible Food Recovery
+• Equipment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendora</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Fisher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269148389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Glendora is participating in a regional food recovery program with cities that are involved with the San Gabriel Valley Council of Governments. This program includes an education and outreach plan, capacity assessments, and an inspection program. The City would like to use this grant funding to offset costs for the regional food recovery program. Remaining grant funding will be used for education and outreach or food waste pails for residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Benito County Integrated Waste Management Regional Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Celina Stotler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8318010718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We intend to use these funds for the further development and outreach of our Edible Food Recovery Program and Organics Recycling and Collection Programs. Specifically we intend to use these funds for the purchase of organics collection containers such as kitchen pails, for consulting fees for the edible food recovery program development and technical support, for the development of professional educational outreach videos that will be available in both English and Spanish, for the printing of educational outreach materials and cost of print and online advertisements, and for targeted outreach, resources and trainings for our local schools.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carrie Baxter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168787413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed grant project focuses on the currently known and necessary tasks for the two-year grant period beginning April 2022. The proposed grant project includes Personnel time spent performing capacity planning; evaluating collection services; developing and implementing education and outreach programs; conducting enforcement and inspection programs; and, record keeping. Indirect costs are proposed to be charge at 10% of the total grant award.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Alhambra</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Randi Hembree</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6265703256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Alhambra will use the one-time funding to initiate an innovative, multilingual communications campaign to increase public education and engagement with organic food waste recycling and food recovery initiatives. The campaign will be developed and designed by a highly-qualified professional services agency to be selected following the City’s request for proposal process. The City does not have the full and preferred capacity in house to create an effective, robust and timely communications strategy regarding SB 1383. The limited number of recycling staff are keenly focused on implementing other key SB 1383 requirements including compliance monitoring of local businesses, responding to questions and concerns from residents and overseeing the waste management contract. Therefore, this opportune grant program allows the City of Alhambra to access marketing and communications expertise to help break down the technical, and sometimes confusing, terminology of food waste, recycling and food recovery initiatives into more digestible terms for the community to understand and apply. 
+The comprehensive, multifaceted campaign will raise awareness of the environmental effects of short-lived climate pollutants, the connection to greenhouse gas emissions and the benefits of edible food recovery, in order to cultivate wide-ranging support for the “collective good” as envisioned by SB 1383 implementation. The campaign will provide information on the SB 1383 requirements, how the City is implementing the regulations and how to properly dispose of organic waste, while addressing particular nuances unique to our diverse population. The campaign will effectively articulate highly technical requirements and regulations into clear, concise and actionable information to be distributed in the most prominent languages within our communities: English, Spanish, Chinese and Vietnamese. 
+In addition to the campaign, the City of Alhambra seeks to lead by example by empowering its workforce to be “recycling ambassadors”. First, the City will use funding to purchase up to (100) blue recyclables bin and (100) green organic waste bins to be installed at all City facilities, including public areas and employee breakrooms. No such bins are currently available at these locations. Then, expert recycling staff will conduct training, outreach and education to City employees on the SB 1383 requirements, how the City is implementing the regulations and how to properly dispose of organic waste. Signage and posters will be placed on and near the receptacles to ensure compliance with the disposal requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cerritos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Alvin Papa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629161220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Cerritos will use the Local Assistance Grant funds for the following activities:
+1. Tracking software
+2. Educational outreach materials including a program video, printed brochure and direct mail outreach.
+3. Staff hours and consultant support.
 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castro Valley Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Belinda Magallon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105370987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVSan plans to use these funds to cover the costs of implementation of the SB 1383 regulations.
+Projects that CVSan intends to implement using LAGP funds include:
+- Green organics containers (kitchen pails, deskside containers, and slim jims) for indoor/outdoor collection.
+- Payment to ACDEH for inspections of CEFG (Tier One and Tier Two). We anticipate this amount will cover 12 inspections (4 each year of the grant).
+- Tablet for outreach.
+- Potential grant to FRO/FRS for refrigeration or other EFR equipment.
+- Recyclist recordkeeping/reporting software including 3-year agreement cost and $5,000 for a potential add-on.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Livermore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anna Zamboanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259608004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Livermore will be using the funds received to help pay for tracking and reporting tools and container contamination checks and outreach.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Temecula</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rebecca Kiser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9512404219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proposed project and use of funds will be allocated to continue the development and implementation of SB1383 Regulations to ensure compliance with a statewide effort to reduce emissions of short-lived climate pollutants.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Katonya Turner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264586395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implementation, Enforcement, and Outreach/Education of SB 1383 Organic Waste laws.
+•Amend and/or add franchise contracts - Public Works administers 20 exclusive residential waste collection franchises that serve approximately 600,000 residents. Each contract was amended to require each franchise waste hauler to provide waste collection, recycling, and organic waste collection services to customers.  The County is finalizing the process to transition from the non-exclusive franchise system which serves approximately 11,500 business and multi-family accounts to an exclusive franchise system. The exclusive franchise system will require each hauler to provide waste collection, recycling, and organic waste collection services to customers. 
+•Amended existing Garbage Disposal District contracts - Public Works administers 7 Garbage Disposal Districts (GDDs) that provide waste collection, recycling, and organic waste collection services to approximately 380,000 residents and businesses within the GDDs. The services are provided by private waste haulers under contract with the County.  Property owners within the GDDs pay for these services through an assessment on the property tax rolls.  
+•Establish new Garbage Disposal Districts – The County is in the process of establishing four new GDDs to replace the current open market system for waste collection in north Los Angeles County to provide waste collection, recycling, and organic waste collection services to customers.
+•Commercial site visits – Public Works will conduct site visits to businesses and multi-family complexes and evaluate current commercial waste collection services to ensure businesses are receiving appropriate services.  Public Works staff will educate and assist businesses and multi-family complexes in complying with SB 1383.
+•Education and Outreach – Public Works will inform and remind residents about the importance of organic waste diversion through media campaigns, print materials, and social media.
+•Enforcement – Public Works is purchasing the Recyclist software to track SB 1383 implementation, including Edible Food Recovery.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Encinitas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Paul Maechler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606332777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will be primarily used to provide outreach and education to residents and businesses. These activities will vary from hiring consultants to develop educational content and perform outreach in the community through various mediums, to covering costs for materials. The goal will be to maximize participation and desired sorting behavior and to minimize contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Avalon</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jocelyn Francis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3105100220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Funding provided by the SB 1383 Local Assistance Grant Program would be utilized to assist the City of Avalon with the costs associated with enforcement of our newly established ordinance. City Code Enforcement Officers will work cooperatively with our local trash collector, residents, businesses and visitors to ensure compliance with SB 1383 and our new ordinance.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Sand City</x:t>
   </x:si>
   <x:si>
     <x:t> Mark Parker</x:t>
   </x:si>
   <x:si>
     <x:t>8312418417</x:t>
   </x:si>
   <x:si>
     <x:t>CITY OF SAND CITY
 MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
 SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
 The City of Sand City (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District), and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Sand City in the implementation of regulation requirements associated with SB 1383. 
 The City of Sand City joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
 The City of Sand City, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
 EXECUTIVE SUMMARY
 Regional Grant Project Tasks — A Collaborative Approach
 The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
 Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
 •TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
 MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
 •TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
 Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
 Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
 •TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
 In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
 This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
 •TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
 This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
 Project Coordination — A Unified Approach
 Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
 Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
 Ordinance &amp; Resolution Requirement Status – On Schedule
 All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date.  
 Gratitude
 Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Sand City, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 ###
 </x:t>
   </x:si>
   <x:si>
+    <x:t>Pebble Beach Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nick Becker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8312338874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEBBLE BEACH COMMUNITY SERVICES DISTRICT
+MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
+SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
+The Pebble Beach Community Services District (PBCSD/Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District) and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist PBCSD in the implementation of regulation requirements associated with SB 1383. 
+PBCSD joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
+PBCSD, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
+EXECUTIVE SUMMARY
+Regional Grant Project Tasks — A Collaborative Approach
+The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
+Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
+•TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
+MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
+•TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
+Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
+Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
+•TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
+In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
+This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
+•TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
+This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
+Project Coordination — A Unified Approach
+Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
+Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
+Ordinance &amp; Resolution Requirement Status – On Schedule
+All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date. PBCSD has uploaded our agency’s existing resolution providing appropriate authorizations related to this grant submission.   
+Gratitude
+Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the PBCSD and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
+###</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Seaside</x:t>
   </x:si>
   <x:si>
     <x:t> Kirstin Van Gend</x:t>
   </x:si>
   <x:si>
     <x:t>8318996838</x:t>
   </x:si>
   <x:si>
     <x:t>CITY OF SEASIDE
 MRWMD &amp; SVSWA UNIFIED PROJECT APPROACH
 SB 1383 LOCAL ASSISTANCE GRANT PROGRAM  (OWR1: 2021-22)
 The City of Seaside (Applicant), in partnership with our local waste district, Monterey Regional Waste Management District (MRWMD/District), and local environmental consultancy, Blue Strike Environmental, are pleased to submit this SB 1383 Local Assistance Grant Program application to assist the City of Seaside in the implementation of regulation requirements associated with SB 1383. 
 The City of Seaside joins a regional collaborative project in the implementation of regulation requirements associated with SB 1383, in coordination with other jurisdictions of the Monterey County region to maximize project impact and cost-effectiveness across the countywide area.  The regional projects will be coordinated through the two local waste management governmental agencies within Monterey County, Monterey Regional Waste Management (MRWMD), and Salinas Valley Solid Waste Authority (SVSWA).
 The City of Seaside, along with each of the MRWMD and SVSWA member agencies are applying individually to this grant program using a unified regional project design, budget and implementation approach.  All participating jurisdictions’ individual grant funding will be pooled together and expended in a cooperative manner by their agencies’ respective consultants, MRWMD, through Blue Strike Environmental, and SVSWA.  The County of Monterey is applying separately and will manage its budget and project implementation independently, in coordination with broader regional planning efforts.
 EXECUTIVE SUMMARY
 Regional Grant Project Tasks — A Collaborative Approach
 The following is a brief summary of regional grant project tasks under this collaborative effort. A detailed project summary is presented as Attachment A. 
 Based on current regional needs and findings to date related to SB 1383 in Monterey County, the following four major components will comprise the principal focus areas of program expenditures under the proposed regional project approach: 
 •TASK 1—GRANT MANAGEMENT, TRACKING &amp; REPORTING
 MRWMD member Cities and member agency Pebble Beach Community Services District (PBCSD) will allocate funds for grant management of the eight (8) participating member jurisdictions to its consultant Blue Strike Environmental. SVSWA will be providing in-kind grant management services for the five (5) Member Cities of SVSWA.
 •TASK 2—JURISDICTION COMPOST PROCUREMENT SUPPORT
 Member Cities will allocate funds for the development of compost procurement market outlets and alleviate the three-fold challenge that agencies tasked with these new procurement requirements are facing: (1) procurement costs including non-product costs such as labor, transportation, and spreading; (2) changing the current mulch uses and practices; and (3) the limiting factors of finding appropriate product application areas within the Cities owned or managed facilities or lands.
 Funds will be used to support the identification of potential product demand for use of procured materials among such target audiences as ranchers, farmers, landscapers, parks, residents and businesses; reduce barriers to program and product adoption; and provide informative proof of concept case studies, cost and impact data related to the utilization of materials by target audiences helping to build long-term demand for growing compost and organics products anticipated through SB 1383.  The Cities plan to develop a work plan with Zero Foodprint (ZFP) to realize this grant task.  Also, MRWMD and SVSWA, on behalf of the Cities will develop an Incentivized Use (Small-Scale Residential/Commercial) Voucher Coupon Program to promote free or discounted use of agency procured compost.
 •TASK 3 –EDIBLE FOOD RECOVERY IMPLEMENTATION &amp; CAPACITY BUILDING
 In December 2021, Blue Strike Environmental completed the region’s first Edible Food Recovery Capacity Planning Assessment led by SVSWA in partnership with the Monterey County Edible Food Recovery Technical Advisory Committee.  Early results of this study indicate that additional capacity for this program element may be necessary to meet the 20% recovery target for California. Additional need areas were also identified in this study through the capacity survey and coordination with various stakeholders including the need for additional capacity building materials and equipment, coordination and transportation services, as well as potential technology platform(s) to assist in readily connecting donating edible food generators with receiving food rescue organizations. This task is designed in direct response to the results outlined in the region’s initial Assessment to better meet the Edible Food Recovery needs of the region. 
 This task includes three primary subtasks: (1) Stakeholder Engagement with food rescue organizations, Tier 1 and Tier 2 generators, and key stakeholders; (2) Technology Platform to connect donating generators and receiving organizations, especially for supporting the increased volumes of Tier 2 generator prepared edible food donations, with higher levels of food safety risks and time and temperature control requirements; and (3) Capacity Building support for the local food rescue community through coordination, technical assistance and procurement of equipment and materials infrastructure to assist organizations in increasing capacity or throughput of recovered edible food. Currently the region is reviewing two technology platforms under Subtask 2:  CareIt and Means.  Additional platforms may be considered as new information is obtained. Under Subtask 3, it is anticipated that CalRecycle grant funding will support the purchase of smaller capacity building materials such as kitchen and transportation supplies for increased food safety, temperature appropriate storage capacity, processing, and preservation of increased volumes of food donations.  This task will be supported by additional in-kind shared-cost member contributions from each of the two waste agencies, currently estimated at $110K for year 1. 
 •TASK 4—ORGANICS &amp; EDIBLE FOOD RECOVERY EDUCATION, OUTREACH AND TECHNICAL ASSISTANCE
 This task will support the design, production and distribution of education and outreach materials and supplies and technical assistance to aid residents and businesses in the ready adoption of organics diversion (collection), Edible Food Recovery, enforcement, or other aspects of SB 1383.  Budget allocations related to this task may include but are not limited to education, outreach and technical assistance program planning, design and stakeholder coordination to incentivize, define and promote various program aspects of SB 1383, on the ground technical assistance to generators (businesses including Tier1/Tier2 generators), multi-family facilities, food recovery organizations or service providers, or other key stakeholder audiences, production and distribution of educational materials such (such as flyers, brochures, postcards, etc.), purchase of collection materials such as kitchen pails or bins for businesses, and related materials.
 Project Coordination — A Unified Approach
 Each element will be informed by regional coordination through the established MRWMD and SVSWA Technical Advisory Committee forums, Capacity Planning Assessments and related studies completed or in process throughout the region, and new data and information obtained through program implementation trials, stakeholder feedback and best practices as identified.  All expenditures will be incurred jointly, facilitated through each respective waste agency, and tracked and reported by each jurisdiction, based on the percentage of grant funds received by each agency compared to the full funding received collectively by all participating member agencies. 
 Working in coordination with the designated CalRecycle grant manager or other agency representatives as appropriate, the region may adjust these proposed expenditure areas, amounts, or priorities, consistent with grant expenditure eligibility requirements, as needed during the course of the grant term based on the needs of the region.
 Ordinance &amp; Resolution Requirement Status – On Schedule
 All member agencies are working on parallel timelines to adopt an enforceable ordinance(s), or similarly enforceable mechanism, pursuant to section 18981.2 of Title 14 of the California Code of Regulations. At this time, it is believed that all local jurisdictions in the Monterey County region have passed such ordinance(s), or similarly enforceable mechanisms, or have such items scheduled for considerations by their respective Councils or Boards in order to meet the April 1, 2022 ordinance requirement. Resolutions for all jurisdictions are anticipated by the March 1, 2021 secondary due date.  
 Gratitude
 Funding received through this grant program will serve as a vital catalyst to further our region’s SB 1383 compliance efforts. On behalf of the City of Seaside, and the entire regional project team, we thank CalRecycle for your time and consideration of this grant request. 
 ###
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of American Canyon</x:t>
-[...191 lines deleted...]
-Lastly in collaboration with the City’s hauler, the City of Perris has been working on educating residents and businesses on the SB 1383 regulations.  The City is requesting funding to cover the printing cost of educational materials as well as the purchase of marketing materials to ensure awareness is raised related to SB 1383.  The requested amount is $15,000.</x:t>
+    <x:t>Marin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amy Kolnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4154736205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The intended use is to help fund the SB 1383 required Capacity Study.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Pablo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Itzel Gomez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102153064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Pablo (City) proposes to utilize SB 1383 Local Assistance Grant Program funds for collection franchise agreement amendment and rate review, for procurement of recovered/recycled organic products, and for personnel costs to implement SB 1383 regulations. 
+Collection
+Republic Services (Republic) is the solid waste provider for San Pablo.  At the end of 2021, they requested an increase to the collection rate to cover their cost for servicing the additional organics customers.  The City proposes to use the grant funds to hire a consultant to review Republic’s proposed cost increase.  Staff will release a request for proposal this summer and begin work with the selected consultant.  Based on past rate review contracts, staff estimates the consultant cost will be approximately $15,000.  The consultant will review the costs and any other proposed collection franchise agreement amendments.  The City will finalize the collection rate and franchise agreement amendment in fall of 2022.          
+Materials
+SB 1383 regulations require jurisdictions to annually procure recovered organic waste products.  The Public Works Department evaluated current mulch uses and considered additional procurement opportunities for expanding the use of recovered organic waste products.  The City proposes to spend the majority of the $12,000 requested under the Materials budget category, to procure approximately 1,211 tons of mulch.
+SB 1383 regulations also requires 30% post-consumer content paper to be procured.  Public Works staff will train all internal staff who purchase materials for their department on the new requirements.  The remaining budget for materials, will help offset costs associated with procuring recycled content paper in case a department had not budgeted for the expense.
+Personnel
+The City proposes to expend $14,734 in SB 1383 Local Assistance Grant Program funds for City staff time spent on activities related to the implementation of SB 1383 regulations.  These activities include, but are not limited to:
+1.Overseeing the consultant contract to review the proposed collection rates and the collection agreement amendment process;
+2.Overseeing the procurement of mulch to ensure they are from approved facilities; 
+3.Working closely with RecycleMore* and Republic on compliance activities; 
+4.Publishing educational materials on the City’s website, Facebook, and Nextdoor;
+5.Providing internal training on the City’s Environmentally Preferable Purchasing Policy* and on documenting purchases of 30% recycled content products; and 
+6.Recordkeeping of documents required for the City’s Implementation Record. 
+_____________
+* RecycleMore is a Joint Powers Authority representing West Contra Costa County jurisdictions.  Among their many duties, they help the member agencies comply with state solid waste regulations.
+* The City adopted an Environmentally Preferable Policy in 2007.  Staff intends on reviewing and updating the policy if necessary to meet SB 1383 requirements and then training all City staff responsible for purchasing materials for their respective departments.</x:t>
   </x:si>
   <x:si>
     <x:t>City of San Jacinto</x:t>
   </x:si>
   <x:si>
     <x:t> Ruth Montoya</x:t>
   </x:si>
   <x:si>
     <x:t>9516544041</x:t>
   </x:si>
   <x:si>
     <x:t>The grant funding will be used for a subscription to the Recyclist Program Tracker, a cloud-based software program. The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement. The integrated mobile app, compatible with Tablets and Electronic Devices (seven inches or more measured diagonally), includes fieldwork functionality for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and
 organics programs. The Program Tracker fulfills all of the SB 1383 jurisdictional implementation
 record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Temecula</x:t>
-[...20 lines deleted...]
-    <x:t>The City of Murrieta will contract with a consultant to complete the capacity planning requirements for organic waste recycling and edible food recovery. The scope of work includes (1) estimating the amount of organic waste that will disposed by organic waste generators, (2) estimating the amount of edible food that mandated food donors would send to landfills, (3) identifying available existing capacity at food recovery organizations and services that could take the surplus food from food donors, and (4) identifying whether new or expanded capacity is needed to recover edible food disposed by commercial edible food generators. The City is also planning to utilize the funds through a consultant to upgrade an existing software application or develop a new application that would seek to establish the connection between Tier 1 and Tier 2 food generators and food recovery services. The consultant would also work with the City to provide SB 1383 related education and outreach efforts.</x:t>
+    <x:t>City of Azusa</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Liza Sagun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268125109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Azusa is currently participating in a Regional Edible Food Recovery Program with neighboring cities in the San Gabriel Valley. The contract was awarded to SCS Engineers and the overall program management is administered by San Gabriel Valley Council of Governments (SGVCOG). Tasks 1-4 which includes project management, compliance and capacity assessments, outreach and education efforts, and final development report will be completed in February 2022. The remaining Tasks 4-6: development and implementation of a food recovery inspection program will be from January 1, 2022 to August 1, 2024. Part of the funding will be used to pay for Tasks 5-6 for a total amount of $43,246.
+The City also plans to partner with SGVCOG for a Phase II expansion of the Regional Food Recovery Program from April 2022 to March 2024. The program's objective is to establish a subregional food recovery hubs to increase San Gabriel Valley region's capacity to process edible food recovery. The City will be contributing the remaining grant funds of $22,812 to the planned expansion.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hughson</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carla Jauregui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098834054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 – Local Assistance Grant Program
+Detailed Project Summary
+$20,000
+The City of Hughson, California is located in the central valley.  Hughson is a small, rural city with approximately 7,500 residents and 17 employees. Currently, the City is expanding through three developments in progress, two of the developments are in construction of 119 homes and the third development is beginning phase of infrastructure improvements. The third development plans an estimated 299 homes.
+The City currently implemented SB1383 through an Ordinance adopted in 2021 and effective January 1, 2022, in partnership with the solid waste disposal company using a two-cart system.  Both carts will be sorted in the solid waste disposal company’s newly constructed high diversion processing plant and organics will be composted at the same facility in the currently permitted compost facility. SB1383 regulations cost residents an additional $11+/month due to the additional processing needed for the garbage and organic waste cans.  As residents historically have had two cans, one for garbage and one for yard waste, it is imperative that the City provide an education plan to ensure residents are aware the regulations have changed and educate residents on the proper use of the two carts.
+The $20,000 in grant funding will enable the City to provide educational flyers, use code enforcement staff to educate residents one on one as the need arises, prior to issuing fines, and implement a food recovery program within the City.  The City has few employees to implement a food recovery program and to create educational flyers; therefore, the City will contract with Halpin Sustainability, Inc. to assist the City with the tasks.  The two-year timeline of the grant will allow for appropriate education of the residents and implementation of the food recovery program to meet the 2025 goal of 50% reduction of organics in the landfill.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hidden Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Theresa Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8188889281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Outreach and education efforts and materials. Supplement procurement costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Glendale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Etienne Ozorak</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8185503468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Glendale will is replacing Citywide automated containers according to service day.  These funds will be used to partially pay for new recycling and organics carts provided to homes in fiscal year 2022-23.  The City will replace all three carts at an estimated 6,667 homes.  Each cart will cost $57.20 per unit (excluding delivery).  These funds will also pay for the City to purchase internal organics collection containers (kitchen pails) for four routes.  Staff expects to purchase 25,500 kitchen pails at a cost of $4.60 each for a total cost of $117,300.  The remaining funds of $151,064 will be used to pay for new organics and recycling carts.
+The City will purchase Bins (green and blue only) and lids: Includes, but is not limited to, curbside, small household food waste pail, labeling, and liners. Label - Acknowledgements: CalRecycle and pre-approval prior to incurring the expense.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Brawley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Silvia Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603448941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Community outreach, educational materials, staff time, collaboration with Republic Services (solid waste management company) and other local community groups, as well as the potential purchase of small countertop organic waste buckets.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Guadalupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Todd Bodem</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053563892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Guadalupe intends to use this grant funding to provide kitchen waste pails to residents free of charge.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lindsay</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lacy Meneses</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595627102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lindsay will utilize these funds to implement SB1383 education, outreach programs, along with the appropriate educational materials and recordkeeping. Furthermore, the City will utilize these funds for enforcement to ensure that businesses and residents are adhering to SB1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Concord</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jeff Rayos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256713446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consultant costs for oversight of franchise agreement, franchise agreement amendment, SB 1383 and procurement planning assistance, recordkeeping, reporting, developing an enforcement plan.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Leandro</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kerry Parker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5102981973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Leandro will utilize grant funds to secure a consultant that will help create a robust education and outreach program. The campaign will target residents (with the focus being multifamily properties) and businesses about the benefits of organics recycling. Grant funds will be used to create ads, flyers and educational materials in a variety of media types (print, social, video), languages and delivery methods. Funds will also be used for the purchase of equipment, such as countertop kitchen pails and paper bag liners for residents, in addition to organics/recycling bins for businesses.  These tools will support proper sorting and recycling throughout the San Leandro community. Finally, the City will acquire a subscription to Recyclist, a software database that will assist with SB 1383 recordkeeping and reporting.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ridgecrest</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Spurlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7604995063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education &amp; Outreach Projects:
+The City is proposing to use the grant funding for marketing, promotion, and outreach materials &amp; supplies to supplement education &amp; community outreach efforts. The City plans to focus on a robust education and outreach campaign including design &amp; production of outreach materials such as brochures, flyers, mailers, magnets, etc. The outreach will be conducted through website updates, social media platforms, presentations/workshops, direct mailers, posted notices, local print media, etc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Los Altos Hills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Cody  Einfalt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6509472508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The grant is to be used for compliance/record keeping in addition to procurement administrative costs.</x:t>
   </x:si>
   <x:si>
     <x:t>Town of Atherton</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Christabel  Soria Mendoza</x:t>
   </x:si>
   <x:si>
     <x:t>6507520577</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We will use Local Assistance Grant funds to advance our organic waste/edible food/clean compost programs, including seven programs:
 1. We will have a focused partnership with our local schools to promote organic waste disposal, reducing food waste, and clean compost education. Our schools are the largest sector of organic waste outside of our residences. By working with the administration of our local schools, we can reduce organic food waste, improve recovery of organic waste, and improve compost quality.
 2. We will host at least one compost giveaway event and will publicize it to our residents and institutions, many of which have permeable yards that could benefit from high quality compost.
 3. We will promote and advance public education to reduce organic food waste, improve recovery of organic waste, and improve compost quality amongst our residents, the largest source of organic waste in the Town. This may include printed materials, educational videos, and electronic materials.
 4. We will promote organic waste programs, edible food recovery, reducing food waste, and compost education at our 2022 Earth Day events, to be held over two days. Grant funds would help reimburse for staff time related to organic waste programs.
 5. We will promote organic waste programs, edible food recovery, reducing food waste, and compost education at our 2022 Earth Day events, to be held over two days. Grant funds would help reimburse for consultant support related to organic waste programs.
 6. We will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities,
 7. We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Brisbane</x:t>
-[...10 lines deleted...]
-We intend to put the remainder of grant funds after participation in these Countywide programs towards procurement of compost and mulch to assist with meeting the City's procurement requirement.</x:t>
+    <x:t>City of San Fernando</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Isabella Tapia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8187983831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchase kitchen pails for residential customers to use for food scraps.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Barstow</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Taylor Britt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602555126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intended uses include but are not limited to:
+-Collection costs such as small residential food waste bins, liners, replacement bins.
+-Education &amp; outreach costs such as presentations at schools, print/electronic material including translation into Spanish, media outreach (ie: TV, video, radio and social media).
+-Procurement costs including personnel/consultants, tracking software, vehicles/equipment for application of compost &amp; mulch material.
+-Administrative costs for grant management, compliance reporting, etc.
+-Indirect / overhead costs (ie: attorney fees).
+-Enforcement &amp; inspection costs including personnel/consultants, education material, training.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Solvang</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wendy Berry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056885575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Similar to many other municipalities and agencies in California, the City of Solvang is working to comply with the requirements of Senate Bill 1383. This has been manifested in a number of ways in recent years and especially over the past few months leading up to the effective date of SB1383. The City’s efforts continue and grant assistance will be greatly beneficial to Solvang’s compliance.
+The City of Solvang drafted an ordinance – (Ordinance No. 21-0353 Organic Waste Disposal Reduction Code Amendment) that had a first reading on November 8, 2021 and was adopted by the City Council on November 22, 2021.
+The City continues to work with its waste hauler as well as its commercial and residential communities to ensure proper compliance with the legislation. Additionally, the City is partnering with the County of Santa Barbara and its individual jurisdictions to develop a regional edible food recovery network to meet legislation requirements. While this partnership will help lead to a cohesive food recovery program throughout the County as a whole, the City of Solvang is left with many individual obligations, especially in the areas of education and outreach. 
+Grant funding will be used in the following efforts by the City of Solvang:
+-Jurisdiction efforts in edible food recovery program
+-Education of Tier 1 and 2 generators regarding SB1383 regulations 
+-Outreach to local nonprofits and education agencies
+-Outreach to remainder of business and residential community within the City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Emeryville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matt Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105963795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personnel funds for SB 1383 implementation including outreach and education, recordkeeping, and annual organics procurement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novato Sanitary District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Casey Poldino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4158921694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To assist District with education, outreach, collection, and administration with regards to SB1383 inplementation. Funding will be provided for personnel, newspaper advertising, video development, mailers, posters and banners.  In addition funding will be provided for purchase of compost pails and liners.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of California City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joe Barragan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603737162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of California City plans to use the SB 1383 Local Assistance Grant to initiate a local food recovery program with the local faith- based organizations to reduce organic waste from landfills and provide additional sustenance to local residents in need.  Staff will utilize the initial grant funds to develop and formalize partnership with the local churches, grocers, restaurants, farmers market and non-profits to develop and implement a food diversion program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Verne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nicole Houston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9095968741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of La Verne will utilize the funding for Personnel staff time (house staff. to help perform outreach, education, enforcement, and behind the scenes work to perform outreach (making an efficient route for site inspections, sending letters, making calls, etc.) that maintain the goals of SB1383.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Calipatria</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Laura Gutierrez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603482674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implementation of SB 1383 to include outreach, education and organic waste diversion/recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Scotts Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carly Blanchard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317835667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Scotts Valley plans to use assistance funds to Increase edible food recovery capacity by engaging a consultant to provide education and outreach to businesses that generate edible food waste and connect those businesses with local edible food recovery programs.
+Funds will also be used to purchase equipment, such as refrigerators, for local food pantries and for administration and documentation. Funds may also be used to purchase kitchen scrap pails for distribution to commercial and residential generators for the collection of organic waste for recycling and for outreach materials outlining proper organic waste recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Ramon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Izchel  Pulido </x:t>
+  </x:si>
+  <x:si>
+    <x:t>9259732603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are contracting to track the requirements of SB 1383 very closely with the features of Recyclist's Program Tracker.  Additionally, we wish to educate San Ramon in appropriate (SB 1383 compliant) waste-sorting by providing graphic-rich 3-stream containers in parks, community centers and city facilities.  This will serve to not only educate those who live in San Ramon, but also those who visit and enjoy the features of San Ramon, who will bring these practices back to their California communities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Fairfax</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Heather Abrams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4157987948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hire a consultant to provide services identifying city-usage and possible application of compost/mulch on city-owned and managed lands. Consultant shall also identify privately-owned land within and outside jurisdictional boundaries that can utilize compost/mulch and explore delivery options of said material in order to support highest and best use of the materials. Consultant shall explore co-benefits and possible partnerships with other organizations working this space.
+Once the full costs of such a study are understood any remaining balance may be applied toward procurement.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Belmont</x:t>
   </x:si>
   <x:si>
     <x:t> Alberto Espinoza</x:t>
   </x:si>
   <x:si>
     <x:t>6505957465</x:t>
   </x:si>
   <x:si>
     <x:t>1.) San Mateo County Resource Conservation District Compost Broker Project:  $18,810.29
 Detailed description:
 We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term.  
 Admin Costs: SB 1383 compost procurement program quarterly invoices and progress reports generation.
 Indirect Costs: Indirect costs associated with the SB 1383 compost procurement program. San Mateo Resource Conservation District's negotiated cost indirect rate is 22% (of staff time).
 Materials: Costs for SB 1383 compost procurement program include 75% of the cost of high-quality compost (remaining 25% from leveraged state and federal funds), transportation and spreading of compost, soil sampling costs, and mileage.
 Personnel: San Mateo Resource Conservation District (SMRCD) will provide technical assistance for project design, farmer and rangeland operator enrollment, and coordination of compost ordering, delivery, spreading, and other application oversight. To create a long-term SB 1383 compliant compost procurement program, SMRCD will identify funding strategies to leverage additional money from state and federal sources, create best practices for SB 1383 compliant compost application, and identify and reduce barriers to participation for farmer and rangeland operators.  
 2.) Remaining grant funds for Belmont- $16,928.71
 Detailed description:
 In addition to providing a portion of our grant funds to the San Mateo County Resource Conservation District Compost Broker Project, the City will use the remaining balance for enforcement, education and outreach  to businesses and multi-family units to aid and assist in reaching composting compliance goals. 
 Education: Educational material to assist in guiding businesses and multi-family into compliance.
 Enforcement:  Inspections/site visits, notifications and warnings, citations, Code Enforcement administrative functions.
 Outreach:  Printed materials, online material/webpage creation, social media outreach, informational message mailings, and staffing outreach booth at event(s)</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Burlingame</x:t>
-[...606 lines deleted...]
-Approximately ten percent of grant funding will be used for the creation, translation, and distribution of SB 1383 promotional materials to educate and offer guidance for commercial, multi-family, and residential generators located in our jurisdiction.</x:t>
+    <x:t>City of National City</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Ricardo Rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6193364388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will be used to support the City's edible food recovery program. The City will hire a consultant to provide education and general support for Tier 1 &amp; Tier 2 generators, inspect Tier 1 &amp; Tier 2 generators, and train City's inspectors to conduct Tier 1 &amp; Tier 2 inspections for future years.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Albany</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Justin Fried</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105285759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Albany will plan to use awarded grant funds to cover personnel costs. Allocated funds will cover a portion of the salary or salaries of staff working on implementation of SB 1383 regulations. Staff working on SB 1383 implementation will track hours on the CalRecycle EIS form as directed.</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Anaheim</x:t>
   </x:si>
   <x:si>
     <x:t> Dora Ovenshire</x:t>
   </x:si>
   <x:si>
     <x:t>7147656881</x:t>
   </x:si>
   <x:si>
     <x:t>The City will be utilizing CalRecycle's SB170 Budget Act of 2021 to provide aid in the implementation of SB 1383.  The City will use a portion of grant monies to fund personnel that will provide direct on-site technical assistance to non-compliant generators. The City will also use a portion of the grant to fund SB 1383 public education and outreach efforts; organics recycling equipment such as kitchen pails; and community partnerships to promote SB 1383 programs. The City will be utilizing third-party consultants to assist with SB 1383 program management, implementation (face-to-face interactions with businesses), and reporting for organics recycling programs and edible food programs.
 The City will also be launching an SB 1383 Organics Campaign targeting  residents, multi-family properties, commercial businesses, and visitors. The SB 1383 Organics Campaign will include educational video reels, social media campaigns, advertisements, program toolkits, and community partnerships with local community gardens and businesses.  Grant funds will also be used to purchase internal collection receptacles and equipment to assist businesses with setting up food waste/organics recycling programs.</x:t>
   </x:si>
   <x:si>
-    <x:t>Madera County</x:t>
-[...560 lines deleted...]
-    <x:t>The Rodeo Sanitary District has an established recycling and organics reduction program in place and has adopted an ordinance in January 2022 that indicates the Rodeo Sanitary District's SB 1383 compliance intent.  The District is working its solid waste provider (Republic Services) to implement the color coded 3 cart collection system with symbols and language to encourage efficient processing of waste in accordance with SB 1383 requirements.  The District's grant application will provide additional public outreach efforts to encourage higher levels of organics reduction using materials (mailers) and additional marketing and outreach on local level (through District website and newsletters) and regional level (through coordinated efforts with other agencies with similar programs and objectives.). </x:t>
+    <x:t>City of Chowchilla</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Soares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596658615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procurement of equipment or supplies in order to implement 1383. We would also use funds for community outreach and education of the new program.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 393</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -6138,51 +6138,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6900315408444f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R70bd8df54a3d4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb9c9a5422b244719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd653cffd2f5479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref2752521d5a4c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c1303ee8b3b4ce1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -6230,9468 +6230,9468 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2161.814208984375" customHeight="1" collapsed="0">
+    <x:row ht="379.4739990234375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>29860</x:v>
+        <x:v>188960</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="103.492919921875" customHeight="1" collapsed="0">
+    <x:row ht="252.99212646484375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>115019</x:v>
+        <x:v>98687</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2391.788818359375" customHeight="1" collapsed="0">
+    <x:row ht="666.9354248046875" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>208136</x:v>
+        <x:v>149559</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.98583984375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>25065</x:v>
+        <x:v>30346</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="2403.2978515625" customHeight="1" collapsed="0">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.9417724609375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>122592</x:v>
+        <x:v>77085</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>160065</x:v>
+        <x:v>156235</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.486572265625" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>105811</x:v>
+        <x:v>26912</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>82290</x:v>
+        <x:v>78625</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>24261</x:v>
+        <x:v>331140</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="816.43408203125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>21419</x:v>
+        <x:v>106687</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>20391</x:v>
+        <x:v>92870</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.408203125" customHeight="1" collapsed="0">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>70912</x:v>
+        <x:v>123787</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44873046875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>561069</x:v>
+        <x:v>160065</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9912109375" customHeight="1" collapsed="0">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4775390625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>108044</x:v>
+        <x:v>73002</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4609375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>35142</x:v>
+        <x:v>21006</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>80</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.4951171875" customHeight="1" collapsed="0">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="850.9326171875" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>60548</x:v>
+        <x:v>95370</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>110191</x:v>
+        <x:v>21110</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>39237</x:v>
+        <x:v>449757</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-    <x:row ht="3127.7470703125" customHeight="1" collapsed="0">
+        <x:v>99</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>48099</x:v>
+        <x:v>176441</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-    <x:row ht="1299.4013671875" customHeight="1" collapsed="0">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2276.8154296875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>27181</x:v>
+        <x:v>23307</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>103</x:v>
-[...2 lines deleted...]
-    <x:row ht="586.4609375" customHeight="1" collapsed="0">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9658203125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>20103</x:v>
+        <x:v>92298</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.462890625" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1184.3994140625" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>64641</x:v>
+        <x:v>21120</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.4814453125" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>94180</x:v>
+        <x:v>153370</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>116</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.990234375" customHeight="1" collapsed="0">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.9560546875" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>20534</x:v>
+        <x:v>112923</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.9921875" customHeight="1" collapsed="0">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>116064</x:v>
+        <x:v>80170</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>125</x:v>
-[...2 lines deleted...]
-    <x:row ht="115.001953125" customHeight="1" collapsed="0">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.9970703125" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>147552</x:v>
+        <x:v>105811</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>129</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>35333</x:v>
+        <x:v>50437</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>133</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.4921875" customHeight="1" collapsed="0">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>58808</x:v>
+        <x:v>51484</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-    <x:row ht="115.001953125" customHeight="1" collapsed="0">
+        <x:v>144</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>58085</x:v>
+        <x:v>111477</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F34" s="8" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G34" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H34" s="8" t="s">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+      <x:c r="A35" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="H34" s="8" t="s">
-[...6 lines deleted...]
-      </x:c>
       <x:c r="B35" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>21388</x:v>
+        <x:v>167109</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F35" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="G35" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="H35" s="8" t="s">
-[...6 lines deleted...]
-      </x:c>
       <x:c r="B36" s="8" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>99269</x:v>
+        <x:v>41733</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F36" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G36" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.9755859375" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="H36" s="8" t="s">
-[...6 lines deleted...]
-      </x:c>
       <x:c r="B37" s="8" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>163804</x:v>
+        <x:v>139198</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F37" s="8" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G37" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H37" s="8" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-    <x:row ht="2322.79296875" customHeight="1" collapsed="0">
+        <x:v>160</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.98828125" customHeight="1" collapsed="0">
       <x:c r="A38" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B38" s="8" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>21297</x:v>
+        <x:v>550518</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F38" s="8" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G38" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H38" s="8" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.951171875" customHeight="1" collapsed="0">
+        <x:v>164</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.990234375" customHeight="1" collapsed="0">
       <x:c r="A39" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B39" s="8" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>130217</x:v>
+        <x:v>141516</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-    <x:row ht="620.958984375" customHeight="1" collapsed="0">
+        <x:v>168</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>77526</x:v>
+        <x:v>38820</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>169</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.978515625" customHeight="1" collapsed="0">
+        <x:v>172</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9306640625" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>77093</x:v>
+        <x:v>37835</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
-        <x:v>173</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.98046875" customHeight="1" collapsed="0">
+        <x:v>177</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>69946</x:v>
+        <x:v>23879</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
-        <x:v>178</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1080.90625" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>71562</x:v>
+        <x:v>165163</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
-        <x:v>182</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.4609375" customHeight="1" collapsed="0">
+        <x:v>186</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.451171875" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
-        <x:v>183</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>158151</x:v>
+        <x:v>21274</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
-        <x:v>187</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.466796875" customHeight="1" collapsed="0">
+        <x:v>190</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>125307</x:v>
+        <x:v>246842</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
-        <x:v>191</x:v>
-[...2 lines deleted...]
-    <x:row ht="2104.326171875" customHeight="1" collapsed="0">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.498046875" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>117523</x:v>
+        <x:v>69565</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>195</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+        <x:v>198</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.955078125" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>124781</x:v>
+        <x:v>75280</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
-        <x:v>200</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96484375" customHeight="1" collapsed="0">
+        <x:v>202</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>51351</x:v>
+        <x:v>117019</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
-        <x:v>204</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.95703125" customHeight="1" collapsed="0">
+        <x:v>206</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>172729</x:v>
+        <x:v>247840</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+        <x:v>210</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B50" s="8" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>68429</x:v>
+        <x:v>53192</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F50" s="8" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G50" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H50" s="8" t="s">
-        <x:v>213</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.9921875" customHeight="1" collapsed="0">
+        <x:v>214</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.4453125" customHeight="1" collapsed="0">
       <x:c r="A51" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="8" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>20214</x:v>
+        <x:v>223823</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F51" s="8" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
-        <x:v>217</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.96484375" customHeight="1" collapsed="0">
+        <x:v>218</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.470703125" customHeight="1" collapsed="0">
       <x:c r="A52" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>77411</x:v>
+        <x:v>46456</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
-        <x:v>221</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.990234375" customHeight="1" collapsed="0">
+        <x:v>222</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>21257</x:v>
+        <x:v>21142</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
-        <x:v>225</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.4765625" customHeight="1" collapsed="0">
+        <x:v>226</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.458984375" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>183213</x:v>
+        <x:v>725996</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.951171875" customHeight="1" collapsed="0">
+        <x:v>231</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B55" s="8" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>246842</x:v>
+        <x:v>81078</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="F55" s="8" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G55" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H55" s="8" t="s">
-        <x:v>233</x:v>
-[...2 lines deleted...]
-    <x:row ht="1805.361328125" customHeight="1" collapsed="0">
+        <x:v>236</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1299.40234375" customHeight="1" collapsed="0">
       <x:c r="A56" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>239839</x:v>
+        <x:v>43262</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
-        <x:v>237</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.92578125" customHeight="1" collapsed="0">
+        <x:v>240</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1632.8671875" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>32537</x:v>
+        <x:v>95643</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.90625" customHeight="1" collapsed="0">
+        <x:v>244</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3829.181640625" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>159969</x:v>
+        <x:v>727761</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
-        <x:v>245</x:v>
-[...2 lines deleted...]
-    <x:row ht="1540.85546875" customHeight="1" collapsed="0">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B59" s="8" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>168262</x:v>
+        <x:v>78823</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F59" s="8" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
-        <x:v>249</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.482421875" customHeight="1" collapsed="0">
       <x:c r="A60" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B60" s="8" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C60" s="8"/>
       <x:c r="D60" s="9" t="n">
-        <x:v>69850</x:v>
+        <x:v>163804</x:v>
       </x:c>
       <x:c r="E60" s="8" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F60" s="8" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G60" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H60" s="8" t="s">
-        <x:v>253</x:v>
-[...2 lines deleted...]
-    <x:row ht="1701.8671875" customHeight="1" collapsed="0">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2058.322265625" customHeight="1" collapsed="0">
       <x:c r="A61" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B61" s="8" t="s">
-        <x:v>254</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C61" s="8"/>
       <x:c r="D61" s="9" t="n">
-        <x:v>34501</x:v>
+        <x:v>92465</x:v>
       </x:c>
       <x:c r="E61" s="8" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F61" s="8" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G61" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H61" s="8" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.453125" customHeight="1" collapsed="0">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.994140625" customHeight="1" collapsed="0">
       <x:c r="A62" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B62" s="8" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C62" s="8"/>
       <x:c r="D62" s="9" t="n">
-        <x:v>57127</x:v>
+        <x:v>131133</x:v>
       </x:c>
       <x:c r="E62" s="8" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F62" s="8" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G62" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H62" s="8" t="s">
-        <x:v>261</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+        <x:v>265</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4921875" customHeight="1" collapsed="0">
       <x:c r="A63" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B63" s="8" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C63" s="8"/>
       <x:c r="D63" s="9" t="n">
-        <x:v>69424</x:v>
+        <x:v>28442</x:v>
       </x:c>
       <x:c r="E63" s="8" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F63" s="8" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G63" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H63" s="8" t="s">
-        <x:v>265</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.94921875" customHeight="1" collapsed="0">
+        <x:v>269</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A64" s="8" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B64" s="8" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C64" s="8"/>
       <x:c r="D64" s="9" t="n">
-        <x:v>154077</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="E64" s="8" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F64" s="8" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="G64" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H64" s="8" t="s">
-        <x:v>270</x:v>
-[...2 lines deleted...]
-    <x:row ht="34.49609375" customHeight="1" collapsed="0">
+        <x:v>273</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.4765625" customHeight="1" collapsed="0">
       <x:c r="A65" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B65" s="8" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C65" s="8"/>
       <x:c r="D65" s="9" t="n">
-        <x:v>62906</x:v>
+        <x:v>146564</x:v>
       </x:c>
       <x:c r="E65" s="8" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F65" s="8" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G65" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H65" s="8" t="s">
-        <x:v>274</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.9921875" customHeight="1" collapsed="0">
+        <x:v>277</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.98046875" customHeight="1" collapsed="0">
       <x:c r="A66" s="8" t="s">
-        <x:v>275</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B66" s="8" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C66" s="8"/>
       <x:c r="D66" s="9" t="n">
-        <x:v>98687</x:v>
+        <x:v>24261</x:v>
       </x:c>
       <x:c r="E66" s="8" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F66" s="8" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G66" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H66" s="8" t="s">
-        <x:v>279</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.41015625" customHeight="1" collapsed="0">
+        <x:v>281</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.45703125" customHeight="1" collapsed="0">
       <x:c r="A67" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B67" s="8" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C67" s="8"/>
       <x:c r="D67" s="9" t="n">
-        <x:v>20419</x:v>
+        <x:v>191284</x:v>
       </x:c>
       <x:c r="E67" s="8" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F67" s="8" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G67" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H67" s="8" t="s">
-        <x:v>283</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+        <x:v>285</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A68" s="8" t="s">
-        <x:v>284</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B68" s="8" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C68" s="8"/>
       <x:c r="D68" s="9" t="n">
-        <x:v>50774</x:v>
+        <x:v>122505</x:v>
       </x:c>
       <x:c r="E68" s="8" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F68" s="8" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="G68" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H68" s="8" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>289</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.95703125" customHeight="1" collapsed="0">
       <x:c r="A69" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B69" s="8" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C69" s="8"/>
       <x:c r="D69" s="9" t="n">
-        <x:v>80961</x:v>
+        <x:v>123637</x:v>
       </x:c>
       <x:c r="E69" s="8" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F69" s="8" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="G69" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H69" s="8" t="s">
-        <x:v>292</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>293</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A70" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B70" s="8" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C70" s="8"/>
       <x:c r="D70" s="9" t="n">
-        <x:v>29493</x:v>
+        <x:v>37204</x:v>
       </x:c>
       <x:c r="E70" s="8" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F70" s="8" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G70" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H70" s="8" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.96484375" customHeight="1" collapsed="0">
+        <x:v>297</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.44140625" customHeight="1" collapsed="0">
       <x:c r="A71" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B71" s="8" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C71" s="8"/>
       <x:c r="D71" s="9" t="n">
-        <x:v>158060</x:v>
+        <x:v>137101</x:v>
       </x:c>
       <x:c r="E71" s="8" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F71" s="8" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G71" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H71" s="8" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>301</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A72" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B72" s="8" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C72" s="8"/>
       <x:c r="D72" s="9" t="n">
-        <x:v>31269</x:v>
+        <x:v>167333</x:v>
       </x:c>
       <x:c r="E72" s="8" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F72" s="8" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G72" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H72" s="8" t="s">
-        <x:v>304</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.45703125" customHeight="1" collapsed="0">
+        <x:v>305</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A73" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B73" s="8" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C73" s="8"/>
       <x:c r="D73" s="9" t="n">
-        <x:v>92204</x:v>
+        <x:v>29847</x:v>
       </x:c>
       <x:c r="E73" s="8" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F73" s="8" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G73" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H73" s="8" t="s">
-        <x:v>308</x:v>
-[...2 lines deleted...]
-    <x:row ht="1172.890625" customHeight="1" collapsed="0">
+        <x:v>309</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2242.3203125" customHeight="1" collapsed="0">
       <x:c r="A74" s="8" t="s">
-        <x:v>266</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B74" s="8" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C74" s="8"/>
       <x:c r="D74" s="9" t="n">
-        <x:v>43802</x:v>
+        <x:v>106019</x:v>
       </x:c>
       <x:c r="E74" s="8" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F74" s="8" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="G74" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H74" s="8" t="s">
-        <x:v>312</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>313</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="919.92578125" customHeight="1" collapsed="0">
       <x:c r="A75" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B75" s="8" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C75" s="8"/>
       <x:c r="D75" s="9" t="n">
-        <x:v>146529</x:v>
+        <x:v>32537</x:v>
       </x:c>
       <x:c r="E75" s="8" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F75" s="8" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G75" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H75" s="8" t="s">
-        <x:v>316</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.9609375" customHeight="1" collapsed="0">
+        <x:v>317</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.49609375" customHeight="1" collapsed="0">
       <x:c r="A76" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B76" s="8" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C76" s="8"/>
       <x:c r="D76" s="9" t="n">
-        <x:v>64444</x:v>
+        <x:v>20879</x:v>
       </x:c>
       <x:c r="E76" s="8" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F76" s="8" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G76" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H76" s="8" t="s">
-        <x:v>320</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.4609375" customHeight="1" collapsed="0">
+        <x:v>322</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.9921875" customHeight="1" collapsed="0">
       <x:c r="A77" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B77" s="8" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C77" s="8"/>
       <x:c r="D77" s="9" t="n">
-        <x:v>36045</x:v>
+        <x:v>113786</x:v>
       </x:c>
       <x:c r="E77" s="8" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F77" s="8" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G77" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H77" s="8" t="s">
-        <x:v>324</x:v>
-[...2 lines deleted...]
-    <x:row ht="1080.91015625" customHeight="1" collapsed="0">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A78" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B78" s="8" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C78" s="8"/>
       <x:c r="D78" s="9" t="n">
-        <x:v>165163</x:v>
+        <x:v>146529</x:v>
       </x:c>
       <x:c r="E78" s="8" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F78" s="8" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G78" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H78" s="8" t="s">
-        <x:v>328</x:v>
-[...2 lines deleted...]
-    <x:row ht="183.99609375" customHeight="1" collapsed="0">
+        <x:v>330</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.9609375" customHeight="1" collapsed="0">
       <x:c r="A79" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B79" s="8" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C79" s="8"/>
       <x:c r="D79" s="9" t="n">
-        <x:v>24509</x:v>
+        <x:v>64444</x:v>
       </x:c>
       <x:c r="E79" s="8" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F79" s="8" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G79" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H79" s="8" t="s">
-        <x:v>332</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46484375" customHeight="1" collapsed="0">
+        <x:v>335</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2702.26953125" customHeight="1" collapsed="0">
       <x:c r="A80" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="8" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C80" s="8"/>
       <x:c r="D80" s="9" t="n">
-        <x:v>252058</x:v>
+        <x:v>703210</x:v>
       </x:c>
       <x:c r="E80" s="8" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F80" s="8" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G80" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H80" s="8" t="s">
-        <x:v>336</x:v>
-[...2 lines deleted...]
-    <x:row ht="115.00390625" customHeight="1" collapsed="0">
+        <x:v>339</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3127.74609375" customHeight="1" collapsed="0">
       <x:c r="A81" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B81" s="8" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C81" s="8"/>
       <x:c r="D81" s="9" t="n">
-        <x:v>21237</x:v>
+        <x:v>48099</x:v>
       </x:c>
       <x:c r="E81" s="8" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F81" s="8" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G81" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H81" s="8" t="s">
-        <x:v>340</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.953125" customHeight="1" collapsed="0">
+        <x:v>343</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1276.3828125" customHeight="1" collapsed="0">
       <x:c r="A82" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B82" s="8" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C82" s="8"/>
       <x:c r="D82" s="9" t="n">
-        <x:v>88813</x:v>
+        <x:v>23629</x:v>
       </x:c>
       <x:c r="E82" s="8" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F82" s="8" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G82" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H82" s="8" t="s">
-        <x:v>344</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>347</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.49609375" customHeight="1" collapsed="0">
       <x:c r="A83" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B83" s="8" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C83" s="8"/>
       <x:c r="D83" s="9" t="n">
-        <x:v>214802</x:v>
+        <x:v>20688</x:v>
       </x:c>
       <x:c r="E83" s="8" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F83" s="8" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G83" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H83" s="8" t="s">
-        <x:v>348</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>352</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1678.84765625" customHeight="1" collapsed="0">
       <x:c r="A84" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B84" s="8" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C84" s="8"/>
       <x:c r="D84" s="9" t="n">
-        <x:v>167333</x:v>
+        <x:v>177791</x:v>
       </x:c>
       <x:c r="E84" s="8" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F84" s="8" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G84" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H84" s="8" t="s">
-        <x:v>352</x:v>
-[...2 lines deleted...]
-    <x:row ht="2276.8203125" customHeight="1" collapsed="0">
+        <x:v>356</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.95703125" customHeight="1" collapsed="0">
       <x:c r="A85" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B85" s="8" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C85" s="8"/>
       <x:c r="D85" s="9" t="n">
-        <x:v>23307</x:v>
+        <x:v>86966</x:v>
       </x:c>
       <x:c r="E85" s="8" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F85" s="8" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G85" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H85" s="8" t="s">
-        <x:v>356</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.953125" customHeight="1" collapsed="0">
+        <x:v>360</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A86" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B86" s="8" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C86" s="8"/>
       <x:c r="D86" s="9" t="n">
-        <x:v>117019</x:v>
+        <x:v>120168</x:v>
       </x:c>
       <x:c r="E86" s="8" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F86" s="8" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="G86" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H86" s="8" t="s">
-        <x:v>360</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>364</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.484375" customHeight="1" collapsed="0">
       <x:c r="A87" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B87" s="8" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C87" s="8"/>
       <x:c r="D87" s="9" t="n">
-        <x:v>302539</x:v>
+        <x:v>20669</x:v>
       </x:c>
       <x:c r="E87" s="8" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F87" s="8" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G87" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H87" s="8" t="s">
-        <x:v>364</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.4765625" customHeight="1" collapsed="0">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.4921875" customHeight="1" collapsed="0">
       <x:c r="A88" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B88" s="8" t="s">
-        <x:v>365</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C88" s="8"/>
       <x:c r="D88" s="9" t="n">
-        <x:v>78475</x:v>
+        <x:v>121713</x:v>
       </x:c>
       <x:c r="E88" s="8" t="s">
-        <x:v>366</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="F88" s="8" t="s">
-        <x:v>367</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G88" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H88" s="8" t="s">
-        <x:v>368</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.46875" customHeight="1" collapsed="0">
+        <x:v>374</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="632.43359375" customHeight="1" collapsed="0">
       <x:c r="A89" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B89" s="8" t="s">
-        <x:v>369</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C89" s="8"/>
       <x:c r="D89" s="9" t="n">
-        <x:v>331140</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="E89" s="8" t="s">
-        <x:v>370</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F89" s="8" t="s">
-        <x:v>371</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G89" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H89" s="8" t="s">
-        <x:v>372</x:v>
-[...2 lines deleted...]
-    <x:row ht="1563.87890625" customHeight="1" collapsed="0">
+        <x:v>378</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A90" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B90" s="8" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C90" s="8"/>
       <x:c r="D90" s="9" t="n">
-        <x:v>197528</x:v>
+        <x:v>80961</x:v>
       </x:c>
       <x:c r="E90" s="8" t="s">
-        <x:v>374</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F90" s="8" t="s">
-        <x:v>375</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="G90" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H90" s="8" t="s">
-        <x:v>376</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.92578125" customHeight="1" collapsed="0">
+        <x:v>382</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.98828125" customHeight="1" collapsed="0">
       <x:c r="A91" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B91" s="8" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C91" s="8"/>
       <x:c r="D91" s="9" t="n">
-        <x:v>37835</x:v>
+        <x:v>96378</x:v>
       </x:c>
       <x:c r="E91" s="8" t="s">
-        <x:v>378</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F91" s="8" t="s">
-        <x:v>379</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="G91" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H91" s="8" t="s">
-        <x:v>380</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>386</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1839.8515625" customHeight="1" collapsed="0">
       <x:c r="A92" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B92" s="8" t="s">
-        <x:v>381</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C92" s="8"/>
       <x:c r="D92" s="9" t="n">
-        <x:v>244098</x:v>
+        <x:v>29623</x:v>
       </x:c>
       <x:c r="E92" s="8" t="s">
-        <x:v>382</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F92" s="8" t="s">
-        <x:v>383</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G92" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H92" s="8" t="s">
-        <x:v>384</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.98828125" customHeight="1" collapsed="0">
+        <x:v>390</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.984375" customHeight="1" collapsed="0">
       <x:c r="A93" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B93" s="8" t="s">
-        <x:v>385</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C93" s="8"/>
       <x:c r="D93" s="9" t="n">
-        <x:v>86072</x:v>
+        <x:v>20930</x:v>
       </x:c>
       <x:c r="E93" s="8" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F93" s="8" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="G93" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H93" s="8" t="s">
-        <x:v>388</x:v>
-[...2 lines deleted...]
-    <x:row ht="804.92578125" customHeight="1" collapsed="0">
+        <x:v>394</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9609375" customHeight="1" collapsed="0">
       <x:c r="A94" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B94" s="8" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C94" s="8"/>
       <x:c r="D94" s="9" t="n">
-        <x:v>288291</x:v>
+        <x:v>51351</x:v>
       </x:c>
       <x:c r="E94" s="8" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F94" s="8" t="s">
-        <x:v>391</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G94" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H94" s="8" t="s">
-        <x:v>392</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.46875" customHeight="1" collapsed="0">
+        <x:v>398</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A95" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B95" s="8" t="s">
-        <x:v>393</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C95" s="8"/>
       <x:c r="D95" s="9" t="n">
-        <x:v>73665</x:v>
+        <x:v>149590</x:v>
       </x:c>
       <x:c r="E95" s="8" t="s">
-        <x:v>394</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F95" s="8" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G95" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H95" s="8" t="s">
-        <x:v>396</x:v>
-[...2 lines deleted...]
-    <x:row ht="8417.28125" customHeight="1" collapsed="0">
+        <x:v>402</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A96" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B96" s="8" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C96" s="8"/>
       <x:c r="D96" s="9" t="n">
-        <x:v>20835</x:v>
+        <x:v>21286</x:v>
       </x:c>
       <x:c r="E96" s="8" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F96" s="8" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G96" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H96" s="8" t="s">
-        <x:v>401</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.45703125" customHeight="1" collapsed="0">
+        <x:v>407</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A97" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B97" s="8" t="s">
-        <x:v>402</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C97" s="8"/>
       <x:c r="D97" s="9" t="n">
-        <x:v>21219</x:v>
+        <x:v>50774</x:v>
       </x:c>
       <x:c r="E97" s="8" t="s">
-        <x:v>403</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F97" s="8" t="s">
-        <x:v>404</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G97" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H97" s="8" t="s">
-        <x:v>405</x:v>
-[...2 lines deleted...]
-    <x:row ht="298.96875" customHeight="1" collapsed="0">
+        <x:v>412</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4765625" customHeight="1" collapsed="0">
       <x:c r="A98" s="8" t="s">
-        <x:v>406</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B98" s="8" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C98" s="8"/>
       <x:c r="D98" s="9" t="n">
-        <x:v>21254</x:v>
+        <x:v>33872</x:v>
       </x:c>
       <x:c r="E98" s="8" t="s">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F98" s="8" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="G98" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H98" s="8" t="s">
-        <x:v>410</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.4921875" customHeight="1" collapsed="0">
+        <x:v>416</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4609375" customHeight="1" collapsed="0">
       <x:c r="A99" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B99" s="8" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C99" s="8"/>
       <x:c r="D99" s="9" t="n">
-        <x:v>20820</x:v>
+        <x:v>194618</x:v>
       </x:c>
       <x:c r="E99" s="8" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F99" s="8" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="G99" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H99" s="8" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-    <x:row ht="1333.8984375" customHeight="1" collapsed="0">
+        <x:v>420</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46484375" customHeight="1" collapsed="0">
       <x:c r="A100" s="8" t="s">
-        <x:v>266</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B100" s="8" t="s">
-        <x:v>415</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C100" s="8"/>
       <x:c r="D100" s="9" t="n">
-        <x:v>21210</x:v>
+        <x:v>48950</x:v>
       </x:c>
       <x:c r="E100" s="8" t="s">
-        <x:v>416</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F100" s="8" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="G100" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H100" s="8" t="s">
-        <x:v>418</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>424</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46484375" customHeight="1" collapsed="0">
       <x:c r="A101" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B101" s="8" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C101" s="8"/>
       <x:c r="D101" s="9" t="n">
-        <x:v>21422</x:v>
+        <x:v>39237</x:v>
       </x:c>
       <x:c r="E101" s="8" t="s">
-        <x:v>420</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="F101" s="8" t="s">
-        <x:v>421</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G101" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H101" s="8" t="s">
-        <x:v>422</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.9609375" customHeight="1" collapsed="0">
+        <x:v>428</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A102" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B102" s="8" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C102" s="8"/>
       <x:c r="D102" s="9" t="n">
-        <x:v>123637</x:v>
+        <x:v>154077</x:v>
       </x:c>
       <x:c r="E102" s="8" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F102" s="8" t="s">
-        <x:v>425</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="G102" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H102" s="8" t="s">
-        <x:v>426</x:v>
-[...2 lines deleted...]
-    <x:row ht="494.4453125" customHeight="1" collapsed="0">
+        <x:v>432</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.453125" customHeight="1" collapsed="0">
       <x:c r="A103" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B103" s="8" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C103" s="8"/>
       <x:c r="D103" s="9" t="n">
-        <x:v>223823</x:v>
+        <x:v>34005</x:v>
       </x:c>
       <x:c r="E103" s="8" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F103" s="8" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="G103" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H103" s="8" t="s">
-        <x:v>430</x:v>
-[...2 lines deleted...]
-    <x:row ht="1506.359375" customHeight="1" collapsed="0">
+        <x:v>437</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.95703125" customHeight="1" collapsed="0">
       <x:c r="A104" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B104" s="8" t="s">
-        <x:v>431</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C104" s="8"/>
       <x:c r="D104" s="9" t="n">
-        <x:v>120150</x:v>
+        <x:v>20042</x:v>
       </x:c>
       <x:c r="E104" s="8" t="s">
-        <x:v>432</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F104" s="8" t="s">
-        <x:v>433</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="G104" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H104" s="8" t="s">
-        <x:v>434</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.4921875" customHeight="1" collapsed="0">
+        <x:v>441</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4609375" customHeight="1" collapsed="0">
       <x:c r="A105" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B105" s="8" t="s">
-        <x:v>435</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C105" s="8"/>
       <x:c r="D105" s="9" t="n">
-        <x:v>28442</x:v>
+        <x:v>21219</x:v>
       </x:c>
       <x:c r="E105" s="8" t="s">
-        <x:v>436</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F105" s="8" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G105" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H105" s="8" t="s">
-        <x:v>438</x:v>
-[...2 lines deleted...]
-    <x:row ht="1954.8203125" customHeight="1" collapsed="0">
+        <x:v>445</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1391.37890625" customHeight="1" collapsed="0">
       <x:c r="A106" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B106" s="8" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C106" s="8"/>
       <x:c r="D106" s="9" t="n">
-        <x:v>136396</x:v>
+        <x:v>32752</x:v>
       </x:c>
       <x:c r="E106" s="8" t="s">
-        <x:v>440</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F106" s="8" t="s">
-        <x:v>441</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="G106" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H106" s="8" t="s">
-        <x:v>442</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+        <x:v>449</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.50390625" customHeight="1" collapsed="0">
       <x:c r="A107" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B107" s="8" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C107" s="8"/>
       <x:c r="D107" s="9" t="n">
-        <x:v>78625</x:v>
+        <x:v>62906</x:v>
       </x:c>
       <x:c r="E107" s="8" t="s">
-        <x:v>444</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F107" s="8" t="s">
-        <x:v>445</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G107" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H107" s="8" t="s">
-        <x:v>446</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4453125" customHeight="1" collapsed="0">
+        <x:v>453</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.41015625" customHeight="1" collapsed="0">
       <x:c r="A108" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B108" s="8" t="s">
-        <x:v>447</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C108" s="8"/>
       <x:c r="D108" s="9" t="n">
-        <x:v>278482</x:v>
+        <x:v>21359</x:v>
       </x:c>
       <x:c r="E108" s="8" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F108" s="8" t="s">
-        <x:v>449</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G108" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H108" s="8" t="s">
-        <x:v>450</x:v>
-[...2 lines deleted...]
-    <x:row ht="1000.3984375" customHeight="1" collapsed="0">
+        <x:v>458</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4609375" customHeight="1" collapsed="0">
       <x:c r="A109" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B109" s="8" t="s">
-        <x:v>451</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C109" s="8"/>
       <x:c r="D109" s="9" t="n">
-        <x:v>84089</x:v>
+        <x:v>20103</x:v>
       </x:c>
       <x:c r="E109" s="8" t="s">
-        <x:v>326</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="F109" s="8" t="s">
-        <x:v>327</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="G109" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H109" s="8" t="s">
-        <x:v>452</x:v>
-[...2 lines deleted...]
-    <x:row ht="1839.859375" customHeight="1" collapsed="0">
+        <x:v>462</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.9375" customHeight="1" collapsed="0">
       <x:c r="A110" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B110" s="8" t="s">
-        <x:v>453</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C110" s="8"/>
       <x:c r="D110" s="9" t="n">
-        <x:v>29623</x:v>
+        <x:v>86123</x:v>
       </x:c>
       <x:c r="E110" s="8" t="s">
-        <x:v>454</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F110" s="8" t="s">
-        <x:v>455</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G110" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H110" s="8" t="s">
-        <x:v>456</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.9609375" customHeight="1" collapsed="0">
+        <x:v>466</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9921875" customHeight="1" collapsed="0">
       <x:c r="A111" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B111" s="8" t="s">
-        <x:v>457</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C111" s="8"/>
       <x:c r="D111" s="9" t="n">
-        <x:v>20042</x:v>
+        <x:v>152451</x:v>
       </x:c>
       <x:c r="E111" s="8" t="s">
-        <x:v>458</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F111" s="8" t="s">
-        <x:v>459</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="G111" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H111" s="8" t="s">
-        <x:v>460</x:v>
-[...2 lines deleted...]
-    <x:row ht="1322.390625" customHeight="1" collapsed="0">
+        <x:v>470</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1126.91796875" customHeight="1" collapsed="0">
       <x:c r="A112" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B112" s="8" t="s">
-        <x:v>461</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C112" s="8"/>
       <x:c r="D112" s="9" t="n">
-        <x:v>383742</x:v>
+        <x:v>59159</x:v>
       </x:c>
       <x:c r="E112" s="8" t="s">
-        <x:v>462</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F112" s="8" t="s">
-        <x:v>463</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="G112" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H112" s="8" t="s">
-        <x:v>464</x:v>
-[...2 lines deleted...]
-    <x:row ht="6243.953125" customHeight="1" collapsed="0">
+        <x:v>474</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9921875" customHeight="1" collapsed="0">
       <x:c r="A113" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B113" s="8" t="s">
-        <x:v>465</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C113" s="8"/>
       <x:c r="D113" s="9" t="n">
-        <x:v>20142</x:v>
+        <x:v>23745</x:v>
       </x:c>
       <x:c r="E113" s="8" t="s">
-        <x:v>466</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="F113" s="8" t="s">
-        <x:v>467</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="G113" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H113" s="8" t="s">
-        <x:v>468</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.953125" customHeight="1" collapsed="0">
+        <x:v>478</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.5" customHeight="1" collapsed="0">
       <x:c r="A114" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B114" s="8" t="s">
-        <x:v>469</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C114" s="8"/>
       <x:c r="D114" s="9" t="n">
-        <x:v>21286</x:v>
+        <x:v>20590</x:v>
       </x:c>
       <x:c r="E114" s="8" t="s">
-        <x:v>470</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F114" s="8" t="s">
-        <x:v>471</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="G114" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H114" s="8" t="s">
-        <x:v>472</x:v>
-[...2 lines deleted...]
-    <x:row ht="6048.4765625" customHeight="1" collapsed="0">
+        <x:v>482</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.4609375" customHeight="1" collapsed="0">
       <x:c r="A115" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B115" s="8" t="s">
-        <x:v>473</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C115" s="8"/>
       <x:c r="D115" s="9" t="n">
-        <x:v>29489</x:v>
+        <x:v>252058</x:v>
       </x:c>
       <x:c r="E115" s="8" t="s">
-        <x:v>474</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F115" s="8" t="s">
-        <x:v>475</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="G115" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H115" s="8" t="s">
-        <x:v>476</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.9921875" customHeight="1" collapsed="0">
+        <x:v>486</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.94921875" customHeight="1" collapsed="0">
       <x:c r="A116" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B116" s="8" t="s">
-        <x:v>477</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C116" s="8"/>
       <x:c r="D116" s="9" t="n">
-        <x:v>89545</x:v>
+        <x:v>69850</x:v>
       </x:c>
       <x:c r="E116" s="8" t="s">
-        <x:v>478</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F116" s="8" t="s">
-        <x:v>479</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="G116" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H116" s="8" t="s">
-        <x:v>480</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.90625" customHeight="1" collapsed="0">
+        <x:v>490</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.44921875" customHeight="1" collapsed="0">
       <x:c r="A117" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B117" s="8" t="s">
-        <x:v>481</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C117" s="8"/>
       <x:c r="D117" s="9" t="n">
-        <x:v>84993</x:v>
+        <x:v>107661</x:v>
       </x:c>
       <x:c r="E117" s="8" t="s">
-        <x:v>482</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="F117" s="8" t="s">
-        <x:v>483</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="G117" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H117" s="8" t="s">
-        <x:v>484</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+        <x:v>494</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.99609375" customHeight="1" collapsed="0">
       <x:c r="A118" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B118" s="8" t="s">
-        <x:v>485</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C118" s="8"/>
       <x:c r="D118" s="9" t="n">
-        <x:v>69565</x:v>
+        <x:v>24509</x:v>
       </x:c>
       <x:c r="E118" s="8" t="s">
-        <x:v>486</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F118" s="8" t="s">
-        <x:v>487</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G118" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H118" s="8" t="s">
-        <x:v>488</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.9140625" customHeight="1" collapsed="0">
+        <x:v>498</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.49609375" customHeight="1" collapsed="0">
       <x:c r="A119" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B119" s="8" t="s">
-        <x:v>489</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C119" s="8"/>
       <x:c r="D119" s="9" t="n">
-        <x:v>57524</x:v>
+        <x:v>84983</x:v>
       </x:c>
       <x:c r="E119" s="8" t="s">
-        <x:v>326</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F119" s="8" t="s">
-        <x:v>327</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G119" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H119" s="8" t="s">
-        <x:v>490</x:v>
-[...2 lines deleted...]
-    <x:row ht="1126.90625" customHeight="1" collapsed="0">
+        <x:v>503</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4609375" customHeight="1" collapsed="0">
       <x:c r="A120" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B120" s="8" t="s">
-        <x:v>491</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C120" s="8"/>
       <x:c r="D120" s="9" t="n">
-        <x:v>59159</x:v>
+        <x:v>129234</x:v>
       </x:c>
       <x:c r="E120" s="8" t="s">
-        <x:v>492</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="F120" s="8" t="s">
-        <x:v>493</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G120" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H120" s="8" t="s">
-        <x:v>494</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.4609375" customHeight="1" collapsed="0">
+        <x:v>507</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.453125" customHeight="1" collapsed="0">
       <x:c r="A121" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B121" s="8" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C121" s="8"/>
       <x:c r="D121" s="9" t="n">
-        <x:v>47655</x:v>
+        <x:v>121076</x:v>
       </x:c>
       <x:c r="E121" s="8" t="s">
-        <x:v>496</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F121" s="8" t="s">
-        <x:v>497</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="G121" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H121" s="8" t="s">
-        <x:v>498</x:v>
-[...2 lines deleted...]
-    <x:row ht="632.4375" customHeight="1" collapsed="0">
+        <x:v>511</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A122" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B122" s="8" t="s">
-        <x:v>499</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C122" s="8"/>
       <x:c r="D122" s="9" t="n">
-        <x:v>44821</x:v>
+        <x:v>20183</x:v>
       </x:c>
       <x:c r="E122" s="8" t="s">
-        <x:v>500</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F122" s="8" t="s">
-        <x:v>501</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="G122" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H122" s="8" t="s">
-        <x:v>502</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.953125" customHeight="1" collapsed="0">
+        <x:v>515</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.9921875" customHeight="1" collapsed="0">
       <x:c r="A123" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B123" s="8" t="s">
-        <x:v>503</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C123" s="8"/>
       <x:c r="D123" s="9" t="n">
-        <x:v>92870</x:v>
+        <x:v>21535</x:v>
       </x:c>
       <x:c r="E123" s="8" t="s">
-        <x:v>504</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F123" s="8" t="s">
-        <x:v>505</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="G123" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H123" s="8" t="s">
-        <x:v>506</x:v>
-[...2 lines deleted...]
-    <x:row ht="1276.390625" customHeight="1" collapsed="0">
+        <x:v>519</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1609.8515625" customHeight="1" collapsed="0">
       <x:c r="A124" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B124" s="8" t="s">
-        <x:v>507</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C124" s="8"/>
       <x:c r="D124" s="9" t="n">
-        <x:v>23629</x:v>
+        <x:v>21084</x:v>
       </x:c>
       <x:c r="E124" s="8" t="s">
-        <x:v>508</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F124" s="8" t="s">
-        <x:v>509</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G124" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H124" s="8" t="s">
-        <x:v>510</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.953125" customHeight="1" collapsed="0">
+        <x:v>523</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A125" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B125" s="8" t="s">
-        <x:v>511</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C125" s="8"/>
       <x:c r="D125" s="9" t="n">
-        <x:v>92298</x:v>
+        <x:v>20749</x:v>
       </x:c>
       <x:c r="E125" s="8" t="s">
-        <x:v>512</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F125" s="8" t="s">
-        <x:v>513</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G125" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H125" s="8" t="s">
-        <x:v>514</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.484375" customHeight="1" collapsed="0">
+        <x:v>527</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="69" customHeight="1" collapsed="0">
       <x:c r="A126" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B126" s="8" t="s">
-        <x:v>515</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C126" s="8"/>
       <x:c r="D126" s="9" t="n">
-        <x:v>120168</x:v>
+        <x:v>86072</x:v>
       </x:c>
       <x:c r="E126" s="8" t="s">
-        <x:v>516</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="F126" s="8" t="s">
-        <x:v>517</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G126" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H126" s="8" t="s">
-        <x:v>518</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9375" customHeight="1" collapsed="0">
+        <x:v>531</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9765625" customHeight="1" collapsed="0">
       <x:c r="A127" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B127" s="8" t="s">
-        <x:v>519</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C127" s="8"/>
       <x:c r="D127" s="9" t="n">
-        <x:v>114080</x:v>
+        <x:v>69946</x:v>
       </x:c>
       <x:c r="E127" s="8" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F127" s="8" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G127" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H127" s="8" t="s">
-        <x:v>522</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.4609375" customHeight="1" collapsed="0">
+        <x:v>535</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2541.2890625" customHeight="1" collapsed="0">
       <x:c r="A128" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B128" s="8" t="s">
-        <x:v>523</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C128" s="8"/>
       <x:c r="D128" s="9" t="n">
-        <x:v>228449</x:v>
+        <x:v>132171</x:v>
       </x:c>
       <x:c r="E128" s="8" t="s">
-        <x:v>524</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F128" s="8" t="s">
-        <x:v>525</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="G128" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H128" s="8" t="s">
-        <x:v>526</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.4765625" customHeight="1" collapsed="0">
+        <x:v>539</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A129" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B129" s="8" t="s">
-        <x:v>527</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C129" s="8"/>
       <x:c r="D129" s="9" t="n">
-        <x:v>47128</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="E129" s="8" t="s">
-        <x:v>528</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F129" s="8" t="s">
-        <x:v>529</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="G129" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H129" s="8" t="s">
-        <x:v>530</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9375" customHeight="1" collapsed="0">
+        <x:v>543</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4921875" customHeight="1" collapsed="0">
       <x:c r="A130" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B130" s="8" t="s">
-        <x:v>531</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C130" s="8"/>
       <x:c r="D130" s="9" t="n">
-        <x:v>38158</x:v>
+        <x:v>20796</x:v>
       </x:c>
       <x:c r="E130" s="8" t="s">
-        <x:v>532</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F130" s="8" t="s">
-        <x:v>533</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G130" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H130" s="8" t="s">
-        <x:v>534</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.46875" customHeight="1" collapsed="0">
+        <x:v>547</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="609.4453125" customHeight="1" collapsed="0">
       <x:c r="A131" s="8" t="s">
-        <x:v>535</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B131" s="8" t="s">
-        <x:v>536</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C131" s="8"/>
       <x:c r="D131" s="9" t="n">
-        <x:v>38812</x:v>
+        <x:v>26204</x:v>
       </x:c>
       <x:c r="E131" s="8" t="s">
-        <x:v>537</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F131" s="8" t="s">
-        <x:v>538</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G131" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H131" s="8" t="s">
-        <x:v>539</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.4921875" customHeight="1" collapsed="0">
+        <x:v>550</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A132" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B132" s="8" t="s">
-        <x:v>540</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C132" s="8"/>
       <x:c r="D132" s="9" t="n">
-        <x:v>129580</x:v>
+        <x:v>52081</x:v>
       </x:c>
       <x:c r="E132" s="8" t="s">
-        <x:v>541</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F132" s="8" t="s">
-        <x:v>542</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="G132" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H132" s="8" t="s">
-        <x:v>543</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.484375" customHeight="1" collapsed="0">
+        <x:v>554</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1000.40625" customHeight="1" collapsed="0">
       <x:c r="A133" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B133" s="8" t="s">
-        <x:v>544</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C133" s="8"/>
       <x:c r="D133" s="9" t="n">
-        <x:v>29823</x:v>
+        <x:v>84089</x:v>
       </x:c>
       <x:c r="E133" s="8" t="s">
-        <x:v>545</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F133" s="8" t="s">
-        <x:v>546</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G133" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H133" s="8" t="s">
-        <x:v>547</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.9453125" customHeight="1" collapsed="0">
+        <x:v>556</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1828.34375" customHeight="1" collapsed="0">
       <x:c r="A134" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B134" s="8" t="s">
-        <x:v>548</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C134" s="8"/>
       <x:c r="D134" s="9" t="n">
-        <x:v>60915</x:v>
+        <x:v>103597</x:v>
       </x:c>
       <x:c r="E134" s="8" t="s">
-        <x:v>549</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F134" s="8" t="s">
-        <x:v>550</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G134" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H134" s="8" t="s">
-        <x:v>551</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>560</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1805.359375" customHeight="1" collapsed="0">
       <x:c r="A135" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B135" s="8" t="s">
-        <x:v>552</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C135" s="8"/>
       <x:c r="D135" s="9" t="n">
-        <x:v>660196</x:v>
+        <x:v>239839</x:v>
       </x:c>
       <x:c r="E135" s="8" t="s">
-        <x:v>553</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F135" s="8" t="s">
-        <x:v>554</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="G135" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H135" s="8" t="s">
-        <x:v>555</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>564</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.953125" customHeight="1" collapsed="0">
       <x:c r="A136" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B136" s="8" t="s">
-        <x:v>557</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C136" s="8"/>
       <x:c r="D136" s="9" t="n">
-        <x:v>44027</x:v>
+        <x:v>24633</x:v>
       </x:c>
       <x:c r="E136" s="8" t="s">
-        <x:v>558</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F136" s="8" t="s">
-        <x:v>559</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="G136" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H136" s="8" t="s">
-        <x:v>560</x:v>
-[...2 lines deleted...]
-    <x:row ht="977.421875" customHeight="1" collapsed="0">
+        <x:v>568</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A137" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B137" s="8" t="s">
-        <x:v>561</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C137" s="8"/>
       <x:c r="D137" s="9" t="n">
-        <x:v>99511</x:v>
+        <x:v>20526</x:v>
       </x:c>
       <x:c r="E137" s="8" t="s">
-        <x:v>562</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F137" s="8" t="s">
-        <x:v>563</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="G137" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H137" s="8" t="s">
-        <x:v>564</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.46875" customHeight="1" collapsed="0">
+        <x:v>572</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A138" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B138" s="8" t="s">
-        <x:v>565</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C138" s="8"/>
       <x:c r="D138" s="9" t="n">
-        <x:v>21134</x:v>
+        <x:v>47803</x:v>
       </x:c>
       <x:c r="E138" s="8" t="s">
-        <x:v>566</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F138" s="8" t="s">
-        <x:v>567</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="G138" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H138" s="8" t="s">
-        <x:v>568</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.4765625" customHeight="1" collapsed="0">
+        <x:v>576</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.984375" customHeight="1" collapsed="0">
       <x:c r="A139" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B139" s="8" t="s">
-        <x:v>569</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C139" s="8"/>
       <x:c r="D139" s="9" t="n">
-        <x:v>50437</x:v>
+        <x:v>20991</x:v>
       </x:c>
       <x:c r="E139" s="8" t="s">
-        <x:v>570</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="F139" s="8" t="s">
-        <x:v>571</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="G139" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H139" s="8" t="s">
-        <x:v>572</x:v>
-[...2 lines deleted...]
-    <x:row ht="9118.703125" customHeight="1" collapsed="0">
+        <x:v>580</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2391.7890625" customHeight="1" collapsed="0">
       <x:c r="A140" s="8" t="s">
-        <x:v>573</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B140" s="8" t="s">
-        <x:v>574</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C140" s="8"/>
       <x:c r="D140" s="9" t="n">
-        <x:v>124088</x:v>
+        <x:v>208136</x:v>
       </x:c>
       <x:c r="E140" s="8" t="s">
-        <x:v>575</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="F140" s="8" t="s">
-        <x:v>576</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="G140" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H140" s="8" t="s">
-        <x:v>577</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.4921875" customHeight="1" collapsed="0">
+        <x:v>584</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9765625" customHeight="1" collapsed="0">
       <x:c r="A141" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B141" s="8" t="s">
-        <x:v>579</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C141" s="8"/>
       <x:c r="D141" s="9" t="n">
-        <x:v>95294</x:v>
+        <x:v>139987</x:v>
       </x:c>
       <x:c r="E141" s="8" t="s">
-        <x:v>580</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F141" s="8" t="s">
-        <x:v>581</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="G141" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H141" s="8" t="s">
-        <x:v>582</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9296875" customHeight="1" collapsed="0">
+        <x:v>589</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
       <x:c r="A142" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B142" s="8" t="s">
-        <x:v>583</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C142" s="8"/>
       <x:c r="D142" s="9" t="n">
-        <x:v>52930</x:v>
+        <x:v>37794</x:v>
       </x:c>
       <x:c r="E142" s="8" t="s">
-        <x:v>584</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F142" s="8" t="s">
-        <x:v>585</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G142" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H142" s="8" t="s">
-        <x:v>586</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.921875" customHeight="1" collapsed="0">
+        <x:v>593</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1448.875" customHeight="1" collapsed="0">
       <x:c r="A143" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B143" s="8" t="s">
-        <x:v>587</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C143" s="8"/>
       <x:c r="D143" s="9" t="n">
-        <x:v>40025</x:v>
+        <x:v>151474</x:v>
       </x:c>
       <x:c r="E143" s="8" t="s">
-        <x:v>326</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F143" s="8" t="s">
-        <x:v>327</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="G143" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H143" s="8" t="s">
-        <x:v>588</x:v>
-[...2 lines deleted...]
-    <x:row ht="1391.390625" customHeight="1" collapsed="0">
+        <x:v>598</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.0078125" customHeight="1" collapsed="0">
       <x:c r="A144" s="8" t="s">
-        <x:v>266</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B144" s="8" t="s">
-        <x:v>589</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C144" s="8"/>
       <x:c r="D144" s="9" t="n">
-        <x:v>32752</x:v>
+        <x:v>36767</x:v>
       </x:c>
       <x:c r="E144" s="8" t="s">
-        <x:v>590</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F144" s="8" t="s">
-        <x:v>591</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G144" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H144" s="8" t="s">
-        <x:v>592</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.4453125" customHeight="1" collapsed="0">
+        <x:v>602</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1011.9140625" customHeight="1" collapsed="0">
       <x:c r="A145" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B145" s="8" t="s">
-        <x:v>593</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C145" s="8"/>
       <x:c r="D145" s="9" t="n">
-        <x:v>107661</x:v>
+        <x:v>57524</x:v>
       </x:c>
       <x:c r="E145" s="8" t="s">
-        <x:v>594</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F145" s="8" t="s">
-        <x:v>595</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G145" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H145" s="8" t="s">
-        <x:v>596</x:v>
-[...2 lines deleted...]
-    <x:row ht="827.9453125" customHeight="1" collapsed="0">
+        <x:v>604</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A146" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B146" s="8" t="s">
-        <x:v>597</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C146" s="8"/>
       <x:c r="D146" s="9" t="n">
-        <x:v>133671</x:v>
+        <x:v>114080</x:v>
       </x:c>
       <x:c r="E146" s="8" t="s">
-        <x:v>598</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F146" s="8" t="s">
-        <x:v>599</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="G146" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H146" s="8" t="s">
-        <x:v>600</x:v>
-[...2 lines deleted...]
-    <x:row ht="2851.7734375" customHeight="1" collapsed="0">
+        <x:v>608</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4300.6484375" customHeight="1" collapsed="0">
       <x:c r="A147" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B147" s="8" t="s">
-        <x:v>601</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C147" s="8"/>
       <x:c r="D147" s="9" t="n">
-        <x:v>310078</x:v>
+        <x:v>37822</x:v>
       </x:c>
       <x:c r="E147" s="8" t="s">
-        <x:v>602</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="F147" s="8" t="s">
-        <x:v>603</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="G147" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H147" s="8" t="s">
-        <x:v>604</x:v>
-[...2 lines deleted...]
-    <x:row ht="80.5" customHeight="1" collapsed="0">
+        <x:v>612</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.9140625" customHeight="1" collapsed="0">
       <x:c r="A148" s="8" t="s">
-        <x:v>605</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B148" s="8" t="s">
-        <x:v>606</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C148" s="8"/>
       <x:c r="D148" s="9" t="n">
-        <x:v>20538</x:v>
+        <x:v>40025</x:v>
       </x:c>
       <x:c r="E148" s="8" t="s">
-        <x:v>607</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F148" s="8" t="s">
-        <x:v>608</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G148" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H148" s="8" t="s">
-        <x:v>609</x:v>
-[...2 lines deleted...]
-    <x:row ht="2886.2578125" customHeight="1" collapsed="0">
+        <x:v>614</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A149" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B149" s="8" t="s">
-        <x:v>610</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C149" s="8"/>
       <x:c r="D149" s="9" t="n">
-        <x:v>55258</x:v>
+        <x:v>20534</x:v>
       </x:c>
       <x:c r="E149" s="8" t="s">
-        <x:v>611</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F149" s="8" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="G149" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H149" s="8" t="s">
-        <x:v>613</x:v>
-[...2 lines deleted...]
-    <x:row ht="13545.8359375" customHeight="1" collapsed="0">
+        <x:v>618</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.453125" customHeight="1" collapsed="0">
       <x:c r="A150" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B150" s="8" t="s">
-        <x:v>614</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C150" s="8"/>
       <x:c r="D150" s="9" t="n">
-        <x:v>89694</x:v>
+        <x:v>92204</x:v>
       </x:c>
       <x:c r="E150" s="8" t="s">
-        <x:v>615</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F150" s="8" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="G150" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H150" s="8" t="s">
-        <x:v>617</x:v>
-[...2 lines deleted...]
-    <x:row ht="8693.265625" customHeight="1" collapsed="0">
+        <x:v>622</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A151" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B151" s="8" t="s">
-        <x:v>618</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C151" s="8"/>
       <x:c r="D151" s="9" t="n">
-        <x:v>41028</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="E151" s="8" t="s">
-        <x:v>619</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="F151" s="8" t="s">
-        <x:v>620</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="G151" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H151" s="8" t="s">
-        <x:v>621</x:v>
-[...2 lines deleted...]
-    <x:row ht="1448.875" customHeight="1" collapsed="0">
+        <x:v>626</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A152" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B152" s="8" t="s">
-        <x:v>622</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C152" s="8"/>
       <x:c r="D152" s="9" t="n">
-        <x:v>151474</x:v>
+        <x:v>96645</x:v>
       </x:c>
       <x:c r="E152" s="8" t="s">
-        <x:v>623</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="F152" s="8" t="s">
-        <x:v>624</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="G152" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H152" s="8" t="s">
-        <x:v>625</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.9375" customHeight="1" collapsed="0">
+        <x:v>630</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1264.90625" customHeight="1" collapsed="0">
       <x:c r="A153" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B153" s="8" t="s">
-        <x:v>626</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C153" s="8"/>
       <x:c r="D153" s="9" t="n">
-        <x:v>86123</x:v>
+        <x:v>54428</x:v>
       </x:c>
       <x:c r="E153" s="8" t="s">
-        <x:v>627</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F153" s="8" t="s">
-        <x:v>628</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="G153" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H153" s="8" t="s">
-        <x:v>629</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.96875" customHeight="1" collapsed="0">
+        <x:v>634</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.8984375" customHeight="1" collapsed="0">
       <x:c r="A154" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B154" s="8" t="s">
-        <x:v>630</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C154" s="8"/>
       <x:c r="D154" s="9" t="n">
-        <x:v>51738</x:v>
+        <x:v>49133</x:v>
       </x:c>
       <x:c r="E154" s="8" t="s">
-        <x:v>631</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F154" s="8" t="s">
-        <x:v>632</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="G154" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H154" s="8" t="s">
-        <x:v>633</x:v>
-[...2 lines deleted...]
-    <x:row ht="2518.296875" customHeight="1" collapsed="0">
+        <x:v>638</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9453125" customHeight="1" collapsed="0">
       <x:c r="A155" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B155" s="8" t="s">
-        <x:v>634</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C155" s="8"/>
       <x:c r="D155" s="9" t="n">
-        <x:v>296171</x:v>
+        <x:v>21199</x:v>
       </x:c>
       <x:c r="E155" s="8" t="s">
-        <x:v>635</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F155" s="8" t="s">
-        <x:v>636</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G155" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H155" s="8" t="s">
-        <x:v>637</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+        <x:v>642</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.40625" customHeight="1" collapsed="0">
       <x:c r="A156" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B156" s="8" t="s">
-        <x:v>638</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C156" s="8"/>
       <x:c r="D156" s="9" t="n">
-        <x:v>117739</x:v>
+        <x:v>131025</x:v>
       </x:c>
       <x:c r="E156" s="8" t="s">
-        <x:v>639</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F156" s="8" t="s">
-        <x:v>640</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="G156" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H156" s="8" t="s">
-        <x:v>641</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.96875" customHeight="1" collapsed="0">
+        <x:v>646</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.984375" customHeight="1" collapsed="0">
       <x:c r="A157" s="8" t="s">
-        <x:v>642</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B157" s="8" t="s">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C157" s="8"/>
       <x:c r="D157" s="9" t="n">
-        <x:v>112923</x:v>
+        <x:v>20702</x:v>
       </x:c>
       <x:c r="E157" s="8" t="s">
-        <x:v>644</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F157" s="8" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="G157" s="8" t="s">
-        <x:v>646</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H157" s="8" t="s">
-        <x:v>647</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.984375" customHeight="1" collapsed="0">
+        <x:v>650</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.9765625" customHeight="1" collapsed="0">
       <x:c r="A158" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B158" s="8" t="s">
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C158" s="8"/>
       <x:c r="D158" s="9" t="n">
-        <x:v>89461</x:v>
+        <x:v>20227</x:v>
       </x:c>
       <x:c r="E158" s="8" t="s">
-        <x:v>649</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="F158" s="8" t="s">
-        <x:v>650</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="G158" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H158" s="8" t="s">
-        <x:v>651</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>654</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9453125" customHeight="1" collapsed="0">
       <x:c r="A159" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B159" s="8" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C159" s="8"/>
       <x:c r="D159" s="9" t="n">
-        <x:v>20526</x:v>
+        <x:v>20886</x:v>
       </x:c>
       <x:c r="E159" s="8" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F159" s="8" t="s">
-        <x:v>654</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G159" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H159" s="8" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.46875" customHeight="1" collapsed="0">
+        <x:v>658</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="5289.5546875" customHeight="1" collapsed="0">
       <x:c r="A160" s="8" t="s">
-        <x:v>406</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B160" s="8" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C160" s="8"/>
       <x:c r="D160" s="9" t="n">
-        <x:v>93217</x:v>
+        <x:v>1452288</x:v>
       </x:c>
       <x:c r="E160" s="8" t="s">
-        <x:v>657</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F160" s="8" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G160" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H160" s="8" t="s">
-        <x:v>659</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.484375" customHeight="1" collapsed="0">
+        <x:v>662</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115.0078125" customHeight="1" collapsed="0">
       <x:c r="A161" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B161" s="8" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C161" s="8"/>
       <x:c r="D161" s="9" t="n">
-        <x:v>69886</x:v>
+        <x:v>58085</x:v>
       </x:c>
       <x:c r="E161" s="8" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="F161" s="8" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="G161" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H161" s="8" t="s">
-        <x:v>663</x:v>
-[...2 lines deleted...]
-    <x:row ht="8095.328125" customHeight="1" collapsed="0">
+        <x:v>666</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.9765625" customHeight="1" collapsed="0">
       <x:c r="A162" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B162" s="8" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C162" s="8"/>
       <x:c r="D162" s="9" t="n">
-        <x:v>122038</x:v>
+        <x:v>186699</x:v>
       </x:c>
       <x:c r="E162" s="8" t="s">
-        <x:v>665</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="F162" s="8" t="s">
-        <x:v>666</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G162" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H162" s="8" t="s">
-        <x:v>667</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+        <x:v>670</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.453125" customHeight="1" collapsed="0">
       <x:c r="A163" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B163" s="8" t="s">
-        <x:v>668</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C163" s="8"/>
       <x:c r="D163" s="9" t="n">
-        <x:v>76407</x:v>
+        <x:v>47314</x:v>
       </x:c>
       <x:c r="E163" s="8" t="s">
-        <x:v>669</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F163" s="8" t="s">
-        <x:v>670</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="G163" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H163" s="8" t="s">
-        <x:v>671</x:v>
-[...2 lines deleted...]
-    <x:row ht="253" customHeight="1" collapsed="0">
+        <x:v>674</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A164" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B164" s="8" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C164" s="8"/>
       <x:c r="D164" s="9" t="n">
-        <x:v>75890</x:v>
+        <x:v>36045</x:v>
       </x:c>
       <x:c r="E164" s="8" t="s">
-        <x:v>673</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F164" s="8" t="s">
-        <x:v>674</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="G164" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H164" s="8" t="s">
-        <x:v>675</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.96875" customHeight="1" collapsed="0">
+        <x:v>678</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="770.4140625" customHeight="1" collapsed="0">
       <x:c r="A165" s="8" t="s">
-        <x:v>174</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B165" s="8" t="s">
-        <x:v>676</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C165" s="8"/>
       <x:c r="D165" s="9" t="n">
-        <x:v>33778</x:v>
+        <x:v>96334</x:v>
       </x:c>
       <x:c r="E165" s="8" t="s">
-        <x:v>677</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F165" s="8" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="G165" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H165" s="8" t="s">
-        <x:v>679</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+        <x:v>682</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="942.9296875" customHeight="1" collapsed="0">
       <x:c r="A166" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B166" s="8" t="s">
-        <x:v>680</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C166" s="8"/>
       <x:c r="D166" s="9" t="n">
-        <x:v>614794</x:v>
+        <x:v>83693</x:v>
       </x:c>
       <x:c r="E166" s="8" t="s">
-        <x:v>681</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="F166" s="8" t="s">
-        <x:v>682</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="G166" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H166" s="8" t="s">
-        <x:v>683</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.96875" customHeight="1" collapsed="0">
+        <x:v>686</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.4609375" customHeight="1" collapsed="0">
       <x:c r="A167" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B167" s="8" t="s">
-        <x:v>684</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C167" s="8"/>
       <x:c r="D167" s="9" t="n">
-        <x:v>250127</x:v>
+        <x:v>20029</x:v>
       </x:c>
       <x:c r="E167" s="8" t="s">
-        <x:v>685</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F167" s="8" t="s">
-        <x:v>686</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="G167" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H167" s="8" t="s">
-        <x:v>687</x:v>
-[...2 lines deleted...]
-    <x:row ht="2403.296875" customHeight="1" collapsed="0">
+        <x:v>690</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="850.9296875" customHeight="1" collapsed="0">
       <x:c r="A168" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B168" s="8" t="s">
-        <x:v>688</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C168" s="8"/>
       <x:c r="D168" s="9" t="n">
-        <x:v>20731</x:v>
+        <x:v>205808</x:v>
       </x:c>
       <x:c r="E168" s="8" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F168" s="8" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="G168" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H168" s="8" t="s">
-        <x:v>691</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.46875" customHeight="1" collapsed="0">
+        <x:v>694</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A169" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B169" s="8" t="s">
-        <x:v>692</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C169" s="8"/>
       <x:c r="D169" s="9" t="n">
-        <x:v>257526</x:v>
+        <x:v>37480</x:v>
       </x:c>
       <x:c r="E169" s="8" t="s">
-        <x:v>693</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F169" s="8" t="s">
-        <x:v>694</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="G169" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H169" s="8" t="s">
-        <x:v>695</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46875" customHeight="1" collapsed="0">
+        <x:v>698</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.4921875" customHeight="1" collapsed="0">
       <x:c r="A170" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B170" s="8" t="s">
-        <x:v>696</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C170" s="8"/>
       <x:c r="D170" s="9" t="n">
-        <x:v>194618</x:v>
+        <x:v>20799</x:v>
       </x:c>
       <x:c r="E170" s="8" t="s">
-        <x:v>697</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="F170" s="8" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="G170" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H170" s="8" t="s">
-        <x:v>699</x:v>
-[...2 lines deleted...]
-    <x:row ht="46" customHeight="1" collapsed="0">
+        <x:v>702</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
       <x:c r="A171" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B171" s="8" t="s">
-        <x:v>700</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C171" s="8"/>
       <x:c r="D171" s="9" t="n">
-        <x:v>27916</x:v>
+        <x:v>29493</x:v>
       </x:c>
       <x:c r="E171" s="8" t="s">
-        <x:v>701</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F171" s="8" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="G171" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H171" s="8" t="s">
-        <x:v>703</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.453125" customHeight="1" collapsed="0">
+        <x:v>706</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.453125" customHeight="1" collapsed="0">
       <x:c r="A172" s="8" t="s">
-        <x:v>183</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B172" s="8" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C172" s="8"/>
       <x:c r="D172" s="9" t="n">
-        <x:v>26204</x:v>
+        <x:v>76979</x:v>
       </x:c>
       <x:c r="E172" s="8" t="s">
-        <x:v>644</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="F172" s="8" t="s">
-        <x:v>645</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="G172" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H172" s="8" t="s">
-        <x:v>705</x:v>
-[...2 lines deleted...]
-    <x:row ht="4887.078125" customHeight="1" collapsed="0">
+        <x:v>710</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A173" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B173" s="8" t="s">
-        <x:v>706</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C173" s="8"/>
       <x:c r="D173" s="9" t="n">
-        <x:v>289476</x:v>
+        <x:v>113297</x:v>
       </x:c>
       <x:c r="E173" s="8" t="s">
-        <x:v>707</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F173" s="8" t="s">
-        <x:v>708</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="G173" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H173" s="8" t="s">
-        <x:v>709</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4375" customHeight="1" collapsed="0">
+        <x:v>714</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1368.3828125" customHeight="1" collapsed="0">
       <x:c r="A174" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B174" s="8" t="s">
-        <x:v>710</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C174" s="8"/>
       <x:c r="D174" s="9" t="n">
-        <x:v>76979</x:v>
+        <x:v>20450</x:v>
       </x:c>
       <x:c r="E174" s="8" t="s">
-        <x:v>711</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F174" s="8" t="s">
-        <x:v>712</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="G174" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H174" s="8" t="s">
-        <x:v>713</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+        <x:v>718</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.4921875" customHeight="1" collapsed="0">
       <x:c r="A175" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B175" s="8" t="s">
-        <x:v>714</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C175" s="8"/>
       <x:c r="D175" s="9" t="n">
-        <x:v>68329</x:v>
+        <x:v>185289</x:v>
       </x:c>
       <x:c r="E175" s="8" t="s">
-        <x:v>715</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="F175" s="8" t="s">
-        <x:v>716</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="G175" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H175" s="8" t="s">
-        <x:v>717</x:v>
-[...2 lines deleted...]
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+        <x:v>722</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.953125" customHeight="1" collapsed="0">
       <x:c r="A176" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B176" s="8" t="s">
-        <x:v>718</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C176" s="8"/>
       <x:c r="D176" s="9" t="n">
-        <x:v>96378</x:v>
+        <x:v>172729</x:v>
       </x:c>
       <x:c r="E176" s="8" t="s">
-        <x:v>719</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F176" s="8" t="s">
-        <x:v>720</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G176" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H176" s="8" t="s">
-        <x:v>721</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.90625" customHeight="1" collapsed="0">
+        <x:v>726</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1322.3828125" customHeight="1" collapsed="0">
       <x:c r="A177" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B177" s="8" t="s">
-        <x:v>722</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C177" s="8"/>
       <x:c r="D177" s="9" t="n">
-        <x:v>78823</x:v>
+        <x:v>383742</x:v>
       </x:c>
       <x:c r="E177" s="8" t="s">
-        <x:v>723</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F177" s="8" t="s">
-        <x:v>724</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="G177" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H177" s="8" t="s">
-        <x:v>725</x:v>
-[...2 lines deleted...]
-    <x:row ht="850.9375" customHeight="1" collapsed="0">
+        <x:v>730</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.5078125" customHeight="1" collapsed="0">
       <x:c r="A178" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B178" s="8" t="s">
-        <x:v>726</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C178" s="8"/>
       <x:c r="D178" s="9" t="n">
-        <x:v>205808</x:v>
+        <x:v>20613</x:v>
       </x:c>
       <x:c r="E178" s="8" t="s">
-        <x:v>727</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F178" s="8" t="s">
-        <x:v>728</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="G178" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H178" s="8" t="s">
-        <x:v>729</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.40625" customHeight="1" collapsed="0">
+        <x:v>734</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.453125" customHeight="1" collapsed="0">
       <x:c r="A179" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B179" s="8" t="s">
-        <x:v>730</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C179" s="8"/>
       <x:c r="D179" s="9" t="n">
-        <x:v>90036</x:v>
+        <x:v>228449</x:v>
       </x:c>
       <x:c r="E179" s="8" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="F179" s="8" t="s">
-        <x:v>732</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="G179" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H179" s="8" t="s">
-        <x:v>733</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.46875" customHeight="1" collapsed="0">
+        <x:v>738</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1310.875" customHeight="1" collapsed="0">
       <x:c r="A180" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B180" s="8" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C180" s="8"/>
       <x:c r="D180" s="9" t="n">
-        <x:v>21110</x:v>
+        <x:v>20163</x:v>
       </x:c>
       <x:c r="E180" s="8" t="s">
-        <x:v>735</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F180" s="8" t="s">
-        <x:v>736</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="G180" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H180" s="8" t="s">
-        <x:v>737</x:v>
-[...2 lines deleted...]
-    <x:row ht="2242.3125" customHeight="1" collapsed="0">
+        <x:v>742</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A181" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B181" s="8" t="s">
-        <x:v>738</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C181" s="8"/>
       <x:c r="D181" s="9" t="n">
-        <x:v>106019</x:v>
+        <x:v>79434</x:v>
       </x:c>
       <x:c r="E181" s="8" t="s">
-        <x:v>739</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="F181" s="8" t="s">
-        <x:v>740</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="G181" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H181" s="8" t="s">
-        <x:v>741</x:v>
-[...2 lines deleted...]
-    <x:row ht="988.921875" customHeight="1" collapsed="0">
+        <x:v>746</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.9296875" customHeight="1" collapsed="0">
       <x:c r="A182" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B182" s="8" t="s">
-        <x:v>742</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C182" s="8"/>
       <x:c r="D182" s="9" t="n">
-        <x:v>73147</x:v>
+        <x:v>43309</x:v>
       </x:c>
       <x:c r="E182" s="8" t="s">
-        <x:v>743</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="F182" s="8" t="s">
-        <x:v>744</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="G182" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H182" s="8" t="s">
-        <x:v>745</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>750</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1299.40625" customHeight="1" collapsed="0">
       <x:c r="A183" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B183" s="8" t="s">
-        <x:v>746</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C183" s="8"/>
       <x:c r="D183" s="9" t="n">
-        <x:v>162553</x:v>
+        <x:v>27181</x:v>
       </x:c>
       <x:c r="E183" s="8" t="s">
-        <x:v>747</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F183" s="8" t="s">
-        <x:v>748</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G183" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H183" s="8" t="s">
-        <x:v>749</x:v>
-[...2 lines deleted...]
-    <x:row ht="965.90625" customHeight="1" collapsed="0">
+        <x:v>754</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
       <x:c r="A184" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B184" s="8" t="s">
-        <x:v>750</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C184" s="8"/>
       <x:c r="D184" s="9" t="n">
-        <x:v>49133</x:v>
+        <x:v>47128</x:v>
       </x:c>
       <x:c r="E184" s="8" t="s">
-        <x:v>751</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="F184" s="8" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="G184" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H184" s="8" t="s">
-        <x:v>753</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.984375" customHeight="1" collapsed="0">
+        <x:v>758</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9296875" customHeight="1" collapsed="0">
       <x:c r="A185" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B185" s="8" t="s">
-        <x:v>754</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C185" s="8"/>
       <x:c r="D185" s="9" t="n">
-        <x:v>111477</x:v>
+        <x:v>38158</x:v>
       </x:c>
       <x:c r="E185" s="8" t="s">
-        <x:v>755</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F185" s="8" t="s">
-        <x:v>756</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="G185" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H185" s="8" t="s">
-        <x:v>757</x:v>
-[...2 lines deleted...]
-    <x:row ht="115" customHeight="1" collapsed="0">
+        <x:v>762</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
       <x:c r="A186" s="8" t="s">
-        <x:v>758</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B186" s="8" t="s">
-        <x:v>759</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C186" s="8"/>
       <x:c r="D186" s="9" t="n">
-        <x:v>20043</x:v>
+        <x:v>89545</x:v>
       </x:c>
       <x:c r="E186" s="8" t="s">
-        <x:v>760</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F186" s="8" t="s">
-        <x:v>761</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="G186" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H186" s="8" t="s">
-        <x:v>762</x:v>
-[...2 lines deleted...]
-    <x:row ht="839.421875" customHeight="1" collapsed="0">
+        <x:v>766</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.8984375" customHeight="1" collapsed="0">
       <x:c r="A187" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B187" s="8" t="s">
-        <x:v>763</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C187" s="8"/>
       <x:c r="D187" s="9" t="n">
-        <x:v>214282</x:v>
+        <x:v>42951</x:v>
       </x:c>
       <x:c r="E187" s="8" t="s">
-        <x:v>764</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="F187" s="8" t="s">
-        <x:v>765</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="G187" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H187" s="8" t="s">
-        <x:v>766</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.484375" customHeight="1" collapsed="0">
+        <x:v>770</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.5" customHeight="1" collapsed="0">
       <x:c r="A188" s="8" t="s">
-        <x:v>767</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B188" s="8" t="s">
-        <x:v>768</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C188" s="8"/>
       <x:c r="D188" s="9" t="n">
-        <x:v>84983</x:v>
+        <x:v>20231</x:v>
       </x:c>
       <x:c r="E188" s="8" t="s">
-        <x:v>769</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F188" s="8" t="s">
-        <x:v>770</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="G188" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H188" s="8" t="s">
-        <x:v>771</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46875" customHeight="1" collapsed="0">
+        <x:v>774</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.453125" customHeight="1" collapsed="0">
       <x:c r="A189" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B189" s="8" t="s">
-        <x:v>772</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C189" s="8"/>
       <x:c r="D189" s="9" t="n">
-        <x:v>69995</x:v>
+        <x:v>35333</x:v>
       </x:c>
       <x:c r="E189" s="8" t="s">
-        <x:v>773</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="F189" s="8" t="s">
-        <x:v>774</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="G189" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H189" s="8" t="s">
-        <x:v>775</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>778</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="678.4453125" customHeight="1" collapsed="0">
       <x:c r="A190" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B190" s="8" t="s">
-        <x:v>776</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C190" s="8"/>
       <x:c r="D190" s="9" t="n">
-        <x:v>247840</x:v>
+        <x:v>29887</x:v>
       </x:c>
       <x:c r="E190" s="8" t="s">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F190" s="8" t="s">
-        <x:v>778</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="G190" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H190" s="8" t="s">
-        <x:v>779</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.9375" customHeight="1" collapsed="0">
+        <x:v>783</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A191" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B191" s="8" t="s">
-        <x:v>780</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="C191" s="8"/>
       <x:c r="D191" s="9" t="n">
-        <x:v>27523</x:v>
+        <x:v>21180</x:v>
       </x:c>
       <x:c r="E191" s="8" t="s">
-        <x:v>781</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F191" s="8" t="s">
-        <x:v>782</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="G191" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H191" s="8" t="s">
-        <x:v>783</x:v>
-[...2 lines deleted...]
-    <x:row ht="505.96875" customHeight="1" collapsed="0">
+        <x:v>787</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1172.8984375" customHeight="1" collapsed="0">
       <x:c r="A192" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B192" s="8" t="s">
-        <x:v>784</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C192" s="8"/>
       <x:c r="D192" s="9" t="n">
-        <x:v>59573</x:v>
+        <x:v>43802</x:v>
       </x:c>
       <x:c r="E192" s="8" t="s">
-        <x:v>785</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="F192" s="8" t="s">
-        <x:v>786</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="G192" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H192" s="8" t="s">
-        <x:v>787</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.453125" customHeight="1" collapsed="0">
+        <x:v>791</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.96875" customHeight="1" collapsed="0">
       <x:c r="A193" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B193" s="8" t="s">
-        <x:v>788</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="C193" s="8"/>
       <x:c r="D193" s="9" t="n">
-        <x:v>94725</x:v>
+        <x:v>124781</x:v>
       </x:c>
       <x:c r="E193" s="8" t="s">
-        <x:v>789</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="F193" s="8" t="s">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="G193" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H193" s="8" t="s">
-        <x:v>791</x:v>
-[...2 lines deleted...]
-    <x:row ht="402.453125" customHeight="1" collapsed="0">
+        <x:v>795</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.9765625" customHeight="1" collapsed="0">
       <x:c r="A194" s="8" t="s">
-        <x:v>792</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B194" s="8" t="s">
-        <x:v>793</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C194" s="8"/>
       <x:c r="D194" s="9" t="n">
-        <x:v>284735</x:v>
+        <x:v>57324</x:v>
       </x:c>
       <x:c r="E194" s="8" t="s">
-        <x:v>794</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="F194" s="8" t="s">
-        <x:v>795</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="G194" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H194" s="8" t="s">
-        <x:v>796</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.46875" customHeight="1" collapsed="0">
+        <x:v>799</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2104.328125" customHeight="1" collapsed="0">
       <x:c r="A195" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B195" s="8" t="s">
-        <x:v>797</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C195" s="8"/>
       <x:c r="D195" s="9" t="n">
-        <x:v>42732</x:v>
+        <x:v>117523</x:v>
       </x:c>
       <x:c r="E195" s="8" t="s">
-        <x:v>798</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="F195" s="8" t="s">
-        <x:v>799</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="G195" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H195" s="8" t="s">
-        <x:v>800</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.96875" customHeight="1" collapsed="0">
+        <x:v>803</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8693.265625" customHeight="1" collapsed="0">
       <x:c r="A196" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B196" s="8" t="s">
-        <x:v>801</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C196" s="8"/>
       <x:c r="D196" s="9" t="n">
-        <x:v>20991</x:v>
+        <x:v>41028</x:v>
       </x:c>
       <x:c r="E196" s="8" t="s">
-        <x:v>802</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="F196" s="8" t="s">
-        <x:v>803</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="G196" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H196" s="8" t="s">
-        <x:v>804</x:v>
-[...2 lines deleted...]
-    <x:row ht="701.4375" customHeight="1" collapsed="0">
+        <x:v>807</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.984375" customHeight="1" collapsed="0">
       <x:c r="A197" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B197" s="8" t="s">
-        <x:v>805</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C197" s="8"/>
       <x:c r="D197" s="9" t="n">
-        <x:v>458065</x:v>
+        <x:v>20723</x:v>
       </x:c>
       <x:c r="E197" s="8" t="s">
-        <x:v>806</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F197" s="8" t="s">
-        <x:v>807</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="G197" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H197" s="8" t="s">
-        <x:v>808</x:v>
-[...2 lines deleted...]
-    <x:row ht="1333.90625" customHeight="1" collapsed="0">
+        <x:v>811</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="6243.953125" customHeight="1" collapsed="0">
       <x:c r="A198" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B198" s="8" t="s">
-        <x:v>809</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C198" s="8"/>
       <x:c r="D198" s="9" t="n">
-        <x:v>100341</x:v>
+        <x:v>20142</x:v>
       </x:c>
       <x:c r="E198" s="8" t="s">
-        <x:v>810</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F198" s="8" t="s">
-        <x:v>811</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="G198" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H198" s="8" t="s">
-        <x:v>812</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.484375" customHeight="1" collapsed="0">
+        <x:v>815</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8359.796875" customHeight="1" collapsed="0">
       <x:c r="A199" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B199" s="8" t="s">
-        <x:v>813</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C199" s="8"/>
       <x:c r="D199" s="9" t="n">
-        <x:v>20796</x:v>
+        <x:v>22137</x:v>
       </x:c>
       <x:c r="E199" s="8" t="s">
-        <x:v>814</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F199" s="8" t="s">
-        <x:v>815</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="G199" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H199" s="8" t="s">
-        <x:v>816</x:v>
-[...2 lines deleted...]
-    <x:row ht="3829.1875" customHeight="1" collapsed="0">
+        <x:v>819</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8417.296875" customHeight="1" collapsed="0">
       <x:c r="A200" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B200" s="8" t="s">
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C200" s="8"/>
       <x:c r="D200" s="9" t="n">
-        <x:v>727761</x:v>
+        <x:v>26964</x:v>
       </x:c>
       <x:c r="E200" s="8" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="F200" s="8" t="s">
         <x:v>818</x:v>
       </x:c>
-      <x:c r="F200" s="8" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G200" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H200" s="8" t="s">
-        <x:v>820</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.9375" customHeight="1" collapsed="0">
+        <x:v>821</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8417.28125" customHeight="1" collapsed="0">
       <x:c r="A201" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B201" s="8" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="C201" s="8"/>
       <x:c r="D201" s="9" t="n">
-        <x:v>305846</x:v>
+        <x:v>20835</x:v>
       </x:c>
       <x:c r="E201" s="8" t="s">
-        <x:v>822</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F201" s="8" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="G201" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H201" s="8" t="s">
         <x:v>823</x:v>
       </x:c>
-      <x:c r="G201" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H201" s="8" t="s">
+    </x:row>
+    <x:row ht="8405.765625" customHeight="1" collapsed="0">
+      <x:c r="A202" s="8" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="B202" s="8" t="s">
         <x:v>824</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>825</x:v>
       </x:c>
       <x:c r="C202" s="8"/>
       <x:c r="D202" s="9" t="n">
-        <x:v>149590</x:v>
+        <x:v>35493</x:v>
       </x:c>
       <x:c r="E202" s="8" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="F202" s="8" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="G202" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H202" s="8" t="s">
+        <x:v>825</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8463.296875" customHeight="1" collapsed="0">
+      <x:c r="A203" s="8" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="B203" s="8" t="s">
         <x:v>826</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>829</x:v>
       </x:c>
       <x:c r="C203" s="8"/>
       <x:c r="D203" s="9" t="n">
-        <x:v>48950</x:v>
+        <x:v>226806</x:v>
       </x:c>
       <x:c r="E203" s="8" t="s">
-        <x:v>830</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="F203" s="8" t="s">
-        <x:v>831</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="G203" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H203" s="8" t="s">
-        <x:v>832</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.984375" customHeight="1" collapsed="0">
+        <x:v>827</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
       <x:c r="A204" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B204" s="8" t="s">
-        <x:v>833</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C204" s="8"/>
       <x:c r="D204" s="9" t="n">
-        <x:v>35916</x:v>
+        <x:v>21422</x:v>
       </x:c>
       <x:c r="E204" s="8" t="s">
-        <x:v>834</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="F204" s="8" t="s">
-        <x:v>835</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="G204" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H204" s="8" t="s">
-        <x:v>836</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>831</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="563.4375" customHeight="1" collapsed="0">
       <x:c r="A205" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B205" s="8" t="s">
-        <x:v>837</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C205" s="8"/>
       <x:c r="D205" s="9" t="n">
-        <x:v>57324</x:v>
+        <x:v>278482</x:v>
       </x:c>
       <x:c r="E205" s="8" t="s">
-        <x:v>838</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="F205" s="8" t="s">
-        <x:v>839</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="G205" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H205" s="8" t="s">
-        <x:v>840</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.484375" customHeight="1" collapsed="0">
+        <x:v>835</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="574.953125" customHeight="1" collapsed="0">
       <x:c r="A206" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B206" s="8" t="s">
-        <x:v>841</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C206" s="8"/>
       <x:c r="D206" s="9" t="n">
-        <x:v>51484</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="E206" s="8" t="s">
-        <x:v>842</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="F206" s="8" t="s">
-        <x:v>843</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="G206" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H206" s="8" t="s">
-        <x:v>844</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.453125" customHeight="1" collapsed="0">
+        <x:v>839</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.484375" customHeight="1" collapsed="0">
       <x:c r="A207" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B207" s="8" t="s">
-        <x:v>845</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C207" s="8"/>
       <x:c r="D207" s="9" t="n">
-        <x:v>124045</x:v>
+        <x:v>61481</x:v>
       </x:c>
       <x:c r="E207" s="8" t="s">
-        <x:v>846</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="F207" s="8" t="s">
-        <x:v>847</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="G207" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H207" s="8" t="s">
-        <x:v>848</x:v>
-[...2 lines deleted...]
-    <x:row ht="184" customHeight="1" collapsed="0">
+        <x:v>843</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8693.265625" customHeight="1" collapsed="0">
       <x:c r="A208" s="8" t="s">
-        <x:v>849</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B208" s="8" t="s">
-        <x:v>850</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C208" s="8"/>
       <x:c r="D208" s="9" t="n">
-        <x:v>163811</x:v>
+        <x:v>20164</x:v>
       </x:c>
       <x:c r="E208" s="8" t="s">
-        <x:v>851</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="F208" s="8" t="s">
-        <x:v>852</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="G208" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H208" s="8" t="s">
-        <x:v>853</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.484375" customHeight="1" collapsed="0">
+        <x:v>847</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2161.8125" customHeight="1" collapsed="0">
       <x:c r="A209" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B209" s="8" t="s">
-        <x:v>854</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C209" s="8"/>
       <x:c r="D209" s="9" t="n">
-        <x:v>136747</x:v>
+        <x:v>29860</x:v>
       </x:c>
       <x:c r="E209" s="8" t="s">
-        <x:v>855</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="F209" s="8" t="s">
-        <x:v>856</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="G209" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H209" s="8" t="s">
-        <x:v>857</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.453125" customHeight="1" collapsed="0">
+        <x:v>851</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2587.265625" customHeight="1" collapsed="0">
       <x:c r="A210" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B210" s="8" t="s">
-        <x:v>858</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C210" s="8"/>
       <x:c r="D210" s="9" t="n">
-        <x:v>21274</x:v>
+        <x:v>46605</x:v>
       </x:c>
       <x:c r="E210" s="8" t="s">
-        <x:v>859</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="F210" s="8" t="s">
-        <x:v>860</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="G210" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H210" s="8" t="s">
-        <x:v>861</x:v>
-[...2 lines deleted...]
-    <x:row ht="551.96875" customHeight="1" collapsed="0">
+        <x:v>855</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2483.796875" customHeight="1" collapsed="0">
       <x:c r="A211" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B211" s="8" t="s">
-        <x:v>862</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C211" s="8"/>
       <x:c r="D211" s="9" t="n">
-        <x:v>84201</x:v>
+        <x:v>44282</x:v>
       </x:c>
       <x:c r="E211" s="8" t="s">
-        <x:v>863</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="F211" s="8" t="s">
-        <x:v>864</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="G211" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H211" s="8" t="s">
-        <x:v>865</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.953125" customHeight="1" collapsed="0">
+        <x:v>859</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.015625" customHeight="1" collapsed="0">
       <x:c r="A212" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B212" s="8" t="s">
-        <x:v>866</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C212" s="8"/>
       <x:c r="D212" s="9" t="n">
-        <x:v>119217</x:v>
+        <x:v>27916</x:v>
       </x:c>
       <x:c r="E212" s="8" t="s">
-        <x:v>867</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="F212" s="8" t="s">
-        <x:v>868</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="G212" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H212" s="8" t="s">
-        <x:v>869</x:v>
-[...2 lines deleted...]
-    <x:row ht="2541.28125" customHeight="1" collapsed="0">
+        <x:v>863</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.453125" customHeight="1" collapsed="0">
       <x:c r="A213" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B213" s="8" t="s">
-        <x:v>870</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C213" s="8"/>
       <x:c r="D213" s="9" t="n">
-        <x:v>132171</x:v>
+        <x:v>20534</x:v>
       </x:c>
       <x:c r="E213" s="8" t="s">
-        <x:v>871</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="F213" s="8" t="s">
-        <x:v>872</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="G213" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H213" s="8" t="s">
-        <x:v>873</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.5" customHeight="1" collapsed="0">
+        <x:v>867</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.5" customHeight="1" collapsed="0">
       <x:c r="A214" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B214" s="8" t="s">
-        <x:v>874</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C214" s="8"/>
       <x:c r="D214" s="9" t="n">
-        <x:v>185289</x:v>
+        <x:v>21070</x:v>
       </x:c>
       <x:c r="E214" s="8" t="s">
-        <x:v>875</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F214" s="8" t="s">
-        <x:v>876</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="G214" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H214" s="8" t="s">
-        <x:v>877</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.953125" customHeight="1" collapsed="0">
+        <x:v>871</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.5" customHeight="1" collapsed="0">
       <x:c r="A215" s="8" t="s">
-        <x:v>878</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B215" s="8" t="s">
-        <x:v>879</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C215" s="8"/>
       <x:c r="D215" s="9" t="n">
-        <x:v>80170</x:v>
+        <x:v>20143</x:v>
       </x:c>
       <x:c r="E215" s="8" t="s">
-        <x:v>880</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="F215" s="8" t="s">
-        <x:v>881</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="G215" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H215" s="8" t="s">
-        <x:v>882</x:v>
-[...2 lines deleted...]
-    <x:row ht="22.984375" customHeight="1" collapsed="0">
+        <x:v>875</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8670.25" customHeight="1" collapsed="0">
       <x:c r="A216" s="8" t="s">
-        <x:v>878</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B216" s="8" t="s">
-        <x:v>883</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C216" s="8"/>
       <x:c r="D216" s="9" t="n">
-        <x:v>186699</x:v>
+        <x:v>31922</x:v>
       </x:c>
       <x:c r="E216" s="8" t="s">
-        <x:v>884</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="F216" s="8" t="s">
-        <x:v>885</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="G216" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H216" s="8" t="s">
-        <x:v>886</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.984375" customHeight="1" collapsed="0">
+        <x:v>879</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="827.953125" customHeight="1" collapsed="0">
       <x:c r="A217" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B217" s="8" t="s">
-        <x:v>887</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C217" s="8"/>
       <x:c r="D217" s="9" t="n">
-        <x:v>152451</x:v>
+        <x:v>133671</x:v>
       </x:c>
       <x:c r="E217" s="8" t="s">
-        <x:v>888</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F217" s="8" t="s">
-        <x:v>889</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="G217" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H217" s="8" t="s">
-        <x:v>890</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.984375" customHeight="1" collapsed="0">
+        <x:v>883</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1034.90625" customHeight="1" collapsed="0">
       <x:c r="A218" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B218" s="8" t="s">
-        <x:v>891</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C218" s="8"/>
       <x:c r="D218" s="9" t="n">
-        <x:v>132049</x:v>
+        <x:v>21214</x:v>
       </x:c>
       <x:c r="E218" s="8" t="s">
-        <x:v>892</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="F218" s="8" t="s">
-        <x:v>893</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="G218" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H218" s="8" t="s">
-        <x:v>894</x:v>
-[...2 lines deleted...]
-    <x:row ht="2483.8125" customHeight="1" collapsed="0">
+        <x:v>887</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.921875" customHeight="1" collapsed="0">
       <x:c r="A219" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B219" s="8" t="s">
-        <x:v>895</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="C219" s="8"/>
       <x:c r="D219" s="9" t="n">
-        <x:v>44282</x:v>
+        <x:v>20649</x:v>
       </x:c>
       <x:c r="E219" s="8" t="s">
-        <x:v>896</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="F219" s="8" t="s">
-        <x:v>897</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="G219" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H219" s="8" t="s">
-        <x:v>898</x:v>
-[...2 lines deleted...]
-    <x:row ht="482.96875" customHeight="1" collapsed="0">
+        <x:v>891</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="253.015625" customHeight="1" collapsed="0">
       <x:c r="A220" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B220" s="8" t="s">
-        <x:v>899</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C220" s="8"/>
       <x:c r="D220" s="9" t="n">
-        <x:v>81078</x:v>
+        <x:v>108044</x:v>
       </x:c>
       <x:c r="E220" s="8" t="s">
-        <x:v>900</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="F220" s="8" t="s">
-        <x:v>901</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="G220" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H220" s="8" t="s">
-        <x:v>902</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.953125" customHeight="1" collapsed="0">
+        <x:v>895</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1218.890625" customHeight="1" collapsed="0">
       <x:c r="A221" s="8" t="s">
-        <x:v>878</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B221" s="8" t="s">
-        <x:v>903</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C221" s="8"/>
       <x:c r="D221" s="9" t="n">
-        <x:v>21156</x:v>
+        <x:v>77454</x:v>
       </x:c>
       <x:c r="E221" s="8" t="s">
-        <x:v>904</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="F221" s="8" t="s">
-        <x:v>905</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="G221" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H221" s="8" t="s">
-        <x:v>906</x:v>
-[...2 lines deleted...]
-    <x:row ht="574.953125" customHeight="1" collapsed="0">
+        <x:v>899</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A222" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B222" s="8" t="s">
-        <x:v>907</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C222" s="8"/>
       <x:c r="D222" s="9" t="n">
-        <x:v>21047</x:v>
+        <x:v>117739</x:v>
       </x:c>
       <x:c r="E222" s="8" t="s">
-        <x:v>908</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="F222" s="8" t="s">
-        <x:v>909</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="G222" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H222" s="8" t="s">
-        <x:v>910</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.953125" customHeight="1" collapsed="0">
+        <x:v>903</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.9375" customHeight="1" collapsed="0">
       <x:c r="A223" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B223" s="8" t="s">
-        <x:v>911</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C223" s="8"/>
       <x:c r="D223" s="9" t="n">
-        <x:v>21142</x:v>
+        <x:v>149841</x:v>
       </x:c>
       <x:c r="E223" s="8" t="s">
-        <x:v>912</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="F223" s="8" t="s">
-        <x:v>913</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="G223" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H223" s="8" t="s">
-        <x:v>914</x:v>
-[...2 lines deleted...]
-    <x:row ht="115.015625" customHeight="1" collapsed="0">
+        <x:v>907</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.96875" customHeight="1" collapsed="0">
       <x:c r="A224" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B224" s="8" t="s">
-        <x:v>915</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C224" s="8"/>
       <x:c r="D224" s="9" t="n">
-        <x:v>176441</x:v>
+        <x:v>84201</x:v>
       </x:c>
       <x:c r="E224" s="8" t="s">
-        <x:v>916</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="F224" s="8" t="s">
-        <x:v>917</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="G224" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H224" s="8" t="s">
-        <x:v>918</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.40625" customHeight="1" collapsed="0">
+        <x:v>911</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.46875" customHeight="1" collapsed="0">
       <x:c r="A225" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="B225" s="8" t="s">
-        <x:v>919</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C225" s="8"/>
       <x:c r="D225" s="9" t="n">
-        <x:v>21359</x:v>
+        <x:v>38812</x:v>
       </x:c>
       <x:c r="E225" s="8" t="s">
-        <x:v>920</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="F225" s="8" t="s">
-        <x:v>921</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="G225" s="8" t="s">
-        <x:v>922</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H225" s="8" t="s">
-        <x:v>923</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.46875" customHeight="1" collapsed="0">
+        <x:v>915</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.984375" customHeight="1" collapsed="0">
       <x:c r="A226" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B226" s="8" t="s">
-        <x:v>924</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C226" s="8"/>
       <x:c r="D226" s="9" t="n">
-        <x:v>26912</x:v>
+        <x:v>21081</x:v>
       </x:c>
       <x:c r="E226" s="8" t="s">
-        <x:v>925</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F226" s="8" t="s">
-        <x:v>926</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="G226" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H226" s="8" t="s">
-        <x:v>927</x:v>
-[...2 lines deleted...]
-    <x:row ht="8405.78125" customHeight="1" collapsed="0">
+        <x:v>919</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.9375" customHeight="1" collapsed="0">
       <x:c r="A227" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B227" s="8" t="s">
-        <x:v>928</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C227" s="8"/>
       <x:c r="D227" s="9" t="n">
-        <x:v>35493</x:v>
+        <x:v>27523</x:v>
       </x:c>
       <x:c r="E227" s="8" t="s">
-        <x:v>399</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="F227" s="8" t="s">
-        <x:v>400</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="G227" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H227" s="8" t="s">
-        <x:v>929</x:v>
-[...2 lines deleted...]
-    <x:row ht="1333.90625" customHeight="1" collapsed="0">
+        <x:v>923</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A228" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B228" s="8" t="s">
-        <x:v>930</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C228" s="8"/>
       <x:c r="D228" s="9" t="n">
-        <x:v>20542</x:v>
+        <x:v>52930</x:v>
       </x:c>
       <x:c r="E228" s="8" t="s">
-        <x:v>931</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="F228" s="8" t="s">
-        <x:v>932</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="G228" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H228" s="8" t="s">
-        <x:v>933</x:v>
+        <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row ht="275.984375" customHeight="1" collapsed="0">
       <x:c r="A229" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B229" s="8" t="s">
-        <x:v>934</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C229" s="8"/>
       <x:c r="D229" s="9" t="n">
-        <x:v>31042</x:v>
+        <x:v>77093</x:v>
       </x:c>
       <x:c r="E229" s="8" t="s">
-        <x:v>935</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F229" s="8" t="s">
-        <x:v>936</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="G229" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H229" s="8" t="s">
-        <x:v>937</x:v>
-[...2 lines deleted...]
-    <x:row ht="563.4375" customHeight="1" collapsed="0">
+        <x:v>931</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1184.40625" customHeight="1" collapsed="0">
       <x:c r="A230" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B230" s="8" t="s">
-        <x:v>938</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C230" s="8"/>
       <x:c r="D230" s="9" t="n">
-        <x:v>137101</x:v>
+        <x:v>43047</x:v>
       </x:c>
       <x:c r="E230" s="8" t="s">
-        <x:v>939</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="F230" s="8" t="s">
-        <x:v>940</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="G230" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H230" s="8" t="s">
-        <x:v>941</x:v>
-[...2 lines deleted...]
-    <x:row ht="793.4375" customHeight="1" collapsed="0">
+        <x:v>935</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.484375" customHeight="1" collapsed="0">
       <x:c r="A231" s="8" t="s">
-        <x:v>942</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B231" s="8" t="s">
-        <x:v>943</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C231" s="8"/>
       <x:c r="D231" s="9" t="n">
-        <x:v>34005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="E231" s="8" t="s">
-        <x:v>944</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F231" s="8" t="s">
-        <x:v>945</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="G231" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H231" s="8" t="s">
-        <x:v>946</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.5" customHeight="1" collapsed="0">
+        <x:v>939</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="781.9375" customHeight="1" collapsed="0">
       <x:c r="A232" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B232" s="8" t="s">
-        <x:v>947</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C232" s="8"/>
       <x:c r="D232" s="9" t="n">
-        <x:v>37204</x:v>
+        <x:v>771586</x:v>
       </x:c>
       <x:c r="E232" s="8" t="s">
-        <x:v>948</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="F232" s="8" t="s">
-        <x:v>949</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="G232" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H232" s="8" t="s">
-        <x:v>950</x:v>
-[...2 lines deleted...]
-    <x:row ht="1632.859375" customHeight="1" collapsed="0">
+        <x:v>943</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.453125" customHeight="1" collapsed="0">
       <x:c r="A233" s="8" t="s">
-        <x:v>266</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B233" s="8" t="s">
-        <x:v>951</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C233" s="8"/>
       <x:c r="D233" s="9" t="n">
-        <x:v>95643</x:v>
+        <x:v>20649</x:v>
       </x:c>
       <x:c r="E233" s="8" t="s">
-        <x:v>952</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F233" s="8" t="s">
-        <x:v>953</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="G233" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H233" s="8" t="s">
-        <x:v>954</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.453125" customHeight="1" collapsed="0">
+        <x:v>947</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.5" customHeight="1" collapsed="0">
       <x:c r="A234" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B234" s="8" t="s">
-        <x:v>955</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C234" s="8"/>
       <x:c r="D234" s="9" t="n">
-        <x:v>56800</x:v>
+        <x:v>20118</x:v>
       </x:c>
       <x:c r="E234" s="8" t="s">
-        <x:v>956</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="F234" s="8" t="s">
-        <x:v>957</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="G234" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H234" s="8" t="s">
-        <x:v>958</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.46875" customHeight="1" collapsed="0">
+        <x:v>951</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
       <x:c r="A235" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B235" s="8" t="s">
-        <x:v>959</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="C235" s="8"/>
       <x:c r="D235" s="9" t="n">
-        <x:v>217816</x:v>
+        <x:v>203512</x:v>
       </x:c>
       <x:c r="E235" s="8" t="s">
-        <x:v>960</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="F235" s="8" t="s">
-        <x:v>961</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="G235" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H235" s="8" t="s">
-        <x:v>962</x:v>
-[...2 lines deleted...]
-    <x:row ht="655.453125" customHeight="1" collapsed="0">
+        <x:v>955</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.5" customHeight="1" collapsed="0">
       <x:c r="A236" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B236" s="8" t="s">
-        <x:v>963</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="C236" s="8"/>
       <x:c r="D236" s="9" t="n">
-        <x:v>21180</x:v>
+        <x:v>69424</x:v>
       </x:c>
       <x:c r="E236" s="8" t="s">
-        <x:v>964</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="F236" s="8" t="s">
-        <x:v>965</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="G236" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H236" s="8" t="s">
-        <x:v>966</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.984375" customHeight="1" collapsed="0">
+        <x:v>959</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.46875" customHeight="1" collapsed="0">
       <x:c r="A237" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B237" s="8" t="s">
-        <x:v>967</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="C237" s="8"/>
       <x:c r="D237" s="9" t="n">
-        <x:v>52081</x:v>
+        <x:v>20250</x:v>
       </x:c>
       <x:c r="E237" s="8" t="s">
-        <x:v>968</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="F237" s="8" t="s">
-        <x:v>969</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="G237" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H237" s="8" t="s">
-        <x:v>970</x:v>
-[...2 lines deleted...]
-    <x:row ht="1678.84375" customHeight="1" collapsed="0">
+        <x:v>963</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.9375" customHeight="1" collapsed="0">
       <x:c r="A238" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B238" s="8" t="s">
-        <x:v>971</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="C238" s="8"/>
       <x:c r="D238" s="9" t="n">
-        <x:v>177791</x:v>
+        <x:v>168481</x:v>
       </x:c>
       <x:c r="E238" s="8" t="s">
-        <x:v>972</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="F238" s="8" t="s">
-        <x:v>973</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="G238" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H238" s="8" t="s">
-        <x:v>974</x:v>
-[...2 lines deleted...]
-    <x:row ht="161" customHeight="1" collapsed="0">
+        <x:v>967</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46875" customHeight="1" collapsed="0">
       <x:c r="A239" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B239" s="8" t="s">
-        <x:v>975</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C239" s="8"/>
       <x:c r="D239" s="9" t="n">
-        <x:v>205140</x:v>
+        <x:v>68429</x:v>
       </x:c>
       <x:c r="E239" s="8" t="s">
-        <x:v>976</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="F239" s="8" t="s">
-        <x:v>977</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="G239" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H239" s="8" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.96875" customHeight="1" collapsed="0">
+        <x:v>971</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2702.25" customHeight="1" collapsed="0">
       <x:c r="A240" s="8" t="s">
-        <x:v>573</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B240" s="8" t="s">
-        <x:v>978</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C240" s="8"/>
       <x:c r="D240" s="9" t="n">
-        <x:v>139987</x:v>
+        <x:v>112331</x:v>
       </x:c>
       <x:c r="E240" s="8" t="s">
-        <x:v>979</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="F240" s="8" t="s">
-        <x:v>980</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="G240" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H240" s="8" t="s">
-        <x:v>981</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.484375" customHeight="1" collapsed="0">
+        <x:v>975</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="643.96875" customHeight="1" collapsed="0">
       <x:c r="A241" s="8" t="s">
-        <x:v>406</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B241" s="8" t="s">
-        <x:v>982</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C241" s="8"/>
       <x:c r="D241" s="9" t="n">
-        <x:v>23879</x:v>
+        <x:v>60915</x:v>
       </x:c>
       <x:c r="E241" s="8" t="s">
-        <x:v>983</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="F241" s="8" t="s">
-        <x:v>984</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="G241" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H241" s="8" t="s">
-        <x:v>985</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.984375" customHeight="1" collapsed="0">
+        <x:v>979</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.484375" customHeight="1" collapsed="0">
       <x:c r="A242" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B242" s="8" t="s">
-        <x:v>986</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="C242" s="8"/>
       <x:c r="D242" s="9" t="n">
-        <x:v>113786</x:v>
+        <x:v>69886</x:v>
       </x:c>
       <x:c r="E242" s="8" t="s">
-        <x:v>987</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="F242" s="8" t="s">
-        <x:v>988</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="G242" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H242" s="8" t="s">
-        <x:v>989</x:v>
-[...2 lines deleted...]
-    <x:row ht="1299.40625" customHeight="1" collapsed="0">
+        <x:v>983</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A243" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B243" s="8" t="s">
-        <x:v>990</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C243" s="8"/>
       <x:c r="D243" s="9" t="n">
-        <x:v>43262</x:v>
+        <x:v>76407</x:v>
       </x:c>
       <x:c r="E243" s="8" t="s">
-        <x:v>991</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="F243" s="8" t="s">
-        <x:v>992</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="G243" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H243" s="8" t="s">
-        <x:v>993</x:v>
-[...2 lines deleted...]
-    <x:row ht="1126.90625" customHeight="1" collapsed="0">
+        <x:v>987</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1391.390625" customHeight="1" collapsed="0">
       <x:c r="A244" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B244" s="8" t="s">
-        <x:v>994</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="C244" s="8"/>
       <x:c r="D244" s="9" t="n">
-        <x:v>111677</x:v>
+        <x:v>146250</x:v>
       </x:c>
       <x:c r="E244" s="8" t="s">
-        <x:v>995</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="F244" s="8" t="s">
-        <x:v>996</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="G244" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H244" s="8" t="s">
-        <x:v>997</x:v>
-[...2 lines deleted...]
-    <x:row ht="609.46875" customHeight="1" collapsed="0">
+        <x:v>991</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.453125" customHeight="1" collapsed="0">
       <x:c r="A245" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B245" s="8" t="s">
-        <x:v>998</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="C245" s="8"/>
       <x:c r="D245" s="9" t="n">
-        <x:v>167109</x:v>
+        <x:v>21134</x:v>
       </x:c>
       <x:c r="E245" s="8" t="s">
-        <x:v>999</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="F245" s="8" t="s">
-        <x:v>1000</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="G245" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H245" s="8" t="s">
-        <x:v>1001</x:v>
-[...2 lines deleted...]
-    <x:row ht="1069.390625" customHeight="1" collapsed="0">
+        <x:v>995</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
       <x:c r="A246" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B246" s="8" t="s">
-        <x:v>1002</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="C246" s="8"/>
       <x:c r="D246" s="9" t="n">
-        <x:v>131025</x:v>
+        <x:v>21247</x:v>
       </x:c>
       <x:c r="E246" s="8" t="s">
-        <x:v>1003</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="F246" s="8" t="s">
-        <x:v>1004</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="G246" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H246" s="8" t="s">
-        <x:v>1005</x:v>
-[...2 lines deleted...]
-    <x:row ht="310.46875" customHeight="1" collapsed="0">
+        <x:v>999</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A247" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B247" s="8" t="s">
-        <x:v>1006</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="C247" s="8"/>
       <x:c r="D247" s="9" t="n">
-        <x:v>146564</x:v>
+        <x:v>158151</x:v>
       </x:c>
       <x:c r="E247" s="8" t="s">
-        <x:v>1007</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="F247" s="8" t="s">
-        <x:v>1008</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="G247" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H247" s="8" t="s">
-        <x:v>1009</x:v>
-[...2 lines deleted...]
-    <x:row ht="207" customHeight="1" collapsed="0">
+        <x:v>1003</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.4375" customHeight="1" collapsed="0">
       <x:c r="A248" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B248" s="8" t="s">
-        <x:v>1010</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="C248" s="8"/>
       <x:c r="D248" s="9" t="n">
-        <x:v>43076</x:v>
+        <x:v>94725</x:v>
       </x:c>
       <x:c r="E248" s="8" t="s">
-        <x:v>1011</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="F248" s="8" t="s">
-        <x:v>1012</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="G248" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H248" s="8" t="s">
-        <x:v>1013</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.46875" customHeight="1" collapsed="0">
+        <x:v>1007</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="138.015625" customHeight="1" collapsed="0">
       <x:c r="A249" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B249" s="8" t="s">
-        <x:v>1014</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="C249" s="8"/>
       <x:c r="D249" s="9" t="n">
-        <x:v>101536</x:v>
+        <x:v>21257</x:v>
       </x:c>
       <x:c r="E249" s="8" t="s">
-        <x:v>1015</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="F249" s="8" t="s">
-        <x:v>1016</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="G249" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H249" s="8" t="s">
-        <x:v>1017</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.953125" customHeight="1" collapsed="0">
+        <x:v>1011</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
       <x:c r="A250" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B250" s="8" t="s">
-        <x:v>1018</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="C250" s="8"/>
       <x:c r="D250" s="9" t="n">
-        <x:v>149841</x:v>
+        <x:v>51941</x:v>
       </x:c>
       <x:c r="E250" s="8" t="s">
-        <x:v>1019</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="F250" s="8" t="s">
-        <x:v>1020</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="G250" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H250" s="8" t="s">
-        <x:v>1021</x:v>
-[...2 lines deleted...]
-    <x:row ht="207" customHeight="1" collapsed="0">
+        <x:v>1015</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="4887.0625" customHeight="1" collapsed="0">
       <x:c r="A251" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B251" s="8" t="s">
-        <x:v>1022</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="C251" s="8"/>
       <x:c r="D251" s="9" t="n">
-        <x:v>20804</x:v>
+        <x:v>289476</x:v>
       </x:c>
       <x:c r="E251" s="8" t="s">
-        <x:v>1023</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="F251" s="8" t="s">
-        <x:v>1024</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="G251" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H251" s="8" t="s">
-        <x:v>1025</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.46875" customHeight="1" collapsed="0">
+        <x:v>1019</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.484375" customHeight="1" collapsed="0">
       <x:c r="A252" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B252" s="8" t="s">
-        <x:v>1026</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="C252" s="8"/>
       <x:c r="D252" s="9" t="n">
-        <x:v>122505</x:v>
+        <x:v>257526</x:v>
       </x:c>
       <x:c r="E252" s="8" t="s">
-        <x:v>1027</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="F252" s="8" t="s">
-        <x:v>1028</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="G252" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H252" s="8" t="s">
-        <x:v>1029</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.484375" customHeight="1" collapsed="0">
+        <x:v>1023</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
       <x:c r="A253" s="8" t="s">
-        <x:v>275</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B253" s="8" t="s">
-        <x:v>1030</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="C253" s="8"/>
       <x:c r="D253" s="9" t="n">
-        <x:v>20749</x:v>
+        <x:v>561069</x:v>
       </x:c>
       <x:c r="E253" s="8" t="s">
-        <x:v>1031</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="F253" s="8" t="s">
-        <x:v>1032</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="G253" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H253" s="8" t="s">
-        <x:v>1033</x:v>
-[...2 lines deleted...]
-    <x:row ht="620.96875" customHeight="1" collapsed="0">
+        <x:v>1027</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.984375" customHeight="1" collapsed="0">
       <x:c r="A254" s="8" t="s">
-        <x:v>275</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="B254" s="8" t="s">
-        <x:v>1034</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="C254" s="8"/>
       <x:c r="D254" s="9" t="n">
-        <x:v>86966</x:v>
+        <x:v>163811</x:v>
       </x:c>
       <x:c r="E254" s="8" t="s">
-        <x:v>1035</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="F254" s="8" t="s">
-        <x:v>1036</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="G254" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H254" s="8" t="s">
-        <x:v>1037</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.484375" customHeight="1" collapsed="0">
+        <x:v>1032</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.46875" customHeight="1" collapsed="0">
       <x:c r="A255" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B255" s="8" t="s">
-        <x:v>1038</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C255" s="8"/>
       <x:c r="D255" s="9" t="n">
-        <x:v>79434</x:v>
+        <x:v>57127</x:v>
       </x:c>
       <x:c r="E255" s="8" t="s">
-        <x:v>1039</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="F255" s="8" t="s">
-        <x:v>1040</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="G255" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H255" s="8" t="s">
-        <x:v>1041</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.453125" customHeight="1" collapsed="0">
+        <x:v>1036</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.984375" customHeight="1" collapsed="0">
       <x:c r="A256" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B256" s="8" t="s">
-        <x:v>1042</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="C256" s="8"/>
       <x:c r="D256" s="9" t="n">
-        <x:v>191284</x:v>
+        <x:v>71231</x:v>
       </x:c>
       <x:c r="E256" s="8" t="s">
-        <x:v>1043</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="F256" s="8" t="s">
-        <x:v>1044</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="G256" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H256" s="8" t="s">
-        <x:v>1045</x:v>
-[...2 lines deleted...]
-    <x:row ht="46" customHeight="1" collapsed="0">
+        <x:v>1040</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
       <x:c r="A257" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B257" s="8" t="s">
-        <x:v>1046</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C257" s="8"/>
       <x:c r="D257" s="9" t="n">
-        <x:v>36767</x:v>
+        <x:v>90036</x:v>
       </x:c>
       <x:c r="E257" s="8" t="s">
-        <x:v>1047</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="F257" s="8" t="s">
-        <x:v>1048</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="G257" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H257" s="8" t="s">
-        <x:v>1049</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+        <x:v>1044</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
       <x:c r="A258" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B258" s="8" t="s">
-        <x:v>1050</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="C258" s="8"/>
       <x:c r="D258" s="9" t="n">
-        <x:v>37480</x:v>
+        <x:v>56800</x:v>
       </x:c>
       <x:c r="E258" s="8" t="s">
-        <x:v>1051</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="F258" s="8" t="s">
-        <x:v>1052</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="G258" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H258" s="8" t="s">
-        <x:v>1053</x:v>
-[...2 lines deleted...]
-    <x:row ht="2989.75" customHeight="1" collapsed="0">
+        <x:v>1048</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.953125" customHeight="1" collapsed="0">
       <x:c r="A259" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B259" s="8" t="s">
-        <x:v>1054</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="C259" s="8"/>
       <x:c r="D259" s="9" t="n">
-        <x:v>28327</x:v>
+        <x:v>158060</x:v>
       </x:c>
       <x:c r="E259" s="8" t="s">
-        <x:v>1055</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="F259" s="8" t="s">
-        <x:v>1056</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="G259" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H259" s="8" t="s">
-        <x:v>1057</x:v>
-[...2 lines deleted...]
-    <x:row ht="2817.296875" customHeight="1" collapsed="0">
+        <x:v>1052</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.484375" customHeight="1" collapsed="0">
       <x:c r="A260" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B260" s="8" t="s">
-        <x:v>1058</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="C260" s="8"/>
       <x:c r="D260" s="9" t="n">
-        <x:v>44776</x:v>
+        <x:v>20792</x:v>
       </x:c>
       <x:c r="E260" s="8" t="s">
-        <x:v>1059</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="F260" s="8" t="s">
-        <x:v>1060</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="G260" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H260" s="8" t="s">
-        <x:v>1061</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.46875" customHeight="1" collapsed="0">
+        <x:v>1056</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1333.890625" customHeight="1" collapsed="0">
       <x:c r="A261" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B261" s="8" t="s">
-        <x:v>1062</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="C261" s="8"/>
       <x:c r="D261" s="9" t="n">
-        <x:v>61481</x:v>
+        <x:v>21210</x:v>
       </x:c>
       <x:c r="E261" s="8" t="s">
-        <x:v>1063</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="F261" s="8" t="s">
-        <x:v>1064</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="G261" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H261" s="8" t="s">
-        <x:v>1065</x:v>
-[...2 lines deleted...]
-    <x:row ht="103.484375" customHeight="1" collapsed="0">
+        <x:v>1060</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.453125" customHeight="1" collapsed="0">
       <x:c r="A262" s="8" t="s">
-        <x:v>942</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B262" s="8" t="s">
-        <x:v>1066</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C262" s="8"/>
       <x:c r="D262" s="9" t="n">
-        <x:v>21070</x:v>
+        <x:v>64358</x:v>
       </x:c>
       <x:c r="E262" s="8" t="s">
-        <x:v>1067</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="F262" s="8" t="s">
-        <x:v>1068</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="G262" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H262" s="8" t="s">
-        <x:v>1069</x:v>
-[...2 lines deleted...]
-    <x:row ht="69.015625" customHeight="1" collapsed="0">
+        <x:v>1064</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.484375" customHeight="1" collapsed="0">
       <x:c r="A263" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B263" s="8" t="s">
-        <x:v>1070</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="C263" s="8"/>
       <x:c r="D263" s="9" t="n">
-        <x:v>23745</x:v>
+        <x:v>61445</x:v>
       </x:c>
       <x:c r="E263" s="8" t="s">
-        <x:v>1071</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="F263" s="8" t="s">
-        <x:v>1072</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="G263" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H263" s="8" t="s">
-        <x:v>1073</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.9375" customHeight="1" collapsed="0">
+        <x:v>1068</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1506.359375" customHeight="1" collapsed="0">
       <x:c r="A264" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B264" s="8" t="s">
-        <x:v>1074</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="C264" s="8"/>
       <x:c r="D264" s="9" t="n">
-        <x:v>37794</x:v>
+        <x:v>120150</x:v>
       </x:c>
       <x:c r="E264" s="8" t="s">
-        <x:v>1075</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="F264" s="8" t="s">
-        <x:v>1076</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="G264" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H264" s="8" t="s">
-        <x:v>1077</x:v>
-[...2 lines deleted...]
-    <x:row ht="459.953125" customHeight="1" collapsed="0">
+        <x:v>1072</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
       <x:c r="A265" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B265" s="8" t="s">
-        <x:v>1078</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="C265" s="8"/>
       <x:c r="D265" s="9" t="n">
-        <x:v>24633</x:v>
+        <x:v>205140</x:v>
       </x:c>
       <x:c r="E265" s="8" t="s">
-        <x:v>1079</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="F265" s="8" t="s">
-        <x:v>1080</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="G265" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H265" s="8" t="s">
-        <x:v>1081</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.484375" customHeight="1" collapsed="0">
+        <x:v>1076</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="183.984375" customHeight="1" collapsed="0">
       <x:c r="A266" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B266" s="8" t="s">
-        <x:v>1082</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C266" s="8"/>
       <x:c r="D266" s="9" t="n">
-        <x:v>20799</x:v>
+        <x:v>20992</x:v>
       </x:c>
       <x:c r="E266" s="8" t="s">
-        <x:v>1083</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="F266" s="8" t="s">
-        <x:v>1084</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="G266" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H266" s="8" t="s">
-        <x:v>1085</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.453125" customHeight="1" collapsed="0">
+        <x:v>1080</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="138" customHeight="1" collapsed="0">
       <x:c r="A267" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B267" s="8" t="s">
-        <x:v>1086</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C267" s="8"/>
       <x:c r="D267" s="9" t="n">
-        <x:v>21224</x:v>
+        <x:v>116064</x:v>
       </x:c>
       <x:c r="E267" s="8" t="s">
-        <x:v>1087</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="F267" s="8" t="s">
-        <x:v>1088</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="G267" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H267" s="8" t="s">
-        <x:v>1089</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.96875" customHeight="1" collapsed="0">
+        <x:v>1084</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="655.46875" customHeight="1" collapsed="0">
       <x:c r="A268" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B268" s="8" t="s">
-        <x:v>1090</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="C268" s="8"/>
       <x:c r="D268" s="9" t="n">
-        <x:v>39578</x:v>
+        <x:v>217816</x:v>
       </x:c>
       <x:c r="E268" s="8" t="s">
-        <x:v>1091</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="F268" s="8" t="s">
-        <x:v>1092</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="G268" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H268" s="8" t="s">
-        <x:v>1093</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.953125" customHeight="1" collapsed="0">
+        <x:v>1088</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
       <x:c r="A269" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B269" s="8" t="s">
-        <x:v>1094</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="C269" s="8"/>
       <x:c r="D269" s="9" t="n">
-        <x:v>20649</x:v>
+        <x:v>614794</x:v>
       </x:c>
       <x:c r="E269" s="8" t="s">
-        <x:v>1095</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="F269" s="8" t="s">
-        <x:v>1096</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="G269" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H269" s="8" t="s">
-        <x:v>1097</x:v>
-[...2 lines deleted...]
-    <x:row ht="241.46875" customHeight="1" collapsed="0">
+        <x:v>1092</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="988.9375" customHeight="1" collapsed="0">
       <x:c r="A270" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B270" s="8" t="s">
-        <x:v>1098</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="C270" s="8"/>
       <x:c r="D270" s="9" t="n">
-        <x:v>23336</x:v>
+        <x:v>165580</x:v>
       </x:c>
       <x:c r="E270" s="8" t="s">
-        <x:v>1099</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="F270" s="8" t="s">
-        <x:v>1100</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="G270" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H270" s="8" t="s">
-        <x:v>1101</x:v>
-[...2 lines deleted...]
-    <x:row ht="91.984375" customHeight="1" collapsed="0">
+        <x:v>1096</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1954.8125" customHeight="1" collapsed="0">
       <x:c r="A271" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B271" s="8" t="s">
-        <x:v>1102</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="C271" s="8"/>
       <x:c r="D271" s="9" t="n">
-        <x:v>20640</x:v>
+        <x:v>136396</x:v>
       </x:c>
       <x:c r="E271" s="8" t="s">
-        <x:v>1103</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="F271" s="8" t="s">
-        <x:v>1104</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="G271" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H271" s="8" t="s">
-        <x:v>1105</x:v>
-[...2 lines deleted...]
-    <x:row ht="34.5" customHeight="1" collapsed="0">
+        <x:v>1100</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.984375" customHeight="1" collapsed="0">
       <x:c r="A272" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B272" s="8" t="s">
-        <x:v>1106</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="C272" s="8"/>
       <x:c r="D272" s="9" t="n">
-        <x:v>20613</x:v>
+        <x:v>77411</x:v>
       </x:c>
       <x:c r="E272" s="8" t="s">
-        <x:v>1107</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="F272" s="8" t="s">
-        <x:v>1108</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="G272" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H272" s="8" t="s">
-        <x:v>1109</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.984375" customHeight="1" collapsed="0">
+        <x:v>1104</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="850.921875" customHeight="1" collapsed="0">
       <x:c r="A273" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B273" s="8" t="s">
-        <x:v>1110</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="C273" s="8"/>
       <x:c r="D273" s="9" t="n">
-        <x:v>20227</x:v>
+        <x:v>163340</x:v>
       </x:c>
       <x:c r="E273" s="8" t="s">
-        <x:v>1111</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="F273" s="8" t="s">
-        <x:v>1112</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="G273" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H273" s="8" t="s">
-        <x:v>1113</x:v>
-[...2 lines deleted...]
-    <x:row ht="184" customHeight="1" collapsed="0">
+        <x:v>1108</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
       <x:c r="A274" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B274" s="8" t="s">
-        <x:v>1114</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C274" s="8"/>
       <x:c r="D274" s="9" t="n">
-        <x:v>38820</x:v>
+        <x:v>660196</x:v>
       </x:c>
       <x:c r="E274" s="8" t="s">
-        <x:v>1115</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="F274" s="8" t="s">
-        <x:v>1116</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="G274" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H274" s="8" t="s">
-        <x:v>1117</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.46875" customHeight="1" collapsed="0">
+        <x:v>1112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="459.953125" customHeight="1" collapsed="0">
       <x:c r="A275" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B275" s="8" t="s">
-        <x:v>1118</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="C275" s="8"/>
       <x:c r="D275" s="9" t="n">
-        <x:v>73002</x:v>
+        <x:v>82290</x:v>
       </x:c>
       <x:c r="E275" s="8" t="s">
-        <x:v>1119</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="F275" s="8" t="s">
-        <x:v>1120</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="G275" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H275" s="8" t="s">
-        <x:v>1121</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.96875" customHeight="1" collapsed="0">
+        <x:v>1116</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.96875" customHeight="1" collapsed="0">
       <x:c r="A276" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B276" s="8" t="s">
-        <x:v>1122</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="C276" s="8"/>
       <x:c r="D276" s="9" t="n">
-        <x:v>29847</x:v>
+        <x:v>21254</x:v>
       </x:c>
       <x:c r="E276" s="8" t="s">
-        <x:v>1123</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="F276" s="8" t="s">
-        <x:v>1124</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="G276" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H276" s="8" t="s">
-        <x:v>1125</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.984375" customHeight="1" collapsed="0">
+        <x:v>1120</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.984375" customHeight="1" collapsed="0">
       <x:c r="A277" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="B277" s="8" t="s">
-        <x:v>1126</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="C277" s="8"/>
       <x:c r="D277" s="9" t="n">
-        <x:v>20702</x:v>
+        <x:v>21419</x:v>
       </x:c>
       <x:c r="E277" s="8" t="s">
-        <x:v>1127</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="F277" s="8" t="s">
-        <x:v>1128</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="G277" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H277" s="8" t="s">
-        <x:v>1129</x:v>
-[...2 lines deleted...]
-    <x:row ht="678.4375" customHeight="1" collapsed="0">
+        <x:v>1124</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8704.78125" customHeight="1" collapsed="0">
       <x:c r="A278" s="8" t="s">
-        <x:v>535</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B278" s="8" t="s">
-        <x:v>1130</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="C278" s="8"/>
       <x:c r="D278" s="9" t="n">
-        <x:v>29887</x:v>
+        <x:v>22925</x:v>
       </x:c>
       <x:c r="E278" s="8" t="s">
-        <x:v>1131</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="F278" s="8" t="s">
-        <x:v>1132</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="G278" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H278" s="8" t="s">
-        <x:v>1133</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.984375" customHeight="1" collapsed="0">
+        <x:v>1128</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2368.796875" customHeight="1" collapsed="0">
       <x:c r="A279" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B279" s="8" t="s">
-        <x:v>1134</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="C279" s="8"/>
       <x:c r="D279" s="9" t="n">
-        <x:v>20188</x:v>
+        <x:v>99269</x:v>
       </x:c>
       <x:c r="E279" s="8" t="s">
-        <x:v>1135</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="F279" s="8" t="s">
-        <x:v>1136</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="G279" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H279" s="8" t="s">
-        <x:v>1137</x:v>
-[...2 lines deleted...]
-    <x:row ht="1218.90625" customHeight="1" collapsed="0">
+        <x:v>1132</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46" customHeight="1" collapsed="0">
       <x:c r="A280" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B280" s="8" t="s">
-        <x:v>1138</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="C280" s="8"/>
       <x:c r="D280" s="9" t="n">
-        <x:v>77454</x:v>
+        <x:v>24734</x:v>
       </x:c>
       <x:c r="E280" s="8" t="s">
-        <x:v>1139</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="F280" s="8" t="s">
-        <x:v>1140</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="G280" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H280" s="8" t="s">
-        <x:v>1141</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.484375" customHeight="1" collapsed="0">
+        <x:v>1136</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.5" customHeight="1" collapsed="0">
       <x:c r="A281" s="8" t="s">
-        <x:v>1142</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B281" s="8" t="s">
-        <x:v>1143</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="C281" s="8"/>
       <x:c r="D281" s="9" t="n">
-        <x:v>25453</x:v>
+        <x:v>94180</x:v>
       </x:c>
       <x:c r="E281" s="8" t="s">
-        <x:v>1144</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="F281" s="8" t="s">
-        <x:v>1145</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="G281" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H281" s="8" t="s">
-        <x:v>1146</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.453125" customHeight="1" collapsed="0">
+        <x:v>1140</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.5" customHeight="1" collapsed="0">
       <x:c r="A282" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B282" s="8" t="s">
-        <x:v>1147</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="C282" s="8"/>
       <x:c r="D282" s="9" t="n">
-        <x:v>20737</x:v>
+        <x:v>115019</x:v>
       </x:c>
       <x:c r="E282" s="8" t="s">
-        <x:v>1148</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="F282" s="8" t="s">
-        <x:v>1149</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="G282" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H282" s="8" t="s">
-        <x:v>1150</x:v>
-[...2 lines deleted...]
-    <x:row ht="69" customHeight="1" collapsed="0">
+        <x:v>1144</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1126.90625" customHeight="1" collapsed="0">
       <x:c r="A283" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B283" s="8" t="s">
-        <x:v>1151</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="C283" s="8"/>
       <x:c r="D283" s="9" t="n">
-        <x:v>21535</x:v>
+        <x:v>111677</x:v>
       </x:c>
       <x:c r="E283" s="8" t="s">
-        <x:v>1152</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="F283" s="8" t="s">
-        <x:v>1153</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="G283" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H283" s="8" t="s">
-        <x:v>1154</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.4375" customHeight="1" collapsed="0">
+        <x:v>1148</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.421875" customHeight="1" collapsed="0">
       <x:c r="A284" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B284" s="8" t="s">
-        <x:v>1155</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="C284" s="8"/>
       <x:c r="D284" s="9" t="n">
-        <x:v>20250</x:v>
+        <x:v>214282</x:v>
       </x:c>
       <x:c r="E284" s="8" t="s">
-        <x:v>1156</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="F284" s="8" t="s">
-        <x:v>1157</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="G284" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H284" s="8" t="s">
-        <x:v>1158</x:v>
-[...2 lines deleted...]
-    <x:row ht="138" customHeight="1" collapsed="0">
+        <x:v>1152</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8095.3125" customHeight="1" collapsed="0">
       <x:c r="A285" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B285" s="8" t="s">
-        <x:v>1159</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="C285" s="8"/>
       <x:c r="D285" s="9" t="n">
-        <x:v>21247</x:v>
+        <x:v>122038</x:v>
       </x:c>
       <x:c r="E285" s="8" t="s">
-        <x:v>1160</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="F285" s="8" t="s">
-        <x:v>1161</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="G285" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H285" s="8" t="s">
-        <x:v>1162</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.984375" customHeight="1" collapsed="0">
+        <x:v>1156</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.53125" customHeight="1" collapsed="0">
       <x:c r="A286" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="B286" s="8" t="s">
-        <x:v>1163</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="C286" s="8"/>
       <x:c r="D286" s="9" t="n">
-        <x:v>20723</x:v>
+        <x:v>20538</x:v>
       </x:c>
       <x:c r="E286" s="8" t="s">
-        <x:v>1164</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="F286" s="8" t="s">
-        <x:v>1165</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="G286" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H286" s="8" t="s">
-        <x:v>1166</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.984375" customHeight="1" collapsed="0">
+        <x:v>1161</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.9375" customHeight="1" collapsed="0">
       <x:c r="A287" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B287" s="8" t="s">
-        <x:v>1167</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C287" s="8"/>
       <x:c r="D287" s="9" t="n">
-        <x:v>20930</x:v>
+        <x:v>51738</x:v>
       </x:c>
       <x:c r="E287" s="8" t="s">
-        <x:v>1168</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="F287" s="8" t="s">
-        <x:v>1169</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="G287" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H287" s="8" t="s">
-        <x:v>1170</x:v>
-[...2 lines deleted...]
-    <x:row ht="115" customHeight="1" collapsed="0">
+        <x:v>1165</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="965.9375" customHeight="1" collapsed="0">
       <x:c r="A288" s="8" t="s">
-        <x:v>1171</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B288" s="8" t="s">
-        <x:v>1172</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="C288" s="8"/>
       <x:c r="D288" s="9" t="n">
-        <x:v>45859</x:v>
+        <x:v>84993</x:v>
       </x:c>
       <x:c r="E288" s="8" t="s">
-        <x:v>1173</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="F288" s="8" t="s">
-        <x:v>1174</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="G288" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H288" s="8" t="s">
-        <x:v>1175</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+        <x:v>1169</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.96875" customHeight="1" collapsed="0">
       <x:c r="A289" s="8" t="s">
-        <x:v>1171</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B289" s="8" t="s">
-        <x:v>1176</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="C289" s="8"/>
       <x:c r="D289" s="9" t="n">
-        <x:v>61445</x:v>
+        <x:v>31042</x:v>
       </x:c>
       <x:c r="E289" s="8" t="s">
-        <x:v>1177</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="F289" s="8" t="s">
-        <x:v>1178</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="G289" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H289" s="8" t="s">
-        <x:v>1179</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46875" customHeight="1" collapsed="0">
+        <x:v>1173</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
       <x:c r="A290" s="8" t="s">
-        <x:v>1171</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B290" s="8" t="s">
-        <x:v>1180</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="C290" s="8"/>
       <x:c r="D290" s="9" t="n">
-        <x:v>129234</x:v>
+        <x:v>33778</x:v>
       </x:c>
       <x:c r="E290" s="8" t="s">
-        <x:v>1181</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="F290" s="8" t="s">
-        <x:v>1182</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="G290" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H290" s="8" t="s">
-        <x:v>1183</x:v>
-[...2 lines deleted...]
-    <x:row ht="8417.296875" customHeight="1" collapsed="0">
+        <x:v>1177</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
       <x:c r="A291" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B291" s="8" t="s">
-        <x:v>1184</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="C291" s="8"/>
       <x:c r="D291" s="9" t="n">
-        <x:v>26964</x:v>
+        <x:v>20566</x:v>
       </x:c>
       <x:c r="E291" s="8" t="s">
-        <x:v>399</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F291" s="8" t="s">
-        <x:v>400</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="G291" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H291" s="8" t="s">
-        <x:v>1185</x:v>
-[...2 lines deleted...]
-    <x:row ht="8359.796875" customHeight="1" collapsed="0">
+        <x:v>1181</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
       <x:c r="A292" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B292" s="8" t="s">
-        <x:v>1186</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="C292" s="8"/>
       <x:c r="D292" s="9" t="n">
-        <x:v>22137</x:v>
+        <x:v>68329</x:v>
       </x:c>
       <x:c r="E292" s="8" t="s">
-        <x:v>399</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="F292" s="8" t="s">
-        <x:v>400</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="G292" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H292" s="8" t="s">
-        <x:v>1187</x:v>
-[...2 lines deleted...]
-    <x:row ht="8877.234375" customHeight="1" collapsed="0">
+        <x:v>1185</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96875" customHeight="1" collapsed="0">
       <x:c r="A293" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B293" s="8" t="s">
-        <x:v>1188</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="C293" s="8"/>
       <x:c r="D293" s="9" t="n">
-        <x:v>20395</x:v>
+        <x:v>20106</x:v>
       </x:c>
       <x:c r="E293" s="8" t="s">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="F293" s="8" t="s">
+        <x:v>1188</x:v>
+      </x:c>
+      <x:c r="G293" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H293" s="8" t="s">
         <x:v>1189</x:v>
       </x:c>
-      <x:c r="F293" s="8" t="s">
+    </x:row>
+    <x:row ht="1460.375" customHeight="1" collapsed="0">
+      <x:c r="A294" s="8" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B294" s="8" t="s">
         <x:v>1190</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1192</x:v>
       </x:c>
       <x:c r="C294" s="8"/>
       <x:c r="D294" s="9" t="n">
-        <x:v>31922</x:v>
+        <x:v>50108</x:v>
       </x:c>
       <x:c r="E294" s="8" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="F294" s="8" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="G294" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H294" s="8" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="F294" s="8" t="s">
+    </x:row>
+    <x:row ht="574.9375" customHeight="1" collapsed="0">
+      <x:c r="A295" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B295" s="8" t="s">
         <x:v>1194</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1196</x:v>
       </x:c>
       <x:c r="C295" s="8"/>
       <x:c r="D295" s="9" t="n">
-        <x:v>22925</x:v>
+        <x:v>130217</x:v>
       </x:c>
       <x:c r="E295" s="8" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="F295" s="8" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="G295" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H295" s="8" t="s">
         <x:v>1197</x:v>
       </x:c>
-      <x:c r="F295" s="8" t="s">
+    </x:row>
+    <x:row ht="241.5" customHeight="1" collapsed="0">
+      <x:c r="A296" s="8" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="B296" s="8" t="s">
         <x:v>1198</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1200</x:v>
       </x:c>
       <x:c r="C296" s="8"/>
       <x:c r="D296" s="9" t="n">
-        <x:v>20038</x:v>
+        <x:v>23336</x:v>
       </x:c>
       <x:c r="E296" s="8" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="F296" s="8" t="s">
+        <x:v>1200</x:v>
+      </x:c>
+      <x:c r="G296" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H296" s="8" t="s">
         <x:v>1201</x:v>
       </x:c>
-      <x:c r="F296" s="8" t="s">
+    </x:row>
+    <x:row ht="264.46875" customHeight="1" collapsed="0">
+      <x:c r="A297" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B297" s="8" t="s">
         <x:v>1202</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1204</x:v>
       </x:c>
       <x:c r="C297" s="8"/>
       <x:c r="D297" s="9" t="n">
-        <x:v>46298</x:v>
+        <x:v>78475</x:v>
       </x:c>
       <x:c r="E297" s="8" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="F297" s="8" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="G297" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H297" s="8" t="s">
         <x:v>1205</x:v>
       </x:c>
-      <x:c r="F297" s="8" t="s">
+    </x:row>
+    <x:row ht="1540.84375" customHeight="1" collapsed="0">
+      <x:c r="A298" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B298" s="8" t="s">
         <x:v>1206</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1208</x:v>
       </x:c>
       <x:c r="C298" s="8"/>
       <x:c r="D298" s="9" t="n">
-        <x:v>30346</x:v>
+        <x:v>168262</x:v>
       </x:c>
       <x:c r="E298" s="8" t="s">
-        <x:v>1209</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="F298" s="8" t="s">
-        <x:v>1210</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="G298" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H298" s="8" t="s">
-        <x:v>1211</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.4375" customHeight="1" collapsed="0">
+        <x:v>1209</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="517.46875" customHeight="1" collapsed="0">
       <x:c r="A299" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B299" s="8" t="s">
-        <x:v>1212</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="C299" s="8"/>
       <x:c r="D299" s="9" t="n">
-        <x:v>22792</x:v>
+        <x:v>69995</x:v>
       </x:c>
       <x:c r="E299" s="8" t="s">
+        <x:v>1211</x:v>
+      </x:c>
+      <x:c r="F299" s="8" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="G299" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H299" s="8" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="F299" s="8" t="s">
+    </x:row>
+    <x:row ht="218.5" customHeight="1" collapsed="0">
+      <x:c r="A300" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B300" s="8" t="s">
         <x:v>1214</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1216</x:v>
       </x:c>
       <x:c r="C300" s="8"/>
       <x:c r="D300" s="9" t="n">
-        <x:v>21134</x:v>
+        <x:v>60548</x:v>
       </x:c>
       <x:c r="E300" s="8" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="F300" s="8" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="G300" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H300" s="8" t="s">
         <x:v>1217</x:v>
       </x:c>
-      <x:c r="F300" s="8" t="s">
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
+      <x:c r="A301" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B301" s="8" t="s">
         <x:v>1218</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1220</x:v>
       </x:c>
       <x:c r="C301" s="8"/>
       <x:c r="D301" s="9" t="n">
-        <x:v>96645</x:v>
+        <x:v>64641</x:v>
       </x:c>
       <x:c r="E301" s="8" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="F301" s="8" t="s">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="G301" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H301" s="8" t="s">
         <x:v>1221</x:v>
       </x:c>
-      <x:c r="F301" s="8" t="s">
+    </x:row>
+    <x:row ht="1460.375" customHeight="1" collapsed="0">
+      <x:c r="A302" s="8" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B302" s="8" t="s">
         <x:v>1222</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1224</x:v>
       </x:c>
       <x:c r="C302" s="8"/>
       <x:c r="D302" s="9" t="n">
-        <x:v>20566</x:v>
+        <x:v>833204</x:v>
       </x:c>
       <x:c r="E302" s="8" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="F302" s="8" t="s">
+        <x:v>1224</x:v>
+      </x:c>
+      <x:c r="G302" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H302" s="8" t="s">
         <x:v>1225</x:v>
       </x:c>
-      <x:c r="F302" s="8" t="s">
+    </x:row>
+    <x:row ht="69" customHeight="1" collapsed="0">
+      <x:c r="A303" s="8" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="B303" s="8" t="s">
         <x:v>1226</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1228</x:v>
       </x:c>
       <x:c r="C303" s="8"/>
       <x:c r="D303" s="9" t="n">
-        <x:v>68934</x:v>
+        <x:v>35556</x:v>
       </x:c>
       <x:c r="E303" s="8" t="s">
+        <x:v>1227</x:v>
+      </x:c>
+      <x:c r="F303" s="8" t="s">
+        <x:v>1228</x:v>
+      </x:c>
+      <x:c r="G303" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H303" s="8" t="s">
         <x:v>1229</x:v>
       </x:c>
-      <x:c r="F303" s="8" t="s">
+    </x:row>
+    <x:row ht="1563.875" customHeight="1" collapsed="0">
+      <x:c r="A304" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B304" s="8" t="s">
         <x:v>1230</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1232</x:v>
       </x:c>
       <x:c r="C304" s="8"/>
       <x:c r="D304" s="9" t="n">
-        <x:v>20534</x:v>
+        <x:v>197528</x:v>
       </x:c>
       <x:c r="E304" s="8" t="s">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="F304" s="8" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="G304" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H304" s="8" t="s">
         <x:v>1233</x:v>
       </x:c>
-      <x:c r="F304" s="8" t="s">
+    </x:row>
+    <x:row ht="103.5" customHeight="1" collapsed="0">
+      <x:c r="A305" s="8" t="s">
         <x:v>1234</x:v>
       </x:c>
-      <x:c r="G304" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H304" s="8" t="s">
+      <x:c r="B305" s="8" t="s">
         <x:v>1235</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1236</x:v>
       </x:c>
       <x:c r="C305" s="8"/>
       <x:c r="D305" s="9" t="n">
-        <x:v>46456</x:v>
+        <x:v>58808</x:v>
       </x:c>
       <x:c r="E305" s="8" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="F305" s="8" t="s">
         <x:v>1237</x:v>
       </x:c>
-      <x:c r="F305" s="8" t="s">
+      <x:c r="G305" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H305" s="8" t="s">
         <x:v>1238</x:v>
       </x:c>
-      <x:c r="G305" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H305" s="8" t="s">
+    </x:row>
+    <x:row ht="2851.75" customHeight="1" collapsed="0">
+      <x:c r="A306" s="8" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="B306" s="8" t="s">
         <x:v>1239</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1240</x:v>
       </x:c>
       <x:c r="C306" s="8"/>
       <x:c r="D306" s="9" t="n">
-        <x:v>75280</x:v>
+        <x:v>310078</x:v>
       </x:c>
       <x:c r="E306" s="8" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="F306" s="8" t="s">
         <x:v>1241</x:v>
       </x:c>
-      <x:c r="F306" s="8" t="s">
+      <x:c r="G306" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H306" s="8" t="s">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="G306" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H306" s="8" t="s">
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
+      <x:c r="A307" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B307" s="8" t="s">
         <x:v>1243</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1244</x:v>
       </x:c>
       <x:c r="C307" s="8"/>
       <x:c r="D307" s="9" t="n">
-        <x:v>21006</x:v>
+        <x:v>302539</x:v>
       </x:c>
       <x:c r="E307" s="8" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="F307" s="8" t="s">
         <x:v>1245</x:v>
       </x:c>
-      <x:c r="F307" s="8" t="s">
+      <x:c r="G307" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H307" s="8" t="s">
         <x:v>1246</x:v>
       </x:c>
-      <x:c r="G307" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H307" s="8" t="s">
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
+      <x:c r="A308" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B308" s="8" t="s">
         <x:v>1247</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1248</x:v>
       </x:c>
       <x:c r="C308" s="8"/>
       <x:c r="D308" s="9" t="n">
-        <x:v>21084</x:v>
+        <x:v>244098</x:v>
       </x:c>
       <x:c r="E308" s="8" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="F308" s="8" t="s">
         <x:v>1249</x:v>
       </x:c>
-      <x:c r="F308" s="8" t="s">
+      <x:c r="G308" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H308" s="8" t="s">
         <x:v>1250</x:v>
       </x:c>
-      <x:c r="G308" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H308" s="8" t="s">
+    </x:row>
+    <x:row ht="1333.90625" customHeight="1" collapsed="0">
+      <x:c r="A309" s="8" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="B309" s="8" t="s">
         <x:v>1251</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1252</x:v>
       </x:c>
       <x:c r="C309" s="8"/>
       <x:c r="D309" s="9" t="n">
-        <x:v>37822</x:v>
+        <x:v>100341</x:v>
       </x:c>
       <x:c r="E309" s="8" t="s">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="F309" s="8" t="s">
         <x:v>1253</x:v>
       </x:c>
-      <x:c r="F309" s="8" t="s">
+      <x:c r="G309" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H309" s="8" t="s">
         <x:v>1254</x:v>
       </x:c>
-      <x:c r="G309" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H309" s="8" t="s">
+    </x:row>
+    <x:row ht="632.4375" customHeight="1" collapsed="0">
+      <x:c r="A310" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B310" s="8" t="s">
         <x:v>1255</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1256</x:v>
       </x:c>
       <x:c r="C310" s="8"/>
       <x:c r="D310" s="9" t="n">
-        <x:v>112331</x:v>
+        <x:v>31269</x:v>
       </x:c>
       <x:c r="E310" s="8" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="F310" s="8" t="s">
         <x:v>1257</x:v>
       </x:c>
-      <x:c r="F310" s="8" t="s">
+      <x:c r="G310" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H310" s="8" t="s">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="G310" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H310" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9375" customHeight="1" collapsed="0">
+      <x:c r="A311" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B311" s="8" t="s">
         <x:v>1259</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1260</x:v>
       </x:c>
       <x:c r="C311" s="8"/>
       <x:c r="D311" s="9" t="n">
-        <x:v>73283</x:v>
+        <x:v>59573</x:v>
       </x:c>
       <x:c r="E311" s="8" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="F311" s="8" t="s">
         <x:v>1261</x:v>
       </x:c>
-      <x:c r="F311" s="8" t="s">
+      <x:c r="G311" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H311" s="8" t="s">
         <x:v>1262</x:v>
       </x:c>
-      <x:c r="G311" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H311" s="8" t="s">
+    </x:row>
+    <x:row ht="1701.875" customHeight="1" collapsed="0">
+      <x:c r="A312" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B312" s="8" t="s">
         <x:v>1263</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1264</x:v>
       </x:c>
       <x:c r="C312" s="8"/>
       <x:c r="D312" s="9" t="n">
-        <x:v>159957</x:v>
+        <x:v>34501</x:v>
       </x:c>
       <x:c r="E312" s="8" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="F312" s="8" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="F312" s="8" t="s">
+      <x:c r="G312" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H312" s="8" t="s">
         <x:v>1266</x:v>
       </x:c>
-      <x:c r="G312" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H312" s="8" t="s">
+    </x:row>
+    <x:row ht="161" customHeight="1" collapsed="0">
+      <x:c r="A313" s="8" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="B313" s="8" t="s">
         <x:v>1267</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1268</x:v>
       </x:c>
       <x:c r="C313" s="8"/>
       <x:c r="D313" s="9" t="n">
-        <x:v>163340</x:v>
+        <x:v>39578</x:v>
       </x:c>
       <x:c r="E313" s="8" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="F313" s="8" t="s">
         <x:v>1269</x:v>
       </x:c>
-      <x:c r="F313" s="8" t="s">
+      <x:c r="G313" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H313" s="8" t="s">
         <x:v>1270</x:v>
       </x:c>
-      <x:c r="G313" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H313" s="8" t="s">
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
+      <x:c r="A314" s="8" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="B314" s="8" t="s">
         <x:v>1271</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1272</x:v>
       </x:c>
       <x:c r="C314" s="8"/>
       <x:c r="D314" s="9" t="n">
-        <x:v>20678</x:v>
+        <x:v>162553</x:v>
       </x:c>
       <x:c r="E314" s="8" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="F314" s="8" t="s">
         <x:v>1273</x:v>
       </x:c>
-      <x:c r="F314" s="8" t="s">
+      <x:c r="G314" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H314" s="8" t="s">
         <x:v>1274</x:v>
       </x:c>
-      <x:c r="G314" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H314" s="8" t="s">
+    </x:row>
+    <x:row ht="2403.28125" customHeight="1" collapsed="0">
+      <x:c r="A315" s="8" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B315" s="8" t="s">
         <x:v>1275</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1276</x:v>
       </x:c>
       <x:c r="C315" s="8"/>
       <x:c r="D315" s="9" t="n">
-        <x:v>20450</x:v>
+        <x:v>20731</x:v>
       </x:c>
       <x:c r="E315" s="8" t="s">
+        <x:v>1276</x:v>
+      </x:c>
+      <x:c r="F315" s="8" t="s">
         <x:v>1277</x:v>
       </x:c>
-      <x:c r="F315" s="8" t="s">
+      <x:c r="G315" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H315" s="8" t="s">
         <x:v>1278</x:v>
       </x:c>
-      <x:c r="G315" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H315" s="8" t="s">
+    </x:row>
+    <x:row ht="207" customHeight="1" collapsed="0">
+      <x:c r="A316" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B316" s="8" t="s">
         <x:v>1279</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1280</x:v>
       </x:c>
       <x:c r="C316" s="8"/>
       <x:c r="D316" s="9" t="n">
-        <x:v>38334</x:v>
+        <x:v>20804</x:v>
       </x:c>
       <x:c r="E316" s="8" t="s">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="F316" s="8" t="s">
         <x:v>1281</x:v>
       </x:c>
-      <x:c r="F316" s="8" t="s">
+      <x:c r="G316" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H316" s="8" t="s">
         <x:v>1282</x:v>
       </x:c>
-      <x:c r="G316" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H316" s="8" t="s">
+    </x:row>
+    <x:row ht="425.4375" customHeight="1" collapsed="0">
+      <x:c r="A317" s="8" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="B317" s="8" t="s">
         <x:v>1283</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1284</x:v>
       </x:c>
       <x:c r="C317" s="8"/>
       <x:c r="D317" s="9" t="n">
-        <x:v>42951</x:v>
+        <x:v>21224</x:v>
       </x:c>
       <x:c r="E317" s="8" t="s">
+        <x:v>1284</x:v>
+      </x:c>
+      <x:c r="F317" s="8" t="s">
         <x:v>1285</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1286</x:v>
       </x:c>
       <x:c r="G317" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H317" s="8" t="s">
+        <x:v>1286</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.46875" customHeight="1" collapsed="0">
+      <x:c r="A318" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B318" s="8" t="s">
         <x:v>1287</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1288</x:v>
       </x:c>
       <x:c r="C318" s="8"/>
       <x:c r="D318" s="9" t="n">
-        <x:v>20163</x:v>
+        <x:v>22792</x:v>
       </x:c>
       <x:c r="E318" s="8" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="F318" s="8" t="s">
         <x:v>1289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1290</x:v>
       </x:c>
       <x:c r="G318" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H318" s="8" t="s">
+        <x:v>1290</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1563.875" customHeight="1" collapsed="0">
+      <x:c r="A319" s="8" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="B319" s="8" t="s">
         <x:v>1291</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1292</x:v>
       </x:c>
       <x:c r="C319" s="8"/>
       <x:c r="D319" s="9" t="n">
-        <x:v>47314</x:v>
+        <x:v>20558</x:v>
       </x:c>
       <x:c r="E319" s="8" t="s">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="F319" s="8" t="s">
         <x:v>1293</x:v>
       </x:c>
-      <x:c r="F319" s="8" t="s">
+      <x:c r="G319" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H319" s="8" t="s">
         <x:v>1294</x:v>
       </x:c>
-      <x:c r="G319" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H319" s="8" t="s">
+    </x:row>
+    <x:row ht="13545.84375" customHeight="1" collapsed="0">
+      <x:c r="A320" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B320" s="8" t="s">
         <x:v>1295</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1296</x:v>
       </x:c>
       <x:c r="C320" s="8"/>
       <x:c r="D320" s="9" t="n">
-        <x:v>21120</x:v>
+        <x:v>89694</x:v>
       </x:c>
       <x:c r="E320" s="8" t="s">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="F320" s="8" t="s">
         <x:v>1297</x:v>
       </x:c>
-      <x:c r="F320" s="8" t="s">
+      <x:c r="G320" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H320" s="8" t="s">
         <x:v>1298</x:v>
       </x:c>
-      <x:c r="G320" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H320" s="8" t="s">
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
+      <x:c r="A321" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B321" s="8" t="s">
         <x:v>1299</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1300</x:v>
       </x:c>
       <x:c r="C321" s="8"/>
       <x:c r="D321" s="9" t="n">
-        <x:v>50108</x:v>
+        <x:v>110191</x:v>
       </x:c>
       <x:c r="E321" s="8" t="s">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="F321" s="8" t="s">
         <x:v>1301</x:v>
       </x:c>
-      <x:c r="F321" s="8" t="s">
+      <x:c r="G321" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H321" s="8" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2322.8125" customHeight="1" collapsed="0">
+      <x:c r="A322" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B322" s="8" t="s">
         <x:v>1302</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1304</x:v>
       </x:c>
       <x:c r="C322" s="8"/>
       <x:c r="D322" s="9" t="n">
-        <x:v>54428</x:v>
+        <x:v>21297</x:v>
       </x:c>
       <x:c r="E322" s="8" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="F322" s="8" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="G322" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H322" s="8" t="s">
         <x:v>1305</x:v>
       </x:c>
-      <x:c r="F322" s="8" t="s">
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
+      <x:c r="A323" s="8" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B323" s="8" t="s">
         <x:v>1306</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1308</x:v>
       </x:c>
       <x:c r="C323" s="8"/>
       <x:c r="D323" s="9" t="n">
-        <x:v>121076</x:v>
+        <x:v>136747</x:v>
       </x:c>
       <x:c r="E323" s="8" t="s">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="F323" s="8" t="s">
+        <x:v>1308</x:v>
+      </x:c>
+      <x:c r="G323" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H323" s="8" t="s">
         <x:v>1309</x:v>
       </x:c>
-      <x:c r="F323" s="8" t="s">
+    </x:row>
+    <x:row ht="908.40625" customHeight="1" collapsed="0">
+      <x:c r="A324" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B324" s="8" t="s">
         <x:v>1310</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1312</x:v>
       </x:c>
       <x:c r="C324" s="8"/>
       <x:c r="D324" s="9" t="n">
-        <x:v>64358</x:v>
+        <x:v>141153</x:v>
       </x:c>
       <x:c r="E324" s="8" t="s">
-        <x:v>1313</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="F324" s="8" t="s">
-        <x:v>1314</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="G324" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H324" s="8" t="s">
-        <x:v>1315</x:v>
-[...2 lines deleted...]
-    <x:row ht="1184.40625" customHeight="1" collapsed="0">
+        <x:v>1313</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="977.40625" customHeight="1" collapsed="0">
       <x:c r="A325" s="8" t="s">
-        <x:v>266</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B325" s="8" t="s">
-        <x:v>1316</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="C325" s="8"/>
       <x:c r="D325" s="9" t="n">
-        <x:v>43047</x:v>
+        <x:v>99511</x:v>
       </x:c>
       <x:c r="E325" s="8" t="s">
+        <x:v>1315</x:v>
+      </x:c>
+      <x:c r="F325" s="8" t="s">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="G325" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H325" s="8" t="s">
         <x:v>1317</x:v>
       </x:c>
-      <x:c r="F325" s="8" t="s">
+    </x:row>
+    <x:row ht="344.96875" customHeight="1" collapsed="0">
+      <x:c r="A326" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B326" s="8" t="s">
         <x:v>1318</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>1320</x:v>
       </x:c>
       <x:c r="C326" s="8"/>
       <x:c r="D326" s="9" t="n">
-        <x:v>146250</x:v>
+        <x:v>132049</x:v>
       </x:c>
       <x:c r="E326" s="8" t="s">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="F326" s="8" t="s">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="G326" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H326" s="8" t="s">
         <x:v>1321</x:v>
       </x:c>
-      <x:c r="F326" s="8" t="s">
+    </x:row>
+    <x:row ht="115" customHeight="1" collapsed="0">
+      <x:c r="A327" s="8" t="s">
         <x:v>1322</x:v>
       </x:c>
-      <x:c r="G326" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H326" s="8" t="s">
+      <x:c r="B327" s="8" t="s">
         <x:v>1323</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1324</x:v>
       </x:c>
       <x:c r="C327" s="8"/>
       <x:c r="D327" s="9" t="n">
-        <x:v>20553</x:v>
+        <x:v>20043</x:v>
       </x:c>
       <x:c r="E327" s="8" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="F327" s="8" t="s">
         <x:v>1325</x:v>
       </x:c>
-      <x:c r="F327" s="8" t="s">
+      <x:c r="G327" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H327" s="8" t="s">
         <x:v>1326</x:v>
       </x:c>
-      <x:c r="G327" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H327" s="8" t="s">
+    </x:row>
+    <x:row ht="689.96875" customHeight="1" collapsed="0">
+      <x:c r="A328" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B328" s="8" t="s">
         <x:v>1327</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1328</x:v>
       </x:c>
       <x:c r="C328" s="8"/>
       <x:c r="D328" s="9" t="n">
-        <x:v>83693</x:v>
+        <x:v>305846</x:v>
       </x:c>
       <x:c r="E328" s="8" t="s">
+        <x:v>1328</x:v>
+      </x:c>
+      <x:c r="F328" s="8" t="s">
         <x:v>1329</x:v>
       </x:c>
-      <x:c r="F328" s="8" t="s">
+      <x:c r="G328" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H328" s="8" t="s">
         <x:v>1330</x:v>
       </x:c>
-      <x:c r="G328" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H328" s="8" t="s">
+    </x:row>
+    <x:row ht="505.9375" customHeight="1" collapsed="0">
+      <x:c r="A329" s="8" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B329" s="8" t="s">
         <x:v>1331</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1332</x:v>
       </x:c>
       <x:c r="C329" s="8"/>
       <x:c r="D329" s="9" t="n">
-        <x:v>20825</x:v>
+        <x:v>250127</x:v>
       </x:c>
       <x:c r="E329" s="8" t="s">
+        <x:v>1332</x:v>
+      </x:c>
+      <x:c r="F329" s="8" t="s">
         <x:v>1333</x:v>
       </x:c>
-      <x:c r="F329" s="8" t="s">
+      <x:c r="G329" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H329" s="8" t="s">
         <x:v>1334</x:v>
       </x:c>
-      <x:c r="G329" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H329" s="8" t="s">
+    </x:row>
+    <x:row ht="9118.71875" customHeight="1" collapsed="0">
+      <x:c r="A330" s="8" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="B330" s="8" t="s">
         <x:v>1335</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1336</x:v>
       </x:c>
       <x:c r="C330" s="8"/>
       <x:c r="D330" s="9" t="n">
-        <x:v>20992</x:v>
+        <x:v>124088</x:v>
       </x:c>
       <x:c r="E330" s="8" t="s">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="F330" s="8" t="s">
         <x:v>1337</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1338</x:v>
       </x:c>
       <x:c r="G330" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H330" s="8" t="s">
+        <x:v>1338</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="482.96875" customHeight="1" collapsed="0">
+      <x:c r="A331" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B331" s="8" t="s">
         <x:v>1339</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1340</x:v>
       </x:c>
       <x:c r="C331" s="8"/>
       <x:c r="D331" s="9" t="n">
-        <x:v>33872</x:v>
+        <x:v>68934</x:v>
       </x:c>
       <x:c r="E331" s="8" t="s">
+        <x:v>1340</x:v>
+      </x:c>
+      <x:c r="F331" s="8" t="s">
         <x:v>1341</x:v>
       </x:c>
-      <x:c r="F331" s="8" t="s">
+      <x:c r="G331" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H331" s="8" t="s">
         <x:v>1342</x:v>
       </x:c>
-      <x:c r="G331" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H331" s="8" t="s">
+    </x:row>
+    <x:row ht="1241.90625" customHeight="1" collapsed="0">
+      <x:c r="A332" s="8" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="B332" s="8" t="s">
         <x:v>1343</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1344</x:v>
       </x:c>
       <x:c r="C332" s="8"/>
       <x:c r="D332" s="9" t="n">
-        <x:v>20879</x:v>
+        <x:v>371025</x:v>
       </x:c>
       <x:c r="E332" s="8" t="s">
+        <x:v>1344</x:v>
+      </x:c>
+      <x:c r="F332" s="8" t="s">
         <x:v>1345</x:v>
       </x:c>
-      <x:c r="F332" s="8" t="s">
+      <x:c r="G332" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H332" s="8" t="s">
         <x:v>1346</x:v>
       </x:c>
-      <x:c r="G332" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H332" s="8" t="s">
+    </x:row>
+    <x:row ht="471.4375" customHeight="1" collapsed="0">
+      <x:c r="A333" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B333" s="8" t="s">
         <x:v>1347</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1348</x:v>
       </x:c>
       <x:c r="C333" s="8"/>
       <x:c r="D333" s="9" t="n">
-        <x:v>20718</x:v>
+        <x:v>181119</x:v>
       </x:c>
       <x:c r="E333" s="8" t="s">
+        <x:v>1348</x:v>
+      </x:c>
+      <x:c r="F333" s="8" t="s">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="F333" s="8" t="s">
+      <x:c r="G333" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H333" s="8" t="s">
         <x:v>1350</x:v>
       </x:c>
-      <x:c r="G333" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H333" s="8" t="s">
+    </x:row>
+    <x:row ht="965.90625" customHeight="1" collapsed="0">
+      <x:c r="A334" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B334" s="8" t="s">
         <x:v>1351</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1352</x:v>
       </x:c>
       <x:c r="C334" s="8"/>
       <x:c r="D334" s="9" t="n">
-        <x:v>21081</x:v>
+        <x:v>159969</x:v>
       </x:c>
       <x:c r="E334" s="8" t="s">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="F334" s="8" t="s">
         <x:v>1353</x:v>
       </x:c>
-      <x:c r="F334" s="8" t="s">
+      <x:c r="G334" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H334" s="8" t="s">
         <x:v>1354</x:v>
       </x:c>
-      <x:c r="G334" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H334" s="8" t="s">
+    </x:row>
+    <x:row ht="379.46875" customHeight="1" collapsed="0">
+      <x:c r="A335" s="8" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B335" s="8" t="s">
         <x:v>1355</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1356</x:v>
       </x:c>
       <x:c r="C335" s="8"/>
       <x:c r="D335" s="9" t="n">
-        <x:v>21287</x:v>
+        <x:v>93217</x:v>
       </x:c>
       <x:c r="E335" s="8" t="s">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="F335" s="8" t="s">
         <x:v>1357</x:v>
       </x:c>
-      <x:c r="F335" s="8" t="s">
+      <x:c r="G335" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H335" s="8" t="s">
         <x:v>1358</x:v>
       </x:c>
-      <x:c r="G335" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H335" s="8" t="s">
+    </x:row>
+    <x:row ht="988.9375" customHeight="1" collapsed="0">
+      <x:c r="A336" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B336" s="8" t="s">
         <x:v>1359</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1360</x:v>
       </x:c>
       <x:c r="C336" s="8"/>
       <x:c r="D336" s="9" t="n">
-        <x:v>20792</x:v>
+        <x:v>73147</x:v>
       </x:c>
       <x:c r="E336" s="8" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="F336" s="8" t="s">
         <x:v>1361</x:v>
       </x:c>
-      <x:c r="F336" s="8" t="s">
+      <x:c r="G336" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H336" s="8" t="s">
         <x:v>1362</x:v>
       </x:c>
-      <x:c r="G336" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H336" s="8" t="s">
+    </x:row>
+    <x:row ht="1621.375" customHeight="1" collapsed="0">
+      <x:c r="A337" s="8" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B337" s="8" t="s">
         <x:v>1363</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1364</x:v>
       </x:c>
       <x:c r="C337" s="8"/>
       <x:c r="D337" s="9" t="n">
-        <x:v>38400</x:v>
+        <x:v>20553</x:v>
       </x:c>
       <x:c r="E337" s="8" t="s">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="F337" s="8" t="s">
         <x:v>1365</x:v>
       </x:c>
-      <x:c r="F337" s="8" t="s">
+      <x:c r="G337" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H337" s="8" t="s">
         <x:v>1366</x:v>
       </x:c>
-      <x:c r="G337" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H337" s="8" t="s">
+    </x:row>
+    <x:row ht="172.46875" customHeight="1" collapsed="0">
+      <x:c r="A338" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B338" s="8" t="s">
         <x:v>1367</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1368</x:v>
       </x:c>
       <x:c r="C338" s="8"/>
       <x:c r="D338" s="9" t="n">
-        <x:v>71231</x:v>
+        <x:v>29823</x:v>
       </x:c>
       <x:c r="E338" s="8" t="s">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="F338" s="8" t="s">
         <x:v>1369</x:v>
       </x:c>
-      <x:c r="F338" s="8" t="s">
+      <x:c r="G338" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H338" s="8" t="s">
         <x:v>1370</x:v>
       </x:c>
-      <x:c r="G338" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H338" s="8" t="s">
+    </x:row>
+    <x:row ht="862.40625" customHeight="1" collapsed="0">
+      <x:c r="A339" s="8" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B339" s="8" t="s">
         <x:v>1371</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1372</x:v>
       </x:c>
       <x:c r="C339" s="8"/>
       <x:c r="D339" s="9" t="n">
-        <x:v>46605</x:v>
+        <x:v>20419</x:v>
       </x:c>
       <x:c r="E339" s="8" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="F339" s="8" t="s">
         <x:v>1373</x:v>
       </x:c>
-      <x:c r="F339" s="8" t="s">
+      <x:c r="G339" s="8" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H339" s="8" t="s">
         <x:v>1374</x:v>
       </x:c>
-      <x:c r="G339" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H339" s="8" t="s">
+    </x:row>
+    <x:row ht="115.03125" customHeight="1" collapsed="0">
+      <x:c r="A340" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B340" s="8" t="s">
         <x:v>1375</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1376</x:v>
       </x:c>
       <x:c r="C340" s="8"/>
       <x:c r="D340" s="9" t="n">
-        <x:v>113297</x:v>
+        <x:v>147552</x:v>
       </x:c>
       <x:c r="E340" s="8" t="s">
+        <x:v>1376</x:v>
+      </x:c>
+      <x:c r="F340" s="8" t="s">
         <x:v>1377</x:v>
       </x:c>
-      <x:c r="F340" s="8" t="s">
+      <x:c r="G340" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H340" s="8" t="s">
         <x:v>1378</x:v>
       </x:c>
-      <x:c r="G340" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H340" s="8" t="s">
+    </x:row>
+    <x:row ht="436.9375" customHeight="1" collapsed="0">
+      <x:c r="A341" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B341" s="8" t="s">
         <x:v>1379</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1380</x:v>
       </x:c>
       <x:c r="C341" s="8"/>
       <x:c r="D341" s="9" t="n">
-        <x:v>141516</x:v>
+        <x:v>37167</x:v>
       </x:c>
       <x:c r="E341" s="8" t="s">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="F341" s="8" t="s">
         <x:v>1381</x:v>
       </x:c>
-      <x:c r="F341" s="8" t="s">
+      <x:c r="G341" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H341" s="8" t="s">
         <x:v>1382</x:v>
       </x:c>
-      <x:c r="G341" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H341" s="8" t="s">
+    </x:row>
+    <x:row ht="69" customHeight="1" collapsed="0">
+      <x:c r="A342" s="8" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="B342" s="8" t="s">
         <x:v>1383</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1384</x:v>
       </x:c>
       <x:c r="C342" s="8"/>
       <x:c r="D342" s="9" t="n">
-        <x:v>53192</x:v>
+        <x:v>20214</x:v>
       </x:c>
       <x:c r="E342" s="8" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="F342" s="8" t="s">
         <x:v>1385</x:v>
       </x:c>
-      <x:c r="F342" s="8" t="s">
+      <x:c r="G342" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H342" s="8" t="s">
         <x:v>1386</x:v>
       </x:c>
-      <x:c r="G342" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H342" s="8" t="s">
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
+      <x:c r="A343" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B343" s="8" t="s">
         <x:v>1387</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1388</x:v>
       </x:c>
       <x:c r="C343" s="8"/>
       <x:c r="D343" s="9" t="n">
-        <x:v>95370</x:v>
+        <x:v>21134</x:v>
       </x:c>
       <x:c r="E343" s="8" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="F343" s="8" t="s">
         <x:v>1389</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1390</x:v>
       </x:c>
       <x:c r="G343" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H343" s="8" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="6048.46875" customHeight="1" collapsed="0">
+      <x:c r="A344" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B344" s="8" t="s">
         <x:v>1391</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1392</x:v>
       </x:c>
       <x:c r="C344" s="8"/>
       <x:c r="D344" s="9" t="n">
-        <x:v>20164</x:v>
+        <x:v>29489</x:v>
       </x:c>
       <x:c r="E344" s="8" t="s">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="F344" s="8" t="s">
         <x:v>1393</x:v>
       </x:c>
-      <x:c r="F344" s="8" t="s">
+      <x:c r="G344" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H344" s="8" t="s">
         <x:v>1394</x:v>
       </x:c>
-      <x:c r="G344" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H344" s="8" t="s">
+    </x:row>
+    <x:row ht="517.4375" customHeight="1" collapsed="0">
+      <x:c r="A345" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B345" s="8" t="s">
         <x:v>1395</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>1396</x:v>
       </x:c>
       <x:c r="C345" s="8"/>
       <x:c r="D345" s="9" t="n">
-        <x:v>226806</x:v>
+        <x:v>125307</x:v>
       </x:c>
       <x:c r="E345" s="8" t="s">
-        <x:v>399</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="F345" s="8" t="s">
-        <x:v>400</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="G345" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H345" s="8" t="s">
-        <x:v>1397</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.96875" customHeight="1" collapsed="0">
+        <x:v>1398</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8877.25" customHeight="1" collapsed="0">
       <x:c r="A346" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B346" s="8" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="C346" s="8"/>
       <x:c r="D346" s="9" t="n">
-        <x:v>20183</x:v>
+        <x:v>20395</x:v>
       </x:c>
       <x:c r="E346" s="8" t="s">
-        <x:v>1399</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="F346" s="8" t="s">
-        <x:v>1400</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="G346" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H346" s="8" t="s">
-        <x:v>1401</x:v>
-[...2 lines deleted...]
-    <x:row ht="184" customHeight="1" collapsed="0">
+        <x:v>1402</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="885.4375" customHeight="1" collapsed="0">
       <x:c r="A347" s="8" t="s">
-        <x:v>1171</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B347" s="8" t="s">
-        <x:v>1402</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="C347" s="8"/>
       <x:c r="D347" s="9" t="n">
-        <x:v>131133</x:v>
+        <x:v>53174</x:v>
       </x:c>
       <x:c r="E347" s="8" t="s">
-        <x:v>1403</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="F347" s="8" t="s">
-        <x:v>1404</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="G347" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H347" s="8" t="s">
-        <x:v>1405</x:v>
-[...2 lines deleted...]
-    <x:row ht="758.9375" customHeight="1" collapsed="0">
+        <x:v>1406</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2518.28125" customHeight="1" collapsed="0">
       <x:c r="A348" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B348" s="8" t="s">
-        <x:v>1406</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="C348" s="8"/>
       <x:c r="D348" s="9" t="n">
-        <x:v>449757</x:v>
+        <x:v>296171</x:v>
       </x:c>
       <x:c r="E348" s="8" t="s">
-        <x:v>1407</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="F348" s="8" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="G348" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H348" s="8" t="s">
-        <x:v>1409</x:v>
-[...2 lines deleted...]
-    <x:row ht="988.9375" customHeight="1" collapsed="0">
+        <x:v>1410</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2989.75" customHeight="1" collapsed="0">
       <x:c r="A349" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B349" s="8" t="s">
-        <x:v>1410</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="C349" s="8"/>
       <x:c r="D349" s="9" t="n">
-        <x:v>165580</x:v>
+        <x:v>28327</x:v>
       </x:c>
       <x:c r="E349" s="8" t="s">
-        <x:v>1411</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="F349" s="8" t="s">
-        <x:v>1412</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="G349" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H349" s="8" t="s">
-        <x:v>1413</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>1414</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.53125" customHeight="1" collapsed="0">
       <x:c r="A350" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B350" s="8" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="C350" s="8"/>
       <x:c r="D350" s="9" t="n">
-        <x:v>51941</x:v>
+        <x:v>101536</x:v>
       </x:c>
       <x:c r="E350" s="8" t="s">
-        <x:v>1415</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="F350" s="8" t="s">
-        <x:v>1416</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="G350" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H350" s="8" t="s">
-        <x:v>1417</x:v>
-[...2 lines deleted...]
-    <x:row ht="2058.34375" customHeight="1" collapsed="0">
+        <x:v>1418</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.40625" customHeight="1" collapsed="0">
       <x:c r="A351" s="8" t="s">
-        <x:v>266</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B351" s="8" t="s">
-        <x:v>1418</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="C351" s="8"/>
       <x:c r="D351" s="9" t="n">
-        <x:v>92465</x:v>
+        <x:v>458065</x:v>
       </x:c>
       <x:c r="E351" s="8" t="s">
-        <x:v>1419</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="F351" s="8" t="s">
-        <x:v>1420</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="G351" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H351" s="8" t="s">
-        <x:v>1421</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.40625" customHeight="1" collapsed="0">
+        <x:v>1422</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2886.28125" customHeight="1" collapsed="0">
       <x:c r="A352" s="8" t="s">
-        <x:v>767</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B352" s="8" t="s">
-        <x:v>1422</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="C352" s="8"/>
       <x:c r="D352" s="9" t="n">
-        <x:v>203512</x:v>
+        <x:v>55258</x:v>
       </x:c>
       <x:c r="E352" s="8" t="s">
-        <x:v>1423</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="F352" s="8" t="s">
-        <x:v>1424</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="G352" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H352" s="8" t="s">
-        <x:v>1425</x:v>
-[...2 lines deleted...]
-    <x:row ht="57.46875" customHeight="1" collapsed="0">
+        <x:v>1426</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.5" customHeight="1" collapsed="0">
       <x:c r="A353" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B353" s="8" t="s">
-        <x:v>1426</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="C353" s="8"/>
       <x:c r="D353" s="9" t="n">
-        <x:v>121713</x:v>
+        <x:v>214802</x:v>
       </x:c>
       <x:c r="E353" s="8" t="s">
-        <x:v>1427</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="F353" s="8" t="s">
-        <x:v>1428</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="G353" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H353" s="8" t="s">
-        <x:v>1429</x:v>
-[...2 lines deleted...]
-    <x:row ht="517.46875" customHeight="1" collapsed="0">
+        <x:v>1430</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A354" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B354" s="8" t="s">
-        <x:v>1430</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="C354" s="8"/>
       <x:c r="D354" s="9" t="n">
-        <x:v>20029</x:v>
+        <x:v>73665</x:v>
       </x:c>
       <x:c r="E354" s="8" t="s">
-        <x:v>1431</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="F354" s="8" t="s">
-        <x:v>1432</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="G354" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H354" s="8" t="s">
-        <x:v>1433</x:v>
-[...2 lines deleted...]
-    <x:row ht="1241.90625" customHeight="1" collapsed="0">
+        <x:v>1434</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="551.9375" customHeight="1" collapsed="0">
       <x:c r="A355" s="8" t="s">
-        <x:v>849</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="B355" s="8" t="s">
-        <x:v>1434</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="C355" s="8"/>
       <x:c r="D355" s="9" t="n">
-        <x:v>371025</x:v>
+        <x:v>108766</x:v>
       </x:c>
       <x:c r="E355" s="8" t="s">
-        <x:v>1435</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="F355" s="8" t="s">
-        <x:v>1436</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="G355" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H355" s="8" t="s">
-        <x:v>1437</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.96875" customHeight="1" collapsed="0">
+        <x:v>1439</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.46875" customHeight="1" collapsed="0">
       <x:c r="A356" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="B356" s="8" t="s">
-        <x:v>1438</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="C356" s="8"/>
       <x:c r="D356" s="9" t="n">
-        <x:v>156235</x:v>
+        <x:v>284735</x:v>
       </x:c>
       <x:c r="E356" s="8" t="s">
-        <x:v>1439</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="F356" s="8" t="s">
-        <x:v>1440</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="G356" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H356" s="8" t="s">
-        <x:v>1441</x:v>
-[...2 lines deleted...]
-    <x:row ht="781.9375" customHeight="1" collapsed="0">
+        <x:v>1444</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2403.3125" customHeight="1" collapsed="0">
       <x:c r="A357" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B357" s="8" t="s">
-        <x:v>1442</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="C357" s="8"/>
       <x:c r="D357" s="9" t="n">
-        <x:v>771586</x:v>
+        <x:v>122592</x:v>
       </x:c>
       <x:c r="E357" s="8" t="s">
-        <x:v>1443</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="F357" s="8" t="s">
-        <x:v>1444</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="G357" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H357" s="8" t="s">
-        <x:v>1445</x:v>
-[...2 lines deleted...]
-    <x:row ht="2702.25" customHeight="1" collapsed="0">
+        <x:v>1448</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.46875" customHeight="1" collapsed="0">
       <x:c r="A358" s="8" t="s">
-        <x:v>153</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B358" s="8" t="s">
-        <x:v>1446</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="C358" s="8"/>
       <x:c r="D358" s="9" t="n">
-        <x:v>703210</x:v>
+        <x:v>71562</x:v>
       </x:c>
       <x:c r="E358" s="8" t="s">
-        <x:v>1447</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="F358" s="8" t="s">
-        <x:v>1448</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="G358" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H358" s="8" t="s">
-        <x:v>1449</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.9375" customHeight="1" collapsed="0">
+        <x:v>1452</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.9375" customHeight="1" collapsed="0">
       <x:c r="A359" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B359" s="8" t="s">
-        <x:v>1450</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="C359" s="8"/>
       <x:c r="D359" s="9" t="n">
-        <x:v>499168</x:v>
+        <x:v>77526</x:v>
       </x:c>
       <x:c r="E359" s="8" t="s">
-        <x:v>1451</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="F359" s="8" t="s">
-        <x:v>1452</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="G359" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H359" s="8" t="s">
-        <x:v>1453</x:v>
-[...2 lines deleted...]
-    <x:row ht="816.40625" customHeight="1" collapsed="0">
+        <x:v>1456</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A360" s="8" t="s">
-        <x:v>1142</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B360" s="8" t="s">
-        <x:v>1454</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="C360" s="8"/>
       <x:c r="D360" s="9" t="n">
-        <x:v>106687</x:v>
+        <x:v>129580</x:v>
       </x:c>
       <x:c r="E360" s="8" t="s">
-        <x:v>1455</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="F360" s="8" t="s">
-        <x:v>1456</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="G360" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H360" s="8" t="s">
-        <x:v>1457</x:v>
-[...2 lines deleted...]
-    <x:row ht="552" customHeight="1" collapsed="0">
+        <x:v>1460</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="206.96875" customHeight="1" collapsed="0">
       <x:c r="A361" s="8" t="s">
-        <x:v>1458</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B361" s="8" t="s">
-        <x:v>1459</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="C361" s="8"/>
       <x:c r="D361" s="9" t="n">
-        <x:v>108766</x:v>
+        <x:v>159957</x:v>
       </x:c>
       <x:c r="E361" s="8" t="s">
-        <x:v>1460</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="F361" s="8" t="s">
-        <x:v>1461</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="G361" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H361" s="8" t="s">
-        <x:v>1462</x:v>
-[...2 lines deleted...]
-    <x:row ht="229.96875" customHeight="1" collapsed="0">
+        <x:v>1464</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1989.34375" customHeight="1" collapsed="0">
       <x:c r="A362" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B362" s="8" t="s">
-        <x:v>1463</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="C362" s="8"/>
       <x:c r="D362" s="9" t="n">
-        <x:v>139198</x:v>
+        <x:v>1444427</x:v>
       </x:c>
       <x:c r="E362" s="8" t="s">
-        <x:v>1464</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F362" s="8" t="s">
-        <x:v>1465</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="G362" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H362" s="8" t="s">
-        <x:v>1466</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.4375" customHeight="1" collapsed="0">
+        <x:v>1468</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.96875" customHeight="1" collapsed="0">
       <x:c r="A363" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B363" s="8" t="s">
-        <x:v>1467</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="C363" s="8"/>
       <x:c r="D363" s="9" t="n">
-        <x:v>181119</x:v>
+        <x:v>88813</x:v>
       </x:c>
       <x:c r="E363" s="8" t="s">
-        <x:v>1468</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="F363" s="8" t="s">
-        <x:v>1469</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="G363" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H363" s="8" t="s">
-        <x:v>1470</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.5" customHeight="1" collapsed="0">
+        <x:v>1472</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
       <x:c r="A364" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B364" s="8" t="s">
-        <x:v>1471</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="C364" s="8"/>
       <x:c r="D364" s="9" t="n">
-        <x:v>153370</x:v>
+        <x:v>20391</x:v>
       </x:c>
       <x:c r="E364" s="8" t="s">
-        <x:v>1472</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="F364" s="8" t="s">
-        <x:v>1473</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="G364" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H364" s="8" t="s">
-        <x:v>1474</x:v>
-[...2 lines deleted...]
-    <x:row ht="1034.875" customHeight="1" collapsed="0">
+        <x:v>1476</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8693.25" customHeight="1" collapsed="0">
       <x:c r="A365" s="8" t="s">
-        <x:v>535</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B365" s="8" t="s">
-        <x:v>1475</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="C365" s="8"/>
       <x:c r="D365" s="9" t="n">
-        <x:v>21214</x:v>
+        <x:v>20038</x:v>
       </x:c>
       <x:c r="E365" s="8" t="s">
-        <x:v>1476</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="F365" s="8" t="s">
-        <x:v>1477</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="G365" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H365" s="8" t="s">
-        <x:v>1478</x:v>
-[...2 lines deleted...]
-    <x:row ht="1460.40625" customHeight="1" collapsed="0">
+        <x:v>1480</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8842.71875" customHeight="1" collapsed="0">
       <x:c r="A366" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B366" s="8" t="s">
-        <x:v>1479</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="C366" s="8"/>
       <x:c r="D366" s="9" t="n">
-        <x:v>833204</x:v>
+        <x:v>20442</x:v>
       </x:c>
       <x:c r="E366" s="8" t="s">
-        <x:v>1480</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="F366" s="8" t="s">
-        <x:v>1481</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="G366" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H366" s="8" t="s">
-        <x:v>1482</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.4375" customHeight="1" collapsed="0">
+        <x:v>1484</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="8681.78125" customHeight="1" collapsed="0">
       <x:c r="A367" s="8" t="s">
-        <x:v>1483</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B367" s="8" t="s">
-        <x:v>1484</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="C367" s="8"/>
       <x:c r="D367" s="9" t="n">
-        <x:v>123787</x:v>
+        <x:v>46298</x:v>
       </x:c>
       <x:c r="E367" s="8" t="s">
-        <x:v>1485</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="F367" s="8" t="s">
-        <x:v>1486</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="G367" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H367" s="8" t="s">
-        <x:v>1487</x:v>
-[...2 lines deleted...]
-    <x:row ht="1989.375" customHeight="1" collapsed="0">
+        <x:v>1488</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.5" customHeight="1" collapsed="0">
       <x:c r="A368" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B368" s="8" t="s">
-        <x:v>1488</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="C368" s="8"/>
       <x:c r="D368" s="9" t="n">
-        <x:v>1444427</x:v>
+        <x:v>95294</x:v>
       </x:c>
       <x:c r="E368" s="8" t="s">
-        <x:v>1489</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="F368" s="8" t="s">
-        <x:v>1490</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="G368" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H368" s="8" t="s">
-        <x:v>1491</x:v>
-[...2 lines deleted...]
-    <x:row ht="666.90625" customHeight="1" collapsed="0">
+        <x:v>1492</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2817.28125" customHeight="1" collapsed="0">
       <x:c r="A369" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B369" s="8" t="s">
-        <x:v>1492</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="C369" s="8"/>
       <x:c r="D369" s="9" t="n">
-        <x:v>149559</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="E369" s="8" t="s">
-        <x:v>1493</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="F369" s="8" t="s">
-        <x:v>1494</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="G369" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H369" s="8" t="s">
-        <x:v>1495</x:v>
-[...2 lines deleted...]
-    <x:row ht="22.96875" customHeight="1" collapsed="0">
+        <x:v>1496</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="712.90625" customHeight="1" collapsed="0">
       <x:c r="A370" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B370" s="8" t="s">
-        <x:v>1496</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="C370" s="8"/>
       <x:c r="D370" s="9" t="n">
-        <x:v>550518</x:v>
+        <x:v>73283</x:v>
       </x:c>
       <x:c r="E370" s="8" t="s">
-        <x:v>1497</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="F370" s="8" t="s">
-        <x:v>1498</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="G370" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H370" s="8" t="s">
-        <x:v>1499</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.96875" customHeight="1" collapsed="0">
+        <x:v>1500</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.40625" customHeight="1" collapsed="0">
       <x:c r="A371" s="8" t="s">
-        <x:v>275</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B371" s="8" t="s">
-        <x:v>1500</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="C371" s="8"/>
       <x:c r="D371" s="9" t="n">
-        <x:v>37167</x:v>
+        <x:v>70912</x:v>
       </x:c>
       <x:c r="E371" s="8" t="s">
-        <x:v>1501</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="F371" s="8" t="s">
-        <x:v>1502</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="G371" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H371" s="8" t="s">
-        <x:v>1503</x:v>
-[...2 lines deleted...]
-    <x:row ht="5289.59375" customHeight="1" collapsed="0">
+        <x:v>1504</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1736.375" customHeight="1" collapsed="0">
       <x:c r="A372" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B372" s="8" t="s">
-        <x:v>1504</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="C372" s="8"/>
       <x:c r="D372" s="9" t="n">
-        <x:v>1452288</x:v>
+        <x:v>20718</x:v>
       </x:c>
       <x:c r="E372" s="8" t="s">
-        <x:v>1505</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="F372" s="8" t="s">
-        <x:v>1506</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="G372" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H372" s="8" t="s">
-        <x:v>1507</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.4375" customHeight="1" collapsed="0">
+        <x:v>1508</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.96875" customHeight="1" collapsed="0">
       <x:c r="A373" s="8" t="s">
-        <x:v>117</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B373" s="8" t="s">
-        <x:v>1508</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="C373" s="8"/>
       <x:c r="D373" s="9" t="n">
-        <x:v>188960</x:v>
+        <x:v>20188</x:v>
       </x:c>
       <x:c r="E373" s="8" t="s">
-        <x:v>1509</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="F373" s="8" t="s">
-        <x:v>1510</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="G373" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H373" s="8" t="s">
-        <x:v>1511</x:v>
-[...2 lines deleted...]
-    <x:row ht="230" customHeight="1" collapsed="0">
+        <x:v>1512</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.9375" customHeight="1" collapsed="0">
       <x:c r="A374" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B374" s="8" t="s">
-        <x:v>1512</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="C374" s="8"/>
       <x:c r="D374" s="9" t="n">
-        <x:v>39540</x:v>
+        <x:v>288291</x:v>
       </x:c>
       <x:c r="E374" s="8" t="s">
-        <x:v>1513</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="F374" s="8" t="s">
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="G374" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H374" s="8" t="s">
-        <x:v>1515</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.4375" customHeight="1" collapsed="0">
+        <x:v>1516</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.96875" customHeight="1" collapsed="0">
       <x:c r="A375" s="8" t="s">
-        <x:v>1516</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B375" s="8" t="s">
         <x:v>1517</x:v>
       </x:c>
       <x:c r="C375" s="8"/>
       <x:c r="D375" s="9" t="n">
-        <x:v>725996</x:v>
+        <x:v>39540</x:v>
       </x:c>
       <x:c r="E375" s="8" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="F375" s="8" t="s">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="G375" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H375" s="8" t="s">
         <x:v>1520</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.5" customHeight="1" collapsed="0">
+    <x:row ht="103.5" customHeight="1" collapsed="0">
       <x:c r="A376" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B376" s="8" t="s">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="C376" s="8"/>
       <x:c r="D376" s="9" t="n">
-        <x:v>41733</x:v>
+        <x:v>20820</x:v>
       </x:c>
       <x:c r="E376" s="8" t="s">
         <x:v>1522</x:v>
       </x:c>
       <x:c r="F376" s="8" t="s">
         <x:v>1523</x:v>
       </x:c>
       <x:c r="G376" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H376" s="8" t="s">
         <x:v>1524</x:v>
       </x:c>
     </x:row>
-    <x:row ht="908.375" customHeight="1" collapsed="0">
+    <x:row ht="275.96875" customHeight="1" collapsed="0">
       <x:c r="A377" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B377" s="8" t="s">
         <x:v>1525</x:v>
       </x:c>
       <x:c r="C377" s="8"/>
       <x:c r="D377" s="9" t="n">
-        <x:v>141153</x:v>
+        <x:v>21287</x:v>
       </x:c>
       <x:c r="E377" s="8" t="s">
         <x:v>1526</x:v>
       </x:c>
       <x:c r="F377" s="8" t="s">
         <x:v>1527</x:v>
       </x:c>
       <x:c r="G377" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H377" s="8" t="s">
         <x:v>1528</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1828.34375" customHeight="1" collapsed="0">
+    <x:row ht="195.46875" customHeight="1" collapsed="0">
       <x:c r="A378" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B378" s="8" t="s">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="C378" s="8"/>
       <x:c r="D378" s="9" t="n">
-        <x:v>103597</x:v>
+        <x:v>183213</x:v>
       </x:c>
       <x:c r="E378" s="8" t="s">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="F378" s="8" t="s">
         <x:v>1531</x:v>
       </x:c>
       <x:c r="G378" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H378" s="8" t="s">
         <x:v>1532</x:v>
       </x:c>
     </x:row>
-    <x:row ht="712.96875" customHeight="1" collapsed="0">
+    <x:row ht="724.46875" customHeight="1" collapsed="0">
       <x:c r="A379" s="8" t="s">
-        <x:v>275</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B379" s="8" t="s">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="C379" s="8"/>
       <x:c r="D379" s="9" t="n">
-        <x:v>77085</x:v>
+        <x:v>124045</x:v>
       </x:c>
       <x:c r="E379" s="8" t="s">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="F379" s="8" t="s">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="G379" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H379" s="8" t="s">
         <x:v>1536</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.5" customHeight="1" collapsed="0">
+    <x:row ht="471.4375" customHeight="1" collapsed="0">
       <x:c r="A380" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B380" s="8" t="s">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="C380" s="8"/>
       <x:c r="D380" s="9" t="n">
-        <x:v>20669</x:v>
+        <x:v>42732</x:v>
       </x:c>
       <x:c r="E380" s="8" t="s">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="F380" s="8" t="s">
         <x:v>1539</x:v>
       </x:c>
       <x:c r="G380" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H380" s="8" t="s">
         <x:v>1540</x:v>
       </x:c>
     </x:row>
-    <x:row ht="34.5" customHeight="1" collapsed="0">
+    <x:row ht="172.53125" customHeight="1" collapsed="0">
       <x:c r="A381" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B381" s="8" t="s">
         <x:v>1541</x:v>
       </x:c>
       <x:c r="C381" s="8"/>
       <x:c r="D381" s="9" t="n">
-        <x:v>20590</x:v>
+        <x:v>20825</x:v>
       </x:c>
       <x:c r="E381" s="8" t="s">
         <x:v>1542</x:v>
       </x:c>
       <x:c r="F381" s="8" t="s">
         <x:v>1543</x:v>
       </x:c>
       <x:c r="G381" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H381" s="8" t="s">
         <x:v>1544</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.9375" customHeight="1" collapsed="0">
+    <x:row ht="2656.21875" customHeight="1" collapsed="0">
       <x:c r="A382" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B382" s="8" t="s">
         <x:v>1545</x:v>
       </x:c>
       <x:c r="C382" s="8"/>
       <x:c r="D382" s="9" t="n">
-        <x:v>47803</x:v>
+        <x:v>20678</x:v>
       </x:c>
       <x:c r="E382" s="8" t="s">
         <x:v>1546</x:v>
       </x:c>
       <x:c r="F382" s="8" t="s">
         <x:v>1547</x:v>
       </x:c>
       <x:c r="G382" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H382" s="8" t="s">
         <x:v>1548</x:v>
       </x:c>
     </x:row>
-    <x:row ht="770.40625" customHeight="1" collapsed="0">
+    <x:row ht="69.03125" customHeight="1" collapsed="0">
       <x:c r="A383" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B383" s="8" t="s">
         <x:v>1549</x:v>
       </x:c>
       <x:c r="C383" s="8"/>
       <x:c r="D383" s="9" t="n">
-        <x:v>96334</x:v>
+        <x:v>35916</x:v>
       </x:c>
       <x:c r="E383" s="8" t="s">
         <x:v>1550</x:v>
       </x:c>
       <x:c r="F383" s="8" t="s">
         <x:v>1551</x:v>
       </x:c>
       <x:c r="G383" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H383" s="8" t="s">
         <x:v>1552</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.03125" customHeight="1" collapsed="0">
+    <x:row ht="574.90625" customHeight="1" collapsed="0">
       <x:c r="A384" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B384" s="8" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="C384" s="8"/>
       <x:c r="D384" s="9" t="n">
-        <x:v>24734</x:v>
+        <x:v>35142</x:v>
       </x:c>
       <x:c r="E384" s="8" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="F384" s="8" t="s">
         <x:v>1555</x:v>
       </x:c>
       <x:c r="G384" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H384" s="8" t="s">
         <x:v>1556</x:v>
       </x:c>
     </x:row>
-    <x:row ht="218.46875" customHeight="1" collapsed="0">
+    <x:row ht="1333.90625" customHeight="1" collapsed="0">
       <x:c r="A385" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B385" s="8" t="s">
         <x:v>1557</x:v>
       </x:c>
       <x:c r="C385" s="8"/>
       <x:c r="D385" s="9" t="n">
-        <x:v>20688</x:v>
+        <x:v>20542</x:v>
       </x:c>
       <x:c r="E385" s="8" t="s">
         <x:v>1558</x:v>
       </x:c>
       <x:c r="F385" s="8" t="s">
         <x:v>1559</x:v>
       </x:c>
       <x:c r="G385" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H385" s="8" t="s">
         <x:v>1560</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.96875" customHeight="1" collapsed="0">
+    <x:row ht="115.03125" customHeight="1" collapsed="0">
       <x:c r="A386" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B386" s="8" t="s">
         <x:v>1561</x:v>
       </x:c>
       <x:c r="C386" s="8"/>
       <x:c r="D386" s="9" t="n">
-        <x:v>43309</x:v>
+        <x:v>21237</x:v>
       </x:c>
       <x:c r="E386" s="8" t="s">
         <x:v>1562</x:v>
       </x:c>
       <x:c r="F386" s="8" t="s">
         <x:v>1563</x:v>
       </x:c>
       <x:c r="G386" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H386" s="8" t="s">
         <x:v>1564</x:v>
       </x:c>
     </x:row>
-    <x:row ht="34.46875" customHeight="1" collapsed="0">
+    <x:row ht="252.96875" customHeight="1" collapsed="0">
       <x:c r="A387" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B387" s="8" t="s">
         <x:v>1565</x:v>
       </x:c>
       <x:c r="C387" s="8"/>
       <x:c r="D387" s="9" t="n">
-        <x:v>20231</x:v>
+        <x:v>75890</x:v>
       </x:c>
       <x:c r="E387" s="8" t="s">
         <x:v>1566</x:v>
       </x:c>
       <x:c r="F387" s="8" t="s">
         <x:v>1567</x:v>
       </x:c>
       <x:c r="G387" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H387" s="8" t="s">
         <x:v>1568</x:v>
       </x:c>
     </x:row>
-    <x:row ht="885.4375" customHeight="1" collapsed="0">
+    <x:row ht="413.96875" customHeight="1" collapsed="0">
       <x:c r="A388" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B388" s="8" t="s">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="C388" s="8"/>
       <x:c r="D388" s="9" t="n">
-        <x:v>53174</x:v>
+        <x:v>21388</x:v>
       </x:c>
       <x:c r="E388" s="8" t="s">
         <x:v>1570</x:v>
       </x:c>
       <x:c r="F388" s="8" t="s">
         <x:v>1571</x:v>
       </x:c>
       <x:c r="G388" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H388" s="8" t="s">
         <x:v>1572</x:v>
       </x:c>
     </x:row>
-    <x:row ht="528.9375" customHeight="1" collapsed="0">
+    <x:row ht="356.46875" customHeight="1" collapsed="0">
       <x:c r="A389" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B389" s="8" t="s">
         <x:v>1573</x:v>
       </x:c>
       <x:c r="C389" s="8"/>
       <x:c r="D389" s="9" t="n">
-        <x:v>21199</x:v>
+        <x:v>47655</x:v>
       </x:c>
       <x:c r="E389" s="8" t="s">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="F389" s="8" t="s">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="G389" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H389" s="8" t="s">
         <x:v>1576</x:v>
       </x:c>
     </x:row>
-    <x:row ht="8842.71875" customHeight="1" collapsed="0">
+    <x:row ht="92" customHeight="1" collapsed="0">
       <x:c r="A390" s="8" t="s">
-        <x:v>397</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="B390" s="8" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="C390" s="8"/>
       <x:c r="D390" s="9" t="n">
-        <x:v>20442</x:v>
+        <x:v>20640</x:v>
       </x:c>
       <x:c r="E390" s="8" t="s">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="F390" s="8" t="s">
         <x:v>1579</x:v>
       </x:c>
       <x:c r="G390" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H390" s="8" t="s">
         <x:v>1580</x:v>
       </x:c>
     </x:row>
-    <x:row ht="368" customHeight="1" collapsed="0">
+    <x:row ht="574.9375" customHeight="1" collapsed="0">
       <x:c r="A391" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B391" s="8" t="s">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="C391" s="8"/>
       <x:c r="D391" s="9" t="n">
-        <x:v>20106</x:v>
+        <x:v>21156</x:v>
       </x:c>
       <x:c r="E391" s="8" t="s">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="F391" s="8" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="G391" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H391" s="8" t="s">
         <x:v>1584</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.4375" customHeight="1" collapsed="0">
+    <x:row ht="436.96875" customHeight="1" collapsed="0">
       <x:c r="A392" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B392" s="8" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="C392" s="8"/>
       <x:c r="D392" s="9" t="n">
-        <x:v>20143</x:v>
+        <x:v>119217</x:v>
       </x:c>
       <x:c r="E392" s="8" t="s">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="F392" s="8" t="s">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="G392" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H392" s="8" t="s">
         <x:v>1588</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1563.875" customHeight="1" collapsed="0">
+    <x:row ht="517.4375" customHeight="1" collapsed="0">
       <x:c r="A393" s="8" t="s">
-        <x:v>849</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B393" s="8" t="s">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="C393" s="8"/>
       <x:c r="D393" s="9" t="n">
-        <x:v>20558</x:v>
+        <x:v>20737</x:v>
       </x:c>
       <x:c r="E393" s="8" t="s">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="F393" s="8" t="s">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="G393" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H393" s="8" t="s">
         <x:v>1592</x:v>
       </x:c>
     </x:row>
-    <x:row ht="126.5" customHeight="1" collapsed="0">
+    <x:row ht="2598.8125" customHeight="1" collapsed="0">
       <x:c r="A394" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B394" s="8" t="s">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="C394" s="8"/>
       <x:c r="D394" s="9" t="n">
-        <x:v>20649</x:v>
+        <x:v>38334</x:v>
       </x:c>
       <x:c r="E394" s="8" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="F394" s="8" t="s">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="G394" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H394" s="8" t="s">
         <x:v>1596</x:v>
       </x:c>
     </x:row>
-    <x:row ht="195.5" customHeight="1" collapsed="0">
+    <x:row ht="252.96875" customHeight="1" collapsed="0">
       <x:c r="A395" s="8" t="s">
-        <x:v>578</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="B395" s="8" t="s">
         <x:v>1597</x:v>
       </x:c>
       <x:c r="C395" s="8"/>
       <x:c r="D395" s="9" t="n">
-        <x:v>20118</x:v>
+        <x:v>89461</x:v>
       </x:c>
       <x:c r="E395" s="8" t="s">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="F395" s="8" t="s">
         <x:v>1599</x:v>
       </x:c>
       <x:c r="G395" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H395" s="8" t="s">
         <x:v>1600</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.9375" customHeight="1" collapsed="0">
+    <x:row ht="253" customHeight="1" collapsed="0">
       <x:c r="A396" s="8" t="s">
-        <x:v>556</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B396" s="8" t="s">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="C396" s="8"/>
       <x:c r="D396" s="9" t="n">
-        <x:v>168481</x:v>
+        <x:v>25065</x:v>
       </x:c>
       <x:c r="E396" s="8" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="F396" s="8" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="G396" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="H396" s="8" t="s">
         <x:v>1604</x:v>
       </x:c>
     </x:row>
-    <x:row ht="69" customHeight="1" collapsed="0">
+    <x:row ht="1057.90625" customHeight="1" collapsed="0">
       <x:c r="A397" s="8" t="s">
-        <x:v>573</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B397" s="8" t="s">
         <x:v>1605</x:v>
       </x:c>
       <x:c r="C397" s="8"/>
       <x:c r="D397" s="9" t="n">
-        <x:v>35556</x:v>
+        <x:v>499168</x:v>
       </x:c>
       <x:c r="E397" s="8" t="s">
         <x:v>1606</x:v>
       </x:c>
       <x:c r="F397" s="8" t="s">
         <x:v>1607</x:v>
       </x:c>
       <x:c r="G397" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H397" s="8" t="s">
         <x:v>1608</x:v>
       </x:c>
     </x:row>
-    <x:row ht="735.9375" customHeight="1" collapsed="0">
+    <x:row ht="126.5" customHeight="1" collapsed="0">
       <x:c r="A398" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B398" s="8" t="s">
         <x:v>1609</x:v>
       </x:c>
       <x:c r="C398" s="8"/>
       <x:c r="D398" s="9" t="n">
-        <x:v>20886</x:v>
+        <x:v>25453</x:v>
       </x:c>
       <x:c r="E398" s="8" t="s">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="F398" s="8" t="s">
         <x:v>1611</x:v>
       </x:c>
       <x:c r="G398" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H398" s="8" t="s">
         <x:v>1612</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.375" customHeight="1" collapsed="0">
       <x:c r="A399" s="10" t="s">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="B399" s="10" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="C399" s="10"/>
       <x:c r="D399" s="11" t="n">
         <x:v>41782906</x:v>
       </x:c>
@@ -16090,29 +16090,29 @@
     <x:mergeCell ref="B379:C379"/>
     <x:mergeCell ref="B380:C380"/>
     <x:mergeCell ref="B381:C381"/>
     <x:mergeCell ref="B382:C382"/>
     <x:mergeCell ref="B383:C383"/>
     <x:mergeCell ref="B384:C384"/>
     <x:mergeCell ref="B385:C385"/>
     <x:mergeCell ref="B386:C386"/>
     <x:mergeCell ref="B387:C387"/>
     <x:mergeCell ref="B388:C388"/>
     <x:mergeCell ref="B389:C389"/>
     <x:mergeCell ref="B390:C390"/>
     <x:mergeCell ref="B391:C391"/>
     <x:mergeCell ref="B392:C392"/>
     <x:mergeCell ref="B393:C393"/>
     <x:mergeCell ref="B394:C394"/>
     <x:mergeCell ref="B395:C395"/>
     <x:mergeCell ref="B396:C396"/>
     <x:mergeCell ref="B397:C397"/>
     <x:mergeCell ref="B398:C398"/>
     <x:mergeCell ref="B399:C399"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 10, 2026 1:24 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>