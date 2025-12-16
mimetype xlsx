--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,147 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b31486b0de4234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4deaf40d5774968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcfea0e106b4c4a50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb846107c47714fa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Organics Grant Program (ORG6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kevin Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072579291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Napa proposes to purchase equipment for the composting operation at the fully permitted, city-owned mixed materials composting facility operated by Napa Recycling &amp; Waste Services.  The equipment includes a slow-speed shredder, a density separator and two stacker-conveyors that will help remove a variety of contaminants from commercially collected food materials as well as green materials currently used as alternative daily cover (ADC).  The machines will increase organics pre-processing throughput by 50 percent, while increasing the marketability of the final product.  The stackers are mobile and can reduce the use of diesel-powered loaders.  Although not located in a disadvantaged community (DAC) or low-income community, project applicants signed a community benefits agreement with Napa Climate Action Now! which includes: zero-NOx collection vehicles, a detailed 3rd party GHG assessment of the composting operation, two $10,000 scholarships for community youth, two or three internships for local youth each year at the recycling and composting facility, direct support for Napa Climate Action Now!, one waste and recycling related movie event for the community annually, and all reasonable efforts to hire from an identified nearby DAC or low income communities.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Riverside</x:t>
   </x:si>
   <x:si>
     <x:t> Edward Filadelfia</x:t>
   </x:si>
   <x:si>
     <x:t>9513516080</x:t>
   </x:si>
   <x:si>
     <x:t>Mussie Yehaise</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Riverside proposes to purchase food waste pre-processing equipment to be installed at the existing, fully permitted Robert A.  Nelson Transfer Station in Jurupa Valley, and to renovate an unused digester at the City’s existing wastewater treatment plant in order to digest these materials.  Food materials will be sourced from multiple haulers serving the City’s commercial sector.  The materials are currently landfilled in Riverside County.  The biogas will be used to offset power use at the wastewater treatment plant.  The project will create at least nine jobs providing a living wage and benefits, will expand the City’s participation in the state’s Operator-in-Training (OIT) program for local individuals seeking a career in wastewater treatment, and will reduce local air pollution from landfilling organics.</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zanker Road Resource Management, Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francine Areas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692429165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mayette McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Zanker Road Resource Management proposes to use grant funds to modernize its fully permitted mixed-waste Z-Best composting facility near Gilroy, which will include a new Engineered Compost Systems-brand aerated static pile composting operation to replace composting of food materials and high-organics Material Recovery Facility  (MRF) residuals in “ag bags.” New feedstock will come from commercial and multi-family accounts in the City of Santa Clara, as well as Materials Recovery Facility fines and fibers from multiple jurisdictions.  The new composting system will reduce odors and emissions from the composting process, while reducing composting time and producing a stable finished product.  Applicant states 98 percent of its current employees reside in DAC or low-income communities, and that the project will create as many as 27 permanent jobs with benefits, job training leading to certification, as well as temporary construction jobs.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Consolidated Disposal Service LLC dba Innovative Waste Control</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Chris Seney</x:t>
   </x:si>
   <x:si>
     <x:t>7602721224</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Consolidated Disposal Service LLC (dba Innovative Waste Control), is proposing to install a Scott Thor Separator at its existing, fully-permitted transfer station to receive and process 75 tons of food waste per day.  The organic slurry produced by this pre-processing system will be sent to the Agromin OC Chino composting facility to be converted into compost.  These facilities are vertically integrated through their relationship with the parent company Republic Services.  Benefits of this project include building improvements to the existing transfer station, allowing for the Scott Thor Separator to be installed to improve operations and reduce its environmental impact, and the implementation of a litter patrol program for the local community.</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Zanker Road Resource Management proposes to use grant funds to modernize its fully permitted mixed-waste Z-Best composting facility near Gilroy, which will include a new Engineered Compost Systems-brand aerated static pile composting operation to replace composting of food materials and high-organics Material Recovery Facility  (MRF) residuals in “ag bags.” New feedstock will come from commercial and multi-family accounts in the City of Santa Clara, as well as Materials Recovery Facility fines and fibers from multiple jurisdictions.  The new composting system will reduce odors and emissions from the composting process, while reducing composting time and producing a stable finished product.  Applicant states 98 percent of its current employees reside in DAC or low-income communities, and that the project will create as many as 27 permanent jobs with benefits, job training leading to certification, as well as temporary construction jobs.</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District</x:t>
   </x:si>
   <x:si>
     <x:t> David Ramirez</x:t>
   </x:si>
   <x:si>
     <x:t>8312612153</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Monterey Regional Waste Management District, and its composting site operator, the Keith Day Company, proposes to convert the existing, fully permitted mixed waste composting site located at the Monterey Peninsula Landfill to a modern aerated static pile system designed by Tetra Tech.  By streamlining the composting process, the district will be able to increase throughput of source separated food materials from commercial and agricultural sources, as well as green materials generated by curbside and commercial pickup in the Monterey region.  In addition to moving away from diesel-powered equipment and its accompanying air emissions, the project will reduce volatile organic compounds, ammonia and particulate emissions from the composting process.  The project will also allow Monterey Regional Waste Management District to expand its partnership with Social Vocational Services, an entity that provides employment and training for individuals with disabilities.  </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -291,51 +291,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa89b752c0944aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcfea0e106b4c4a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0c26022481d649bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78b356bc5754f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb846107c47714fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8db2be8a3cbd4e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -383,189 +383,189 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+    <x:row ht="1230.40625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1504988</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.45037841796875" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1833814</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="1230.4063720703125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.40771484375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1504988</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.40771484375" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1833814</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row ht="954.42529296875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>12338802</x:v>
       </x:c>
       <x:c r="E11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 6, 2025 9:29 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:53 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>