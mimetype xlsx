--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -1,147 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4deaf40d5774968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3e2923bc624159" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb846107c47714fa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc87381e8ea954a7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Organics Grant Program (ORG6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverside</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Edward Filadelfia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9513516080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mussie Yehaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Riverside proposes to purchase food waste pre-processing equipment to be installed at the existing, fully permitted Robert A.  Nelson Transfer Station in Jurupa Valley, and to renovate an unused digester at the City’s existing wastewater treatment plant in order to digest these materials.  Food materials will be sourced from multiple haulers serving the City’s commercial sector.  The materials are currently landfilled in Riverside County.  The biogas will be used to offset power use at the wastewater treatment plant.  The project will create at least nine jobs providing a living wage and benefits, will expand the City’s participation in the state’s Operator-in-Training (OIT) program for local individuals seeking a career in wastewater treatment, and will reduce local air pollution from landfilling organics.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consolidated Disposal Service LLC dba Innovative Waste Control</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Chris Seney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602721224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Consolidated Disposal Service LLC (dba Innovative Waste Control), is proposing to install a Scott Thor Separator at its existing, fully-permitted transfer station to receive and process 75 tons of food waste per day.  The organic slurry produced by this pre-processing system will be sent to the Agromin OC Chino composting facility to be converted into compost.  These facilities are vertically integrated through their relationship with the parent company Republic Services.  Benefits of this project include building improvements to the existing transfer station, allowing for the Scott Thor Separator to be installed to improve operations and reduce its environmental impact, and the implementation of a litter patrol program for the local community.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Napa                </x:t>
   </x:si>
   <x:si>
     <x:t>City of Napa</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Kevin Miller</x:t>
   </x:si>
   <x:si>
     <x:t>7072579291</x:t>
   </x:si>
   <x:si>
     <x:t>Molly Park</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Napa proposes to purchase equipment for the composting operation at the fully permitted, city-owned mixed materials composting facility operated by Napa Recycling &amp; Waste Services.  The equipment includes a slow-speed shredder, a density separator and two stacker-conveyors that will help remove a variety of contaminants from commercially collected food materials as well as green materials currently used as alternative daily cover (ADC).  The machines will increase organics pre-processing throughput by 50 percent, while increasing the marketability of the final product.  The stackers are mobile and can reduce the use of diesel-powered loaders.  Although not located in a disadvantaged community (DAC) or low-income community, project applicants signed a community benefits agreement with Napa Climate Action Now! which includes: zero-NOx collection vehicles, a detailed 3rd party GHG assessment of the composting operation, two $10,000 scholarships for community youth, two or three internships for local youth each year at the recycling and composting facility, direct support for Napa Climate Action Now!, one waste and recycling related movie event for the community annually, and all reasonable efforts to hire from an identified nearby DAC or low income communities.</x:t>
   </x:si>
   <x:si>
-    <x:t>Riverside           </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>Zanker Road Resource Management, Ltd.</x:t>
   </x:si>
   <x:si>
     <x:t> Francine Areas</x:t>
   </x:si>
   <x:si>
     <x:t>6692429165</x:t>
   </x:si>
   <x:si>
     <x:t>Mayette McDonald</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Zanker Road Resource Management proposes to use grant funds to modernize its fully permitted mixed-waste Z-Best composting facility near Gilroy, which will include a new Engineered Compost Systems-brand aerated static pile composting operation to replace composting of food materials and high-organics Material Recovery Facility  (MRF) residuals in “ag bags.” New feedstock will come from commercial and multi-family accounts in the City of Santa Clara, as well as Materials Recovery Facility fines and fibers from multiple jurisdictions.  The new composting system will reduce odors and emissions from the composting process, while reducing composting time and producing a stable finished product.  Applicant states 98 percent of its current employees reside in DAC or low-income communities, and that the project will create as many as 27 permanent jobs with benefits, job training leading to certification, as well as temporary construction jobs.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Consolidated Disposal Service LLC (dba Innovative Waste Control), is proposing to install a Scott Thor Separator at its existing, fully-permitted transfer station to receive and process 75 tons of food waste per day.  The organic slurry produced by this pre-processing system will be sent to the Agromin OC Chino composting facility to be converted into compost.  These facilities are vertically integrated through their relationship with the parent company Republic Services.  Benefits of this project include building improvements to the existing transfer station, allowing for the Scott Thor Separator to be installed to improve operations and reduce its environmental impact, and the implementation of a litter patrol program for the local community.</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District</x:t>
   </x:si>
   <x:si>
     <x:t> David Ramirez</x:t>
   </x:si>
   <x:si>
     <x:t>8312612153</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Monterey Regional Waste Management District, and its composting site operator, the Keith Day Company, proposes to convert the existing, fully permitted mixed waste composting site located at the Monterey Peninsula Landfill to a modern aerated static pile system designed by Tetra Tech.  By streamlining the composting process, the district will be able to increase throughput of source separated food materials from commercial and agricultural sources, as well as green materials generated by curbside and commercial pickup in the Monterey region.  In addition to moving away from diesel-powered equipment and its accompanying air emissions, the project will reduce volatile organic compounds, ammonia and particulate emissions from the composting process.  The project will also allow Monterey Regional Waste Management District to expand its partnership with Social Vocational Services, an entity that provides employment and training for individuals with disabilities.  </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -291,51 +291,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78b356bc5754f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb846107c47714fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8db2be8a3cbd4e5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892f110fad4b4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc87381e8ea954a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rccdb5da7b54844b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -383,189 +383,189 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1230.40625" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>1504988</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+    <x:row ht="724.45037841796875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1833814</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="1230.4063720703125" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1504988</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="931.40771484375" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>1833814</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row ht="954.42529296875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>12338802</x:v>
       </x:c>
       <x:c r="E11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:53 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:39 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>