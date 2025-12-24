--- v2 (2025-12-18)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3e2923bc624159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9535caf0b394ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc87381e8ea954a7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3200d69f8117465a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Organics Grant Program (ORG6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -291,51 +291,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892f110fad4b4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc87381e8ea954a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rccdb5da7b54844b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b145bcffd5c466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3200d69f8117465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R31691ad75ddf421d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -543,29 +543,29 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 11:39 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>