--- v3 (2025-12-24)
+++ v4 (2026-02-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9535caf0b394ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f4a7db5c3f465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3200d69f8117465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb7fb3d30598147ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Organics Grant Program (ORG6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -291,51 +291,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b145bcffd5c466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3200d69f8117465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R31691ad75ddf421d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9664e69a00744ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7fb3d30598147ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R035dcb7b7ce940a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -543,29 +543,29 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:47 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 6, 2026 12:17 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>