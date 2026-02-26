--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f4a7db5c3f465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf781388abd6470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rb7fb3d30598147ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re77592006cd94e8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Organics Grant Program (ORG6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -291,51 +291,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9664e69a00744ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7fb3d30598147ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R035dcb7b7ce940a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb81f83cb342840f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re77592006cd94e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5ed8c54c142740aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -543,29 +543,29 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 6, 2026 12:17 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 26, 2026 7:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>