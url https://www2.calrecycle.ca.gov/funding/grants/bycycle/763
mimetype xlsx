--- v5 (2026-02-26)
+++ v6 (2026-03-09)
@@ -1,147 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf781388abd6470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea3a2f77cc64e19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re77592006cd94e8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc132885fa21a4f4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Organics Grant Program (ORG6)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Napa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Kevin Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072579291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Napa proposes to purchase equipment for the composting operation at the fully permitted, city-owned mixed materials composting facility operated by Napa Recycling &amp; Waste Services.  The equipment includes a slow-speed shredder, a density separator and two stacker-conveyors that will help remove a variety of contaminants from commercially collected food materials as well as green materials currently used as alternative daily cover (ADC).  The machines will increase organics pre-processing throughput by 50 percent, while increasing the marketability of the final product.  The stackers are mobile and can reduce the use of diesel-powered loaders.  Although not located in a disadvantaged community (DAC) or low-income community, project applicants signed a community benefits agreement with Napa Climate Action Now! which includes: zero-NOx collection vehicles, a detailed 3rd party GHG assessment of the composting operation, two $10,000 scholarships for community youth, two or three internships for local youth each year at the recycling and composting facility, direct support for Napa Climate Action Now!, one waste and recycling related movie event for the community annually, and all reasonable efforts to hire from an identified nearby DAC or low income communities.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Riverside</x:t>
   </x:si>
   <x:si>
     <x:t> Edward Filadelfia</x:t>
   </x:si>
   <x:si>
     <x:t>9513516080</x:t>
   </x:si>
   <x:si>
     <x:t>Mussie Yehaise</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Riverside proposes to purchase food waste pre-processing equipment to be installed at the existing, fully permitted Robert A.  Nelson Transfer Station in Jurupa Valley, and to renovate an unused digester at the City’s existing wastewater treatment plant in order to digest these materials.  Food materials will be sourced from multiple haulers serving the City’s commercial sector.  The materials are currently landfilled in Riverside County.  The biogas will be used to offset power use at the wastewater treatment plant.  The project will create at least nine jobs providing a living wage and benefits, will expand the City’s participation in the state’s Operator-in-Training (OIT) program for local individuals seeking a career in wastewater treatment, and will reduce local air pollution from landfilling organics.</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zanker Road Resource Management, Ltd.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Francine Areas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6692429165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mayette McDonald</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Zanker Road Resource Management proposes to use grant funds to modernize its fully permitted mixed-waste Z-Best composting facility near Gilroy, which will include a new Engineered Compost Systems-brand aerated static pile composting operation to replace composting of food materials and high-organics Material Recovery Facility  (MRF) residuals in “ag bags.” New feedstock will come from commercial and multi-family accounts in the City of Santa Clara, as well as Materials Recovery Facility fines and fibers from multiple jurisdictions.  The new composting system will reduce odors and emissions from the composting process, while reducing composting time and producing a stable finished product.  Applicant states 98 percent of its current employees reside in DAC or low-income communities, and that the project will create as many as 27 permanent jobs with benefits, job training leading to certification, as well as temporary construction jobs.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Consolidated Disposal Service LLC dba Innovative Waste Control</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Chris Seney</x:t>
   </x:si>
   <x:si>
     <x:t>7602721224</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Consolidated Disposal Service LLC (dba Innovative Waste Control), is proposing to install a Scott Thor Separator at its existing, fully-permitted transfer station to receive and process 75 tons of food waste per day.  The organic slurry produced by this pre-processing system will be sent to the Agromin OC Chino composting facility to be converted into compost.  These facilities are vertically integrated through their relationship with the parent company Republic Services.  Benefits of this project include building improvements to the existing transfer station, allowing for the Scott Thor Separator to be installed to improve operations and reduce its environmental impact, and the implementation of a litter patrol program for the local community.</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Zanker Road Resource Management proposes to use grant funds to modernize its fully permitted mixed-waste Z-Best composting facility near Gilroy, which will include a new Engineered Compost Systems-brand aerated static pile composting operation to replace composting of food materials and high-organics Material Recovery Facility  (MRF) residuals in “ag bags.” New feedstock will come from commercial and multi-family accounts in the City of Santa Clara, as well as Materials Recovery Facility fines and fibers from multiple jurisdictions.  The new composting system will reduce odors and emissions from the composting process, while reducing composting time and producing a stable finished product.  Applicant states 98 percent of its current employees reside in DAC or low-income communities, and that the project will create as many as 27 permanent jobs with benefits, job training leading to certification, as well as temporary construction jobs.</x:t>
   </x:si>
   <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey Regional Waste Management District</x:t>
   </x:si>
   <x:si>
     <x:t> David Ramirez</x:t>
   </x:si>
   <x:si>
     <x:t>8312612153</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Monterey Regional Waste Management District, and its composting site operator, the Keith Day Company, proposes to convert the existing, fully permitted mixed waste composting site located at the Monterey Peninsula Landfill to a modern aerated static pile system designed by Tetra Tech.  By streamlining the composting process, the district will be able to increase throughput of source separated food materials from commercial and agricultural sources, as well as green materials generated by curbside and commercial pickup in the Monterey region.  In addition to moving away from diesel-powered equipment and its accompanying air emissions, the project will reduce volatile organic compounds, ammonia and particulate emissions from the composting process.  The project will also allow Monterey Regional Waste Management District to expand its partnership with Social Vocational Services, an entity that provides employment and training for individuals with disabilities.  </x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -291,51 +291,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb81f83cb342840f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re77592006cd94e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5ed8c54c142740aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6ff58d20ef14b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc132885fa21a4f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra8d61a8e37d348ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -383,189 +383,189 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
+    <x:row ht="1230.40625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1504988</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.45037841796875" customHeight="1" collapsed="0">
+    <x:row ht="781.93701171875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>1833814</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
-[...2 lines deleted...]
-    <x:row ht="1230.4063720703125" customHeight="1" collapsed="0">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="931.40771484375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1504988</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="931.40771484375" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1833814</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row ht="954.42529296875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>12338802</x:v>
       </x:c>
       <x:c r="E11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 26, 2026 7:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 12:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>