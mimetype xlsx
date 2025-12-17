--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818ff1dc43db4b08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63cd4d1de8ac4cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8c5237879c8847fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0f8e4f38baf3417f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61b457645f14cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8c5237879c8847fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5ab47796dac4473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805cdb0d47524b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f8e4f38baf3417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd8c4e2f1ac8e480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -620,29 +620,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 9:58 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:50 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>