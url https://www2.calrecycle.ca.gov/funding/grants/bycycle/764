--- v1 (2025-12-17)
+++ v2 (2025-12-24)
@@ -1,189 +1,189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63cd4d1de8ac4cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e4a26ca00e45fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0f8e4f38baf3417f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd35b9a878a4942af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> David Tieu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9495517102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanley Uyeda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Waste &amp; Recycling proposes to use grant funding to construct and expand additional working surfaces at a Bee Canyon Greenery (BCG), a windrow composting facility co-located at the existing, Frank R. Bowerman landfill near Irvine.  The first 18 acres of BCG were constructed in 2019.  These grant funds would be used to expand the footprint of BCG an additional 12 acres and greatly expand the overall capacity of this facility.  Feedstock for the project includes green materials collected by Waste Management in the cities of Irvine, La Habra, Laguna Beach, Mission Viejo and Santa Ana, and are currently used as ADC at the landfill.  The finished compost will be sold to municipal users including cities and county parks. The project will provide four public sector jobs with living wages and full benefits.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otay Landfill Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Chris Seney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602721224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrew Lavin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Otay Landfill Inc., a wholly owned subsidiary of Republic Services, has permitted and built a GORE™ covered aerated static pile composting facility atop a portion of the existing, fully permitted Otay landfill near Chula Vista.  Otay plans to expand the GORE system from a current 100 tons/day, to 300 tons/day.  The system design is similar to a landfill-top composting system built at nearby Miramar Landfill in 2019.  The organics composted include residential food materials, which are commingled with green materials from the nearby City of Chula Vista under a new organics collection program, as well as green materials currently being used as ADC at the landfill.  The compost will be sold to nearby farms, municipal users and nurseries, will be given away to community groups, and can be used on site.  The project will create permanent jobs with benefits for Chula Vista, a community with high unemployment, as well as temporary construction jobs and job training leading to certifications.  Additional benefits include reduced landfill emissions from a reduction of organics landfilling, use of Best Available Control Technology to minimize composting emissions, as well as site tours and community environmental education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mid-Valley Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joe Heisdorf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592379425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mid Valley Recycling proposes to add two pieces of equipment to its existing, fully permitted, transfer station, material recovery facility, and covered aerated static pile composting facility in Kerman.  The addition of a Scott Thor food waste depackager/separator and a loader will allow the company to more efficiently process food waste collected from new commercial accounts, including 14 local school districts served by its parent company, Mid Valley Disposal, as well as California State University, Fresno.  A grinder which was included in the initial budget, but has already been purchased by the company to replace a smaller capacity machine running on a diesel motor, will help to alleviate poor air quality in the region and allow the applicant to make a more consistent and optimal composting mix.  The project will provide new jobs with benefits and will reduce food waste disposal at a landfill located in a DAC.  In addition, Mid Valley Recycling provided signed community benefits agreements with the local school district, which serves both disadvantaged and low-income communities, and with the local community services district.  The agreements commit the company to providing environmental education, participating in career fairs, and providing free compost for school gardens, community gardens, and two new local parks amongst other principles.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Sunnyvale</x:t>
   </x:si>
   <x:si>
     <x:t> Deepti Jain</x:t>
   </x:si>
   <x:si>
     <x:t>4087307791</x:t>
   </x:si>
   <x:si>
-    <x:t>Molly Park</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sunnyvale proposes to use grant funds to expand food waste pre-processing and organics diversion at the permitted Sunnyvale Materials Recovery and Transfer Station by purchasing integrated food waste pre-processing system, and one shredder for commingled organic materials from the mixed-waste line.  These equipment items will be installed in the same existing mixed processing lines to improve organics separation for composting and anaerobic digestion.  They will send pre-processed food scraps to Sustainable Organic Solutions (SOS) in Santa Clara to be further processed into animal feed and an additive to fertilizer.  East Bay Municipal Utility District (EBMUD) will be used as a back-up facility for co-digestion, in the event that SOS operations are down for maintenance. SOS also sends the FOG component of the food scraps to EBMUD. The City plans to send these materials for co-digestion at their wastewater treatment plant once operational.  The City will send recovered organics to the Z-Best Composting Facility outside of Gilroy. Unrecovered food materials and organics from the mixed-waste line are currently landfilled in Santa Clara County.  In addition to reducing landfill emissions in a non-attainment area for particulate pollution, the project would reduce vehicle miles traveled by organic waste-laden solid waste trucks by more than 12,500 miles per year on routes through disadvantaged communities.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
+    <x:t>Inland Empire Resource Recovery LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Hume</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6606194934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Inland Empire Resource Recovery proposes to use grant funds to upgrade and expand the existing San Bernardino BioDigester AD system, through digester enhancements, front end remodeling to accept more feedstock, and digestate treatment upgrades, in order to complete a multimillion-dollar AD project in the City of San Bernardino using the “Monsal” wet-process technology provided by Suez. Commercial food materials will be collected from the city of San Bernardino and other regional communities, processed by Burrtec at its West Valley Materials Recovery Facility, and digested with industrial food waste liquids to generate biogas that will be converted into electricity and sold to Southern California Edison.  The food materials are currently disposed in San Bernardino, Riverside, and Los Angeles Counties.  Solid digestate will be sent back to Burrtec and others for composting.  Excess liquids from the project will be converted to three distinct streams: six percent liquid ammonia fertilizer, distilled water, and reclaimed water suitable for industrial uses.  The project will create at least 10 full-time jobs that provide living wages, benefits, and training leading to industry-recognized credentials.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arakelian Enterprises, Inc. DBA Crown Recycling Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jose Ruiz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268557291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Crown Recycling Services (CRS) is installing an Organic Screw Press (OSP) system at its transfer station and materials recovery facility (CRS TS/MRF) located in the Sun Valley area of the City of Los Angeles.  The OSP is a hydraulically driven screw that applies high pressure to the material inside the press so wet organics can be extracted from Municipal Solid Waste.  Material will be loaded onto a conveyor, where sorters will separate out materials for recycling as well as household hazardous waste and any items that may harm the OSP, and the remaining material will be put through the OSP.  The resulting extracted organics suitable for composting will be hauled in a tank to American Organics composting facility, a sister company located in Victorville, CA under the same ownership as CRS. Once fully operational, the proposed project will process about 120,000 tons per year (TPY) of commercial MSW through the OSP system producing about 12,000 TPY of organic-rich liquid for ASP composting.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rialto Bioenergy Facility, LLC</x:t>
   </x:si>
   <x:si>
     <x:t> Matthew Mann</x:t>
   </x:si>
   <x:si>
     <x:t>9099901734</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The applicant, a wholly owned subsidiary of Anaergia, seeks funding to install a second set of food waste receiving and organics polishing equipment in order to double the amount of material going into a high-solids anaerobic digester currently under construction.  The new process chain will remove residual plastic films, grit, and other contaminants from commercially generated food wastes collected by Waste Management in the San Fernando Valley and currently disposed in Los Angeles County.  Biogas produced by the project would either be injected into the pipeline or used to generate electricity.  The project will provide jobs with living wages, benefits and training leading to industry-recognized credentials, support for local food rescue efforts, and a $3,000 annual scholarship (not grant funded) for local youth studying environmental or clean energy issues.</x:t>
-  </x:si>
-[...58 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Crown Recycling Services (CRS) is installing an Organic Screw Press (OSP) system at its transfer station and materials recovery facility (CRS TS/MRF) located in the Sun Valley area of the City of Los Angeles.  The OSP is a hydraulically driven screw that applies high pressure to the material inside the press so wet organics can be extracted from Municipal Solid Waste.  Material will be loaded onto a conveyor, where sorters will separate out materials for recycling as well as household hazardous waste and any items that may harm the OSP, and the remaining material will be put through the OSP.  The resulting extracted organics suitable for composting will be hauled in a tank to American Organics composting facility, a sister company located in Victorville, CA under the same ownership as CRS. Once fully operational, the proposed project will process about 120,000 tons per year (TPY) of commercial MSW through the OSP system producing about 12,000 TPY of organic-rich liquid for ASP composting.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 7</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805cdb0d47524b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f8e4f38baf3417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd8c4e2f1ac8e480e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d0bbcbe064a441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd35b9a878a4942af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64acb5c281b34750" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -410,239 +410,239 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1310.8818359375" customHeight="1" collapsed="0">
+    <x:row ht="804.92596435546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
+    <x:row ht="1115.4046630859375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
+    <x:row ht="1218.897705078125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="1218.897705078125" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1310.8818359375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>1000000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
+    <x:row ht="919.927734375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>41</x:v>
-[...2 lines deleted...]
-    <x:row ht="919.92724609375" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="839.423828125" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
+    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
       <x:c r="A13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="10"/>
       <x:c r="D13" s="11" t="n">
         <x:v>19000000</x:v>
       </x:c>
       <x:c r="E13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:50 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:09 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>