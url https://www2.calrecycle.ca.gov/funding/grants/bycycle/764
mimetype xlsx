--- v2 (2025-12-24)
+++ v3 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e4a26ca00e45fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3451a9aa7cd4f2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd35b9a878a4942af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0955cb432c0249e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d0bbcbe064a441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd35b9a878a4942af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64acb5c281b34750" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceefcf8783274756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0955cb432c0249e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb1022c64f0364c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -620,29 +620,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 9:09 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:15 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>