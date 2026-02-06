--- v3 (2025-12-25)
+++ v4 (2026-02-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3451a9aa7cd4f2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3c60b0c219439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0955cb432c0249e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R48a9b13c919e4bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceefcf8783274756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0955cb432c0249e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb1022c64f0364c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d67d1eee9b4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48a9b13c919e4bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5fdd8a98b1314e34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -620,29 +620,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:15 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 6, 2026 12:12 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>