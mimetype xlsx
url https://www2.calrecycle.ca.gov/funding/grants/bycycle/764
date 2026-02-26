--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3c60b0c219439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b401bb3f826490a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R48a9b13c919e4bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6ab56a5f790144cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d67d1eee9b4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48a9b13c919e4bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5fdd8a98b1314e34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd321201e2437471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ab56a5f790144cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1e78b8869a3042fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -620,29 +620,29 @@
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 6, 2026 12:12 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 26, 2026 7:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>