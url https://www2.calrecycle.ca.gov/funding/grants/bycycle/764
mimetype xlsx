--- v5 (2026-02-26)
+++ v6 (2026-03-09)
@@ -1,189 +1,189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b401bb3f826490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e2b2e8fa82c49ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6ab56a5f790144cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R9857759ec00e4f5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 Organics Grant Program (ORG5)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Sunnyvale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deepti Jain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087307791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molly Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Sunnyvale proposes to use grant funds to expand food waste pre-processing and organics diversion at the permitted Sunnyvale Materials Recovery and Transfer Station by purchasing integrated food waste pre-processing system, and one shredder for commingled organic materials from the mixed-waste line.  These equipment items will be installed in the same existing mixed processing lines to improve organics separation for composting and anaerobic digestion.  They will send pre-processed food scraps to Sustainable Organic Solutions (SOS) in Santa Clara to be further processed into animal feed and an additive to fertilizer.  East Bay Municipal Utility District (EBMUD) will be used as a back-up facility for co-digestion, in the event that SOS operations are down for maintenance. SOS also sends the FOG component of the food scraps to EBMUD. The City plans to send these materials for co-digestion at their wastewater treatment plant once operational.  The City will send recovered organics to the Z-Best Composting Facility outside of Gilroy. Unrecovered food materials and organics from the mixed-waste line are currently landfilled in Santa Clara County.  In addition to reducing landfill emissions in a non-attainment area for particulate pollution, the project would reduce vehicle miles traveled by organic waste-laden solid waste trucks by more than 12,500 miles per year on routes through disadvantaged communities.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Orange              </x:t>
   </x:si>
   <x:si>
     <x:t>Orange County</x:t>
   </x:si>
   <x:si>
     <x:t> David Tieu</x:t>
   </x:si>
   <x:si>
     <x:t>9495517102</x:t>
   </x:si>
   <x:si>
     <x:t>Stanley Uyeda</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Orange County Waste &amp; Recycling proposes to use grant funding to construct and expand additional working surfaces at a Bee Canyon Greenery (BCG), a windrow composting facility co-located at the existing, Frank R. Bowerman landfill near Irvine.  The first 18 acres of BCG were constructed in 2019.  These grant funds would be used to expand the footprint of BCG an additional 12 acres and greatly expand the overall capacity of this facility.  Feedstock for the project includes green materials collected by Waste Management in the cities of Irvine, La Habra, Laguna Beach, Mission Viejo and Santa Ana, and are currently used as ADC at the landfill.  The finished compost will be sold to municipal users including cities and county parks. The project will provide four public sector jobs with living wages and full benefits.</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rialto Bioenergy Facility, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matthew Mann</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9099901734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The applicant, a wholly owned subsidiary of Anaergia, seeks funding to install a second set of food waste receiving and organics polishing equipment in order to double the amount of material going into a high-solids anaerobic digester currently under construction.  The new process chain will remove residual plastic films, grit, and other contaminants from commercially generated food wastes collected by Waste Management in the San Fernando Valley and currently disposed in Los Angeles County.  Biogas produced by the project would either be injected into the pipeline or used to generate electricity.  The project will provide jobs with living wages, benefits and training leading to industry-recognized credentials, support for local food rescue efforts, and a $3,000 annual scholarship (not grant funded) for local youth studying environmental or clean energy issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mid-Valley Recycling, LLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joe Heisdorf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5592379425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Mid Valley Recycling proposes to add two pieces of equipment to its existing, fully permitted, transfer station, material recovery facility, and covered aerated static pile composting facility in Kerman.  The addition of a Scott Thor food waste depackager/separator and a loader will allow the company to more efficiently process food waste collected from new commercial accounts, including 14 local school districts served by its parent company, Mid Valley Disposal, as well as California State University, Fresno.  A grinder which was included in the initial budget, but has already been purchased by the company to replace a smaller capacity machine running on a diesel motor, will help to alleviate poor air quality in the region and allow the applicant to make a more consistent and optimal composting mix.  The project will provide new jobs with benefits and will reduce food waste disposal at a landfill located in a DAC.  In addition, Mid Valley Recycling provided signed community benefits agreements with the local school district, which serves both disadvantaged and low-income communities, and with the local community services district.  The agreements commit the company to providing environmental education, participating in career fairs, and providing free compost for school gardens, community gardens, and two new local parks amongst other principles.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>Otay Landfill Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Mr Chris Seney</x:t>
   </x:si>
   <x:si>
     <x:t>7602721224</x:t>
   </x:si>
   <x:si>
     <x:t>Andrew Lavin</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Otay Landfill Inc., a wholly owned subsidiary of Republic Services, has permitted and built a GORE™ covered aerated static pile composting facility atop a portion of the existing, fully permitted Otay landfill near Chula Vista.  Otay plans to expand the GORE system from a current 100 tons/day, to 300 tons/day.  The system design is similar to a landfill-top composting system built at nearby Miramar Landfill in 2019.  The organics composted include residential food materials, which are commingled with green materials from the nearby City of Chula Vista under a new organics collection program, as well as green materials currently being used as ADC at the landfill.  The compost will be sold to nearby farms, municipal users and nurseries, will be given away to community groups, and can be used on site.  The project will create permanent jobs with benefits for Chula Vista, a community with high unemployment, as well as temporary construction jobs and job training leading to certifications.  Additional benefits include reduced landfill emissions from a reduction of organics landfilling, use of Best Available Control Technology to minimize composting emissions, as well as site tours and community environmental education.</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Inland Empire Resource Recovery LLC</x:t>
   </x:si>
   <x:si>
     <x:t> Brian Hume</x:t>
   </x:si>
   <x:si>
     <x:t>6606194934</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Inland Empire Resource Recovery proposes to use grant funds to upgrade and expand the existing San Bernardino BioDigester AD system, through digester enhancements, front end remodeling to accept more feedstock, and digestate treatment upgrades, in order to complete a multimillion-dollar AD project in the City of San Bernardino using the “Monsal” wet-process technology provided by Suez. Commercial food materials will be collected from the city of San Bernardino and other regional communities, processed by Burrtec at its West Valley Materials Recovery Facility, and digested with industrial food waste liquids to generate biogas that will be converted into electricity and sold to Southern California Edison.  The food materials are currently disposed in San Bernardino, Riverside, and Los Angeles Counties.  Solid digestate will be sent back to Burrtec and others for composting.  Excess liquids from the project will be converted to three distinct streams: six percent liquid ammonia fertilizer, distilled water, and reclaimed water suitable for industrial uses.  The project will create at least 10 full-time jobs that provide living wages, benefits, and training leading to industry-recognized credentials.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Arakelian Enterprises, Inc. DBA Crown Recycling Services</x:t>
   </x:si>
   <x:si>
     <x:t> Jose Ruiz</x:t>
   </x:si>
   <x:si>
     <x:t>6268557291</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Crown Recycling Services (CRS) is installing an Organic Screw Press (OSP) system at its transfer station and materials recovery facility (CRS TS/MRF) located in the Sun Valley area of the City of Los Angeles.  The OSP is a hydraulically driven screw that applies high pressure to the material inside the press so wet organics can be extracted from Municipal Solid Waste.  Material will be loaded onto a conveyor, where sorters will separate out materials for recycling as well as household hazardous waste and any items that may harm the OSP, and the remaining material will be put through the OSP.  The resulting extracted organics suitable for composting will be hauled in a tank to American Organics composting facility, a sister company located in Victorville, CA under the same ownership as CRS. Once fully operational, the proposed project will process about 120,000 tons per year (TPY) of commercial MSW through the OSP system producing about 12,000 TPY of organic-rich liquid for ASP composting.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The applicant, a wholly owned subsidiary of Anaergia, seeks funding to install a second set of food waste receiving and organics polishing equipment in order to double the amount of material going into a high-solids anaerobic digester currently under construction.  The new process chain will remove residual plastic films, grit, and other contaminants from commercially generated food wastes collected by Waste Management in the San Fernando Valley and currently disposed in Los Angeles County.  Biogas produced by the project would either be injected into the pipeline or used to generate electricity.  The project will provide jobs with living wages, benefits and training leading to industry-recognized credentials, support for local food rescue efforts, and a $3,000 annual scholarship (not grant funded) for local youth studying environmental or clean energy issues.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 7</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -318,51 +318,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd321201e2437471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ab56a5f790144cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1e78b8869a3042fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19b774b48fd44782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9857759ec00e4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfbdb23d4be434e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -410,239 +410,239 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.92596435546875" customHeight="1" collapsed="0">
+    <x:row ht="1310.8818359375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1115.4046630859375" customHeight="1" collapsed="0">
+    <x:row ht="804.926025390625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1218.897705078125" customHeight="1" collapsed="0">
+    <x:row ht="839.423583984375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>1000000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+    </x:row>
+    <x:row ht="1218.897705078125" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A9" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="1115.40478515625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="919.927734375" customHeight="1" collapsed="0">
+    <x:row ht="1149.90234375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="919.92724609375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>3000000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3994140625" customHeight="1" collapsed="0">
+    <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="10" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="10"/>
       <x:c r="D13" s="11" t="n">
         <x:v>19000000</x:v>
       </x:c>
       <x:c r="E13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H13" s="10" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 26, 2026 7:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 10:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>