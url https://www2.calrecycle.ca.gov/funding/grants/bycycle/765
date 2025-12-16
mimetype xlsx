--- v0 (2025-12-15)
+++ v1 (2025-12-16)
@@ -1,442 +1,442 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1a1a463c554218" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb222b1dde64d4545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3327269b519b4b3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R37f8fb546bfe4c79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Gov`t Waste Tire Cleanup Grant (TCU19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Fresno              </x:t>
-[...8 lines deleted...]
-    <x:t>5596218456</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>Cathy Aggergaard</x:t>
-  </x:si>
-[...72 lines deleted...]
-    <x:t>7602407000</x:t>
   </x:si>
   <x:si>
     <x:t>The Town of Apple Valley encompasses 78 square miles of developed land and open space. With these geographical features, illegal dumping of waste tires is a problem for the Town resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping are often within 1,000 feet of schools, residential neighborhoods, commercial and industrial centers, airport and electrical transmission lines. These locations are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires.  The Town makes every effort to remove illegally dumped tires quickly to alleviate this threat to public health and safety and to discourage further illegal dumping. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout Apple Valley boundaries. The Town will use the waste tire cleanup grant funds to identify waste tire piles by acting upon citizen complaints of abandoned tires in specific areas of the Town and collect and transport them to a short-term storage location at the Town’s Public Works Yard. Pictures of the waste tires illegally dumped are included for your convenience. The Town anticipates approximately 2,500 waste tires will be transported by the contractor, Burrtec Waste Industries, Inc, a registered waste tire hauler, to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
 To offset the cost of recycling waste tires, the Town is requesting reimbursement of $9,678 for Code Enforcement Officer’s salaries and benefits when actual time is spent on grant related activities with an additional $900 requested for supplies to be used during cleanup activities.  The Town is also requesting $5,705 in Waste Tire Cleanup grant funds to offset the cost to load and transport the approximately 2,500 waste tires anticipated to be illegally dumped during the 2-year grant term. As part of grant reporting, the Town is also requesting reimbursement of $2,060 for staff to prepare payment requests and final report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Renee Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The main objective of this grant proposal is to remove illegally dumped tires from several locations throughout the City of Bakersfield and to restore the areas back to their original state. Illegally dumped waste tires create blight, vector control and other health and safety hazards to the public and the environment. Illegal dumpsites not abated in a timely manner potentially contributes to the accumulation of waste tires. The City of Bakersfield cleanup projects are intended to mitigate potential fire and health risks posed by these tire piles within our jurisdiction.
+The City of Bakersfield Solid Waste Division currently responds to citizen complaints of illegal dumping which has occurred along the public rights-of-way or upon their private property.
+The Solid Waste Division dedicates a Solid Waste Equipment Operators almost 25 hours per week towards the collection and removal of waste tires illegally dumped throughout alleys, roadways, sidewalks and other public property.
+All waste tires collected are transported to the City of Bakersfield s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver large and car passenger tires from its city truck/trailer combination to Kern  County Public Works Bena Landfill for the purpose of recycling disposal.
+An estimated of 15,000 tires are to be removed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno is in the center of the State of California in the central San Joaquin Valley. Fresno’s current population is approximately 540,000 with a high concentrated poverty rate. The City of Fresno has two dedicated staff members who remove the illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility. Illegally dumped tires and other debris are continually dumped in alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dustin Ragsdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596000467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Fresno has an ongoing waste tire cleanup program managed by the County's Department of Public Works and Planning Road Maintenance and Operations (Roads) Division. Illegally dumped tires are removed by Roads personnel from County streets and rights-of-way in the rural and unincorporated areas throughout Fresno County. It is estimated that the TCU19 cycle, the tires collected by Roads personnel will be approximately 13,000. Roads personnel collect and deliver tires to storage areas at the County's various Road Maintenance Yards and other appropriate storage sites. Waste tires will be removed by permitted tire hauling companies including American Refuse, Inc. (dba American Tire Tec.), and West Coast Rubber Recycling, Inc., and other hauling companies as available and established through County- vendor procurement agreements.   
+County and LCC staff have discussed addressing assistance with the Tire Cleanup Grant. However, LLC has indicated that they have limited labor and equipment resources especially now due to COVID. County staff will continue to make contact with LCC staff for future events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia covers nearly 75 square miles of developed and vacant open desert land.  With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental, and economic impacts for the residents of the City.  Oftentimes the illegal dumping of tires occurs near schools and residential neighborhoods.  These areas are easily accessed by the public, especially children, who are vulnerable to the physical hazards posed by waste tires.  Some locations are also near the City water storage tanks and the Mojave River posing a serious threat to the City's drinking water.  
+The City's Public Works Department works diligently to remove illegally dumped tires as soon as possible to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping.  Code Enforcement officers respond to reports of illegally dumped tires seven days a week.  To assist with these cleanup efforts, the City's Code Enforcement department contracts with Work Release Program through the County of San Bernardino Criminal Justice System.  Under the supervision of a code enforcement Officer, work release crews and City Code Enforcement Officers pick up waste tires and deliver to the grant Contractor for proper disposal.  The Contractor then transports the waste tires to an approved end-use facility for recycling or for supplementary fuel to provide heat it a cement kiln.  
+ To offset the cost of recycling waste tires, the City is requesting reimbursement of $8,952 for Code Enforcement Officer's salaries and benefits when time is spent on grant-related activities.  Parcel numbers and exact locations are not included in the grant request as illegally dumped tires are scattered throughout City limits, and staff responds to complaints of abandoned tires in specific areas located throughout the boundaries of the City.  It is anticipated that passenger car, light truck, and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles.  The City is requesting Waste Tire Cleanup grant funds of $10,000 to offset the collection, disposal, and hauling cost of approximately 2,750 waste tires anticipated to be illegally dumped during the two-year grant term.  The City of Hesperia is requesting reimbursement of $1,427.40 for staff to prepare payment requests and the final report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Long Beach proposes to continue the cleanup efforts around the Los Angeles River area north of the Long Beach Harbor Basin.  This area remains a high priority for the City due to the level of illegal dumping that occurs. 
+The first area is east of the LA River between 5th Street and Willow Street (East Project Area), to Magnolia Avenue as the west boundary. The East project area is residential and commercial, including Drake Park and Thomas Edison Elementary School.  Golden Park, Cesar Chavez Park and Seaside Park are also nearby.  The Los Angeles River runs directly west of the project area, with the Long Beach Harbor and Downtown Long Beach less than one mile from the project area. 
+The second area is west of the Los Angeles River between 9th Street and Willow Street (West Project Area), to Santa Fe Avenue as the east boundary. The West project area includes industrial and residential areas, including Garfield Elementary School and with Cabrillo High School nearby. Nearby parks include Hudson and Admiral Kidd Parks. The Los Angeles River runs directly east, the Dominguez Channel is about one-half mile to the west and the waters of the Port of Long Beach are directly south. 
+In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Ronaldo Milo</x:t>
   </x:si>
   <x:si>
     <x:t>2134853568</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Los Angeles has an on-going waste tire cleanup program through the City's Department of Public Works (DPW) managed by the Solid Resources Support Services (SRSSD) and the Solid Resources Collection Division (SRCD) of the Los Angeles Sanitation (LASAN). SRCD removes illegally dumped tires within the City`s right-of-ways, alleys and boundaries. Tires collected are delivered to any of the six LASAN's district yards and other City locations approved by LASAN for storage and recording purposes. The district yards and LASAN approved locations provide environmentally sound storage areas for the collection and transportation by a vendor to a tire recycling facility for processing and beneficial reuse. Each of the LASAN district yards has a Tire Program Identification (TPID) Number Certificate issued by Department of Resources Recycling and Recovery (CalRecycle) storing an approved number of tires at a certain time period. LASAN's six district yards are as follows:
 1) West Valley District Yard
 8840 Vanalden Avenue
 Northridge, CA 91324
 818-727-7193
 2) South Los Angeles District Yard
 786 South Mission Road
 Los Angeles, CA 90023
 213-485-4912
 3) West Los Angeles District
 2027 Stoner Avenue
 Los Angeles,CA 90025
 310-575-8393
 4) Harbor District Yard
 1400 North Gaffey Street
 San Pedro, CA 90731
 310-548-7708
 5) East Valley District yard
 11050 Pendleton Street
 Sun Valley, CA 91325
 818-752-5700
 6) North Central District
 452 San Fernando Road
 Los Angeles, CA 90031
 (323) 227-7334
 The City of Los Angeles collects an average of 650 tons of used tires annually through which LASAN estimates 50% are collected from illegally dumped areas. B.J. Used Tire &amp; Rubber Recycling, Inc. (B.J. - contact: Rita Jankouzian, 909-684-2316) has contract with the City for the collection, transportation and &amp; processing of used tires for beneficial reuse. 
 Additionally, LASAN partners with Los Angeles Conservation Corps (LACC – contact: Robert Skillman, 213-749-3601) for the removal of tires within the approved wastesheds of the City of Los Angeles. LACC services are limited to the collection and transportation of used/waste tires only. LACC will directly deliver to B.J. &amp; LASAN pays B.J. for disposal/recycling of the LACC's delivered tires.</x:t>
   </x:si>
   <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Azeema Prakash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596615487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Madera‘s Public Works Department will act as the lead agency in this regional application with Madera County participating as the other jurisdiction.
+The City staff will administer the grant if selected, coordinate the scheduling of tire trailers and pickup locations, oversee the pickup of tires found in alleys, public right-of-way and waterways at various scattered sites. County staff will follow the same procedures within their jurisdiction. The goal is to remove 31,000 tires over the term of the grant.
+The City will use American Tire Recycle,LLC. - Scrap Tire Company to provide the trailer vans used for the removal of scrap tires found in the City and County of Madera. American Tire Recycling, LLC will transmit electronically all generator, hauler, and end use facility information to CalRecycle. American Tire Recycling, LLC will provide City with hard copies of all manifests and weight certificates.
+There will be minor supply costs for gloves to be used by haulers, fuel for hauling vehicles, and related grant costs.
+Total grant application will not exceed $100,000 and cost per tire will be below $8.00 per tire. All tires collected will be taken to a permitted recycling facility.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Seth Strader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074675719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collect, remove, transport &amp; dispose of illegally dumped tires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosene Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has an estimated population of 215 thousand people who currently occupy an estimated 37 square miles. Within that area, there at 3,050 streets, 1,400 alleys, 78 parks and 3 main waterways. It is our intent to utilize grant funding to remove illegally dumped waste tires from these areas by assigning a city employee maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition tot he labor component, the City of Modesto owns a storage container to store waste tires until removal is required for transportation to an end-use facility. The currently locations is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note, the City of Modesto will be responsible for providing a 1/2 ton pickup truck with a lift gate, safety equipment and any additional materials necessary to complete the job safely and efficiently. Historically, the City of Modesto has collected 1400-1800 illegally dumped tires per year through the grant program. The City of Modesto is estimating that we will collect approximately 1850 illegally dumped tires per year for recycling through a permitted recycler and hauler for an estimated 3,700 tires during the entire grant cycle.</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of Pomona</x:t>
   </x:si>
   <x:si>
     <x:t> Irene Madrid</x:t>
   </x:si>
   <x:si>
     <x:t>9096202231</x:t>
   </x:si>
   <x:si>
     <x:t>The funding requested will pay for a portion of the salary of the City's Public Service Maintenance Worker II whose job it is to pick up illegally dumped tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Bernardino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matt Fisher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093845140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Bernardino has an ongoing issue with illegally dumped tires on the side of roads, parks, fields and alleyways. The City has limited staff that cannot keep up with the amount of resident requests for tire clean ups received. Therefore, Public Works Department and the select volunteers from the neighbor associations now work together at least once a month to go out and collect illegally dumped waste tires in designated areas the City. The City communicates with volunteers to bring all collected tires to our City yard for proper disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deleon Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093832133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Code Enforcement will utilize Waste Tire Cleanup Grant funds to abate waste tire dump sites throughout its large jurisdictional area. The deserts of San Bernardino County are frequently utilized as a dumping ground for the illegal disposal of waste tires and other materials. The County actively combats these activities with an Illegal Dumping program, and we look forward to a continued partnership with CalRecycle to carry on our efforts in identifying and abating illegal waste tire dump sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the funding requested, Stanislaus County Department of Environmental Resources estimates picking up approximately 5,000 waste tires that have been illegally dumped either on private property or along the county unincorporated roadways.  The goal is to remediate small tire piles as soon as possible to prevent blighted conditions and to prevent a harborage for insects and vermin.  All car and truck tires will be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anne Darroch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609552987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville is located in the Mojave Desert region approximately one hour from the heavily populated Los Angeles County, Orange County and Inland Empire regions and two hours from the growing Las Vegas area. The City is surrounded by a vast amount of open desert and has three major highways that intersect within its jurisdiction (I-15 Freeway, CA Highway 18/138, and US Highway 395). It is 74.09 square miles and is mixed open land with a still growing commercial and residential footprint. Due to the large amount of open desert areas, the City experiences a high rate of illegal dumping activity that includes illegally dumped tire piles of both general passenger and commercial tires. Additionally, the City currently manages the CalRecycle Waste Tire Enforcement Grant and has approximately 120 waste tire related businesses (identified via WTMS as active businesses) that it frequently monitors and inspects annually. Coincidentally, the City has a large number of used tire dealerships located in areas that are prone to a high incidence of illegally dumped waste tires.
+The City will use the waste tire cleanup grant funds to identify waste tire piles in all areas of the City, collect and transport them to a short term storage location at 15164 Anacapa Road, then pay for the disposal of approximately 6,000 waste tires using Burrtec Waste Industries, Inc. a registered tire hauler. Lastly, in those areas that we have identified with a higher rate of illegal waste tire dumping activity, we will place professionally made metal signs that are meant to deter future incidents. To carry out the proposed activities related to this grant, the City will also need to purchase safety related items, stick tools and trash bags. These items are necessary in the Mojave Desert region where Mojave Green Rattlesnakes and small amounts of trash are commonly found within the piles of tires.</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
   <x:si>
     <x:t>7609960972</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial County is a unique community of seven cities. The City of Mexicali with a population of well over a million residents borders the City of Calexico. The yearly crossing is over 1.2 million. Imperial County generates approximately 75,000 used and waste tires annually. The County cities and unincorporated communities comprise less than two percent of the land and this provides ample desolated, isolated, and observably areas where individuals could illegally dump tires.
 Even one of these following factors would substantially contribute to the number of illegally dumped and discarded tires but taken together it creates a formidable environment of unsightly and disease-bearing discarded illegally dumped tires. Close proximity to the Mexico border crossing, Imperial Valley inherits many tires rejected by the Mexican Recycling Industry: a large number of seasonal visitors attracting recreational vehicle owners with vehicles in tow, off-road visitors to the Imperial Sand Dunes (each of these licensed vehicles paying admission to BLM land is approximately 456,300 street-legal vehicles for 2019, typically hauls an average of three off-road vehicles) high usage of passengers, truck, semi-truck and equipment tires in the Imperial County agricultural industry: and lack of financial resources, and irrigation canals (canals are cleaned quarterly and illegally disposed of tires are removed)
 All Imperial Valley Resource Management Agency (IVRMA) collected tires now are going to Rubber Recovery Inc. located at 10672-B Calabash Avenue, Fontana, Ca 92337. Nothing goes to the landfill. The tires transported from the Imperial Valley to Rubber Recovery Inc, are crumbed buffed or molded to manufacture retail products. All contractors must sign an agreement to take all collected tires to a recycling facility.
 Community support for the Tire Cleanup Program included local Enforcement Agency (LEA) and Elected Officials. Imperial County has developed an Illegally Dumping Task Force in 2009 which has brought awareness to the residents of Imperial County of the problems associated with illegally dumping. We now have enforcement provided by Imperial County Sheriff Department, Highway Patrol and the local enforcement agency (LEA) In 2008 the Imperial County Board of Supervisors passed ordinance #1436, chapter 8.73-Unlawfuland Unauthorized Dumping of Solid Waste. Illegal Dumping of tires is a serious threat to Public Health and Safety in the proximity of densely populated areas to residential homes, schools, and commercial locations. Imperial County covers approximately 4,597 square miles of predominately agricultural land with many schools in Imperial county in remote areas where tires are frequently illegally dumped. San Pasqual Valley Unified School District is located 90 miles from a populated area. Pine Elementary School. Magnolia Union Elementary School district. Mulberry Elementary School District and Meadows Union School District are all schools that are in rural and agricultural areas in Imperial county. Illegally dumping tires is common in rural secluded agricultural areas. Pesticides residue has been found in tires. Physical injuries can also result from sharp or pointed objects inside discarded tires. Tire collection crews have reported finding needles, broken glass, and dangerous objects. Piles of illegally discarded tires that contain trash or dry brush are a potential fire hazard. When tires burn the toxic chemicals are released directly into the atmosphere. This can cause both short and long-term health hazards to residents. Compounds from melted tires can also pollute soil, surface water, and groundwater. A tremendous health hazard is created when illegally discarded tires accumulate on roads that run through farmland, and the pile of tires ignited.
 Over 550,000 illegally dumped tires have been collected and recycled from Imperial County roadways and other public areas with grants from CalRecycle /CIWMB. IVRMA has exhibited wise and judicious use of CalRecycle Grant funds which will continue. IVRMA has developed significant experience and has managed to keep the cost of collections down on the  recycling illegally discarded tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Long Beach</x:t>
-[...11 lines deleted...]
-In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tire Cleanup Grant will be used in areas where illegally dumped tires are normally found including alleys and sites within 1000 feet to residential homes, waterways, and commercial/industrial businesses. An estimated total of 10,000 tires are expected to be collected. Funds will be used for the costs associated to tire trailer services for illegally dumped tires. Member jurisdictions remove the tires and bring them over to both the Highway 59 (Merced) and Billy Wright (Los Banos) landfills. Tire haulers then pick them up from both landfills and recycle them.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>740 tires from the Tijuana River Valley split among at least two agencies;
 295 tires from San Diego Open Space clean-ups;
 5,950 tires to be collected by Code Compliance from public rights-of-way.
 425 tires from the City of Chula Vista public rights-of-way.
 240 tires from Skibbe Ranch.
 This results in a projected clean-up cost of $7.80/tire.
 The Tijuana River Valley is an estuary of national importance with a multi-agency approach to restoring and protecting the sensitive ecosystem. Tires from Mexico are washed downstream during rain events and have significant impact on the watershed. Tires are plucked from the sediment and trash removed during dredging of river channels and sediment basins. Large truck tires can sometimes be recycled however passenger tires are too contaminated with sediments and go the landfill.
 City of San Diego Open Space: 
 Tires dumped in open spaces, parks and canyons are collected by park rangers and stored at this location until a pickup is arranged.
 The City of San Diego Code Compliance division actively collects tires from the Public Rights-of Way throughout the City and stores them until a pickup can be arranged.
 The City of Chula Vista Code Compliance division actively collects tires from the Public Rights-of Way throughout the city. The tires were stored at the site known as “former public works” yard which is now closed.  They will now be stored at a site called “City of Chula Vista/Olympic Parkway Pump Station” until they are picked up. 
 Skibbe Ranch is a part of the Tijuana River Valley (TVR), but is a single location to collect small amounts of tires found in the TRV by the ranchers.
 The Tire enforcement Program also refers tire piles on public property to Code Compliance for remediation.  Detailed logs are provided of these activities.  When possible the Tire Enforcement Program utilizes surveillance cameras to catch perpetrators and deter dumping.
 Some signs and/or fencing may be purchased with grant monies.  Other than the contaminated tires from the Tijuana River Valley, every attempt is made to recycle the tires at BAS recycling, our closest tire recycling facility, located 100 miles away in Moreno Valley.</x:t>
   </x:si>
   <x:si>
-    <x:t>Kern                </x:t>
-[...98 lines deleted...]
-  <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County</x:t>
   </x:si>
   <x:si>
     <x:t> Sarita Wati</x:t>
   </x:si>
   <x:si>
     <x:t>2094683066</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County requests $42,250 to continue with the tire cleanup and education campaign. The campaign aims to reduce the illegal dumping of waste tires from residential and rural neighborhoods through education and waste tire cleanups. Education is used to inform residents of the impact that illegally dumped tires have on the environment and the quick removal of illegally dumped tires helps to prevent additional tires from being dumped at existing sites. Illegally dumped tires will be removed throughout San Joaquin County using Public Works staff and the Greater Valley Conservation Corps.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of San Bernardino</x:t>
-[...40 lines deleted...]
-Total grant application will not exceed $100,000 and cost per tire will be below $8.00 per tire. All tires collected will be taken to a permitted recycling facility.</x:t>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project provides for the cleanup of an estimated 60,600 tires illegally dumped within the road right-of-way and abandoned properties at various locations in the Los Angeles Basin and Antelope Valley.  These areas include many alleys and streets within 1,000 feet of schools, residences, offices, parks, and environmentally sensitive areas.  Grant funds will be used to cover the cost for collecting, loading, transporting, and recycling/disposing of waste tires.  Public Works will oversee the grant and provide contract hauling and recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Contaoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County Department of Waste Resources (Department) has been removing illegally dumped tire from county roads since 2002. The Illegal dumping Mop-uP and Cleanup Team (IMPACT) has removed tons of illegally dumped solid waste and waste tires. To date IMPACT program has removed over 40,000 illegally dumped waste tires on county road right-of-ways. The Department is committed to continue this program and remove tires from road sides in the unincorporated areas of Riverside County. 
+The Department will use the Crew Lead Worker and Maintenance and Construction job classifications to operate exempt-government hauling vehicles (Tire Program Identification Number 1570382-01). The tire loads will be manifested and transported using the government-exempt hauling vehicles (Tire Program Identification Number 1274054-01). The waste tire loads will be hauled to B J Used Tire &amp; Rubber Recycling (TPID Number 1001094).  Staff will utilize a GIS mapping mobile APP to document locations of waste tires removed and if there are locations with increased tire dumps we can use the points for possible enforcement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cahuilla Band of Indians</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luther Salgado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517635549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The collection, removal, transportation, recycling, and disposal of California waste tires from illegal tire 
+piles on or near the Cahuilla Indian Reservation and areas where illegal dumping has occurred along Cahuilla Reservation rights-of-way. The Cahuilla Reservation has a private site but does transport to a larger site in riverside county for disposal.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 22</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -571,51 +571,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cda973f8a7c4f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3327269b519b4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra2bc474ffdc0476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R081ab5a012764621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37f8fb546bfe4c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R59fca92a337e43b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -663,564 +663,564 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
+    <x:row ht="1793.848876953125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>18343</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="379.47406005859375" customHeight="1" collapsed="0">
+    <x:row ht="1241.886474609375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>39926</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
+    <x:row ht="678.44384765625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
+    <x:row ht="1034.901123046875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>79759</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="2058.3212890625" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="8" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>18760</x:v>
+        <x:v>20379</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="1713.34521484375" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>18343</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="2115.8076171875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B12" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G12" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H12" s="8" t="s">
+    </x:row>
+    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>27775</x:v>
+        <x:v>98990</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="3679.68115234375" customHeight="1" collapsed="0">
+    <x:row ht="57.4853515625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>10310</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1713.345703125" customHeight="1" collapsed="0">
+    <x:row ht="1115.40625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>30014</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row ht="1966.3369140625" customHeight="1" collapsed="0">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.48046875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>59669</x:v>
+        <x:v>27775</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1241.88671875" customHeight="1" collapsed="0">
+    <x:row ht="459.9501953125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B17" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="G17" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="G17" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H17" s="8" t="s">
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B18" s="8" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>10310</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="379.474609375" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>16000</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1586.86328125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B20" s="8" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>30014</x:v>
+        <x:v>61340</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="3679.6806640625" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="B21" s="8" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>20379</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F21" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G21" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H21" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F21" s="8" t="s">
+    </x:row>
+    <x:row ht="471.458984375" customHeight="1" collapsed="0">
+      <x:c r="A22" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="G21" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H21" s="8" t="s">
+      <x:c r="B22" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>79759</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="1966.3359375" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>59669</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.462890625" customHeight="1" collapsed="0">
+    <x:row ht="517.46484375" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
         <x:v>42250</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.94921875" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>15000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1586.86328125" customHeight="1" collapsed="0">
+    <x:row ht="1023.419921875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>61340</x:v>
+        <x:v>18760</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>105</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.970703125" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>98990</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A28" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B28" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="10"/>
       <x:c r="D28" s="11" t="n">
         <x:v>1638515</x:v>
       </x:c>
@@ -1248,29 +1248,29 @@
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 15, 2025 3:41 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:44 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>