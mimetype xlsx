--- v1 (2025-12-16)
+++ v2 (2025-12-24)
@@ -1,442 +1,442 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb222b1dde64d4545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb42c3f2dd046ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R37f8fb546bfe4c79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R17c3ce379b4f4b39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Gov`t Waste Tire Cleanup Grant (TCU19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Christina Pasillas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596218456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cathy Aggergaard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fresno is in the center of the State of California in the central San Joaquin Valley. Fresno’s current population is approximately 540,000 with a high concentrated poverty rate. The City of Fresno has two dedicated staff members who remove the illegally dumped tires throughout the city. The tires are transported by the staff using a stake-side truck owned by the city and placed in a trailer for a removal by a registered hauler. The hauler takes the trailer to a waste tire recycling facility. Illegally dumped tires and other debris are continually dumped in alleys, street curbs, along canal banks, on vacant lots, near freeway, and on other public rights-of-way areas. The Clean-Up grant allows the City of Fresno to remove these waste tires therefore preventing blight, fire hazards and environmental issues.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wallace Low</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With the funding requested, Stanislaus County Department of Environmental Resources estimates picking up approximately 5,000 waste tires that have been illegally dumped either on private property or along the county unincorporated roadways.  The goal is to remediate small tire piles as soon as possible to prevent blighted conditions and to prevent a harborage for insects and vermin.  All car and truck tires will be recycled.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wilson Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6268616005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project provides for the cleanup of an estimated 60,600 tires illegally dumped within the road right-of-way and abandoned properties at various locations in the Los Angeles Basin and Antelope Valley.  These areas include many alleys and streets within 1,000 feet of schools, residences, offices, parks, and environmentally sensitive areas.  Grant funds will be used to cover the cost for collecting, loading, transporting, and recycling/disposing of waste tires.  Public Works will oversee the grant and provide contract hauling and recycling.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cahuilla Band of Indians</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Luther Salgado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9517635549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The collection, removal, transportation, recycling, and disposal of California waste tires from illegal tire 
+piles on or near the Cahuilla Indian Reservation and areas where illegal dumping has occurred along Cahuilla Reservation rights-of-way. The Cahuilla Reservation has a private site but does transport to a larger site in riverside county for disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Contaoi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514863200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County Department of Waste Resources (Department) has been removing illegally dumped tire from county roads since 2002. The Illegal dumping Mop-uP and Cleanup Team (IMPACT) has removed tons of illegally dumped solid waste and waste tires. To date IMPACT program has removed over 40,000 illegally dumped waste tires on county road right-of-ways. The Department is committed to continue this program and remove tires from road sides in the unincorporated areas of Riverside County. 
+The Department will use the Crew Lead Worker and Maintenance and Construction job classifications to operate exempt-government hauling vehicles (Tire Program Identification Number 1570382-01). The tire loads will be manifested and transported using the government-exempt hauling vehicles (Tire Program Identification Number 1274054-01). The waste tire loads will be hauled to B J Used Tire &amp; Rubber Recycling (TPID Number 1001094).  Staff will utilize a GIS mapping mobile APP to document locations of waste tires removed and if there are locations with increased tire dumps we can use the points for possible enforcement.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Town of Apple Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Julie Ryan</x:t>
   </x:si>
   <x:si>
     <x:t>7602407000</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Cathy Aggergaard</x:t>
   </x:si>
   <x:si>
     <x:t>The Town of Apple Valley encompasses 78 square miles of developed land and open space. With these geographical features, illegal dumping of waste tires is a problem for the Town resulting in significant social, health, environmental and economic impacts for our citizens. Areas used for illegal dumping are often within 1,000 feet of schools, residential neighborhoods, commercial and industrial centers, airport and electrical transmission lines. These locations are easily accessible to people, especially children, who are vulnerable to the physical hazards posed by waste tires.  The Town makes every effort to remove illegally dumped tires quickly to alleviate this threat to public health and safety and to discourage further illegal dumping. Parcel numbers and exact locations are not included in this grant as illegally dumped tires are scattered throughout Apple Valley boundaries. The Town will use the waste tire cleanup grant funds to identify waste tire piles by acting upon citizen complaints of abandoned tires in specific areas of the Town and collect and transport them to a short-term storage location at the Town’s Public Works Yard. Pictures of the waste tires illegally dumped are included for your convenience. The Town anticipates approximately 2,500 waste tires will be transported by the contractor, Burrtec Waste Industries, Inc, a registered waste tire hauler, to an approved end-use facility for recycling or for supplementary fuel to provide heat in a cement kiln.
 To offset the cost of recycling waste tires, the Town is requesting reimbursement of $9,678 for Code Enforcement Officer’s salaries and benefits when actual time is spent on grant related activities with an additional $900 requested for supplies to be used during cleanup activities.  The Town is also requesting $5,705 in Waste Tire Cleanup grant funds to offset the cost to load and transport the approximately 2,500 waste tires anticipated to be illegally dumped during the 2-year grant term. As part of grant reporting, the Town is also requesting reimbursement of $2,060 for staff to prepare payment requests and final report.</x:t>
-  </x:si>
-[...77 lines deleted...]
-In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Ronaldo Milo</x:t>
   </x:si>
   <x:si>
     <x:t>2134853568</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Los Angeles has an on-going waste tire cleanup program through the City's Department of Public Works (DPW) managed by the Solid Resources Support Services (SRSSD) and the Solid Resources Collection Division (SRCD) of the Los Angeles Sanitation (LASAN). SRCD removes illegally dumped tires within the City`s right-of-ways, alleys and boundaries. Tires collected are delivered to any of the six LASAN's district yards and other City locations approved by LASAN for storage and recording purposes. The district yards and LASAN approved locations provide environmentally sound storage areas for the collection and transportation by a vendor to a tire recycling facility for processing and beneficial reuse. Each of the LASAN district yards has a Tire Program Identification (TPID) Number Certificate issued by Department of Resources Recycling and Recovery (CalRecycle) storing an approved number of tires at a certain time period. LASAN's six district yards are as follows:
 1) West Valley District Yard
 8840 Vanalden Avenue
 Northridge, CA 91324
 818-727-7193
 2) South Los Angeles District Yard
 786 South Mission Road
 Los Angeles, CA 90023
 213-485-4912
 3) West Los Angeles District
 2027 Stoner Avenue
 Los Angeles,CA 90025
 310-575-8393
 4) Harbor District Yard
 1400 North Gaffey Street
 San Pedro, CA 90731
 310-548-7708
 5) East Valley District yard
 11050 Pendleton Street
 Sun Valley, CA 91325
 818-752-5700
 6) North Central District
 452 San Fernando Road
 Los Angeles, CA 90031
 (323) 227-7334
 The City of Los Angeles collects an average of 650 tons of used tires annually through which LASAN estimates 50% are collected from illegally dumped areas. B.J. Used Tire &amp; Rubber Recycling, Inc. (B.J. - contact: Rita Jankouzian, 909-684-2316) has contract with the City for the collection, transportation and &amp; processing of used tires for beneficial reuse. 
 Additionally, LASAN partners with Los Angeles Conservation Corps (LACC – contact: Robert Skillman, 213-749-3601) for the removal of tires within the approved wastesheds of the City of Los Angeles. LACC services are limited to the collection and transportation of used/waste tires only. LACC will directly deliver to B.J. &amp; LASAN pays B.J. for disposal/recycling of the LACC's delivered tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>Madera              </x:t>
-[...47 lines deleted...]
-  <x:si>
     <x:t>City of Pomona</x:t>
   </x:si>
   <x:si>
     <x:t> Irene Madrid</x:t>
   </x:si>
   <x:si>
     <x:t>9096202231</x:t>
   </x:si>
   <x:si>
     <x:t>The funding requested will pay for a portion of the salary of the City's Public Service Maintenance Worker II whose job it is to pick up illegally dumped tires.</x:t>
-  </x:si>
-[...47 lines deleted...]
-The City will use the waste tire cleanup grant funds to identify waste tire piles in all areas of the City, collect and transport them to a short term storage location at 15164 Anacapa Road, then pay for the disposal of approximately 6,000 waste tires using Burrtec Waste Industries, Inc. a registered tire hauler. Lastly, in those areas that we have identified with a higher rate of illegal waste tire dumping activity, we will place professionally made metal signs that are meant to deter future incidents. To carry out the proposed activities related to this grant, the City will also need to purchase safety related items, stick tools and trash bags. These items are necessary in the Mojave Desert region where Mojave Green Rattlesnakes and small amounts of trash are commonly found within the piles of tires.</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
   <x:si>
     <x:t>7609960972</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial County is a unique community of seven cities. The City of Mexicali with a population of well over a million residents borders the City of Calexico. The yearly crossing is over 1.2 million. Imperial County generates approximately 75,000 used and waste tires annually. The County cities and unincorporated communities comprise less than two percent of the land and this provides ample desolated, isolated, and observably areas where individuals could illegally dump tires.
 Even one of these following factors would substantially contribute to the number of illegally dumped and discarded tires but taken together it creates a formidable environment of unsightly and disease-bearing discarded illegally dumped tires. Close proximity to the Mexico border crossing, Imperial Valley inherits many tires rejected by the Mexican Recycling Industry: a large number of seasonal visitors attracting recreational vehicle owners with vehicles in tow, off-road visitors to the Imperial Sand Dunes (each of these licensed vehicles paying admission to BLM land is approximately 456,300 street-legal vehicles for 2019, typically hauls an average of three off-road vehicles) high usage of passengers, truck, semi-truck and equipment tires in the Imperial County agricultural industry: and lack of financial resources, and irrigation canals (canals are cleaned quarterly and illegally disposed of tires are removed)
 All Imperial Valley Resource Management Agency (IVRMA) collected tires now are going to Rubber Recovery Inc. located at 10672-B Calabash Avenue, Fontana, Ca 92337. Nothing goes to the landfill. The tires transported from the Imperial Valley to Rubber Recovery Inc, are crumbed buffed or molded to manufacture retail products. All contractors must sign an agreement to take all collected tires to a recycling facility.
 Community support for the Tire Cleanup Program included local Enforcement Agency (LEA) and Elected Officials. Imperial County has developed an Illegally Dumping Task Force in 2009 which has brought awareness to the residents of Imperial County of the problems associated with illegally dumping. We now have enforcement provided by Imperial County Sheriff Department, Highway Patrol and the local enforcement agency (LEA) In 2008 the Imperial County Board of Supervisors passed ordinance #1436, chapter 8.73-Unlawfuland Unauthorized Dumping of Solid Waste. Illegal Dumping of tires is a serious threat to Public Health and Safety in the proximity of densely populated areas to residential homes, schools, and commercial locations. Imperial County covers approximately 4,597 square miles of predominately agricultural land with many schools in Imperial county in remote areas where tires are frequently illegally dumped. San Pasqual Valley Unified School District is located 90 miles from a populated area. Pine Elementary School. Magnolia Union Elementary School district. Mulberry Elementary School District and Meadows Union School District are all schools that are in rural and agricultural areas in Imperial county. Illegally dumping tires is common in rural secluded agricultural areas. Pesticides residue has been found in tires. Physical injuries can also result from sharp or pointed objects inside discarded tires. Tire collection crews have reported finding needles, broken glass, and dangerous objects. Piles of illegally discarded tires that contain trash or dry brush are a potential fire hazard. When tires burn the toxic chemicals are released directly into the atmosphere. This can cause both short and long-term health hazards to residents. Compounds from melted tires can also pollute soil, surface water, and groundwater. A tremendous health hazard is created when illegally discarded tires accumulate on roads that run through farmland, and the pile of tires ignited.
 Over 550,000 illegally dumped tires have been collected and recycled from Imperial County roadways and other public areas with grants from CalRecycle /CIWMB. IVRMA has exhibited wise and judicious use of CalRecycle Grant funds which will continue. IVRMA has developed significant experience and has managed to keep the cost of collections down on the  recycling illegally discarded tires.</x:t>
   </x:si>
   <x:si>
-    <x:t>Merced              </x:t>
-[...11 lines deleted...]
-    <x:t>The Tire Cleanup Grant will be used in areas where illegally dumped tires are normally found including alleys and sites within 1000 feet to residential homes, waterways, and commercial/industrial businesses. An estimated total of 10,000 tires are expected to be collected. Funds will be used for the costs associated to tire trailer services for illegally dumped tires. Member jurisdictions remove the tires and bring them over to both the Highway 59 (Merced) and Billy Wright (Los Banos) landfills. Tire haulers then pick them up from both landfills and recycle them.</x:t>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tina Bitten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5625704695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Long Beach proposes to continue the cleanup efforts around the Los Angeles River area north of the Long Beach Harbor Basin.  This area remains a high priority for the City due to the level of illegal dumping that occurs. 
+The first area is east of the LA River between 5th Street and Willow Street (East Project Area), to Magnolia Avenue as the west boundary. The East project area is residential and commercial, including Drake Park and Thomas Edison Elementary School.  Golden Park, Cesar Chavez Park and Seaside Park are also nearby.  The Los Angeles River runs directly west of the project area, with the Long Beach Harbor and Downtown Long Beach less than one mile from the project area. 
+The second area is west of the Los Angeles River between 9th Street and Willow Street (West Project Area), to Santa Fe Avenue as the east boundary. The West project area includes industrial and residential areas, including Garfield Elementary School and with Cabrillo High School nearby. Nearby parks include Hudson and Admiral Kidd Parks. The Los Angeles River runs directly east, the Dominguez Channel is about one-half mile to the west and the waters of the Port of Long Beach are directly south. 
+In both areas, clean-ups are necessary to keep dumped items off the streets.  Most illegal dumping of tires occurs in alleys and other City right-of-ways, however, occasional dumping does happen on private property.  Local businesses and neighborhood associations continue to coordinate clean-up efforts in the impacted area, but still need assistance as the responsibility has outgrown their resources.  Grant funds would ensure that tires are regularly collected, and that the east and west project areas remain clean and safe for residents and businesses. All tires collected by City crews will be taken to a facility that recycles tires into crumb rubber that is used in asphalt paving surfaces and synthetic athletic surfaces.  “No Dumping” signs will be posted in areas most impacted by illegal dumping.</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego           </x:t>
   </x:si>
   <x:si>
     <x:t>City of San Diego</x:t>
   </x:si>
   <x:si>
     <x:t> Michelle Frick</x:t>
   </x:si>
   <x:si>
     <x:t>6192367080</x:t>
   </x:si>
   <x:si>
     <x:t>740 tires from the Tijuana River Valley split among at least two agencies;
 295 tires from San Diego Open Space clean-ups;
 5,950 tires to be collected by Code Compliance from public rights-of-way.
 425 tires from the City of Chula Vista public rights-of-way.
 240 tires from Skibbe Ranch.
 This results in a projected clean-up cost of $7.80/tire.
 The Tijuana River Valley is an estuary of national importance with a multi-agency approach to restoring and protecting the sensitive ecosystem. Tires from Mexico are washed downstream during rain events and have significant impact on the watershed. Tires are plucked from the sediment and trash removed during dredging of river channels and sediment basins. Large truck tires can sometimes be recycled however passenger tires are too contaminated with sediments and go the landfill.
 City of San Diego Open Space: 
 Tires dumped in open spaces, parks and canyons are collected by park rangers and stored at this location until a pickup is arranged.
 The City of San Diego Code Compliance division actively collects tires from the Public Rights-of Way throughout the City and stores them until a pickup can be arranged.
 The City of Chula Vista Code Compliance division actively collects tires from the Public Rights-of Way throughout the city. The tires were stored at the site known as “former public works” yard which is now closed.  They will now be stored at a site called “City of Chula Vista/Olympic Parkway Pump Station” until they are picked up. 
 Skibbe Ranch is a part of the Tijuana River Valley (TVR), but is a single location to collect small amounts of tires found in the TRV by the ranchers.
 The Tire enforcement Program also refers tire piles on public property to Code Compliance for remediation.  Detailed logs are provided of these activities.  When possible the Tire Enforcement Program utilizes surveillance cameras to catch perpetrators and deter dumping.
 Some signs and/or fencing may be purchased with grant monies.  Other than the contaminated tires from the Tijuana River Valley, every attempt is made to recycle the tires at BAS recycling, our closest tire recycling facility, located 100 miles away in Moreno Valley.</x:t>
   </x:si>
   <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Bakersfield</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Renee Taylor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6613263427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The main objective of this grant proposal is to remove illegally dumped tires from several locations throughout the City of Bakersfield and to restore the areas back to their original state. Illegally dumped waste tires create blight, vector control and other health and safety hazards to the public and the environment. Illegal dumpsites not abated in a timely manner potentially contributes to the accumulation of waste tires. The City of Bakersfield cleanup projects are intended to mitigate potential fire and health risks posed by these tire piles within our jurisdiction.
+The City of Bakersfield Solid Waste Division currently responds to citizen complaints of illegal dumping which has occurred along the public rights-of-way or upon their private property.
+The Solid Waste Division dedicates a Solid Waste Equipment Operators almost 25 hours per week towards the collection and removal of waste tires illegally dumped throughout alleys, roadways, sidewalks and other public property.
+All waste tires collected are transported to the City of Bakersfield s Corporation yard or Recycling and Composting facility. The City of Bakersfield Solid Waste Division drivers will deliver large and car passenger tires from its city truck/trailer combination to Kern  County Public Works Bena Landfill for the purpose of recycling disposal.
+An estimated of 15,000 tires are to be removed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino Solid Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Seth Strader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074675719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collect, remove, transport &amp; dispose of illegally dumped tires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced County Regional Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kaylee Yang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097234481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Tire Cleanup Grant will be used in areas where illegally dumped tires are normally found including alleys and sites within 1000 feet to residential homes, waterways, and commercial/industrial businesses. An estimated total of 10,000 tires are expected to be collected. Funds will be used for the costs associated to tire trailer services for illegally dumped tires. Member jurisdictions remove the tires and bring them over to both the Highway 59 (Merced) and Billy Wright (Los Banos) landfills. Tire haulers then pick them up from both landfills and recycle them.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Modesto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rosene Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095775453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Modesto has an estimated population of 215 thousand people who currently occupy an estimated 37 square miles. Within that area, there at 3,050 streets, 1,400 alleys, 78 parks and 3 main waterways. It is our intent to utilize grant funding to remove illegally dumped waste tires from these areas by assigning a city employee maintenance worker to actively search designated areas as well as respond to any citizen reports of waste tire dumping and document for disposal. In addition tot he labor component, the City of Modesto owns a storage container to store waste tires until removal is required for transportation to an end-use facility. The currently locations is in a secure site at the City of Modesto's Waste Water Treatment Facility located at 1221 Sutter Avenue in Modesto. Note, the City of Modesto will be responsible for providing a 1/2 ton pickup truck with a lift gate, safety equipment and any additional materials necessary to complete the job safely and efficiently. Historically, the City of Modesto has collected 1400-1800 illegally dumped tires per year through the grant program. The City of Modesto is estimating that we will collect approximately 1850 illegally dumped tires per year for recycling through a permitted recycler and hauler for an estimated 3,700 tires during the entire grant cycle.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hesperia</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tammy Pelayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609471014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Hesperia covers nearly 75 square miles of developed and vacant open desert land.  With these geographical features, illegal dumping of waste tires is a major problem for the City resulting in significant social, health, environmental, and economic impacts for the residents of the City.  Oftentimes the illegal dumping of tires occurs near schools and residential neighborhoods.  These areas are easily accessed by the public, especially children, who are vulnerable to the physical hazards posed by waste tires.  Some locations are also near the City water storage tanks and the Mojave River posing a serious threat to the City's drinking water.  
+The City's Public Works Department works diligently to remove illegally dumped tires as soon as possible to alleviate the threat to public health and safety, maintain a clean environment and to discourage further illegal dumping.  Code Enforcement officers respond to reports of illegally dumped tires seven days a week.  To assist with these cleanup efforts, the City's Code Enforcement department contracts with Work Release Program through the County of San Bernardino Criminal Justice System.  Under the supervision of a code enforcement Officer, work release crews and City Code Enforcement Officers pick up waste tires and deliver to the grant Contractor for proper disposal.  The Contractor then transports the waste tires to an approved end-use facility for recycling or for supplementary fuel to provide heat it a cement kiln.  
+ To offset the cost of recycling waste tires, the City is requesting reimbursement of $8,952 for Code Enforcement Officer's salaries and benefits when time is spent on grant-related activities.  Parcel numbers and exact locations are not included in the grant request as illegally dumped tires are scattered throughout City limits, and staff responds to complaints of abandoned tires in specific areas located throughout the boundaries of the City.  It is anticipated that passenger car, light truck, and medium truck tires are expected to be the majority based on the tires collected during previous grant cycles.  The City is requesting Waste Tire Cleanup grant funds of $10,000 to offset the collection, disposal, and hauling cost of approximately 2,750 waste tires anticipated to be illegally dumped during the two-year grant term.  The City of Hesperia is requesting reimbursement of $1,427.40 for staff to prepare payment requests and the final report.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dustin Ragsdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596000467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of Fresno has an ongoing waste tire cleanup program managed by the County's Department of Public Works and Planning Road Maintenance and Operations (Roads) Division. Illegally dumped tires are removed by Roads personnel from County streets and rights-of-way in the rural and unincorporated areas throughout Fresno County. It is estimated that the TCU19 cycle, the tires collected by Roads personnel will be approximately 13,000. Roads personnel collect and deliver tires to storage areas at the County's various Road Maintenance Yards and other appropriate storage sites. Waste tires will be removed by permitted tire hauling companies including American Refuse, Inc. (dba American Tire Tec.), and West Coast Rubber Recycling, Inc., and other hauling companies as available and established through County- vendor procurement agreements.   
+County and LCC staff have discussed addressing assistance with the Tire Cleanup Grant. However, LLC has indicated that they have limited labor and equipment resources especially now due to COVID. County staff will continue to make contact with LCC staff for future events.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Deleon Luna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093832133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County Code Enforcement will utilize Waste Tire Cleanup Grant funds to abate waste tire dump sites throughout its large jurisdictional area. The deserts of San Bernardino County are frequently utilized as a dumping ground for the illegal disposal of waste tires and other materials. The County actively combats these activities with an Illegal Dumping program, and we look forward to a continued partnership with CalRecycle to carry on our efforts in identifying and abating illegal waste tire dump sites.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Joaquin         </x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County</x:t>
   </x:si>
   <x:si>
     <x:t> Sarita Wati</x:t>
   </x:si>
   <x:si>
     <x:t>2094683066</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin County requests $42,250 to continue with the tire cleanup and education campaign. The campaign aims to reduce the illegal dumping of waste tires from residential and rural neighborhoods through education and waste tire cleanups. Education is used to inform residents of the impact that illegally dumped tires have on the environment and the quick removal of illegally dumped tires helps to prevent additional tires from being dumped at existing sites. Illegally dumped tires will be removed throughout San Joaquin County using Public Works staff and the Greater Valley Conservation Corps.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles County</x:t>
-[...37 lines deleted...]
-piles on or near the Cahuilla Indian Reservation and areas where illegal dumping has occurred along Cahuilla Reservation rights-of-way. The Cahuilla Reservation has a private site but does transport to a larger site in riverside county for disposal.</x:t>
+    <x:t>City of San Bernardino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Matt Fisher</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093845140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Bernardino has an ongoing issue with illegally dumped tires on the side of roads, parks, fields and alleyways. The City has limited staff that cannot keep up with the amount of resident requests for tire clean ups received. Therefore, Public Works Department and the select volunteers from the neighbor associations now work together at least once a month to go out and collect illegally dumped waste tires in designated areas the City. The City communicates with volunteers to bring all collected tires to our City yard for proper disposal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anne Darroch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609552987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Victorville is located in the Mojave Desert region approximately one hour from the heavily populated Los Angeles County, Orange County and Inland Empire regions and two hours from the growing Las Vegas area. The City is surrounded by a vast amount of open desert and has three major highways that intersect within its jurisdiction (I-15 Freeway, CA Highway 18/138, and US Highway 395). It is 74.09 square miles and is mixed open land with a still growing commercial and residential footprint. Due to the large amount of open desert areas, the City experiences a high rate of illegal dumping activity that includes illegally dumped tire piles of both general passenger and commercial tires. Additionally, the City currently manages the CalRecycle Waste Tire Enforcement Grant and has approximately 120 waste tire related businesses (identified via WTMS as active businesses) that it frequently monitors and inspects annually. Coincidentally, the City has a large number of used tire dealerships located in areas that are prone to a high incidence of illegally dumped waste tires.
+The City will use the waste tire cleanup grant funds to identify waste tire piles in all areas of the City, collect and transport them to a short term storage location at 15164 Anacapa Road, then pay for the disposal of approximately 6,000 waste tires using Burrtec Waste Industries, Inc. a registered tire hauler. Lastly, in those areas that we have identified with a higher rate of illegal waste tire dumping activity, we will place professionally made metal signs that are meant to deter future incidents. To carry out the proposed activities related to this grant, the City will also need to purchase safety related items, stick tools and trash bags. These items are necessary in the Mojave Desert region where Mojave Green Rattlesnakes and small amounts of trash are commonly found within the piles of tires.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Azeema Prakash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596615487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Madera‘s Public Works Department will act as the lead agency in this regional application with Madera County participating as the other jurisdiction.
+The City staff will administer the grant if selected, coordinate the scheduling of tire trailers and pickup locations, oversee the pickup of tires found in alleys, public right-of-way and waterways at various scattered sites. County staff will follow the same procedures within their jurisdiction. The goal is to remove 31,000 tires over the term of the grant.
+The City will use American Tire Recycle,LLC. - Scrap Tire Company to provide the trailer vans used for the removal of scrap tires found in the City and County of Madera. American Tire Recycling, LLC will transmit electronically all generator, hauler, and end use facility information to CalRecycle. American Tire Recycling, LLC will provide City with hard copies of all manifests and weight certificates.
+There will be minor supply costs for gloves to be used by haulers, fuel for hauling vehicles, and related grant costs.
+Total grant application will not exceed $100,000 and cost per tire will be below $8.00 per tire. All tires collected will be taken to a permitted recycling facility.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 22</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -571,51 +571,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R081ab5a012764621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37f8fb546bfe4c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R59fca92a337e43b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7769069c766d4b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R17c3ce379b4f4b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2015e5c531484e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -663,564 +663,564 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1793.848876953125" customHeight="1" collapsed="0">
+    <x:row ht="678.444091796875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>18343</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1241.886474609375" customHeight="1" collapsed="0">
+    <x:row ht="379.47406005859375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="678.44384765625" customHeight="1" collapsed="0">
+    <x:row ht="482.9669189453125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.901123046875" customHeight="1" collapsed="0">
+    <x:row ht="298.9700927734375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>79759</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="2058.3212890625" customHeight="1" collapsed="0">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1023.4205322265625" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>20379</x:v>
+        <x:v>18760</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-    <x:row ht="1713.34521484375" customHeight="1" collapsed="0">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1793.8486328125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>18343</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>38</x:v>
-[...2 lines deleted...]
-    <x:row ht="2115.8076171875" customHeight="1" collapsed="0">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2115.80810546875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>98990</x:v>
+        <x:v>27775</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.4853515625" customHeight="1" collapsed="0">
+    <x:row ht="3679.68115234375" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>10310</x:v>
+        <x:v>250000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1115.40625" customHeight="1" collapsed="0">
+    <x:row ht="1713.345703125" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>30014</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="G15" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H15" s="8" t="s">
+    </x:row>
+    <x:row ht="1966.3369140625" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>57</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>27775</x:v>
+        <x:v>59669</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row ht="459.9501953125" customHeight="1" collapsed="0">
+    <x:row ht="1241.88671875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>15000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.486328125" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>10310</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.474609375" customHeight="1" collapsed="0">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>39926</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="1586.86328125" customHeight="1" collapsed="0">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1115.4052734375" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>61340</x:v>
+        <x:v>30014</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-    <x:row ht="3679.6806640625" customHeight="1" collapsed="0">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2058.3203125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>20379</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-    <x:row ht="471.458984375" customHeight="1" collapsed="0">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1034.900390625" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>16000</x:v>
+        <x:v>79759</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="1966.3359375" customHeight="1" collapsed="0">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.962890625" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>59669</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.46484375" customHeight="1" collapsed="0">
+    <x:row ht="517.462890625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
         <x:v>42250</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
-    <x:row ht="482.966796875" customHeight="1" collapsed="0">
+    <x:row ht="459.94921875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>250000</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1023.419921875" customHeight="1" collapsed="0">
+    <x:row ht="1586.86328125" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>18760</x:v>
+        <x:v>61340</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+      <x:c r="G26" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="G26" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="8" t="s">
+    </x:row>
+    <x:row ht="1011.912109375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>98990</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A28" s="10" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B28" s="10" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="10"/>
       <x:c r="D28" s="11" t="n">
         <x:v>1638515</x:v>
       </x:c>
@@ -1248,29 +1248,29 @@
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:44 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>