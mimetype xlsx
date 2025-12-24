--- v2 (2025-12-24)
+++ v3 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb42c3f2dd046ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a69a15dd6d427d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R17c3ce379b4f4b39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R09071f53ac2d41ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Gov`t Waste Tire Cleanup Grant (TCU19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -571,51 +571,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7769069c766d4b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R17c3ce379b4f4b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2015e5c531484e1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad39e6caab4a4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09071f53ac2d41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbdefcab7defc430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1248,29 +1248,29 @@
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 8:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:34 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>