--- v3 (2025-12-24)
+++ v4 (2026-02-01)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a69a15dd6d427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f08a6c602a84707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R09071f53ac2d41ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdafed80adca04efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Gov`t Waste Tire Cleanup Grant (TCU19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -571,51 +571,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad39e6caab4a4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09071f53ac2d41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbdefcab7defc430a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61ba7c52ad34fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdafed80adca04efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R38816c9a38634f19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1248,29 +1248,29 @@
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 10:34 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 1:36 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>