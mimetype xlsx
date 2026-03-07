--- v4 (2026-02-01)
+++ v5 (2026-03-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f08a6c602a84707" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ea0df557aa45b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rdafed80adca04efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc2e03a480e7343d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Gov`t Waste Tire Cleanup Grant (TCU19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -571,51 +571,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61ba7c52ad34fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdafed80adca04efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R38816c9a38634f19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd04c6feb33e4414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc2e03a480e7343d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdf03b7cbdc2f4698" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1248,29 +1248,29 @@
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 1, 2026 1:36 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:40 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>