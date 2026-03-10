--- v5 (2026-03-07)
+++ v6 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ea0df557aa45b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R082cfcb97d814207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc2e03a480e7343d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R0225a8c4188243d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2022-23 Local Gov`t Waste Tire Cleanup Grant (TCU19)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -571,51 +571,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd04c6feb33e4414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc2e03a480e7343d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdf03b7cbdc2f4698" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb095b4cb9d3a41d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0225a8c4188243d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R45164c969749480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1248,29 +1248,29 @@
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:40 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:00 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>