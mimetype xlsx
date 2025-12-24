--- v0 (2025-12-17)
+++ v1 (2025-12-24)
@@ -1,1017 +1,1020 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4954ffcd80494a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1f9535769141da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ra78e3b69429d4ca1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc836023155814e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amber Fisette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072342838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeremy Xiong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The majority of funds will be used for the initial setup fee and initial three-year subscription to compliance, record keeping and tracking cloud-based software.  The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement.  The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.  Remaining funds will be used for consultant costs related to implementation of organics collection, capacity planning, edible food recovery, enforcement and inspection, procurement requirements, and program evaluation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Indio</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Toyoda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7606251815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indio currently used the following bin colors: Grey - recycle, Burgundy - Trash, Green - Green waste.  SB1383 allows bins to change to the new mandated colors gradually but because our system currently uses grey for recycling, and this bin color is now regulated to be waste, if we gradually roll out blue recycle bins for recycling and transitioning the grey bins to trash,  we will have some residents that have grey bins for trash and some residents with grey bins for recycling.  This project consists of using the funds to either change out all the recycle bins to blue and transition all the grey bins to trash at once, if funding allows, it not then to be sure that all lids are changed out and that there are clear markings on the bins so that there is not confusion in which bin color is used for what. This will be incredibly important for outreach and in light of the fact that we will soon also have to fine residents for contamination.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stanislaus County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Will Richards</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095256740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ashraf Batavia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Department of Environmental Resources will use this funding to help cover staffing costs, outreach and education, software, capacity planning and other 1383-related implementation costs. County staff will be dedicating a significant amount of time and resources to ensure the requirements of the new regulations are being met.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lathrop</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Melissa Stathakopoulos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099417364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These funds will be used towards outreach, education and compliance with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kenneth Prue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8584925085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of San Diego will utilize the awarded grant funds to offset the cost of procuring and distributing automated organic waste containers and kitchen pails for their curbside collection program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Talia Richardson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309346530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County will be responsible for establishing an edible food recovery program, conducting education and outreach to the community, procuring recyclable products, securing access to recycling and edible food recovery capacity, and monitoring compliance and conducting enforcement. These funds will assist the Jurisdiction in the implementation of these goals.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Yucca Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Rice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603697207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town plans to utilize these funds to provide educational outreach to Yucca Valley residents and businesses about SB 1383 and how to be compliant.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Clarita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Curtis Williams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612554308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Santa Clarita intends on using the SB 1383 Local Assistance Grant Program funds to accomplish five things:
+1.A portion of the funding ($90,000) will be used to create and produce outreach materials to provide to the public about SB 1383 and the requirements to divert materials from the landfill. Such materials include a professional commercial that will be aired on local television commercials, social media posts, radio spots, and Santa Clarita’s Environmental Services Website, Greensantaclarita.com. The content will also be shared via print ads in local newspapers and magazines. Direct contact outreach will also include mailers and door hangers for organic waste producers.
+2.The second portion of the funding ($52,000) will be used for program tracking software. The City will use the Recyclist Program tracker to identify generators, track education and outreach to generators, record waivers issued, establish a system for self-hauler reporting, maintaining a detailed list of food recovery organizations and services, monitoring compliance of generators, recovery services and organizations, track annual inspections and compliance reviews, issue notices of violation, following up every 90 days, and keep centralized records with quick access. The grant funding will support the City of Santa Clarita for two years.
+3.The third portion of the funding ($10,200) will be used for education of students in the Santa Clarita Valley. The City will hire a company to provide assemblies to K-6 schools to promote sustainable practices with organics. The content of the assemblies will include organics at school and at home and how the students can recycle at both locations. The assemblies will either be virtual or in person depending on the local health requirements due to the COVID-19 pandemic. 
+4.The fourth portion of the funding ($1,500) will be used for purchase of a mobile device to provide access to the program tracking software in the field. Inspection staff will use the mobile device to connect to the program tracking software and enter data while on site. This will save time by providing the ability to take notes in the field during inspections and upload the data to the tracking software in real time, instead of waiting to enter the data at the office. The funding will also allow the purchase of a protective casing to prevent damage and wear and tear to the mobile device.
+5.      The fifth portion of the funding ($50,000) will be used to pay for a part-time Project Technician to administer the requirements of SB 1383 and the Santa Clarita Municipal Code 15.44 which pertain to Organics. The Technician will perform regularly scheduled site visits to commercial and residential properties to verify service compliance with SB1383 and AB341 requirements. Observe and report waste containers that are not in compliance with SB1383. Create content to educate residents and businesses on proper separation and handling of waste materials. Provide community outreach regarding SB1383 requirements and expectations. Provide follow up to waste generators that are not in compliance with SB1383. Issue notices to waste generators of non-compliance with SB1383 requirements. Provide non-compliant generator data to Community Preservation, as needed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Roseville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9165978465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Roseville plans to use the funds toward the recovered organic waste product procurement purchase. However, if needed, we may pivot and use the funds towards a combination of the other eligible SB 1383components such as capacity planning, collection, edible food recovery, education and outreach, enforcement and inspection, program evaluation/gap analysis, and/or record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Clemente</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Danna McIntosh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494989436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Subject to change please:
+Personnel to assist with implementation
+Purchase wheeled collection carts, blue and green bins and signage to assist businesses with compliance Production of outreach materials and door-to-door outreach
+If council approved purchase subscription to a compliance/record keeping software</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Valerie Meza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308792353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funding to be used for class room education, marketing, promotion and public outreach.  Upgrade and expansion to assist the franchsie haulers with a trans load area at the NRRWF.  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Watsonville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tami Stolzenthaler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317683131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Watsonville Solid Waste Division is requesting $68,392.00 to contribute to the City costs for a 2023 EV (Electric) ASL Mack LRE with a Heil Command sst 28 yard side load body. This vehicle will service organic waste from 95, 68 and 35 gallon green carts in the City of 51,000 residents. The City is proud to further reduce green house emissions through the utilization of an EV organics collection truck.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Loma Linda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. JEFF PETERSON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9097994407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Educational outreach including digital freeway oriented billboard, street banners, flyers and mailers, compostable food waste bags, record keeping, enforcement and inspections, program evaluation/gap analysis and procurement requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fort Bragg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alfredo Huerta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7079612823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Fort Bragg is applying to the SB 1383 Local Assistance Grant program to assist with the implementation of regulation requirements associated with SB 1383. These funds will be used not only for administrative and enforcement efforts but also material procurement. The projects funded by this grant include but are not limited to organics collection, edible food recovery, education and outreach, procurement, capacity planning, and enforcement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jose Castaneda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County Department of Public Works proposes the use of grant funding to hire a consultant to develop a Gap Analysis and support the County in its endeavors to achieve compliance expeditiously.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merced              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gustine</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Halpin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097611004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Due to an unfunded Californian mandate as well as an economy suffering from the pandemic, the City of Gustine is requesting grant funds needed to help surviving businesses implement programs (collection, employee training, etc.) without another financial burden all all involved to do so, the residential sector needs an increase in education on how to separate their materials at home, assistance needs to be given to the community food pantry(ies) to handle increases in food donations that may overwhelm their facilities, and inspections to enforce the SB1383 programs needs to happen during times when staffing is already at its bare minimum. Please see the requested budget and its descriptions for details on this request for funds.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Turlock</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lupe Madrigal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2096685590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Turlock intends to use these funds for the following activities: enhanced education and outreach materials to customers regarding SB 1383 provisions, outreach and education materials to Edible Food Recovery generators and organizations, tracking databases for Edible Food Recovery programs, Procurement tracking and record keeping, personnel administrative duties, materials to assist with program development and adjustments and policy and program development.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Riverbank</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kathleen Cleek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2098637170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will be used to assist the City in implementing an Edible Food Recovery Program.  The City will also use the funds for Education and Outreach to our residents and businesses and assistance in meeting the Procurement requirements. The funds will also be used for Record Keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado Hills Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Teri Gotro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9166143217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The District will provide a test model of food waste bins that will allow for a smoother transition to requiring households to separate food waste from the normal garbage. We foresee the push back that we will receive from residents due to the unpleasant odor of the food waste that sits for 1 or 2 weeks to become a primary issue thwarting implementation of AB1383 at the waste-generator level. In a point-of-generation resistance-removing effort, our food waste containers will provide an extra opportunity for altering behavior. The food waste bins will be 1-3 gallon compost containers with a carbon filter to reduce the smell. The grant funds will be used to purchase 1500 (10% of resident) bins and use them as samples to test customer satisfaction. In addition, the District will provide engaging media videos and outreach to educate residents on the new process. This District reaches its residents (approximately 50,000) effectively through social media, subscriber E-Newsletters, and a 'Community Resources Guide' that is mailed to every address/resident at least three times per year, free of charge.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Imperial Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Wbaldo Arellano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6194244095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Imperial Beach will be using the funds available in the following categories: Edible Food Recovery, education and outreach including organic waste and edible food recovery), program evaluation/Gap analysis, procurement requirements and record keeping. The Environmental and Natural Resources Department will be in charge of the spending and reporting of these funds allocated to the City of Imperial Beach with the purpose of complying with SB 1383 requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sharon Mitchell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093868968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Various County Departments will be working on several programs and projects to implement SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chula Vista</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Joseph Coppola</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6196915161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds to be used for mass mailing education campaigns on residential organic waste collection and requirements for commercial generators, purchase of commercial internal organic waste collection containers, edible food rescue capacity planning, Tier I/II education programs, container contamination minimization activities and procurement compliance assistance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lake County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Lars Ewing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072621618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Personnel: Direct time by County staff spent on management of SB 1383 tasks to include but not limited to edible food recovery program, record-keeping, enforcement, and reporting.
+Record Keeping: Cloud-based software program for edible food recovery and enforcement data tracking.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ukiah</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jason Benson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074636284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel Dixon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1383 Implementation Assistance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Laguna Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Vazquez-Avila</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494970344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funding will be used for a two-year subscription (April 1, 2022 to April 2, 2024) to the Recyclist Program Tracker, a cloud-based software program.  The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement.  The integrated mobile app, compatible with Tablets and Electronic Devices (seven inches or more measured diagonally), includes fieldwork functionality for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and organics program.  The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ferndale</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grant Readle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167391202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Ferndale intends to use SB 1383 Local Assistance Grant funding to expand organic waste processing capacity.
+Specifically, we are putting the $20,000 to permit compost and garbage disposal slurry to anaerobic digestion capacity, via community compost, agricultural composting, and demonstration projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Trinidad</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Gabriel Adams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076770223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Project will address implementation of regulatory requirements associated with SB 1383. The City is participating in the HWMA Organics and SB1383 Compliance Program which will develop a Compliance Roadmap, develop capacity for organics processing and collection, edible food recovery, procurement, and analysis of waste management structure.  
+The requested funds support implementation of the tasks identified in the Compliance Roadmap.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Portola</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tom Valentino</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308324216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds to be used for compliance with regulatory requirements of SB 1383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Santa Fe Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Maribel Garcia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624097569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>If awarded funding, the City of Santa Fe Springs would use funds for the following:
+-To purchase counter-top food waste collection pails for residents (first come - first served basis)
+-Education &amp; Outreach
+-Enforcement &amp; Inspection
+-Procurement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Desert Hot Springs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Nicholas Haecker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7603296411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funds from this grant will be used to hire a consultant to manage SB1383 implementation program to include the following: Capacity Planning, Collection, Edible Food Recovery, Education and outreach (includes organic waste &amp; edible food recovery), Enforcement and Inspection, Program Evaluation/Gap Analysis, Procurement Requirements, and Record Keeping.
+Funds will also be utilized to purchase trash receptacles and expand trash enclosures to accommodate new regulations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Palmdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Benjamin Lucha</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6612675308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Palmdale intends to use the funds received from SB 1383 Local Assistance Grant Program to hire additional personnel needed to assist in the completion of program implementation. Grant will also be used for training of personnel, the purchase of an electronic device, education, and outreach, and for the purchase of software. Additionally, it will be used for the City's Edible Food Recovery Program and a portion will be used towards an organics study.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Blue Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amanda Mager</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7076685655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Blue Lake will utilize the funding to enhance our planning capacity for implementation of SB 1383.  As a small jurisdiction, the City will look at opportunities to engage with our residents and business community to create opportunities to effectively and creatively participate in food recovery efforts, while at the same time collaborating with our local partners and waste haulers to support larger, regional efforts.  
+The City proposes to utilize the funding to evaluate our waste stream, identify opportunities, and if possible, to implement programs.  Funding will be utilized to increase internal capacity and public outreach, including staff participation in trainings and work groups established to address SB1383 issues.
+Funding will be utilized specifically for staff wages and consulting costs associated with capacity planning, along with materials and supplies to conduct community outreach and possible implementation efforts.  The City anticipates a phased implementation process that identifies and separates the "low hanging fruit" opportunities from the larger and more regional investment projects.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Amador              </x:t>
   </x:si>
   <x:si>
     <x:t>Amador County</x:t>
   </x:si>
   <x:si>
     <x:t> Jeff Gardner</x:t>
   </x:si>
   <x:si>
     <x:t>2092236546</x:t>
   </x:si>
   <x:si>
-    <x:t>Akemi Myers</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>The SB 1383 Local Assistance Grant Funds will be used to implement SB 1383 throughout the cities and county of Amador.  The County as the lead has contracted with a consultant to assist the County and the Cities for implementation and compliance with the various requirements applicable to our jurisdictions.  The County will partner with the local food bank to ensure the edible food recovery program meets requirements and enhance the edible food capacity throughout the cities and county.</x:t>
   </x:si>
   <x:si>
-    <x:t>Los Angeles         </x:t>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Port Hueneme</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Fred Camarillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8059866556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assist with the implementation of requirements associated with SB 1383.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Morgan Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Tanya Carothers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4087235200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Morgan Hill is seeking grant funds on behalf of the Cities of Morgan Hill and Gilroy to continue implementation of a Countywide Edible Food Recovery Program, associated capacity enhancements, and phase three of a Food Waste Prevention Project.
+The Edible Food Recovery Program contracts with Joint Venture Silicon Valley to conduct outreach, provide technical assistance, and regulate businesses that are impacted by SB 1383. Based on the results of the Food Recovery capacity analysis, funding will support expanding edible food infrastructure in the nonprofit community, as well as support upgrading recurring programmatic tasks such as: inspections, education, outreach, refining Tier 1 and 2 lists, document creation, food recovery organization/service and generator reporting, as well as expand general administration of the program.  This will provide the City of Morgan Hill and Gilroy’s contribution to the Edible Food Recovery Program that is managed regionally and supports Countywide infrastructure upgrades and expansion.
+Additionally, the two cities shall utilize grant funds to implement phase three of a Community Based Social Marketing (CBSM) Food Waste Prevention Project to reduce food waste by using CBSM to effect behavior change. A selected contractor will utilize existing baseline food waste data, strategy recommendations, and tailored existing outreach materials completed in phases one and two of the project to implement a comprehensive implementation plan. The Plan shall include tested strategies and treatment options for broad-scale implementation to effectively reduce food waste behaviors in the cities of Morgan Hill and Gilroy, and any other Santa Clara County city that participates in the Program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Seal Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Patrick Gallegos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5624312527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The use of grants will be utilized to establish a comprehensive 1383 program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hanford</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Marco Vazquez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5595852569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Purchase of additional Blue / Green waste bins and a bin delivery trailer to facilitate expansion of our commercial collection efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Bell</x:t>
   </x:si>
   <x:si>
     <x:t> Javier Ochiqui</x:t>
   </x:si>
   <x:si>
     <x:t>3235586211</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Bell will use SB1383 Grant funds to expand its education and outreach
 on organics recycling to residents, and commercial businesses (including those that generate edible food that can be donated) haulers, solid waste facilities, and local food banks and other food recovery organizations. 
 50% of the grant funds will be allocated to the purchase of education, outreach and bilingual marketing materials, including brochures, videos and event planning. 50% of the grant funds will be dedicated to salary and associated personnel costs to help implement and manage the SB1383 campaign.</x:t>
-  </x:si>
-[...284 lines deleted...]
-    <x:t>Placer              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Lincoln</x:t>
   </x:si>
   <x:si>
     <x:t>Mr. Christian Punsal</x:t>
   </x:si>
   <x:si>
     <x:t>9164343201</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Lincoln proposes to use funding from the SB1383 Local Assistance Grant Program to assist in implementing the program within the City.   We seek to use the majority of funding to inform and engage citizens in Organic Waste Reduction as well as the specific requirements of SB1383.  This is the City’s biggest need since we do not have a Public Information Officer.  The City plans to use funding for:
 Marketing/Promotion/Outreach $44,000 – Development of collateral (bill inserts, single or double-sided flyers/postcards, custom mailers, website edits, and graphics for social media). 
 Training $9,250 - Training for City Solid Waste and Enforcement staff for monitoring, evaluating, conducting site visits and reporting.  Training for Public Works Administrative staff in evaluating waiver requests.  
 Administrative Costs - $9,000 – Gap analysis for SB1383 program requirements to determine where to focus staff efforts in areas to improve compliance with the regulations.  Assess ongoing and future staffing and funding needs.
 Education $1,857 – Providing information to City Council regarding the implementation of SB1383.
 Equipment $1,600 – Purchase a tablet for use during site visits and enforcement activities. 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>City of Livingston</x:t>
-[...71 lines deleted...]
-    <x:t>The majority of funds will be used for the initial setup fee and initial three-year subscription to compliance, record keeping and tracking cloud-based software.  The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement.  The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.  Remaining funds will be used for consultant costs related to implementation of organics collection, capacity planning, edible food recovery, enforcement and inspection, procurement requirements, and program evaluation.</x:t>
+    <x:t>Fresno              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresno County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dan Amann</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596004309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Grant funding will be used to facilitate education and outreach activities to organic waste generators that are provided with an organic waste collection service. The County will work with its solid waste and marketing consultants to provide educational material that informs organic waste generators on how to properly separate organic waste in appropriate containers, how to minimize organic waste generation, proper ways to recycle organic waste on site, and the benefits of methane reduction. Additionally, those who opt to self-haul their organic waste in lieu of a collection service will be provided with educational materials on the self-hauling requirements. Education and Outreach will be delivered via various outlets including but not limited to printable material, social media, and radio advertisements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monique Figueroa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The grant funds will be used for: 1. consultant to implement SB 1383 across the city and county departments, 2. exploration for purchase of software or vendor services for record keeping and reporting, 3. education and outreach programs required to implement SB 1383 programs, and 4. administrative costs necessary to coordinate between the city, county, consultants, and vendors required to implement SB 1383.
+PERSONNEL - Consultant/contractor will be hired to assist with the roll-out of the SB 1383 mandated programs that impact various city and county departments including: Solid Waste, County/City Counsel, County/City Administration, Environmental Health/Local Enforcement Agency, Planning, Building, and Purchasing. Consultant/contractor will coordinate the specific City and County actions required during the first 2-3 years of SB 1383 implementation.
+TRAINING - Funds will be used to facilitate training sessions for City and County staff directly impacted by SB 1383 and mandated actions necessary to meet regulatory compliance deadlines. Initial actions required during first 1-2 years will be the first priority of the training to department staff and all other affected parties.
+MATERIALS - Consultant/contractor will explore the various software programs or specialized vendor services available to the City/County that can be purchased to assist and streamline the record keeping and reporting required for SB 1383 compliance.
+MARKETING/PROMOTION/OUTREACH - Funds will be used to disseminate information directly to the general public on SB 1383 including what it is and how it affects them. Outreach will also be conducted directly to all solid waste subscription service customers and all commercial customers.
+EDUCATION - Funds will be used to develop and disseminate and educational outreach program directly to the school systems to improve the reach and uptake of the SB 1383 message through school-aged children.  Additionally, direct education efforts will be focused on Tier 1 Edible Food Waste Generators, as well as Food Recovery Services and Organizations.
+ADMINISTRATION COSTS - Funds will be used to coordinate all grant activities and efforts between the City and County, consultants/contractors, departments and agencies, community partners, stakeholders, waste collection and hauling companies, various food recovery organizations, schools, residential and commercial generators.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Montclair</x:t>
   </x:si>
   <x:si>
     <x:t> Victor Flores</x:t>
   </x:si>
   <x:si>
     <x:t>9096259421</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Montclair proposes to use the grant funds as follows:
 1.Educational Outreach Material:
 a.SB 1383 education &amp; outreach brochure, 4 pages (two English/ two Spanish.) sent two time to residents and will include the following topics: 
 i.Information on the organic waste generator's requirements to properly separate materials in appropriate containers. 
 ii.Information on methods for the prevention of organic waste generation, recycling organic waste on-site, sending organic waste to community composting, and any other local requirements regarding organic waste
 iii.Information regarding the methane reduction benefits of reducing the landfill disposal of organic waste, and the methods of organic waste recovery the organic waste collection service uses.
 iv.Information related to the public health and safety and environmental impacts associated with the landfill disposal of organic waste
 b.Estimated Amount $14,641
 2.Procurement of Mulch
 a.Procurement of 950 tons of mulch to distribute to residents and businesses throughout the year in support of encouraging drought-tolerant landscaping.
 b.Procurement of much will help the City of Montclair reach approximately 30% of the City's procurement target of 3,168 tons of organic waste. 
 c.950 tons of mulch (95 loads)(10 tons per load) = $25,118.95 (($15/ton mulch =$14,250)+($114.41/load=$10,868.95)
 d.Estimated Amount $25,118
 3.Procurement of Compost
 a.Procurement of 551 tons of compost to distribute to residents, businesses, and local community groups throughout the year in order to foster the development of home and community vegetable gardens.
 b.Procurement of compost will help the City of Montclair reach approximately 30% of the City's procurement target of 3,168 tons of organic waste. 
 c.551 Tons of compost (55 loads) (10 tons per load) = $12,904.55 (($12/ton mulch =$6,612)+($114.41/load=$6,292.55)
 d. Estimated Amount $12,904
 Total Estimated Amount for proposed projects $52,663.00
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara         </x:t>
-[...94 lines deleted...]
-If council approved purchase subscription to a compliance/record keeping software</x:t>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tulare</x:t>
+  </x:si>
+  <x:si>
+    <x:t> April Luttrell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596844289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>We are planning to use the funds to help with record keeping by using a cloud-based software program tracker.  This will enable data tracking of organic compliance.  We are also planning to use funds to help secure personnel for record keeping (inspection and enforcement) and consultants. To purchase outreach material for education and equipment (bins and carts).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of La Habra Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Angie Martinez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5626946302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Use activities will include education and outreach, including organic waste and edible food recovery, meeting procurement requirements, program evaluation and record keeping.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Charlotte Merkel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072682683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Federal ID: 94-6000513.
+The project intends to use SB 1383 local assistance funding for the development of processing infrastructure for SB 1383 newly diverted organics in and for Humboldt County.  The budget will fund education, procurement, and planning throughout the County to ease the financial strain of adopting these new practices.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Orange Cove</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Hernandez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596264488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Orange Cove is seeking grant funding to assist with SB 1383 implementation.  Specifically, the city plans to use the money for the purchase of 1300 2 gallon kitchen pails for residents to transfer food waste; purchase 1300 refrigerator magnets with organic waste information; purchase necessary labels for all new carts and bins; and purchase recycled organic waste (compost) to satisfy the procurement requirement.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Madera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. David Austin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596624951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Help with the implementation of SB 1383 which will include collection and education and outreach projects</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Skillen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308428272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To be used for consulting services to help implement SB1383 requirements, specifically edible food recovery requirements. Fund to also to be used for Food Recovery Business to purchase materials such as freezers, refrigerators, and shelving for food storage and distribution.  Funds to be used for outreach and education.  To educate business on the requirements of SB1383.  Also to be used to purchase composting bins for residences and businesses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Julie D'Ambruoso</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094683066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The funding from the SB 1383 Local Assistance Grant Program will assist San Joaquin County and participating jurisdictions in reaching compliance with SB 1383 requirements. The County will purchase software to be used to record and track SB 1383 compliance among commercial businesses. Outreach and education materials will be developed and distributed to residents and commercial businesses to notify on how to comply with SB 1383 requirements. Equipment will be purchased for one of the jurisdictions to manage compost in order to meet procurement requirements. Funding will also be used to offset personnel costs associated with the development of an edible food recovery program, conduct site inspections, provide face to face outreach/education and train staff assigned to SB 1383 programs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Fortuna</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amy Nilsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077251410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Agency SB 1383 Grant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stockton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Analissa Nunez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099378621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since 2004, the City of Stockton (City) has supplied its residential, multi-family, and commercial customers with a three-stream (trash, recycling, and organics) collection system. To minimize contamination and promote the proper use of each cart/container, funds will be used to develop and distribute new/updated outreach and educational material. Funding will also be used to offset personnel/consultant costs associated with SB 1383 activities such as conducting in-person/virtual outreach and education, performing site visits and container inspections, as well as, developing an edible food recovery program. Lastly, the City will purchase compliance tracking software to record commercial customer service levels and SB 1383 compliance. This software will also assist with the City’s SB 1383 reporting requirements.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Inglewood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Ana Arias-Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3104125333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Inglewood will use these Local Assistance Grant funds for:
+1. Public education outreach to residents and businesses.
+2. SB 1383 capacity planning activities.
+3. Tier 1 business on-site visits.
+4. Food waste collection bins for City facilities.
+5. Consultant services.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Victorville</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Anne Darrosh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609552987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB 1383 Local Assistance Grant funds will be used to pay for software costs for 1383 monitoring and tracking; consultant costs for gap analysis and program option evaluation; organics container purchases; and public education/outreach.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Santa Ana</x:t>
   </x:si>
   <x:si>
     <x:t> Stephanie Martinez</x:t>
   </x:si>
   <x:si>
     <x:t>7146475694</x:t>
   </x:si>
   <x:si>
     <x:t>The City will utilize CalRecycle's SB170 Budget Act of 2021 to assist in the implementation of SB 1383. The grant will provide specific SB 1383 personnel for technical assistance, fieldwork, and management, in addition to public education, outreach, and organics equipment. The City will utilize third-party consultants to assist with SB 1383 program management, implementation (face-to-face interactions with businesses), and recycling/edible food program reporting. The City will also be launching an SB 1383 Organics campaign for residents, multi-family properties, and commercial businesses. The campaign will include education videos, social media campaigns, and advertisements.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Santa Clarita</x:t>
-[...245 lines deleted...]
-    <x:t>The City of Imperial Beach will be using the funds available in the following categories: Edible Food Recovery, education and outreach including organic waste and edible food recovery), program evaluation/Gap analysis, procurement requirements and record keeping. The Environmental and Natural Resources Department will be in charge of the spending and reporting of these funds allocated to the City of Imperial Beach with the purpose of complying with SB 1383 requirements.</x:t>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Mammoth Lakes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Anthony  Ottati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609653621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Goal: The Town of Mammoth Lakes will increase awareness and educate our community about SB 1383 and its short-lived climate pollutant reduction strategies, along with its policies and our jurisdiction’s implementation plans to meet the goals and requirements under SB1383 for our community.
+The Town of Mammoth Lakes (TOML), working in partnership with our franchised waste hauler, Mammoth Disposal, will accomplish our goal by the following objectives:
+1.Outreach: we will work with our local community food bank, Inyo Mono Advocates for Community Action (IMACA), our community services solutions department, CalFresh and High Sierra Energy Foundation, to implement various outreach and educational assemblies in our three schools of Mammoth Unified School District, which serves over 1,200 students.
+2.Outreach: we will produce a variety of informational SB 1383 videos for our websites and social media in both English and Spanish, along with local PSA’s on our radio stations and local TV station. 
+3.Outreach: we will create flyers about SB 1383 and create a trackable QR code for the SB 1383 flyer. 
+4.In partnership with Mammoth Disposal’s sustainability coordinator we will provide in person (as allowed) and Zoom SB 1383 presentations to various local groups, including Mammoth Lakes Chamber of Commerce and Mammoth Town Council. 
+5.With assistance from CalFresh and IMACA we will implement a pilot school garden at one of our local schools with a composting component, food recovery efforts, awareness and a smarter lunchroom movement. We will help the schools create Eco-Kids Clubs for the gardens, recycling and our food recovery efforts. CalFresh has access to Lia’s Pantry, a food recovery and awareness curriculum for schools and garden projects. We will partner with CalFresh who has up to $15,000 of potential grant funds available for local school gardens.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phelan Pinon Hills Community Services District</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Oakes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608681212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Phelan Piñon Hills Community Services District (District) is the responsible entity in the communities of Phelan and Piñon Hills for solid waste and recycling services, including compliance with SB 1383. The District covers 128 square miles of un-incorporated San Bernardino County and has 12 public schools within its boundaries. The District's large territory will require long distances to be driven for SB 1383 compliance and enforcement purposes, as well as for the District’s robust school outreach program to educate students on how to source separate and the importance of properly disposing of and reducing waste for our climate. To support this function in an environmentally friendly manner, as well as to support the cost of the school outreach program, the District is requesting funds to purchase three electric vehicles, a vehicle charging station, and expenses for a portion of the school education program, currently provided by Mr. Eco. The District is dedicated to meeting the goals of SB 1383 and this grant will help support the District in achieving AB 1383 compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Livingston</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Happy Bains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2093948041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Livingston is requesting grant funds needed to help local businesses to implement programs (collection, employee training, etc.) without another financial burden on all involved to do so, the residential sector needs an increase in education on how to separate their materials at home, assistance needs to be given to the community food pantry(ies) to handle increases in food donations that may overwhelm their facilities, and inspections to enforce the SB1383 programs needs to happen during times when staffing is already at its bare minimum. Please see the requested budget and its descriptions for details on this request for funds.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Isleton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jessica Bigby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306910800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Josephine Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To reduce food waste and address the high rates of food insecurity, public health pandemics, high rates of unemployment and climate change impacts the City of Isleton will implement one of the 1383 requirements by implementing a Edible Food Recovery Program within the City limits. The grant monies will be used to provide education and outreach, research and work with generators, work with local agencies, donors, and organizations, inspections and establish ordinances and resolutions, requirements and guidelines.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Clayton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Cabrera-Brown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256737300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capacity Planning
+• Collection
+• Edible Food Recovery
+• Education and outreach (includes organic waste &amp; edible food recovery)
+• Enforcement and Inspection
+• Program Evaluation/Gap Analysis
+• Procurement Requirements (using recycled organic products – compost, mulch,
+electricity, and/or renewable gas and recycled paper and paper products)
+• Record Keeping</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gridley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr Martin  Pineda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308465695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gridley SB 1383 implimentation project to focus on capacity planning consulting assistance, education and outreach  for organic waste and edible food recovery to both private and commercial customers.  Additionally the program will establish and leverage procurement requirements policy and establish internal education program to enhance organizational compliance.</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>Town of Portola Valley</x:t>
   </x:si>
   <x:si>
     <x:t> Elizabeth Martelli</x:t>
   </x:si>
   <x:si>
     <x:t>6508511700</x:t>
   </x:si>
   <x:si>
     <x:t>1. RECORDKEEPING
 A portion of the grant funding will be used for a two-year subscription (April 1, 2022 to April 2, 2024) to the Recyclist Program Tracker, a cloud-based software program. The software enables a wide variety of data tracking, including organics collection service compliance, collection waivers, paper and ROWP procurement, edible food recovery and enforcement. The integrated mobile app, compatible with Tablets and Electronic Devices (seven inches or more measured diagonally), includes fieldwork functionality for logging inspections, route reviews, and other education and outreach activities with the purpose of tracking participation in recycling and organics programs. The Program Tracker fulfills all of the SB 1383 jurisdictional implementation record and recordkeeping requirements as detailed in 14 CCR Section 18995.2.
 2. SAN MATEO COUNTY RESOURCE CONSERVATION DISTRICT COMPOST BROKER PROJECT
 We will be participating in the San Mateo County Resource Conservation District Compost Broker Project. This project is a collaboration between every city and town within San Mateo County, the County of San Mateo, and the San Mateo Resource Conservation District (RCD) to help us meet our SB 1383 recovered organic waste product procurement target. We will contract with the RCD to procure compost and apply it to farm and rangeland in San Mateo County, to identify and develop additional partnership opportunities with the county’s agricultural communities to support our long-term SB 1383 compliance, and to assess innovative compost procurement and application funding strategies to build capacity for the long-term. 
 3. COMPOST QUALITY IMPROVEMENT PUBLIC EDUCATION CAMPAIGN LED BY THE COUNTY OF SAN MATEO
 We will be participating in a Compost Quality Improvement Public Education Campaign led by the County of San Mateo. This project will assemble a cross-jurisdictional task force, analyze the current compost collection education efforts of all the jurisdictions and waste haulers within the county, conduct focus/stakeholder (residential and commercial) interviews, and propose and pilot a common education and outreach plan for the entire county. We will improve our compost feedstock by improving our compost collection outreach and education message to our communities.”</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>Assist with the implementation of requirements associated with SB 1383.</x:t>
   </x:si>
   <x:si>
     <x:t>San Francisco       </x:t>
   </x:si>
   <x:si>
     <x:t>City and County of San Francisco</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Overview of San Francisco’s SB-1383 Implementation Plan 
 San Francisco plans to use approximately 64% of its allocated funding to procure compost to be applied on:  
 1) Park lands, community gardens, and backyard gardens within the City of San Francisco. The target goal for this component is to apply 2000 tons over two years.  This project component will be coordinated by the SF Rec and Park Department, which will provide local compost giveaways to individuals, community gardens, and institutions.  Items that support this portion of the project include such items as equipment, educational materials, and a compost bay. 
 2) Farmland within the state.  San Francisco will partner with Zero Foodprint to secure the compost and enlist farmers to participate in the project.  The target is to apply 10,000 tons over two years. 
 In addition to procuring and applying compost to help the City meet its SB-1383 goals, funding will provide outreach and education on the climate/compost connection.  The city will work with several partners on this—local community-based organizations, the public library and schools.   
 All project partners will support both the city and states equity goals by working with underserved individuals and institutions, whether these are community gardens in low-income neighborhoods or hard to serve farmers.  
 As part of the project, the city will maintain solid data collection practices.  This work of collection, analysis and coordinating with partners will be performed by a consultant. This data will be used to calculate greenhouse gas sequestration potential.  Finally, through this work, the city and partners will be investigating opportunities to create mechanisms for ongoing funding of this work.</x:t>
-  </x:si>
-[...65 lines deleted...]
-    <x:t>The District will provide a test model of food waste bins that will allow for a smoother transition to requiring households to separate food waste from the normal garbage. We foresee the push back that we will receive from residents due to the unpleasant odor of the food waste that sits for 1 or 2 weeks to become a primary issue thwarting implementation of AB1383 at the waste-generator level. In a point-of-generation resistance-removing effort, our food waste containers will provide an extra opportunity for altering behavior. The food waste bins will be 1-3 gallon compost containers with a carbon filter to reduce the smell. The grant funds will be used to purchase 1500 (10% of resident) bins and use them as samples to test customer satisfaction. In addition, the District will provide engaging media videos and outreach to educate residents on the new process. This District reaches its residents (approximately 50,000) effectively through social media, subscriber E-Newsletters, and a 'Community Resources Guide' that is mailed to every address/resident at least three times per year, free of charge.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 62</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1146,51 +1149,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e01b895a614252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra78e3b69429d4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3563f564b18f48d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40120c484879479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc836023155814e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2aa11232fd4b464d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1238,1556 +1241,1556 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.45196533203125" customHeight="1" collapsed="0">
+    <x:row ht="655.45513916015625" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>129242</x:v>
+        <x:v>77407</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="597.940185546875" customHeight="1" collapsed="0">
+    <x:row ht="758.947998046875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>48644</x:v>
+        <x:v>121144</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="988.9228515625" customHeight="1" collapsed="0">
+    <x:row ht="298.969970703125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>149190</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.9794921875" customHeight="1" collapsed="0">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="80.5040283203125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>78921</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.9796142578125" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>360829</x:v>
+        <x:v>1850875</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>60589</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>42</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+        <x:v>43</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="126.48193359375" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>30304</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>47</x:v>
-[...2 lines deleted...]
-    <x:row ht="22.9892578125" customHeight="1" collapsed="0">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2863.2470703125" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>291508</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-    <x:row ht="689.952880859375" customHeight="1" collapsed="0">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96533203125" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>223985</x:v>
+        <x:v>193581</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row ht="333.46728515625" customHeight="1" collapsed="0">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>60589</x:v>
+        <x:v>85018</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G15" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H15" s="8" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.97900390625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>78921</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row ht="643.94677734375" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>68370</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4609375" customHeight="1" collapsed="0">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.49462890625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>92317</x:v>
+        <x:v>33667</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-    <x:row ht="172.48828125" customHeight="1" collapsed="0">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>50699</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-    <x:row ht="758.9482421875" customHeight="1" collapsed="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="172.48828125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>121144</x:v>
+        <x:v>50699</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+    <x:row ht="643.9462890625" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>145447</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row ht="448.46875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>99118</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
-    <x:row ht="160.97998046875" customHeight="1" collapsed="0">
+    <x:row ht="241.484375" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
-    <x:row ht="747.43896484375" customHeight="1" collapsed="0">
+    <x:row ht="942.916015625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>30521</x:v>
+        <x:v>60024</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.50390625" customHeight="1" collapsed="0">
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B25" s="8" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>38397</x:v>
+        <x:v>37441</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="F25" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="F25" s="8" t="s">
+      <x:c r="G25" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H25" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="G25" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H25" s="8" t="s">
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
+      <x:c r="A26" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B26" s="8" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>66086</x:v>
+        <x:v>399454</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F26" s="8" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="G26" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H26" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="F26" s="8" t="s">
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A27" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B27" s="8" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>21282</x:v>
+        <x:v>360829</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F27" s="8" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="G27" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H27" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="F27" s="8" t="s">
+    </x:row>
+    <x:row ht="264.47265625" customHeight="1" collapsed="0">
+      <x:c r="A28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="G27" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H27" s="8" t="s">
+      <x:c r="B28" s="8" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>33667</x:v>
+        <x:v>60251</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F28" s="8" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="G28" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H28" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="F28" s="8" t="s">
+    </x:row>
+    <x:row ht="34.4970703125" customHeight="1" collapsed="0">
+      <x:c r="A29" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B29" s="8" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>87781</x:v>
+        <x:v>21384</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F29" s="8" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="G29" s="8" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H29" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="F29" s="8" t="s">
+    </x:row>
+    <x:row ht="747.439453125" customHeight="1" collapsed="0">
+      <x:c r="A30" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B30" s="8" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>30521</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F30" s="8" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="G30" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H30" s="8" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.4736328125" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="F30" s="8" t="s">
+      <x:c r="B31" s="8" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>77407</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F31" s="8" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="G31" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F31" s="8" t="s">
+    </x:row>
+    <x:row ht="425.4521484375" customHeight="1" collapsed="0">
+      <x:c r="A32" s="8" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B32" s="8" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>52942</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="F32" s="8" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="G32" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H32" s="8" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="F32" s="8" t="s">
+    </x:row>
+    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
+      <x:c r="A33" s="8" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="G32" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H32" s="8" t="s">
+      <x:c r="B33" s="8" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>138368</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F33" s="8" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="G33" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H33" s="8" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="F33" s="8" t="s">
+    </x:row>
+    <x:row ht="206.9873046875" customHeight="1" collapsed="0">
+      <x:c r="A34" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B34" s="8" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>205641</x:v>
+        <x:v>24797</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F34" s="8" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="G34" s="8" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="F34" s="8" t="s">
+      <x:c r="H34" s="8" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="G34" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H34" s="8" t="s">
+    </x:row>
+    <x:row ht="436.9599609375" customHeight="1" collapsed="0">
+      <x:c r="A35" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B35" s="8" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>40472</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="G35" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F35" s="8" t="s">
+    </x:row>
+    <x:row ht="413.9716796875" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B36" s="8" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>34052</x:v>
+        <x:v>205641</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="G36" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
+        <x:v>158</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="988.9228515625" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B37" s="8" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>193581</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F37" s="8" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="G37" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H37" s="8" t="s">
+        <x:v>162</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+      <x:c r="A38" s="8" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F37" s="8" t="s">
+      <x:c r="B38" s="8" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>399454</x:v>
+        <x:v>129242</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G38" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F38" s="8" t="s">
+    </x:row>
+    <x:row ht="57.4873046875" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="G38" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="8" t="s">
+      <x:c r="B39" s="8" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>85018</x:v>
+        <x:v>31673</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F39" s="8" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F39" s="8" t="s">
+      <x:c r="G39" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H39" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="G39" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="8" t="s">
+    </x:row>
+    <x:row ht="1609.8505859375" customHeight="1" collapsed="0">
+      <x:c r="A40" s="8" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>435450</x:v>
+        <x:v>138368</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
-    <x:row ht="2863.248046875" customHeight="1" collapsed="0">
+    <x:row ht="68.99609375" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
-        <x:v>291508</x:v>
+        <x:v>33074</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F41" s="8" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="G41" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H41" s="8" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
-    <x:row ht="206.984375" customHeight="1" collapsed="0">
+    <x:row ht="115.001953125" customHeight="1" collapsed="0">
       <x:c r="A42" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B42" s="8" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>24797</x:v>
+        <x:v>79664</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F42" s="8" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G42" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H42" s="8" t="s">
-        <x:v>185</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.99609375" customHeight="1" collapsed="0">
+        <x:v>186</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
       <x:c r="A43" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B43" s="8" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>33074</x:v>
+        <x:v>48644</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
-        <x:v>189</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.953125" customHeight="1" collapsed="0">
+        <x:v>190</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A44" s="8" t="s">
-        <x:v>190</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B44" s="8" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>192772</x:v>
+        <x:v>66086</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F44" s="8" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="G44" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H44" s="8" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A45" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B45" s="8" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>149190</x:v>
+        <x:v>223985</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F45" s="8" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G45" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H45" s="8" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-    <x:row ht="747.439453125" customHeight="1" collapsed="0">
+        <x:v>199</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2115.80859375" customHeight="1" collapsed="0">
       <x:c r="A46" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B46" s="8" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>421694</x:v>
+        <x:v>84973</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F46" s="8" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
-        <x:v>202</x:v>
-[...2 lines deleted...]
-    <x:row ht="2115.80859375" customHeight="1" collapsed="0">
+        <x:v>204</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1805.357421875" customHeight="1" collapsed="0">
       <x:c r="A47" s="8" t="s">
-        <x:v>203</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="8" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>84973</x:v>
+        <x:v>52942</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F47" s="8" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G47" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H47" s="8" t="s">
-        <x:v>207</x:v>
-[...2 lines deleted...]
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+        <x:v>208</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="298.96875" customHeight="1" collapsed="0">
       <x:c r="A48" s="8" t="s">
-        <x:v>157</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B48" s="8" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>99118</x:v>
+        <x:v>91811</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F48" s="8" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
-        <x:v>211</x:v>
-[...2 lines deleted...]
-    <x:row ht="218.494140625" customHeight="1" collapsed="0">
+        <x:v>213</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.978515625" customHeight="1" collapsed="0">
       <x:c r="A49" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>167748</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>217</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.462890625" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
-        <x:v>216</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B50" s="8" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>68370</x:v>
+        <x:v>92317</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F50" s="8" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G50" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H50" s="8" t="s">
-        <x:v>220</x:v>
-[...2 lines deleted...]
-    <x:row ht="126.48046875" customHeight="1" collapsed="0">
+        <x:v>221</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A51" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B51" s="8" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>30304</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F51" s="8" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
-        <x:v>224</x:v>
-[...2 lines deleted...]
-    <x:row ht="367.966796875" customHeight="1" collapsed="0">
+        <x:v>225</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="103.494140625" customHeight="1" collapsed="0">
       <x:c r="A52" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B52" s="8" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>87781</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F52" s="8" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G52" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H52" s="8" t="s">
-        <x:v>228</x:v>
-[...2 lines deleted...]
-    <x:row ht="379.47265625" customHeight="1" collapsed="0">
+        <x:v>230</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="390.955078125" customHeight="1" collapsed="0">
       <x:c r="A53" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>192772</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
-        <x:v>232</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+        <x:v>235</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="735.9296875" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>338690</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-    <x:row ht="115.001953125" customHeight="1" collapsed="0">
+        <x:v>239</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.990234375" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
-        <x:v>237</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B55" s="8" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>79664</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F55" s="8" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G55" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H55" s="8" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-    <x:row ht="34.498046875" customHeight="1" collapsed="0">
+        <x:v>243</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="747.4375" customHeight="1" collapsed="0">
       <x:c r="A56" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>21384</x:v>
+        <x:v>421694</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>245</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
-        <x:v>246</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.474609375" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B57" s="8" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>40472</x:v>
+        <x:v>145447</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F57" s="8" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="G57" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H57" s="8" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-    <x:row ht="413.97265625" customHeight="1" collapsed="0">
+        <x:v>251</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="218.4921875" customHeight="1" collapsed="0">
       <x:c r="A58" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B58" s="8" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>37441</x:v>
+        <x:v>167748</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F58" s="8" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
-        <x:v>254</x:v>
-[...2 lines deleted...]
-    <x:row ht="2173.322265625" customHeight="1" collapsed="0">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.94140625" customHeight="1" collapsed="0">
       <x:c r="A59" s="8" t="s">
-        <x:v>255</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B59" s="8" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>20000</x:v>
+        <x:v>435450</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="F59" s="8" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
-        <x:v>245</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
-    <x:row ht="298.970703125" customHeight="1" collapsed="0">
+    <x:row ht="1655.857421875" customHeight="1" collapsed="0">
       <x:c r="A60" s="8" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B60" s="8" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C60" s="8"/>
       <x:c r="D60" s="9" t="n">
-        <x:v>91811</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E60" s="8" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="F60" s="8" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="G60" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H60" s="8" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.486328125" customHeight="1" collapsed="0">
+    <x:row ht="954.42578125" customHeight="1" collapsed="0">
       <x:c r="A61" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B61" s="8" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
       <x:c r="C61" s="8"/>
       <x:c r="D61" s="9" t="n">
-        <x:v>31673</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E61" s="8" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="F61" s="8" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="F61" s="8" t="s">
+      <x:c r="G61" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H61" s="8" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="G61" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H61" s="8" t="s">
+    </x:row>
+    <x:row ht="563.443359375" customHeight="1" collapsed="0">
+      <x:c r="A62" s="8" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B62" s="8" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
       <x:c r="C62" s="8"/>
       <x:c r="D62" s="9" t="n">
-        <x:v>1148155</x:v>
-[...2 lines deleted...]
-      <x:c r="F62" s="8"/>
+        <x:v>21282</x:v>
+      </x:c>
+      <x:c r="E62" s="8" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F62" s="8" t="s">
+        <x:v>271</x:v>
+      </x:c>
       <x:c r="G62" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H62" s="8" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.470703125" customHeight="1" collapsed="0">
+    <x:row ht="448.466796875" customHeight="1" collapsed="0">
       <x:c r="A63" s="8" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B63" s="8" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C63" s="8"/>
       <x:c r="D63" s="9" t="n">
-        <x:v>60251</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E63" s="8" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="F63" s="8" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="G63" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H63" s="8" t="s">
-        <x:v>277</x:v>
-[...2 lines deleted...]
-    <x:row ht="160.98046875" customHeight="1" collapsed="0">
+        <x:v>278</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A64" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B64" s="8" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C64" s="8"/>
       <x:c r="D64" s="9" t="n">
-        <x:v>1850875</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E64" s="8" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F64" s="8" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G64" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H64" s="8" t="s">
-        <x:v>281</x:v>
-[...2 lines deleted...]
-    <x:row ht="735.9296875" customHeight="1" collapsed="0">
+        <x:v>283</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A65" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B65" s="8" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C65" s="8"/>
       <x:c r="D65" s="9" t="n">
-        <x:v>338690</x:v>
+        <x:v>20000</x:v>
       </x:c>
       <x:c r="E65" s="8" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F65" s="8" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G65" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H65" s="8" t="s">
-        <x:v>285</x:v>
-[...2 lines deleted...]
-    <x:row ht="954.42578125" customHeight="1" collapsed="0">
+        <x:v>287</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="2173.32421875" customHeight="1" collapsed="0">
       <x:c r="A66" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B66" s="8" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C66" s="8"/>
       <x:c r="D66" s="9" t="n">
         <x:v>20000</x:v>
       </x:c>
       <x:c r="E66" s="8" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F66" s="8" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G66" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H66" s="8" t="s">
-        <x:v>289</x:v>
-[...2 lines deleted...]
-    <x:row ht="942.91796875" customHeight="1" collapsed="0">
+        <x:v>292</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1655.859375" customHeight="1" collapsed="0">
       <x:c r="A67" s="8" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B67" s="8" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C67" s="8"/>
       <x:c r="D67" s="9" t="n">
-        <x:v>60024</x:v>
-[...6 lines deleted...]
-      </x:c>
+        <x:v>1148155</x:v>
+      </x:c>
+      <x:c r="E67" s="8"/>
+      <x:c r="F67" s="8"/>
       <x:c r="G67" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H67" s="8" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.3984375" customHeight="1" collapsed="0">
       <x:c r="A68" s="10" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B68" s="10" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C68" s="10"/>
       <x:c r="D68" s="11" t="n">
         <x:v>8835452</x:v>
       </x:c>
       <x:c r="E68" s="10" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F68" s="10" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G68" s="10" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H68" s="10" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
@@ -2819,29 +2822,29 @@
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
     <x:mergeCell ref="B66:C66"/>
     <x:mergeCell ref="B67:C67"/>
     <x:mergeCell ref="B68:C68"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:49 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:31 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>