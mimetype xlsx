--- v1 (2025-12-24)
+++ v2 (2025-12-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1f9535769141da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b76afe6859e41a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc836023155814e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rccc3a82c180e4271"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1149,51 +1149,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40120c484879479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc836023155814e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2aa11232fd4b464d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9340871ee3684a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rccc3a82c180e4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rde6dc2ddb5c84f78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2822,29 +2822,29 @@
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
     <x:mergeCell ref="B66:C66"/>
     <x:mergeCell ref="B67:C67"/>
     <x:mergeCell ref="B68:C68"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:31 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:03 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>