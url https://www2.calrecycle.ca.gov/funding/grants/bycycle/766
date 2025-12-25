--- v2 (2025-12-24)
+++ v3 (2025-12-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b76afe6859e41a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3519108d599c4647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rccc3a82c180e4271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcfe9fb6eaeee4d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1149,51 +1149,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9340871ee3684a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rccc3a82c180e4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rde6dc2ddb5c84f78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ac383dc55df4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcfe9fb6eaeee4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7b8f644dd351484b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2822,29 +2822,29 @@
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
     <x:mergeCell ref="B66:C66"/>
     <x:mergeCell ref="B67:C67"/>
     <x:mergeCell ref="B68:C68"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 11:03 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:18 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>