--- v3 (2025-12-25)
+++ v4 (2026-01-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3519108d599c4647" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36282f8448f4797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rcfe9fb6eaeee4d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R14c1a26caf5d452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1149,51 +1149,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ac383dc55df4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcfe9fb6eaeee4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7b8f644dd351484b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb26fea57da244ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R14c1a26caf5d452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc3a3ec54550c44ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2822,29 +2822,29 @@
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
     <x:mergeCell ref="B66:C66"/>
     <x:mergeCell ref="B67:C67"/>
     <x:mergeCell ref="B68:C68"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 24, 2025 6:18 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 18, 2026 8:48 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>