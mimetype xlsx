--- v4 (2026-01-18)
+++ v5 (2026-03-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36282f8448f4797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f09ddcf24f411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R14c1a26caf5d452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1725933805964636"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1149,51 +1149,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb26fea57da244ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R14c1a26caf5d452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc3a3ec54550c44ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c2cafc77d674505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1725933805964636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc685de38e05f434c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2822,29 +2822,29 @@
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
     <x:mergeCell ref="B66:C66"/>
     <x:mergeCell ref="B67:C67"/>
     <x:mergeCell ref="B68:C68"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 18, 2026 8:48 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 3, 2026 5:33 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>