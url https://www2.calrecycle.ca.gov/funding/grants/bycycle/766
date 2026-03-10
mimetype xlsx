--- v5 (2026-03-03)
+++ v6 (2026-03-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f09ddcf24f411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3550c5be95b34ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R1725933805964636"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R3774a43bc0434c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2021-22 SB 1383 Local Assistance Grant Program (OWR2)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -1149,51 +1149,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c2cafc77d674505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1725933805964636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc685de38e05f434c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf834549b0324219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3774a43bc0434c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R67ce9eaf778f4633" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2822,29 +2822,29 @@
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
     <x:mergeCell ref="B66:C66"/>
     <x:mergeCell ref="B67:C67"/>
     <x:mergeCell ref="B68:C68"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 3, 2026 5:33 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 9, 2026 9:02 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>